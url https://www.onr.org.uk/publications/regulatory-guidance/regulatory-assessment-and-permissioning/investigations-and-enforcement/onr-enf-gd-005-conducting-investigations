--- v0 (2025-10-12)
+++ v1 (2026-02-24)
@@ -1,18449 +1,12946 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="198" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="198" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9156"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C20562" w:rsidRPr="004631BE" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
+      <w:tr w:rsidR="00C20562" w:rsidRPr="00D402A1" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="004631BE" w:rsidRDefault="00C20562" w:rsidP="00323E71">
+          <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00D402A1" w:rsidRDefault="00C20562" w:rsidP="00323E71">
             <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0226A" w:rsidRPr="004631BE" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
+      <w:tr w:rsidR="00D0226A" w:rsidRPr="00D402A1" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2778"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F059A92" w14:textId="7A67260D" w:rsidR="00595C8C" w:rsidRPr="004631BE" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
+          <w:p w14:paraId="2F059A92" w14:textId="148B1F69" w:rsidR="00595C8C" w:rsidRPr="00D402A1" w:rsidRDefault="00595C8C" w:rsidP="001953A9">
             <w:pPr>
               <w:pStyle w:val="InnerCoverTitle"/>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004631BE">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
-            <w:r w:rsidR="00002389" w:rsidRPr="004631BE">
+            <w:r w:rsidR="008D4EDC">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t xml:space="preserve">Guidance </w:t>
-[...6 lines deleted...]
-              <w:t>Document</w:t>
+              <w:t>Guidance</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:sz w:val="72"/>
-                <w:szCs w:val="72"/>
+                <w:sz w:val="56"/>
+                <w:szCs w:val="56"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="712B53A4" w:rsidR="00D0226A" w:rsidRPr="004631BE" w:rsidRDefault="00C703BC" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="7AD8A3BD" w:rsidR="00D0226A" w:rsidRPr="00D402A1" w:rsidRDefault="00000000" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
                     <w:szCs w:val="90"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
-                      <w:sz w:val="72"/>
-                      <w:szCs w:val="72"/>
+                      <w:sz w:val="56"/>
+                      <w:szCs w:val="56"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="000A5B88" w:rsidRPr="004631BE">
+                    <w:r w:rsidR="008D4EDC" w:rsidRPr="008D4EDC">
                       <w:rPr>
-                        <w:sz w:val="72"/>
-                        <w:szCs w:val="72"/>
+                        <w:sz w:val="56"/>
+                        <w:szCs w:val="56"/>
                       </w:rPr>
-                      <w:t>Process for Conducting Investigations</w:t>
+                      <w:t>Guidance on the p</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00F52FA7" w:rsidRPr="008D4EDC">
+                      <w:rPr>
+                        <w:sz w:val="56"/>
+                        <w:szCs w:val="56"/>
+                      </w:rPr>
+                      <w:t>rocess for conducting investigations</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRPr="004631BE" w:rsidRDefault="00D0226A">
+    <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRPr="00D402A1" w:rsidRDefault="00D0226A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB6425B" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRPr="004631BE" w:rsidRDefault="00881B6F">
+    <w:p w14:paraId="6AB6425B" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRPr="00D402A1" w:rsidRDefault="00881B6F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="237341DD">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="237341DD">
             <wp:simplePos x="685800" y="914400"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7568280" cy="10692360"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7568280" cy="10692360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1C8B33" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="004631BE" w:rsidRDefault="00267815">
+    <w:p w14:paraId="6D1C8B33" w14:textId="24E9A7D8" w:rsidR="00267815" w:rsidRPr="00D402A1" w:rsidRDefault="00267815">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2FB9096D" w14:textId="77777777" w:rsidR="009D2911" w:rsidRPr="004631BE" w:rsidRDefault="009D2911" w:rsidP="009D2911">
-[...14 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="62C909C5" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:sdt>
-[...36 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3596AF11" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D99E381" w14:textId="21072201" w:rsidR="00004C16" w:rsidRPr="004631BE" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...32 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="194982C9" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="23B9A867" w14:textId="644E0B18" w:rsidR="00004C16" w:rsidRPr="004631BE" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...38 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="77090213" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="247E3769" w14:textId="4A746CF2" w:rsidR="00004C16" w:rsidRPr="004631BE" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...43 lines deleted...]
-      </w:sdt>
+    <w:p w14:paraId="64B20343" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="19206F45" w14:textId="73C80A57" w:rsidR="00004C16" w:rsidRPr="004631BE" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...30 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="11C4BF0D" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="22297511" w14:textId="1D611889" w:rsidR="005C1E52" w:rsidRPr="004631BE" w:rsidRDefault="005C1E52" w:rsidP="00004C16">
-[...36 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="4FF26D6F" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="48A3F547" w14:textId="1A4AE444" w:rsidR="00004C16" w:rsidRPr="004631BE" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...24 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="68C81501" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="55057C62" w14:textId="751252A0" w:rsidR="00004C16" w:rsidRPr="004631BE" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...24 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="07B7136A" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="39BC0EA4" w14:textId="77777777" w:rsidR="00420A11" w:rsidRPr="004631BE" w:rsidRDefault="00420A11" w:rsidP="00323E71"/>
-[...7 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="192F6D6F" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:tbl>
-[...170 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId15"/>
+    <w:p w14:paraId="6F547B8B" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06AEB6FE" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="091A8B51" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16751056" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D240185" w14:textId="77777777" w:rsidR="00B66C39" w:rsidRPr="00D402A1" w:rsidRDefault="00B66C39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FDB4B56" w14:textId="6C10B266" w:rsidR="00595C8C" w:rsidRPr="00D402A1" w:rsidRDefault="00595C8C" w:rsidP="00323E71">
+      <w:pPr>
+        <w:sectPr w:rsidR="00595C8C" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AE5EE98" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="004631BE" w:rsidRDefault="00267815" w:rsidP="00EE0C77">
+    <w:p w14:paraId="3AE5EE98" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00D402A1" w:rsidRDefault="00267815" w:rsidP="00EE0C77">
       <w:pPr>
         <w:pStyle w:val="ContentsHeading"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163777DD" w14:textId="19B5FC71" w:rsidR="003704A5" w:rsidRDefault="00AD167C">
+    <w:p w14:paraId="25E6B6F2" w14:textId="49A49AEA" w:rsidR="008D4EDC" w:rsidRDefault="00AD167C">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00716AB1" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00716AB1" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Heading 1,</w:instrText>
       </w:r>
-      <w:r w:rsidR="009C15F3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="009C15F3" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:instrText>1</w:instrText>
       </w:r>
-      <w:r w:rsidR="00716AB1" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00716AB1" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:instrText>,Heading 2,</w:instrText>
       </w:r>
-      <w:r w:rsidR="009C15F3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="009C15F3" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:instrText>2</w:instrText>
       </w:r>
-      <w:r w:rsidR="00716AB1" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00716AB1" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:instrText xml:space="preserve">" </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc165362933" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126219" w:history="1">
+        <w:r w:rsidR="008D4EDC" w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>1.</w:t>
+        </w:r>
+        <w:r w:rsidR="008D4EDC">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="008D4EDC" w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r w:rsidR="008D4EDC">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r w:rsidR="008D4EDC">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r w:rsidR="008D4EDC">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362933 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126219 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r w:rsidR="008D4EDC">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r w:rsidR="008D4EDC">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r w:rsidR="008D4EDC">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r w:rsidR="008D4EDC">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68FE1394" w14:textId="0895A072" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
+    <w:p w14:paraId="1F05213B" w14:textId="57E9AF5D" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362934" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126220" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Definitions</w:t>
+          <w:t>1.1.</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Key definitions</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362934 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126220 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7641FABD" w14:textId="38048AFD" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
+    <w:p w14:paraId="22D89A92" w14:textId="0BE771DA" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362935" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126221" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Governance and General Considerations</w:t>
+          <w:t>2.</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Governance and general considerations</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362935 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126221 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C3D2D07" w14:textId="1C7440F0" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="6AAE871D" w14:textId="3CFF740E" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362936" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126222" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Discretionary review</w:t>
+          <w:t>3.</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Investigation process</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362936 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126222 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31F555DD" w14:textId="7BD1CADD" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="44824697" w14:textId="2D5C3AD4" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362937" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126223" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Investigation Process</w:t>
+          <w:t>3.1.</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Step 1 – Receive notification and act upon</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362937 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126223 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2BEBBD7A" w14:textId="6A77E968" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
+    <w:p w14:paraId="54DAEDA4" w14:textId="308F5404" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362938" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126224" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Step 1 – Receive notification and act upon (DDS / Investigator)</w:t>
+          <w:t>3.2.</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Step 2 – Conduct preliminary enquiries and decide whether to investigate</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r w:rsidR="00250FCF">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6DDB7DCC" w14:textId="3F969372" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212126225" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>3.3.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Step 3 – Plan and resource investigation</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00250FCF">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1875F76B" w14:textId="52EE624D" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212126226" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>3.4.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Step 4 – Conduct investigation</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00250FCF">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>20</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="00A1848A" w14:textId="3E2E06D3" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212126227" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>4.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="001E7FF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Related ONR guidance and associated forms / templates</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362938 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126227 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>27</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DD0C205" w14:textId="03CAFB5C" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="4F664C3E" w14:textId="5B0F7CCA" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362939" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126228" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Step 2 – Conduct Preliminary Enquiries &amp; decide whether to investigate</w:t>
+          <w:t>Appendix 1 – Background on legal framework for investigations</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362939 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126228 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>29</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CB00559" w14:textId="78AF5A8B" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="2287C383" w14:textId="52C0335C" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362940" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126229" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Step 3 – Plan and resource investigation (Lead Investigator / Delivery Lead / DDS)</w:t>
+          <w:t>Appendix 2 – Investigation process flowchart</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362940 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126229 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>32</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27C9DE68" w14:textId="47ECA57D" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="4D64477D" w14:textId="55680849" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362941" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126230" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Step 4 – Conduct Investigation</w:t>
+          <w:t>Appendix 3 – Aspects to bear in mind during preliminary enquiries</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362941 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126230 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>34</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="066602AB" w14:textId="29EA5B8B" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
+    <w:p w14:paraId="1B176A84" w14:textId="4EFB08F9" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362942" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126231" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>References</w:t>
+          <w:t>Appendix 4 – Key Decision Logs</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362942 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126231 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>26</w:t>
+          <w:t>36</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="12810728" w14:textId="1B1E1E76" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
+    <w:p w14:paraId="6C5E1734" w14:textId="3FC53150" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362943" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126232" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Related Guidance &amp; Associated Forms</w:t>
+          <w:t>Appendix 5 – Selection criteria for each regulatory purpose</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362943 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126232 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>29</w:t>
+          <w:t>39</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AFC435F" w14:textId="69A91450" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
+    <w:p w14:paraId="70AD0A24" w14:textId="5B32CCFB" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362944" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126233" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Tables</w:t>
+          <w:t>List of key acronyms, initialisms, and abbreviations</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362944 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126233 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>32</w:t>
+          <w:t>44</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3AB19C68" w14:textId="0ED19561" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
+    <w:p w14:paraId="396B08C8" w14:textId="4DACEF42" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362945" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126234" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Appendix 1 – Background on Legal Framework for Investigations</w:t>
+          <w:t>References</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362945 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126234 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>38</w:t>
+          <w:t>45</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4ACA163A" w14:textId="03110E0E" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
+    <w:p w14:paraId="5A3CA451" w14:textId="4F581556" w:rsidR="008D4EDC" w:rsidRDefault="008D4EDC">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165362946" w:history="1">
-        <w:r w:rsidR="003704A5" w:rsidRPr="007B7341">
+      <w:hyperlink w:anchor="_Toc212126235" w:history="1">
+        <w:r w:rsidRPr="001E7FF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Appendix 2 – Investigation Process Flowchart</w:t>
+          <w:t>Document control</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165362946 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212126235 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>41</w:t>
+          <w:t>48</w:t>
         </w:r>
-        <w:r w:rsidR="003704A5">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45C37DBF" w14:textId="16296166" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
-[...58 lines deleted...]
-      </w:hyperlink>
+    <w:p w14:paraId="0CC4B54A" w14:textId="63789216" w:rsidR="00267815" w:rsidRPr="00D402A1" w:rsidRDefault="00AD167C" w:rsidP="00267815">
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="77BBD795" w14:textId="4847AB1C" w:rsidR="003704A5" w:rsidRDefault="00C703BC">
-[...72 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId19"/>
+    <w:p w14:paraId="716B9A7E" w14:textId="77777777" w:rsidR="003E098E" w:rsidRPr="00D402A1" w:rsidRDefault="003E098E" w:rsidP="00267815"/>
+    <w:p w14:paraId="4812BFF8" w14:textId="77777777" w:rsidR="003E098E" w:rsidRPr="00D402A1" w:rsidRDefault="003E098E" w:rsidP="00267815">
+      <w:pPr>
+        <w:sectPr w:rsidR="003E098E" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:headerReference w:type="even" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId19"/>
+          <w:footerReference w:type="even" r:id="rId20"/>
+          <w:footerReference w:type="default" r:id="rId21"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43A875A4" w14:textId="7F61F835" w:rsidR="008D49A5" w:rsidRPr="007C112D" w:rsidRDefault="008D49A5" w:rsidP="007C112D">
+    <w:p w14:paraId="43A875A4" w14:textId="7F61F835" w:rsidR="008D49A5" w:rsidRPr="00D402A1" w:rsidRDefault="008D49A5" w:rsidP="009938AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc165362933"/>
+      <w:bookmarkStart w:id="1" w:name="_Ref212108550"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc212126219"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="007C112D">
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="5E93DDAE" w14:textId="44DEB2F3" w:rsidR="00006AA1" w:rsidRPr="007C112D" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007C112D">
+    <w:p w14:paraId="5E93DDAE" w14:textId="7CBAB121" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="00661B6F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Ref53136817"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2CB3" w:rsidRPr="00D402A1">
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E1463F" w:rsidRPr="007C112D">
+      <w:r w:rsidR="008D4EDC">
+        <w:t xml:space="preserve">provides guidance on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">process for </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>conducting investigations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> under ONR’s purposes. There are various ways that ONR is made aware of a matter that may warrant investigation. These include notification of incidents and events, via ONR’s compliance inspection and permissioning</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> assessment activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">/ or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>concerns</w:t>
+      </w:r>
+      <w:r w:rsidR="00220254" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">/ whistleblowing received about a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (refer to </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E1463F" w:rsidRPr="007C112D">
-[...2 lines deleted...]
-      <w:r w:rsidR="004631BE" w:rsidRPr="007C112D">
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212115811 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002F2871" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E1463F" w:rsidRPr="007C112D">
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F1284D" w:rsidRPr="007C112D">
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>Table 1</w:t>
       </w:r>
-      <w:r w:rsidR="00E1463F" w:rsidRPr="007C112D">
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007C112D">
-        <w:t>).</w:t>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> for further information)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AC403D" w14:textId="1B7D0050" w:rsidR="00006AA1" w:rsidRPr="004631BE" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="69AC403D" w14:textId="624E6F27" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="00DE1F8A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">Decisions on enforcement action, including investigation, must accord with ONR’s Enforcement Policy Statement (EPS) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="848447928"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00765859" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00765859" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00765859" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION EPS \l 2057 </w:instrText>
+          <w:r w:rsidR="00943519" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION EPS \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00765859" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00765859" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
             <w:t>[1]</w:t>
           </w:r>
-          <w:r w:rsidR="00765859" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00765859" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>ONR uses criteria and discretion in deciding whether incidents, possible breaches of legislation or concerns/ whistleblowing should be investigated.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ONR uses criteria and discretion in deciding whether incidents, possible breaches of legislation or concerns</w:t>
+      </w:r>
+      <w:r w:rsidR="00220254" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/ whistleblowing should be investigated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102950CF" w14:textId="77777777" w:rsidR="00006AA1" w:rsidRPr="004631BE" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="102950CF" w14:textId="77777777" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="00DE1F8A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Ref54615669"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Depending on the seriousness of the matter, an investigation of the surrounding circumstances may be necessary to determine</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="004631BE">
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0DD737" w14:textId="77777777" w:rsidR="00006AA1" w:rsidRPr="007C112D" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
+    <w:p w14:paraId="1C0DD737" w14:textId="375FB789" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="007C112D">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>causes</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5A060D6E" w14:textId="77777777" w:rsidR="00006AA1" w:rsidRPr="007C112D" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
+    <w:p w14:paraId="5A060D6E" w14:textId="14CFE22C" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="007C112D">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">whether adequate investigation and appropriate remedial actions have been taken by the dutyholder(s) to prevent a recurrence and to secure compliance with the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>law</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="353E147F" w14:textId="77777777" w:rsidR="00006AA1" w:rsidRPr="007C112D" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
+    <w:p w14:paraId="353E147F" w14:textId="4FDFE27D" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="007C112D">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">lessons to be learnt and to influence the law and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>guidance</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="29A51651" w14:textId="77777777" w:rsidR="00006AA1" w:rsidRPr="007C112D" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
+    <w:p w14:paraId="29A51651" w14:textId="77777777" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="007C112D">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>what enforcement action, if any, is appropriate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D55F486" w14:textId="44CADA8B" w:rsidR="00006AA1" w:rsidRPr="004631BE" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>The investigation process is from when ONR becomes aware of the matter that may warrant investigation, through to when ONR either records a decision that the matter will be investigated no further or completes the investigation which may include associated enforcement action including proceeding to a prosecution.</w:t>
+    <w:p w14:paraId="25927D04" w14:textId="2F76338F" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="004F6A13">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The investigation process </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">starts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>from when ONR becomes aware of the matter that may warrant investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (refer to </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212115811 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, through to when ONR either records a decision that the matter will be investigated no further</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> or completes the investigation which may include associated enforcement action</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> including proceeding to a prosecution.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> distinguishes between any preliminary enquiries, which must be made to obtain sufficient information to decide as to whether a matter warrants investigation or not, and the investigation itself.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25927D04" w14:textId="77777777" w:rsidR="00006AA1" w:rsidRPr="004631BE" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="556011AE" w14:textId="169BB79A" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="004C0E36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Statutory legislation underpins the criminal investigation process and ONR’s decision making as an Enforcing Authority</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6232" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">All investigatory work, including preliminary enquires </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>be conducted with full regard to the relevant legal framework for the jurisdiction in question.</w:t>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">be conducted with full regard to the relevant legal framework for the jurisdiction in question. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Adherence to legal frameworks, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>the EPS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>ONR’s enforcement management model (EMM)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1801571919"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> CITATION ENF \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[2]</w:t>
+          </w:r>
+          <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>is vital throughout the investigation both in the interests of justice and to manage the risk of ONR being left open to challenge of maladministration and</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6232" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6232" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>or judicial review.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Refer to </w:t>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref161061367 \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Appendix 1 – Background on legal framework for investigations</w:t>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> for further information</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7080C" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556011AE" w14:textId="77777777" w:rsidR="00006AA1" w:rsidRPr="004631BE" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="75E82780" w14:textId="77777777" w:rsidR="00D7080C" w:rsidRPr="00D402A1" w:rsidRDefault="00D7080C" w:rsidP="00DE1F8A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:sectPr w:rsidR="00D7080C" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:headerReference w:type="even" r:id="rId23"/>
+          <w:headerReference w:type="default" r:id="rId24"/>
+          <w:footerReference w:type="even" r:id="rId25"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="61931627" w14:textId="4339E3CC" w:rsidR="00006AA1" w:rsidRPr="004631BE" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="61931627" w14:textId="6CCC2AAD" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="00DE1F8A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
-        <w:t>Confidentiality and potential for subsequent disclosure must be considered throughout the investigation process</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+        <w:t xml:space="preserve">Confidentiality and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21290" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>potential for subsequent disclosure must be considered throughout the investigation process</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>All those involved in the process must ensure that investigation proceedings are confined to the investigation team and only those with a legitimate need-to-know</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Other staff who are not involved should not offer unsolicited opinions either verbally or in writing.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Other staff who are not involved should not offer unsolicited </w:t>
-[...18 lines deleted...]
-        <w:t>This does not apply to information or facts which may be a relevant factor for the investigation e.g. a previous related incident or investigation or specialism regulatory advice from Professional Leads etc.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">This does not apply to information or facts which may be a relevant factor for the investigation </w:t>
+      </w:r>
+      <w:r w:rsidR="00F52FA7" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">(for example, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">a previous related incident or investigation or specialism regulatory advice from </w:t>
+      </w:r>
+      <w:r w:rsidR="00F52FA7" w:rsidRPr="00D402A1">
+        <w:t>Heads of Profession</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06C75" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (HoPs)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52FA7" w:rsidRPr="00D402A1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C5BD1E" w14:textId="4D4DDCAC" w:rsidR="00006AA1" w:rsidRPr="004631BE" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="62C5BD1E" w14:textId="3FC241CA" w:rsidR="00006AA1" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="00DE1F8A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>The independence of potential expert witnesses must also be maintained by applying the same need-to-know principle</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">However, within the investigation team, there needs to be a culture of open </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>dialogue</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>lead investigator</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> must provide regular updates on the investigation progress to the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> approval officer, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>divisional director and other ONR colleagues within the “need-to-know” group.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">director and other ONR colleagues within the </w:t>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>need-to-know</w:t>
+      </w:r>
+      <w:r w:rsidR="00487469" w:rsidRPr="00D402A1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> group.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F517C4" w14:textId="00A776BF" w:rsidR="00006AA1" w:rsidRPr="004631BE" w:rsidRDefault="00006AA1" w:rsidP="007C112D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00382E64" w:rsidRPr="004631BE">
+    <w:p w14:paraId="4560972C" w14:textId="77777777" w:rsidR="00D21290" w:rsidRPr="00D402A1" w:rsidRDefault="00006AA1" w:rsidP="00DE1F8A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>It is important that the behaviours and actions of all staff associated with preliminary enquiries and investigation decision</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21290" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>making reflect ONR’s values</w:t>
+      </w:r>
+      <w:r w:rsidR="00382E64" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A00D537" w14:textId="787F6416" w:rsidR="00DE1F8A" w:rsidRPr="00D402A1" w:rsidRDefault="00DE1F8A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Ref212110579"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc212126220"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Key definitions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="26AE58D0" w14:textId="3923C258" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="00A8084B" w:rsidP="00DE1F8A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Ref58914538"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Within this document the following unified definitions have been adopted, having regard to the relevant codes of practice</w:t>
+      </w:r>
+      <w:r w:rsidR="004448E3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="250471721"/>
+          <w:id w:val="1672212042"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00382E64" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00D21290" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00382E64" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION Strat \l 2057 </w:instrText>
+          <w:r w:rsidR="00D21290" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> CITATION CoPVoC \l 2057  \m CJLSco</w:instrText>
           </w:r>
-          <w:r w:rsidR="00382E64" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00D21290" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[2]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[3, 4]</w:t>
           </w:r>
-          <w:r w:rsidR="00382E64" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00D21290" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00382E64" w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="5081AB45" w14:textId="77777777" w:rsidR="00D06C75" w:rsidRPr="00D402A1" w:rsidRDefault="001D42A3" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Case Manager </w:t>
+      </w:r>
+      <w:r w:rsidR="00595F46" w:rsidRPr="00D402A1">
+        <w:t>is usually the relevant Head of Regulation (HoR)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96FA3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> who will exercise three functions</w:t>
+      </w:r>
+      <w:r w:rsidR="7A6CADCD" w:rsidRPr="00D402A1">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7151D903" w14:textId="0FD12941" w:rsidR="00D06C75" w:rsidRPr="00D402A1" w:rsidRDefault="004737D2" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Review the investigator’s recommendation to commence</w:t>
+      </w:r>
+      <w:r w:rsidR="00A137F9" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> an investigation, having considered</w:t>
+      </w:r>
+      <w:r w:rsidR="0018716C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> the investigation criteria set out within the Investigation Decisio</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5197" w:rsidRPr="00D402A1">
+        <w:t>n Record (IDR)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E959CD" w:rsidRPr="00D402A1">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+    </w:p>
+    <w:p w14:paraId="6EEC7F15" w14:textId="68843E78" w:rsidR="00D06C75" w:rsidRPr="00D402A1" w:rsidRDefault="009C5197" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Provide ongoing oversight </w:t>
+      </w:r>
+      <w:r w:rsidR="0056095C" w:rsidRPr="00D402A1">
+        <w:t>of the investigation, supporting and advising the lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidR="00E959CD" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> as necessary for </w:t>
+      </w:r>
+      <w:r w:rsidR="007542D2" w:rsidRPr="00D402A1">
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidR="00E959CD" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> duration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E2F5F0" w14:textId="345D633A" w:rsidR="000C7FE6" w:rsidRPr="00D402A1" w:rsidRDefault="007F40B1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Decide on early termination of an investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="007542D2" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> were deemed necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B596DB0" w14:textId="77777777" w:rsidR="00D06C75" w:rsidRPr="00D402A1" w:rsidRDefault="00D06C75" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:sectPr w:rsidR="00D06C75" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E44D18B" w14:textId="277EF8D4" w:rsidR="000C7FE6" w:rsidRPr="00D402A1" w:rsidRDefault="000C7FE6" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>De</w:t>
+      </w:r>
+      <w:r w:rsidR="00216E0D" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ision Maker</w:t>
+      </w:r>
+      <w:r w:rsidR="00216E0D" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...20 lines deleted...]
-      <w:r w:rsidR="00A32729">
+      <w:r w:rsidR="00216E0D" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">is the person responsible for deciding whether </w:t>
+      </w:r>
+      <w:r w:rsidR="0050450A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">to authorise a full investigation. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06C75" w:rsidRPr="00D402A1">
         <w:rPr>
-          <w:cs/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>‎</w:t>
-[...38 lines deleted...]
-        <w:t>). </w:t>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidR="008C60D1" w:rsidRPr="00D402A1">
+        <w:t>Interim arrangem</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3EB7" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ents from October 2025 are such that the Senior </w:t>
+      </w:r>
+      <w:r w:rsidR="00E650EC" w:rsidRPr="00D402A1">
+        <w:t>Director</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3EB7" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E650EC" w:rsidRPr="00D402A1">
+        <w:t>Regulation</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06C75" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40897" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> together with the Regulatory Leadership Team </w:t>
+      </w:r>
+      <w:r w:rsidR="00531482" w:rsidRPr="00D402A1">
+        <w:t>(RLT)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06C75" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00531482" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40897" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">will make the final </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7AC6" w:rsidRPr="00D402A1">
+        <w:t>decision on whether the investigation continues to the formal stage</w:t>
+      </w:r>
+      <w:r w:rsidR="001843B7" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. Their focus </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36894" w:rsidRPr="00D402A1">
+        <w:t>will be the priority of resource available</w:t>
+      </w:r>
+      <w:r w:rsidR="008114CC" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> balanced against </w:t>
+      </w:r>
+      <w:r w:rsidR="009911DA" w:rsidRPr="00D402A1">
+        <w:t>risk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5300D1EE" w14:textId="58CBF1CB" w:rsidR="007968CA" w:rsidRPr="007C112D" w:rsidRDefault="008D49A5" w:rsidP="007C112D">
-[...1370 lines deleted...]
-    <w:p w14:paraId="0991E3A1" w14:textId="4D50ECD6" w:rsidR="00A8084B" w:rsidRPr="004631BE" w:rsidRDefault="00A8084B" w:rsidP="007C112D">
+    <w:p w14:paraId="3CD65694" w14:textId="250D9C12" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="00A8084B" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">An </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
-          <w:i/>
-          <w:iCs/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>decision maker</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+        <w:t>investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> is any fully warranted inspector involved in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>conducting an investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>Alternatively, the divisional director may decide to take on the role of decision maker or allocate an alternative decision maker.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">All investigators must comply with the duties imposed on them under the relevant legislative frameworks </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000637C5" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="000637C5" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161061367 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="000637C5" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>Appendix 1 – Background on legal framework for investigations</w:t>
+      </w:r>
+      <w:r w:rsidR="000637C5" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">), including pursuing all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>reasonable lines of inquiry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, recording information and retaining records of information and other material.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A24BC7D" w14:textId="77777777" w:rsidR="00A32729" w:rsidRDefault="00A32729" w:rsidP="007C112D">
-[...13 lines deleted...]
-    <w:p w14:paraId="3CD65694" w14:textId="3C9C2A80" w:rsidR="00A8084B" w:rsidRPr="004631BE" w:rsidRDefault="00A8084B" w:rsidP="007C112D">
+    <w:p w14:paraId="05C4435C" w14:textId="05299F0C" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="00A8084B" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...66 lines deleted...]
-          <w:iCs/>
         </w:rPr>
         <w:t>lead investigator</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> is the fully warranted inspector in charge of an investigation and is responsible for: directing the investigation: for ensuring that proper procedures are followed for recording information, retaining of records of information and other material, arising in the investigation and the process of disclosure</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">The lead investigator must also comply with the duties imposed on them under the relevant legislative frameworks </w:t>
       </w:r>
-      <w:r w:rsidR="00A32729">
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t>(refer to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000637C5" w:rsidRPr="004631BE">
+      <w:r w:rsidR="000637C5" w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="000637C5" w:rsidRPr="004631BE">
+      <w:r w:rsidR="000637C5" w:rsidRPr="00D402A1">
         <w:instrText xml:space="preserve"> REF _Ref161061383 \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="004631BE" w:rsidRPr="004631BE">
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="000637C5" w:rsidRPr="004631BE">
+      <w:r w:rsidR="000637C5" w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F1284D" w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="000637C5" w:rsidRPr="004631BE">
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>Appendix 1 – Background on legal framework for investigations</w:t>
+      </w:r>
+      <w:r w:rsidR="000637C5" w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5558E0DC" w14:textId="23A49462" w:rsidR="00A8084B" w:rsidRPr="004631BE" w:rsidRDefault="00A8084B" w:rsidP="007C112D">
+    <w:p w14:paraId="5558E0DC" w14:textId="38DF2A6C" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="00A8084B" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EE11AEE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
         <w:t>reviewing investigator</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r w:rsidR="00161025">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> is an experienced ONR investigator or an external experienced investigator, </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3AA4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>appointed by the</w:t>
+      </w:r>
+      <w:r w:rsidR="00161025" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Investigation </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3AA4" w:rsidRPr="00D402A1">
+        <w:t>Delivery Team (IDT</w:t>
+      </w:r>
+      <w:r w:rsidR="00161025" w:rsidRPr="00D402A1">
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007E3AA4" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> to conduct a critical friend review of an investigation, which is either in progress or has been completed. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB739DA" w14:textId="04B19D75" w:rsidR="00A8084B" w:rsidRPr="004631BE" w:rsidRDefault="00A8084B" w:rsidP="007C112D">
+    <w:p w14:paraId="4DB739DA" w14:textId="29BB12F4" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="00A8084B" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
         <w:t>disclosure officer</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> is the person or persons responsible for reviewing and assessing all material obtained or generated during an investigation; revealing material to the prosecutor during the investigation and any criminal proceedings resulting from it and certifying that</w:t>
       </w:r>
-      <w:r w:rsidR="001145F9" w:rsidRPr="004631BE">
+      <w:r w:rsidR="001145F9" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>they have done this; and disclosing material to the accused at the request of the prosecutor</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>A solicitor agent or prosecuting counsel cannot act as disclosure officer, though they can provide advice on disclosure and facilitate the duty</w:t>
       </w:r>
-      <w:r w:rsidR="00277364" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00277364" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1945112793"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00277364" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00277364" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00277364" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION GD026 \l 2057 </w:instrText>
+          <w:r w:rsidR="00D06C75" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GD026 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00277364" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00277364" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-[...3 lines deleted...]
-            <w:t>[6]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[5]</w:t>
           </w:r>
-          <w:r w:rsidR="00277364" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00277364" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0933498C" w14:textId="42F81B2B" w:rsidR="00A8084B" w:rsidRPr="004631BE" w:rsidRDefault="00A8084B" w:rsidP="007C112D">
+    <w:p w14:paraId="0933498C" w14:textId="7F2597FA" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="00A8084B" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">prosecutor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>is responsible for conducting</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06C75" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06C75" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>acting on behalf of ONR in criminal proceedings resulting from an investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">In cases brought by ONR the role will be filled within ONR by the </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
         <w:t>lead investigator</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>, unless otherwise assigned in writing</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>A solicitor agent may undertake prosecution proceedings on behalf of the lead investigator in England and Wales</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>In Scotland, the prosecutor will be the Crown Office Procurator Fiscal Service.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>In Scotland, the prosecutor will be the Crown Office Procurator Fiscal Service</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3AA4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (COPFS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F99422D" w14:textId="28FF5661" w:rsidR="00A8084B" w:rsidRPr="004631BE" w:rsidRDefault="00A8084B" w:rsidP="007C112D">
+    <w:p w14:paraId="0F99422D" w14:textId="7EF282F3" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="00A8084B" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
         <w:t>approval officer</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> is the fully warranted inspector responsible for deciding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to commence a prosecution on behalf of ONR. The approval officer is appointed by the divisional director and would normally be the relevant delivery lead</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Alternatively, and with the agreement of the Chief Nuclear Inspector (CNI), the </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3AA4" w:rsidRPr="00D402A1">
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> director may take on the role of approval officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>This appointment should be made in writing at the outset of the investigation</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidR="009C2011" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">Any changes in appointment must be made prior to any prosecution decision and the reasons for such changes should be fully documented. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058C6250" w14:textId="5CD9458C" w:rsidR="00A8084B" w:rsidRPr="004631BE" w:rsidRDefault="00A8084B" w:rsidP="007C112D">
-[...60 lines deleted...]
-    <w:p w14:paraId="392E746E" w14:textId="467A49CD" w:rsidR="00A8084B" w:rsidRPr="004631BE" w:rsidRDefault="00A8084B" w:rsidP="007C112D">
+    <w:p w14:paraId="4635651F" w14:textId="1E6CC2E6" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="009C2011" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8084B" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Material</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8084B" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> is material of any kind, including information and objects, which is obtained during an investigation, and which may be relevant to the investigation</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t xml:space="preserve">This includes not only material coming into the possession of the investigators (for example, provided by witnesses) but also material generated by investigators (such as an interview record). It also includes material that could weaken or undermine the evidence that is likely to be led by the prosecutor in the proceedings against the accused, or it could materially strengthen the accused’s case. </w:t>
+      <w:r w:rsidR="00A8084B" w:rsidRPr="00D402A1">
+        <w:t>This includes not only material coming into the possession of the investigators (for example, provided by witnesses) but also material generated by investigators (such as an interview record). It also includes material that could weaken or undermine the evidence that is likely to be led by the prosecutor in the proceedings against the accused, or it could materially strengthen the accused’s case. Material may be ‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8084B" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>relevant to an investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8084B" w:rsidRPr="00D402A1">
+        <w:t>’ if it appears to an investigator, the inspector in charge of an investigation (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C75894" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">i.e., </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8084B" w:rsidRPr="00D402A1">
+        <w:t>lead investigator) or to the disclosure officer, to have some ‘bearing’ on any offence under investigation or any person being investigated, or on the surrounding circumstances of the case, unless it is incapable of having any impact on the case</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0F31" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8084B" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4635651F" w14:textId="77777777" w:rsidR="00A8084B" w:rsidRPr="004631BE" w:rsidRDefault="00A8084B" w:rsidP="007C112D">
+    <w:p w14:paraId="097522D8" w14:textId="1743F566" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="00C75894" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
-        <w:t>relevant to an investigation</w:t>
-[...102 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8084B" w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
-        <w:t>lead investigator</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+        <w:t>Sensitive material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
-        <w:t>disclosure officer</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> are likely to be undertaken by the same inspector. Other inspectors may be called upon as investigators where necessary.</w:t>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8084B" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> is material, the disclosure of which could give rise to: Serious injury or death to any person; obstruct or prevent the prevention, detection, investigation or prosecution of crime; serious prejudice to an important public interest. The disclosure officer may need to consult with the officer in charge of the investigation, the prosecuting lawyer and line management before reaching this view.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02426917" w14:textId="77777777" w:rsidR="007C112D" w:rsidRDefault="007C112D" w:rsidP="007C112D">
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="007C112D" w:rsidSect="009D2911">
+    <w:p w14:paraId="6DC65E01" w14:textId="546006B6" w:rsidR="00A8084B" w:rsidRPr="0010571B" w:rsidRDefault="00A8084B" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0010571B">
+        <w:t xml:space="preserve">The terms </w:t>
+      </w:r>
+      <w:r w:rsidR="00481AB7" w:rsidRPr="0010571B">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t>preliminary enquiry</w:t>
+      </w:r>
+      <w:r w:rsidR="00481AB7" w:rsidRPr="0010571B">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00481AB7" w:rsidRPr="0010571B">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t>investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00481AB7" w:rsidRPr="0010571B">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00481AB7" w:rsidRPr="0010571B">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t>criminal investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00481AB7" w:rsidRPr="0010571B">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t xml:space="preserve"> are used throughout this </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3FBD" w:rsidRPr="0010571B">
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="0010571B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t>Preliminary enquiry is used to distinguish the initial stage in the process which may be necessary to gather sufficient information to make an informed judgement against the investigation selection criteria and</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0F31" w:rsidRPr="0010571B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0F31" w:rsidRPr="0010571B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t>or EPS</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="0010571B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t xml:space="preserve">The terms investigation and criminal investigation are synonymous within this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2F4C" w:rsidRPr="0010571B">
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t xml:space="preserve"> and distinguish the steps in the process following the </w:t>
+      </w:r>
+      <w:r w:rsidR="001B1CC3" w:rsidRPr="0010571B">
+        <w:t>Case Manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010571B">
+        <w:t xml:space="preserve"> authorisation to investigate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13510CD1" w14:textId="77777777" w:rsidR="0030683D" w:rsidRPr="00D402A1" w:rsidRDefault="0030683D" w:rsidP="006C57F8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0030683D" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref161061939"/>
     </w:p>
-    <w:p w14:paraId="6D78A2BE" w14:textId="7C533866" w:rsidR="00145871" w:rsidRPr="004631BE" w:rsidRDefault="003D00EC" w:rsidP="007C112D">
+    <w:p w14:paraId="562350B4" w14:textId="067488B4" w:rsidR="006C57F8" w:rsidRPr="00D402A1" w:rsidRDefault="006C57F8" w:rsidP="006C57F8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Notes on role definitions: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E114CA3" w14:textId="46DAE22A" w:rsidR="00A8084B" w:rsidRPr="00D402A1" w:rsidRDefault="00A8084B" w:rsidP="006C57F8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">In ONR, the role </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>disclosure officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> are likely to be undertaken by the same inspector. Other inspectors may be called upon as investigators where necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78660EC2" w14:textId="77777777" w:rsidR="00BC2F4C" w:rsidRPr="00D402A1" w:rsidRDefault="006C57F8" w:rsidP="006C57F8">
+      <w:pPr>
+        <w:pStyle w:val="NumList1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Ref161061939"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The appointment of key investigation roles needs to ensure that those appointed can demonstrate consistent, independent, objective, and impartial decision making that is free from undue interference. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>In particular, suitable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arrangements should be in place for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>approval officers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to remain sufficiently distant from the investigation activities to allow them to reach an objective decision on whether to proceed with a prosecution. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC394D2" w14:textId="6759BAF4" w:rsidR="006C57F8" w:rsidRPr="00D402A1" w:rsidRDefault="006C57F8" w:rsidP="006C57F8">
+      <w:pPr>
+        <w:pStyle w:val="NumList1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>These roles may require re-appointment during the investigation if, for example, the independence of the decision-making appears to have been drawn into question.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02426917" w14:textId="77777777" w:rsidR="006C57F8" w:rsidRPr="00D402A1" w:rsidRDefault="006C57F8" w:rsidP="006C57F8">
+      <w:pPr>
+        <w:sectPr w:rsidR="006C57F8" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D78A2BE" w14:textId="4B962123" w:rsidR="00145871" w:rsidRPr="00D402A1" w:rsidRDefault="003D00EC" w:rsidP="009938AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc165362935"/>
-      <w:r w:rsidRPr="004631BE">
+      <w:bookmarkStart w:id="9" w:name="_Toc212126221"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
-        <w:t>Governance and General Considerations</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
+        <w:t xml:space="preserve">Governance and </w:t>
+      </w:r>
+      <w:r w:rsidR="0030683D" w:rsidRPr="00D402A1">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">eneral </w:t>
+      </w:r>
+      <w:r w:rsidR="0030683D" w:rsidRPr="00D402A1">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>onsiderations</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="48083E3F" w14:textId="5A974BF4" w:rsidR="00145871" w:rsidRPr="004631BE" w:rsidRDefault="00145871" w:rsidP="007C112D">
-[...34 lines deleted...]
-        <w:t xml:space="preserve">The IMG is supported by the Investigation Core Team (ICT) which consists of Inspectors and Divisional Delivery Support (DDS) staff with suitable experience and training in investigation </w:t>
+    <w:p w14:paraId="1CC2DD8F" w14:textId="2C9A15B2" w:rsidR="000A2D92" w:rsidRPr="00D402A1" w:rsidRDefault="00145871" w:rsidP="00084110">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2D92" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Investigation Delivery Team (IDT) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">is led by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00084110" w:rsidRPr="00D402A1">
+        <w:t>Responsible Delegate for the investigation process (refer to ‘</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00084110" w:rsidRPr="00D402A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Conducting investigations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00084110" w:rsidRPr="00D402A1">
+        <w:t>’ on HOW2 Hub for further information)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2F4C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, on behalf of the Process Owner (further information on the roles and responsibilities of ‘Responsible Delegate’ and ‘Process Owner’ can be found in </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1267815621"/>
+          <w:id w:val="-1540654713"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00277364" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00BC2F4C" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00277364" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION GD027 \l 2057 </w:instrText>
+          <w:r w:rsidR="00BC2F4C" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> CITATION ONR509 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00277364" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00BC2F4C" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[7]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[6]</w:t>
           </w:r>
-          <w:r w:rsidR="00277364" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00BC2F4C" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>.</w:t>
+      <w:r w:rsidR="00BC2F4C" w:rsidRPr="00D402A1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2D92" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F48CE06" w14:textId="357840D1" w:rsidR="00145871" w:rsidRPr="004631BE" w:rsidRDefault="00145871" w:rsidP="007C112D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+    <w:p w14:paraId="46133BDA" w14:textId="77777777" w:rsidR="004A3042" w:rsidRPr="00D402A1" w:rsidRDefault="00145871" w:rsidP="00A47F0B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> is responsible for advising the </w:t>
+      </w:r>
+      <w:r w:rsidR="006D467F" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Responsible Delegate for the investigation process </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>on any matter relating to ONR’s investigation capability and resilience</w:t>
+      </w:r>
+      <w:r w:rsidR="006D467F" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D467F" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> in terms of people, processes and provision of facilities and equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="006D467F" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> etc</w:t>
+      </w:r>
+      <w:r w:rsidR="006D467F" w:rsidRPr="00D402A1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2714C5E6" w14:textId="2F2134A3" w:rsidR="00145871" w:rsidRPr="004631BE" w:rsidRDefault="00145871" w:rsidP="007C112D">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">The ICT also provides subject matter expertise to provide advice and support to ONR inspectors undertaking investigations across the Divisions </w:t>
+    <w:p w14:paraId="60853E77" w14:textId="4C9C2BF9" w:rsidR="00452EC4" w:rsidRPr="00D402A1" w:rsidRDefault="006D467F" w:rsidP="00A47F0B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> also reviews changes to legislation, associated processes and</w:t>
+      </w:r>
+      <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">or precedents and their potential impact on ONR’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>arrangements</w:t>
+      </w:r>
+      <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
+        <w:t>, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> provides subject matter expertise to provide advice and support to ONR inspectors undertaking investigations across the </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3042" w:rsidRPr="00D402A1">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">irectorates </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1626069298"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00741D1E" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00741D1E" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION GD027 \l 2057 </w:instrText>
+          <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GD027 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00741D1E" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
             <w:t>[7]</w:t>
           </w:r>
-          <w:r w:rsidR="00741D1E" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F8DCFF" w14:textId="7F670126" w:rsidR="00145871" w:rsidRPr="004631BE" w:rsidRDefault="00145871" w:rsidP="007C112D">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="65FCA45A" w14:textId="54935127" w:rsidR="004A3042" w:rsidRPr="00D402A1" w:rsidRDefault="004A3042" w:rsidP="00452EC4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The IDT is chaired by the Responsible Delegate and includes representation from all ONR’s purposes.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="004317AE" w14:textId="2E69E926" w:rsidR="00145871" w:rsidRPr="004631BE" w:rsidRDefault="00145871" w:rsidP="007C112D">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> to support the appropriateness of decisions and to ensure that the correct information is being recorded. </w:t>
+    <w:p w14:paraId="303C634C" w14:textId="2F0095DA" w:rsidR="006D467F" w:rsidRPr="00D402A1" w:rsidRDefault="006D467F" w:rsidP="0030683D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Supported by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00452EC4" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, the Responsible Delegate for the investigation process provides advice and if necessary, challenge to the </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3042" w:rsidRPr="00D402A1">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">irectorates undertaking of investigations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F0170C" w14:textId="08C11E69" w:rsidR="00145871" w:rsidRPr="004631BE" w:rsidRDefault="00145871" w:rsidP="007C112D">
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="7F48CE06" w14:textId="3AD59EDD" w:rsidR="00145871" w:rsidRPr="00D402A1" w:rsidRDefault="00145871" w:rsidP="0030683D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="006D467F" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Responsible Delegate for the investigation process </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>reports to ONR</w:t>
+      </w:r>
+      <w:r w:rsidR="006D467F" w:rsidRPr="00D402A1">
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Technical Director</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1DB100FA" w14:textId="0D50E675" w:rsidR="00145871" w:rsidRPr="004631BE" w:rsidRDefault="00145871" w:rsidP="007C112D">
-[...47 lines deleted...]
-    <w:p w14:paraId="4F652C72" w14:textId="77777777" w:rsidR="007C112D" w:rsidRDefault="007C112D" w:rsidP="007C112D">
+    <w:p w14:paraId="4F652C72" w14:textId="77777777" w:rsidR="007C112D" w:rsidRPr="00D402A1" w:rsidRDefault="007C112D" w:rsidP="009938AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:sectPr w:rsidR="007C112D" w:rsidSect="009D2911">
+        <w:sectPr w:rsidR="007C112D" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08462CB4" w14:textId="1A472C8E" w:rsidR="00E92BBC" w:rsidRPr="004631BE" w:rsidRDefault="003D00EC" w:rsidP="007C112D">
+    <w:p w14:paraId="08462CB4" w14:textId="55A66F22" w:rsidR="00E92BBC" w:rsidRPr="00D402A1" w:rsidRDefault="003D00EC" w:rsidP="009938AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc165362937"/>
-      <w:r w:rsidRPr="004631BE">
+      <w:bookmarkStart w:id="10" w:name="_Toc212126222"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
-        <w:t>Investigation Process</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+        <w:t xml:space="preserve">Investigation </w:t>
+      </w:r>
+      <w:r w:rsidR="008667FA" w:rsidRPr="00D402A1">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>rocess</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="072DBD53" w14:textId="0C70D992" w:rsidR="00E92BBC" w:rsidRPr="004631BE" w:rsidRDefault="00E92BBC" w:rsidP="007C112D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+    <w:p w14:paraId="29A7B34C" w14:textId="77777777" w:rsidR="00284D98" w:rsidRPr="00D402A1" w:rsidRDefault="00E92BBC" w:rsidP="00284D98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">This document </w:t>
+      </w:r>
+      <w:r w:rsidR="008667FA" w:rsidRPr="00D402A1">
+        <w:t>describes the steps and requirements of the investigation process</w:t>
+      </w:r>
+      <w:r w:rsidR="00850C70" w:rsidRPr="00D402A1">
+        <w:t>. It also provides guidance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to Inspectors and DDS</w:t>
+      </w:r>
+      <w:r w:rsidR="00850C70" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> staff</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> on the process</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t xml:space="preserve">A simplified flowchart of the process is given in </w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>A simplified flowchart of the process is</w:t>
+      </w:r>
+      <w:r w:rsidR="00284D98" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> provided on the ‘</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="00284D98" w:rsidRPr="00D402A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Conducting investigations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00284D98" w:rsidRPr="00D402A1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00284D98" w:rsidRPr="00D402A1">
+        <w:t>page on HOW2 Hub, with a more detailed breakdown of the key activities provided i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_2_–" w:history="1">
-        <w:r w:rsidRPr="00A32729">
+        <w:r w:rsidRPr="00D402A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>. The key steps in the process are:</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C4DB05" w14:textId="39985670" w:rsidR="00E92BBC" w:rsidRPr="004631BE" w:rsidRDefault="00E92BBC" w:rsidP="007C112D">
+    <w:p w14:paraId="072DBD53" w14:textId="4D434B2C" w:rsidR="00E92BBC" w:rsidRPr="00D402A1" w:rsidRDefault="00284D98" w:rsidP="00284D98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>In short, t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92BBC" w:rsidRPr="00D402A1">
+        <w:t>he key steps in the process are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C4DB05" w14:textId="5480989D" w:rsidR="00E92BBC" w:rsidRPr="00D402A1" w:rsidRDefault="00E92BBC" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="25669C9C">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41EE" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Receive notification and </w:t>
+      </w:r>
+      <w:r w:rsidR="25669C9C" w:rsidRPr="00D402A1">
         <w:t>process it</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B12F555" w14:textId="57B086E8" w:rsidR="00E92BBC" w:rsidRPr="004631BE" w:rsidRDefault="00E92BBC" w:rsidP="007C112D">
+    <w:p w14:paraId="1B12F555" w14:textId="11B479F1" w:rsidR="00E92BBC" w:rsidRPr="00D402A1" w:rsidRDefault="00E92BBC" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>Step 2 Conduct preliminary enquiry and decide whether to investigate.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41EE" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Conduct preliminary enquiry and decide whether to investigate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="415A7F4B" w14:textId="2A3457A9" w:rsidR="00E92BBC" w:rsidRPr="004631BE" w:rsidRDefault="00E92BBC" w:rsidP="007C112D">
+    <w:p w14:paraId="415A7F4B" w14:textId="28A66BE3" w:rsidR="00E92BBC" w:rsidRPr="00D402A1" w:rsidRDefault="00E92BBC" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>Step 3 Plan and resource investigation.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41EE" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Plan and resource investigation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D2352D" w14:textId="3513BF05" w:rsidR="00E92BBC" w:rsidRPr="004631BE" w:rsidRDefault="00E92BBC" w:rsidP="007C112D">
+    <w:p w14:paraId="47D2352D" w14:textId="07BFE46F" w:rsidR="00E92BBC" w:rsidRPr="00D402A1" w:rsidRDefault="00E92BBC" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r>
-        <w:t>Step 4 Conduct investigation.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4 </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41EE" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Conduct investigation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDC2F19" w14:textId="7C3D7806" w:rsidR="2B61A99E" w:rsidRDefault="2B61A99E" w:rsidP="007C112D">
+    <w:p w14:paraId="6FDC2F19" w14:textId="721C49D6" w:rsidR="2B61A99E" w:rsidRPr="00D402A1" w:rsidRDefault="2B61A99E" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r>
-        <w:t>Step 5 Decide if Enforcement action is warranted.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41EE" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Decide if </w:t>
+      </w:r>
+      <w:r w:rsidR="00854341" w:rsidRPr="00D402A1">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>nforcement action is warranted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C87BD6" w14:textId="0ECC0526" w:rsidR="00915D46" w:rsidRPr="004631BE" w:rsidRDefault="00E92BBC" w:rsidP="007C112D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+    <w:p w14:paraId="17C87BD6" w14:textId="06F779C6" w:rsidR="00915D46" w:rsidRPr="00D402A1" w:rsidRDefault="00E92BBC" w:rsidP="00284D98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Whilst there is much commonality in the legislative frameworks for investigation in England</w:t>
+      </w:r>
+      <w:r w:rsidR="00284D98" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/ Wales and Scotland, they do differ</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>For the sake of brevity, the guidance given here primarily relates to England and Wales</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>Where appropriate, this guide identifies the different approaches required, however, further advice and guidance should be sought from the ONR IMG when undertaking investigation in Scotland.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Where appropriate, this </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2087A" w:rsidRPr="00D402A1">
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> identifies the different approaches required</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2087A" w:rsidRPr="00D402A1">
+        <w:t>. H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">owever, further advice and guidance should be sought from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2087A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">IDT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>when undertaking investigation in Scotland.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60249B4B" w14:textId="7A1C7CD8" w:rsidR="00AA7ABD" w:rsidRPr="004631BE" w:rsidRDefault="003D00EC" w:rsidP="007C112D">
+    <w:p w14:paraId="60249B4B" w14:textId="7E909EA1" w:rsidR="00AA7ABD" w:rsidRPr="00D402A1" w:rsidRDefault="003D00EC" w:rsidP="00817E3E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc165362938"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+      <w:bookmarkStart w:id="11" w:name="_Ref212111533"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc212126223"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Step 1 – Receive notification and act upon</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77666914" w14:textId="7869C026" w:rsidR="00AA7ABD" w:rsidRPr="004631BE" w:rsidRDefault="00AA7ABD" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="028144FF" w14:textId="10F23D22" w:rsidR="00CD7CD3" w:rsidRPr="00D402A1" w:rsidRDefault="00AA7ABD" w:rsidP="002C098B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Step 1 commences with ONR becoming aware of a matter that may warrant investigation</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2DE3" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">This includes ensuring duty holder(s) address risk gaps identified through the application of the Enforcement Management Model (EMM) </w:t>
+      <w:r w:rsidR="00CD7CD3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The demand to undertake a detailed investigation, as set out in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD7CD3" w:rsidRPr="00D402A1">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD7CD3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> the proceeding steps, must also be balanced with the requirement to act promptly. This includes ensuring dutyholder(s) address risk gaps identified through the application of the EMM </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="332272171"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00741D1E" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00CD7CD3" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00741D1E" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION ENF \l 2057 </w:instrText>
+          <w:r w:rsidR="00943519" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION ENF \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00741D1E" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00CD7CD3" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[9]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[2]</w:t>
           </w:r>
-          <w:r w:rsidR="00741D1E" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00CD7CD3" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
-        <w:t xml:space="preserve"> and ONR taking action in accordance with the EPS e.g. promptly deploying inspectors in the event of a work-related death or significant site incident.</w:t>
+      <w:r w:rsidR="00CD7CD3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and ONR taking action in accordance with the EPS</w:t>
+      </w:r>
+      <w:r w:rsidR="00943519" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1141649888"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00943519" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00943519" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION EPS \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00943519" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[1]</w:t>
+          </w:r>
+          <w:r w:rsidR="00943519" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00CD7CD3" w:rsidRPr="00D402A1">
+        <w:t>, for example, promptly deploying inspectors in the event of a work-related death or significant site incident.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDA267E" w14:textId="7E72A89A" w:rsidR="00AA7ABD" w:rsidRPr="004631BE" w:rsidRDefault="00AA7ABD" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">From Step 1 onwards and throughout the investigation process the investigator must consider the EPS and EMM for any initial/ immediate enforcement action that may be necessary to address potential compliance gaps or matters of evident concern </w:t>
+    <w:p w14:paraId="0D9DA966" w14:textId="75654BF8" w:rsidR="00943519" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The first decision is for the investigator to determine whether there is sufficient information to make an informed judgment on whether investigation is warranted. </w:t>
+      </w:r>
+      <w:r w:rsidR="00941496" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Appendix 5 sets </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">set out the investigation selection criteria for ONR’s purposes. Aligned with </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82391" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the EPS </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="69163019"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E82391" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E82391" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> CITATION EPS \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00E82391" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[1]</w:t>
+          </w:r>
+          <w:r w:rsidR="00E82391" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, these indicate where potential investigation should be considered and where preliminary enquiry is required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F9AAF5" w14:textId="77777777" w:rsidR="00E82391" w:rsidRPr="00D402A1" w:rsidRDefault="00E82391" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:sectPr w:rsidR="00E82391" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Ref161061577"/>
+    </w:p>
+    <w:p w14:paraId="747878E8" w14:textId="1EE687D0" w:rsidR="00943519" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t>In some cases, it will be immediately evident from the circumstances of the matter that the criteria are met</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82391" w:rsidRPr="00D402A1">
+        <w:t>, for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> a fatality (work-related incident). However, other criteria may require an informed judgement to be made by the investigator and may not fall within their specialist area of knowledge. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82391" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>It is therefore important that the investigator engages with appropriate ONR inspectors (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82391" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">for example, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">discipline specialists, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82391" w:rsidRPr="00D402A1">
+        <w:t>HoPs, HoRs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>) to ensure an informed judgement is reached.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="4CC347BA" w14:textId="46B29162" w:rsidR="00943519" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the investigation criteria are clearly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>met</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> then the investigator should proceed to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212108538 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D402A1" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Step 2.2 – Decision to investigate</w:t>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA396B0" w14:textId="54991E05" w:rsidR="00943519" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>If there is insufficient information to make an informed judgement or the criteria requires it, then preliminary enquiries should be undertaken to gather enough information to make an informed judgment (</w:t>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">refer to </w:t>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref212108611 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>Step 2.1 – Conduct preliminary enquiry</w:t>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D8E242" w14:textId="43599E76" w:rsidR="00943519" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00E8418C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If it is evident that none of the criteria or EPS factors are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>met</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> then the investigator may decide to progress no further with the investigation process. This decision must be recorded in a proportionate manner</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> i.e.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64170" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> on the associated INF1</w:t>
+      </w:r>
+      <w:r w:rsidR="007465E5" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64170" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">art B) or in a </w:t>
+      </w:r>
+      <w:r w:rsidR="00D402A1" w:rsidRPr="00D402A1">
+        <w:t>Contact Record</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64170" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">/ intervention record. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>In exceptional circumstances</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+        <w:t>, for notification under the Reporting of Injuries, Diseases and Dangerous Occurrences Regulations 2013 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>RIDDOR</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, an email record may suffice. The record should focus on the relevant criterion only and provide a clear justification for the decision (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64170" w:rsidRPr="00D402A1">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64170" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">/ security significance, technical basis, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00D402A1">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> response, regulatory action</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64170" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> etc</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64170" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6CF5C9" w14:textId="17E1FC68" w:rsidR="00943519" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+        <w:t>HoR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> maintains oversight of the incident notifications and subsequent regulatory actions at </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+        <w:t>sub-directorate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> level </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="26307463"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION ONR1 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[8]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A5B711" w14:textId="58BA25BF" w:rsidR="00E8418C" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the matter relates to complaints and concerns raised then the guidance published on ONR’s website </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1833108712"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION ONR2 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[9]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">in ONR’s general inspection guidance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1318800009"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GIG \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[10]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> be followed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B07C16B" w14:textId="3D8691AE" w:rsidR="00E8418C" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the matter is a whistleblowing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>report</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> then the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">whistleblowing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>process and guidance must be followed</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-653603599"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION Whistle \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t xml:space="preserve"> [11]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1E0AF2" w14:textId="4D55F6DA" w:rsidR="00943519" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>All concerns or whistleblowing reports made by nuclear industry workers relating to matters that ONR regulates (or would have regulated prior to vesting in 2014, when part of HSE) should be subject to preliminary enquiry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5196A11B" w14:textId="0AE9DA9B" w:rsidR="00943519" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>If the matter involves a work</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">related </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>death</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> then the associated guidance should be followed</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1670167386"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E50B0C" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION WRDPEW \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> \m Wor \m WRDPSco</w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t xml:space="preserve"> [12, 13, 14]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">dvice </w:t>
+      </w:r>
+      <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">from the IDT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>should be sought in such situations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B05A1F" w14:textId="77777777" w:rsidR="00E8418C" w:rsidRPr="00D402A1" w:rsidRDefault="00E8418C" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:sectPr w:rsidR="00E8418C" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="667692EB" w14:textId="1B15A6B9" w:rsidR="00943519" w:rsidRPr="00D402A1" w:rsidRDefault="00943519" w:rsidP="00943519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t>From Step 1 onwards</w:t>
+      </w:r>
+      <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and throughout the investigation process</w:t>
+      </w:r>
+      <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> the investigator must consider the EPS and EMM for any initial</w:t>
+      </w:r>
+      <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/ immediate enforcement action that may be necessary to address potential compliance gaps or matters of evident concern that arise</w:t>
+      </w:r>
+      <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-840542051"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A35536" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00A35536" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION MECPMC \l 2057 </w:instrText>
+          <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION MECPMC \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00A35536" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[10]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[15]</w:t>
           </w:r>
-          <w:r w:rsidR="00A35536" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00B527D7" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005817DB" w:rsidRPr="004631BE">
-[...9 lines deleted...]
-        <w:t>This action is depicted in the process flow chart at various steps, although it should be considered as an ongoing requirement as the investigation progresses and information is obtained.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>. This action is depicted in the process flow chart at various steps</w:t>
+      </w:r>
+      <w:r w:rsidR="003C04E6" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_2_–" w:history="1">
+        <w:r w:rsidR="003C04E6" w:rsidRPr="00D402A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Appendix 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003C04E6" w:rsidRPr="00D402A1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, although it should be considered as an ongoing requirement as the investigation progresses and information is obtained.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CB3A04D" w14:textId="77777777" w:rsidR="007C112D" w:rsidRDefault="007C112D" w:rsidP="007C112D">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Differences of regulatory opinion should also be considered throughout the process where key decisions are made. Explicit references to resolving differences of opinion are made at various steps within this guidance and those involved with the investigation process should see </w:t>
+    <w:p w14:paraId="78648944" w14:textId="0C8AF179" w:rsidR="00502ABE" w:rsidRPr="00D402A1" w:rsidRDefault="00502ABE" w:rsidP="00502ABE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Differences of regulatory opinion should also be considered throughout the process where key decisions are made (explicit references to resolving differences of opinion are made at various steps within the process and those involved with the investigation process should refer to </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="368656511"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00C346A2" w:rsidRPr="004631BE">
+          <w:r w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00C346A2" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION Diff \l 2057 </w:instrText>
+          <w:r w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION Placeholder1 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00C346A2" w:rsidRPr="004631BE">
+          <w:r w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[11]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[16]</w:t>
           </w:r>
-          <w:r w:rsidR="00C346A2" w:rsidRPr="004631BE">
+          <w:r w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
-        <w:t xml:space="preserve"> for further guidance.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> for further guidance).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B02B1E1" w14:textId="6DAD59B5" w:rsidR="00AA7ABD" w:rsidRPr="004631BE" w:rsidRDefault="00AA7ABD" w:rsidP="007C112D">
-[...458 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="60F278E2" w14:textId="7A80D807" w:rsidR="009828DA" w:rsidRPr="00D402A1" w:rsidRDefault="009828DA" w:rsidP="009828DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Ref212108136"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
+        </w:rPr>
+        <w:t>For all notifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>5 weeks</w:t>
-[...101 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+        <w:t>, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
-          <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>met</w:t>
-[...53 lines deleted...]
-      <w:r w:rsidRPr="5782CB11">
+        <w:t xml:space="preserve"> warranted inspector must decide whether sufficient information is available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to determine if the relevant ONR investigation criteria detailed</w:t>
+      </w:r>
+      <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
+        <w:t>, as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4F41" w:rsidRPr="00D402A1">
+        <w:t>Appendix 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> have the potential to be met. If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>it is clear that the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> investigation criteria are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>not met</w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, then this decision must be recorded by the inspector.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3DD34394" w14:textId="77777777" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>Step 2.2 Decision to investigate (Investigator/ decision maker)</w:t>
+    <w:p w14:paraId="511450B0" w14:textId="77777777" w:rsidR="009828DA" w:rsidRPr="00D402A1" w:rsidRDefault="009828DA" w:rsidP="009828DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>All decisions must be appropriately recorded. If there is insufficient information to make an informed decision, then preliminary inquiry should be undertaken to allow this.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD46D10" w14:textId="662BB3E0" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...199 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="0D5F137B" w14:textId="16DE9D69" w:rsidR="00136B49" w:rsidRDefault="009828DA" w:rsidP="00136B49">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If it is clear that the investigation criteria are met then preliminary inquiry may not be required and the inspector can progress straight to completion of </w:t>
+      </w:r>
+      <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">art A of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Investigation Decision Record (IDR) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="387385702"/>
+          <w:id w:val="1416977481"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0404" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="002B0404" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION EPS \l 2057 </w:instrText>
+          <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> CITATION ONR556 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="002B0404" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[1]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[17]</w:t>
           </w:r>
-          <w:r w:rsidR="002B0404" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, having informed the relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+        <w:t>HoR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> in advance.</w:t>
+      </w:r>
+      <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="54301FA5" w14:textId="016C60E9" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>the severity and scale of potential or actual harm.</w:t>
+    <w:p w14:paraId="563E5C28" w14:textId="0F489BDD" w:rsidR="00250FCF" w:rsidRPr="00250FCF" w:rsidRDefault="00250FCF" w:rsidP="00250FCF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t xml:space="preserve">When </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t>conducting an investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t>, it is important to consider data protection implications to ensure personal data is handled lawfully, fairly and securely</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00250FCF">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Those processing personal data throughout an investigation's life cycle should: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553AEA90" w14:textId="35CE859D" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>the seriousness of any potential breach of the law (including the risk gap).</w:t>
+    <w:p w14:paraId="24F67EE1" w14:textId="70B46BEF" w:rsidR="00250FCF" w:rsidRPr="00250FCF" w:rsidRDefault="00250FCF" w:rsidP="00250FCF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t xml:space="preserve">Clearly define the purpose and scope to ensure only relevant and necessary personal data is processed </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50457D30" w14:textId="4EE8B000" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>knowledge of the duty holder’s past health and safety, security, transport or safeguards performance.</w:t>
+    <w:p w14:paraId="1F6E4A9E" w14:textId="77777777" w:rsidR="00250FCF" w:rsidRPr="00250FCF" w:rsidRDefault="00250FCF" w:rsidP="00250FCF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t xml:space="preserve">Ensure enhanced safeguards are in place when processing special category data </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E08357" w14:textId="4FB4DEBE" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...5 lines deleted...]
-        <w:t>enforcement priorities.</w:t>
+    <w:p w14:paraId="653150CF" w14:textId="77777777" w:rsidR="00250FCF" w:rsidRPr="00250FCF" w:rsidRDefault="00250FCF" w:rsidP="00250FCF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t>Restrict access to those necessary for the purpose specified</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="041B5F79" w14:textId="68D20AB1" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>practicality of achieving results.</w:t>
+    <w:p w14:paraId="2FF604FE" w14:textId="77777777" w:rsidR="00250FCF" w:rsidRPr="00250FCF" w:rsidRDefault="00250FCF" w:rsidP="00250FCF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t>Ensure the appropriate and secure transfer of personal data externally is undertaken when necessary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="292A67A5" w14:textId="5CF1292D" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>the wider relevance of event, including serious public concern.</w:t>
+    <w:p w14:paraId="5074CFB0" w14:textId="2CFE2CCC" w:rsidR="00250FCF" w:rsidRPr="00250FCF" w:rsidRDefault="00250FCF" w:rsidP="00250FCF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t>Ensure the storage, retention and disposal of personal data is in line with ONR's policies  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD6F1BE" w14:textId="35DC254E" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...85 lines deleted...]
-        <w:r w:rsidR="00674735" w:rsidRPr="004631BE">
+    <w:p w14:paraId="6946E73F" w14:textId="60225E56" w:rsidR="00250FCF" w:rsidRPr="00250FCF" w:rsidRDefault="00250FCF" w:rsidP="00250FCF">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:left="851" w:hanging="131"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t xml:space="preserve">If you are unsure of your responsibilities while </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t>conducting an investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t xml:space="preserve">, please contact the data protection team </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00250FCF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>ONR.operational.investigation@onr.gov.uk</w:t>
+          <w:t>dataprotection@onr.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004631BE">
-        <w:t xml:space="preserve">) email account </w:t>
+      <w:r w:rsidRPr="00250FCF">
+        <w:t xml:space="preserve"> for clarity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E1846ED" w14:textId="0236AF73" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...12 lines deleted...]
-      <w:r w:rsidR="00561522" w:rsidRPr="004631BE">
+    <w:p w14:paraId="4D26B4CA" w14:textId="5C6F4617" w:rsidR="009828DA" w:rsidRPr="00D402A1" w:rsidRDefault="00E8418C" w:rsidP="00136B49">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00561522" w:rsidRPr="004631BE">
-[...5 lines deleted...]
-      <w:r w:rsidR="00561522" w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref212115811 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F1284D">
-[...8 lines deleted...]
-      <w:r w:rsidR="00561522" w:rsidRPr="004631BE">
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>).</w:t>
+      <w:r w:rsidR="00136B49" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> identifies different means by which ONR may be notified of a matter for potential preliminary enquiries and / or investigation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3465F23A" w14:textId="77777777" w:rsidR="0018790A" w:rsidRPr="004631BE" w:rsidRDefault="0018790A" w:rsidP="007C112D">
-[...162 lines deleted...]
-      <w:r w:rsidR="00A0770D">
+    <w:p w14:paraId="7C13EB53" w14:textId="2314F009" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00136B49">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Ref212115811"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00A0770D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A0770D">
+      <w:r w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F1284D" w:rsidRPr="00167BDE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A0770D">
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00A0770D">
-[...6009 lines deleted...]
-        <w:t>The key documents and references relevant to each step of the investigation process are listed below.</w:t>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+        <w:t>Examples of the different types of ‘inputs’ into the process and the associated outputs when ONR receives a notification.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid1"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4531" w:type="pct"/>
+        <w:tblInd w:w="846" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4066"/>
-        <w:gridCol w:w="4950"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="5335"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003704A5" w:rsidRPr="007C112D" w14:paraId="669E7E16" w14:textId="77777777" w:rsidTr="00DE0E50">
+      <w:tr w:rsidR="006C473A" w:rsidRPr="00D402A1" w14:paraId="15788037" w14:textId="77777777" w:rsidTr="00136B49">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2255" w:type="pct"/>
+            <w:tcW w:w="1735" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
           </w:tcPr>
-          <w:p w14:paraId="5503E51A" w14:textId="77777777" w:rsidR="003704A5" w:rsidRPr="007C112D" w:rsidRDefault="003704A5" w:rsidP="00DE0E50">
+          <w:p w14:paraId="6A538B96" w14:textId="2C999C15" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="009828DA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C112D">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>STEP 1</w:t>
+              <w:t>Input (</w:t>
+            </w:r>
+            <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>i.e., m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eans of </w:t>
+            </w:r>
+            <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>otification)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2745" w:type="pct"/>
+            <w:tcW w:w="3265" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
           </w:tcPr>
-          <w:p w14:paraId="1178E965" w14:textId="77777777" w:rsidR="003704A5" w:rsidRPr="007C112D" w:rsidRDefault="003704A5" w:rsidP="00DE0E50">
+          <w:p w14:paraId="221EDFB2" w14:textId="77777777" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="009828DA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
-              <w:rPr>
-[...2960 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Output</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913299" w:rsidRPr="003704A5" w14:paraId="71C4A23A" w14:textId="77777777" w:rsidTr="004800AE">
+      <w:tr w:rsidR="006C473A" w:rsidRPr="00D402A1" w14:paraId="3550D9FA" w14:textId="77777777" w:rsidTr="00136B49">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1514" w:type="pct"/>
+            <w:tcW w:w="1735" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3503D800" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="4ADB7B92" w14:textId="77777777" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>INF1 or telephone notification of incident or event</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3486" w:type="pct"/>
+            <w:tcW w:w="3265" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8238A9" w14:textId="4039FE8B" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="612075B7" w14:textId="77777777" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Decision whether to undertake preliminary enquiry recorded within an INF1 part B. For telephone notifications decision may alternatively be recorded within a pre-notification, contact or intervention record.</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Decision whether to undertake preliminary enquiry recorded within an INF1 part B. For telephone notifications decision may alternatively be recorded within a pre-notification, contact or intervention record. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913299" w:rsidRPr="003704A5" w14:paraId="107BA7E6" w14:textId="77777777" w:rsidTr="004800AE">
+      <w:tr w:rsidR="006C473A" w:rsidRPr="00D402A1" w14:paraId="524932D7" w14:textId="77777777" w:rsidTr="00136B49">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1514" w:type="pct"/>
+            <w:tcW w:w="1735" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1F908E92" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="79C72641" w14:textId="4ED7B61F" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Event Report Under</w:t>
+              <w:t xml:space="preserve">Event </w:t>
             </w:r>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eport </w:t>
+            </w:r>
+            <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>nder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>RIDDOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3486" w:type="pct"/>
+            <w:tcW w:w="3265" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="07BA487D" w14:textId="3438AFEF" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="68139508" w14:textId="26875505" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>As described for INF1 or telephone notification with the exception that, if it is clear that the investigation criteria are NOT met, the decision may be recorded by an inspector in an email.</w:t>
+              <w:t xml:space="preserve">As described for INF1 or telephone notification with the exception that, if </w:t>
             </w:r>
-            <w:r w:rsidR="00A32729" w:rsidRPr="003704A5">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>it is clear that the</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> investigation criteria are </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> met</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, the decision may be recorded by an inspector in an email. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913299" w:rsidRPr="003704A5" w14:paraId="243CA410" w14:textId="77777777" w:rsidTr="004800AE">
+      <w:tr w:rsidR="006C473A" w:rsidRPr="00D402A1" w14:paraId="260AA61F" w14:textId="77777777" w:rsidTr="00136B49">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1514" w:type="pct"/>
+            <w:tcW w:w="1735" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="72E4D6C7" w14:textId="38032E2E" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="5D304143" w14:textId="4C30F8B9" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Duty Holder has a </w:t>
+              <w:t>Duty</w:t>
             </w:r>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ho</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lder has a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>significant event resulting in RCIS set-up</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3486" w:type="pct"/>
+            <w:tcW w:w="3265" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="50108149" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="1F449B68" w14:textId="359663D0" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>As described for INF1 or telephone notification with the inspector being identified by the relevant Delivery Lead in consultation with the RCIS Director.</w:t>
+              <w:t xml:space="preserve">As described for INF1 or telephone notification with the inspector being identified by the relevant </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>HoR,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in consultation with the RCIS Director.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913299" w:rsidRPr="003704A5" w14:paraId="3309F093" w14:textId="77777777" w:rsidTr="004800AE">
+      <w:tr w:rsidR="006C473A" w:rsidRPr="00D402A1" w14:paraId="15B8D959" w14:textId="77777777" w:rsidTr="00136B49">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1514" w:type="pct"/>
+            <w:tcW w:w="1735" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="456ECBC9" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="0193B5BA" w14:textId="09D192D8" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Concern/Whistle Blowing received regarding a duty holder</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Concern</w:t>
+            </w:r>
+            <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>histle</w:t>
+            </w:r>
+            <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>lowing received regarding a dutyholder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3486" w:type="pct"/>
+            <w:tcW w:w="3265" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="468CACEB" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="1AAF5878" w14:textId="61FAA632" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">As described for INF1 or telephone notification with the inspector being appointed by the relevant Delivery Lead in consultation with the Executive Support Office (ESO) or General Enquiries Team on Concerns. </w:t>
+              <w:t xml:space="preserve">As described for INF1 or telephone notification with the inspector being appointed by the relevant </w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>HoR,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in consultation with the </w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Private Office</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(whistleblowing) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ONR’s</w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">General Enquiries Team </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>matters of c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>oncern</w:t>
+            </w:r>
+            <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DD2977A" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="53E1BA67" w14:textId="13C09EEB" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>If the concern/whistle blowing notification has not come via the ONR Enquiries email route, the ESO (for Whistleblowing) or ONR Policy (for Concerns) must be informed of the notification and kept appraised of subsequent progress and developments.</w:t>
+              <w:t>If the concern</w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">whistleblowing notification has not come via the ONR Enquiries email route, the </w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Private Office</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (for Whistleblowing) or </w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Policy</w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> team</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (for </w:t>
+            </w:r>
+            <w:r w:rsidR="005B55CE" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>matters of concern</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>) must be informed of the notification and kept appraised of subsequent progress and developments.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913299" w:rsidRPr="003704A5" w14:paraId="0DDD9357" w14:textId="77777777" w:rsidTr="004800AE">
+      <w:tr w:rsidR="006C473A" w:rsidRPr="00D402A1" w14:paraId="323DE1D9" w14:textId="77777777" w:rsidTr="00136B49">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1514" w:type="pct"/>
+            <w:tcW w:w="1735" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5EF54C" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="6F76F7E8" w14:textId="47FB1008" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Matter identified during inspection and/ or assessment activities</w:t>
+              <w:t>Matter identified during inspection and</w:t>
+            </w:r>
+            <w:r w:rsidR="009828DA" w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>/ or assessment activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3486" w:type="pct"/>
+            <w:tcW w:w="3265" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="18F51970" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="4211718C" w14:textId="77777777" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Decision not to undertake preliminary enquiry recorded within contact or intervention record.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913299" w:rsidRPr="003704A5" w14:paraId="322CF74D" w14:textId="77777777" w:rsidTr="004800AE">
+      <w:tr w:rsidR="006C473A" w:rsidRPr="00D402A1" w14:paraId="1AD81C81" w14:textId="77777777" w:rsidTr="00136B49">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1514" w:type="pct"/>
+            <w:tcW w:w="1735" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="086A262F" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="0B0E2172" w14:textId="77777777" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Matter reported to ONR by another regulator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3486" w:type="pct"/>
+            <w:tcW w:w="3265" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4787AD" w14:textId="77777777" w:rsidR="00913299" w:rsidRPr="003704A5" w:rsidRDefault="00913299" w:rsidP="003704A5">
+          <w:p w14:paraId="3825BD33" w14:textId="77777777" w:rsidR="006C473A" w:rsidRPr="00D402A1" w:rsidRDefault="006C473A" w:rsidP="00297FEF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003704A5">
+            <w:r w:rsidRPr="00D402A1">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Decision not to undertake preliminary enquiry recorded within contact or intervention record.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="543634BE" w14:textId="77777777" w:rsidR="00FE7E0A" w:rsidRPr="004631BE" w:rsidRDefault="00FE7E0A" w:rsidP="00FE7E0A"/>
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="60F3ACF5" w14:textId="58A6F2DF" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="003D00EC" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc212126224"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 2 – Conduct </w:t>
+      </w:r>
+      <w:r w:rsidR="00854341" w:rsidRPr="00D402A1">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">reliminary </w:t>
+      </w:r>
+      <w:r w:rsidR="00854341" w:rsidRPr="00D402A1">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05E3E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">nquiries </w:t>
+      </w:r>
+      <w:r w:rsidR="00854341" w:rsidRPr="00D402A1">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05E3E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> decide whether to investigate</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="00E05E3E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3F1109" w14:textId="61D99A4A" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Ref212108611"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 2.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00817E3E" w:rsidRPr="00D402A1">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Conduct</w:t>
+      </w:r>
+      <w:r w:rsidR="00817E3E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>preliminary enquiry</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="317D84E6" w14:textId="1CA5CEB9" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Preliminary enquiry should be conducted when there is insufficient information to support an informed judgement on the criteria (</w:t>
+      </w:r>
+      <w:r w:rsidR="00817E3E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">refer to </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4F41" w:rsidRPr="00D402A1">
+        <w:t>Appendix 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>) or where it is required (</w:t>
+      </w:r>
+      <w:r w:rsidR="00817E3E" w:rsidRPr="00D402A1">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> INES Level 1, concerns, or whistleblowing reports).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3760447F" w14:textId="55C34990" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Preliminary enquiry should normally be undertaken through site and workplace visit(s). However, preliminary enquiries may be undertaken by other means such as phone calls or emails where the investigator judges this to be appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033086EB" w14:textId="1A62FB4D" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Preliminary enquiries should be commenced as soon as reasonably practicable after notification of the matter</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The resulting investigation decision should be recorded appropriately </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> paras</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8418C" w:rsidRPr="00D402A1">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001306C9" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="001306C9" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161061531 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="001306C9" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>42</w:t>
+      </w:r>
+      <w:r w:rsidR="001306C9" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="001306C9" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="001306C9" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="001306C9" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161061533 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="001306C9" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidR="001306C9" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">) within </w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text2"/>
-          <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:br w:type="page"/>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weeks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> of notification unless an extension is agreed with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> director.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609D539F" w14:textId="640099F7" w:rsidR="00D56603" w:rsidRPr="004631BE" w:rsidRDefault="00D56603" w:rsidP="00D56603">
-[...481 lines deleted...]
-        <w:sectPr w:rsidR="003704A5" w:rsidSect="009D2911">
+    <w:p w14:paraId="41AC8B95" w14:textId="77777777" w:rsidR="00E8418C" w:rsidRPr="00D402A1" w:rsidRDefault="00E8418C" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:sectPr w:rsidR="00E8418C" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AF04BC5" w14:textId="4DB7BF9B" w:rsidR="00D56603" w:rsidRPr="004631BE" w:rsidRDefault="00D56603" w:rsidP="00D56603">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="77B4A37C" w14:textId="362B9980" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Table </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Investigators must comply with the EPS and apply the EMM throughout the investigation process to test for consistency with the suggested outcome from the preliminary enquiries</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>A key requirement on the investigator throughout the preliminary enquiry is to consider whether prompt and proportionate enforcement action is necessary, based on prevailing information, to restore compliance or address a hazardous condition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F0BC24" w14:textId="4706A235" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The outcome of preliminary enquiry</w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> using the criteria in </w:t>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212116875 \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00967A04">
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
         <w:rPr>
-          <w:noProof/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Appendix 5 – Selection criteria for each regulatory purpose</w:t>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t xml:space="preserve"> - Nuclear Site Health and Safety Criteria</w:t>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00D402A1" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>EPS factors</w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> may be to progress to an investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>To avoid compromising any subsequent investigation which may lead to prosecution proceedings, the investigator(s) must conduct preliminary enquiries in accordance with the requirements of the relevant jurisdiction (</w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:t>i.e., England and Wales, o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>r Scotland)</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212116816 \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Appendix 3 – Aspects to bear in mind during preliminary enquiries</w:t>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>sets out aspects to bear in mind during preliminary enquiries such as</w:t>
+      </w:r>
+      <w:r w:rsidR="003722C4" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> maintaining independence from any </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00D402A1">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> investigation being conducting in parallel until a decision has been made by the </w:t>
+      </w:r>
+      <w:r w:rsidR="003F3A15" w:rsidRPr="00D402A1">
+        <w:t>Case Manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> on whether to authorise an investigation.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...961 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="196E97CF" w14:textId="3F071D9E" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Ref161061531"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If preliminary enquiry shows the investigation criteria are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text2"/>
-          <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...410 lines deleted...]
-      <w:pPr>
+        <w:t>met</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> then the potential for investigation should be considered by proceeding with the process and completing an IDR (proceed to </w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212108538 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E150C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Step 2.2 – Decision to investigate</w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="42C294CD" w14:textId="0FEC27C7" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Ref161061533"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the criteria are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">*Major </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+        <w:t>not met</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and the investigator decides not to proceed any further with the investigation process then the resulting decision should be recorded appropriately in a proportionate manner (i.e.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="00D402A1" w:rsidRPr="00D402A1">
+        <w:t>Contact Record</w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">/ intervention record and sent to their </w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
         <w:rPr>
-          <w:i/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>– Total loss of defence in depth resulting in high risk to site, or where malicious acts have been carried out against the site. Typical examples include:</w:t>
-      </w:r>
+        <w:t>HoR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="3306ED85" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">It is important that the decision not to investigate is auditable if reviewed in the future. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The record should provide sufficient information to support the decision including all the investigation criterion and enforcement factors considered relevant, any consultation with any other inspectors</w:t>
+      </w:r>
+      <w:r w:rsidR="00443E34" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/ specialists, judgements made or the exercise of discretion.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="16CE54D4" w14:textId="77777777" w:rsidR="001E05A1" w:rsidRPr="004631BE" w:rsidRDefault="001E05A1" w:rsidP="003704A5">
+    <w:p w14:paraId="3DD34394" w14:textId="56B88C7C" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Ref212108538"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 2.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00826A90" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Decision</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>to investigate</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="6CD46D10" w14:textId="662BB3E0" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Once sufficient information is obtained from the initial notification or from subsequent preliminary enquiries, a decision needs to be made on whether to proceed to investigation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C68F906" w14:textId="03073BD5" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the investigator judges the criteria are met and the matter warrants consideration for investigation, they must complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">art A of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>IDR</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> having consulted the relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31606" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ase </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31606" w:rsidRPr="00D402A1">
+        <w:t>anager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> in advance</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">A unique number for the IDR must be obtained from the Technical </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>Directorate -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="00D402A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>onrtechdiv@onr.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>and recorded on the IDR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB40AD3" w14:textId="77777777" w:rsidR="00B55059" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The investigator should seek advice from specialists and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31606" w:rsidRPr="00D402A1">
+        <w:t>HoP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> as appropriate</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>art A of the IDR and record such advice given in the IDR</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5226188C" w14:textId="018E0DBA" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t>The investigator should explain how the criteria and</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">or EPS factors </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5983" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> para</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E150C4" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6FFA" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00EE6FFA" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161061659 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00EE6FFA" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6FFA" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">) are satisfied and make an investigation recommendation, with supporting rationale, whether to proceed to investigation for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00293E12" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Senior Head of Regulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to authorise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8883A2" w14:textId="4010AC21" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="00BA39D8" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The Case Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="0018790A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> must complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0018790A" w:rsidRPr="00D402A1">
+        <w:t>art B of the IDR with supporting rationale for the decision</w:t>
+      </w:r>
+      <w:r w:rsidR="00820282" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> as to whether t</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2918" w:rsidRPr="00D402A1">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00820282" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607064" w:rsidRPr="00D402A1">
+        <w:t>proceed or not to investigation and submit to the Senior Head of Regulation</w:t>
+      </w:r>
+      <w:r w:rsidR="00514170" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> for authorisation</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0018790A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Parts A and B of the IDR should be completed within </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r w:rsidR="0018790A" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weeks</w:t>
+      </w:r>
+      <w:r w:rsidR="0018790A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> of the initial notification unless an extension is agreed with the relevant director.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03785600" w14:textId="68874F39" w:rsidR="00514170" w:rsidRPr="00D402A1" w:rsidRDefault="00514170" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senior Head of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Regulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">  will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>art C</w:t>
+      </w:r>
+      <w:r w:rsidR="00B569E7" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> having responsibility</w:t>
+      </w:r>
+      <w:r w:rsidR="00562B0A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to consider a re</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34B90" w:rsidRPr="00D402A1">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00562B0A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ommendation set out in </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00562B0A" w:rsidRPr="00D402A1">
+        <w:t>art B</w:t>
+      </w:r>
+      <w:r w:rsidR="0084114B" w:rsidRPr="00D402A1">
+        <w:t>. The</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34B90" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="0084114B" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">will then </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6079" w:rsidRPr="00D402A1">
+        <w:t>make the decision on whether to endorse the IDR recommendation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6079" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> following discussion with the wider RLT</w:t>
+      </w:r>
+      <w:r w:rsidR="00671CC3" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022EB05A" w14:textId="692F6F29" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Ref161061659"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The output of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>art</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00671CC3" w:rsidRPr="00D402A1">
+        <w:t>,B</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00671CC3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>of the IDR is an investigation authorisation</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The decision to undertake an investigation must take account of the relevant factors for investigation within </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> EPS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55059" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> as set out below:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="54301FA5" w14:textId="016C60E9" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
-        <w:ind w:left="426"/>
-[...2 lines deleted...]
-        <w:t>Site incursion with intent to disrupt or cause damage.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>the severity and scale of potential or actual harm.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04990B68" w14:textId="77777777" w:rsidR="001E05A1" w:rsidRPr="004631BE" w:rsidRDefault="001E05A1" w:rsidP="003704A5">
+    <w:p w14:paraId="553AEA90" w14:textId="35CE859D" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
-        <w:ind w:left="426"/>
-[...2 lines deleted...]
-        <w:t>Any sabotage to assets on site.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>the seriousness of any potential breach of the law (including the risk gap).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5745B5" w14:textId="77777777" w:rsidR="001E05A1" w:rsidRPr="004631BE" w:rsidRDefault="001E05A1" w:rsidP="003704A5">
+    <w:p w14:paraId="50457D30" w14:textId="50EA08AC" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
-        <w:ind w:left="426"/>
-[...2 lines deleted...]
-        <w:t>Amy theft of NM/ORM or confirmed compromise of SNI.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">knowledge of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00D402A1">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>’s past health and safety, security, transport or safeguards performance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751A220B" w14:textId="77777777" w:rsidR="001E05A1" w:rsidRPr="004631BE" w:rsidRDefault="001E05A1" w:rsidP="003704A5">
+    <w:p w14:paraId="14E08357" w14:textId="4FB4DEBE" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
-        <w:ind w:left="426"/>
-[...2 lines deleted...]
-        <w:t>Total loss of Security Management System for periods in excess of four hours.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>enforcement priorities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D73A457" w14:textId="77777777" w:rsidR="001D4BFC" w:rsidRPr="004631BE" w:rsidRDefault="001D4BFC" w:rsidP="001D4BFC"/>
-[...4 lines deleted...]
-        <w:sectPr w:rsidR="003704A5" w:rsidSect="009D2911">
+    <w:p w14:paraId="041B5F79" w14:textId="68D20AB1" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>practicality of achieving results.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292A67A5" w14:textId="5CF1292D" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>the wider relevance of event, including serious public concern.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD6F1BE" w14:textId="2A0C8FD9" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The decision to undertake an investigation should also be cognisant of </w:t>
+      </w:r>
+      <w:r w:rsidR="000919F9" w:rsidRPr="00D402A1">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> EPS in relation to prosecution and where ONR expects that it will normally prosecute or recommend prosecution </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> paras</w:t>
+      </w:r>
+      <w:r w:rsidR="000919F9" w:rsidRPr="00D402A1">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009213E5" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="009213E5" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161060494 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="009213E5" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>103</w:t>
+      </w:r>
+      <w:r w:rsidR="009213E5" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="009213E5" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="009213E5" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="009213E5" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161060496 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="009213E5" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>104</w:t>
+      </w:r>
+      <w:r w:rsidR="009213E5" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0304E6D6" w14:textId="5BC41348" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Once an investigation decision has been made, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6367" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Case Manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> informs the</w:t>
+      </w:r>
+      <w:r w:rsidR="00D402A1" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> relevant director</w:t>
+      </w:r>
+      <w:r w:rsidR="000A17DF" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000919F9" w:rsidRPr="00D402A1">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>f the outcome, copying in the relevant director</w:t>
+      </w:r>
+      <w:r w:rsidR="000919F9" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> copying in </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6213" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ONR’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Operational Investigation </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6213" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">mailbox - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="00674735" w:rsidRPr="00D402A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>ONR.operational.investigation@onr.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00AF6213" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1846ED" w14:textId="004B0278" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00B55059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">From this step and onwards in the investigation process, ONR review, learn and improve </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">(RLI) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>process should also be considered</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1945142281"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION RLI \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[18]</w:t>
+          </w:r>
+          <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> also</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> para</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00561522" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00561522" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161061621 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00561522" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>116</w:t>
+      </w:r>
+      <w:r w:rsidR="00561522" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40521B76" w14:textId="77777777" w:rsidR="00D5149C" w:rsidRPr="00D402A1" w:rsidRDefault="00D5149C" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:sectPr w:rsidR="00D5149C" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F330CC3" w14:textId="27E37649" w:rsidR="00D56603" w:rsidRPr="004631BE" w:rsidRDefault="00D56603" w:rsidP="00D56603">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="3465F23A" w14:textId="34251C1C" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Table </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Step 2.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Proceed</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>with Investigation – Assign key roles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460A7CDA" w14:textId="3EE926BB" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00D5149C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the decision to proceed with an investigation is authorised, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> director</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> in discussion with the relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HoR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, must assign the key roles having regard for the relevant Code</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1266E" w:rsidRPr="00D402A1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> of Practice</w:t>
+      </w:r>
+      <w:r w:rsidR="00E150C4" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0404" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B64929C" w14:textId="1085D75D" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lead Investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (Inspector in charge of the investigation) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C593539" w14:textId="79A3B724" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Investigator(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055BC1A6" w14:textId="18B5CE4D" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Disclosure Officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C20AD2F" w14:textId="4F0FC33B" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="00D40C39" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Case Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA0C088" w14:textId="225726ED" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Approval Officer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E072727" w14:textId="07BBBC54" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="00A1266E" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Directorate</w:t>
+      </w:r>
+      <w:r w:rsidR="0018790A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Delivery Support (DDS) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3375E5DA" w14:textId="4EA44389" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Reviewing Investigator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169F9268" w14:textId="77835E89" w:rsidR="00B20B58" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00A1266E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Further guidance on these roles and appointments to them is provided in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20B58" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00B20B58" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref212110579 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B20B58" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>Key definitions</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20B58" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B20B58" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0770D" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">section of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20B58" w:rsidRPr="00D402A1">
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0770D" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD40DE" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFF9823" w14:textId="155DEB4B" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="00B20B58" w:rsidP="00A1266E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0018790A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">dvice should be sought </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">from the IDT </w:t>
+      </w:r>
+      <w:r w:rsidR="0018790A" w:rsidRPr="00D402A1">
+        <w:t>in relation to membership of the investigation team (Investigator</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1266E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0018790A" w:rsidRPr="00D402A1">
+        <w:t>/ DDS) to ensure there is sufficient experience available to undertake the investigation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047C5C8C" w14:textId="0AA07F33" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00A1266E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1266E" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6D56" w:rsidRPr="00D402A1">
+        <w:t>together with</w:t>
+      </w:r>
+      <w:r w:rsidR="00284D82" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1266E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Support Officers from the </w:t>
+      </w:r>
+      <w:r w:rsidR="009776D5" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1266E" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6D56" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>must ensure that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F71491" w14:textId="62DA3060" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Unique numbers for the Combined Investigation and Prosecution Report</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0404" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="2121788879"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION InvRep \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[19]</w:t>
+          </w:r>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and Key Decision Log (KDL)</w:t>
+      </w:r>
+      <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="79183341"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION KDL \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[20]</w:t>
+          </w:r>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> are obtained from the Technical </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Directorate - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidR="002B0404" w:rsidRPr="00D402A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>ONRtechdiv@onr.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDCD0DF" w14:textId="569F3D3A" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="009776D5" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidR="00284D82" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>will set up all admin arrangements</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">including </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+        <w:t>time booking</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> codes, investigation </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+        <w:t>record</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> folders and unique references</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (in accordance with</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-71273181"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="000338E7" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E20251">
+            <w:instrText xml:space="preserve">CITATION DDSRole \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="000338E7" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00E20251">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00E20251" w:rsidRPr="00E20251">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[21]</w:t>
+          </w:r>
+          <w:r w:rsidR="000338E7" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003C225E" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2845DED1" w14:textId="4A019CFC" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Requirement of any external resources (</w:t>
+      </w:r>
+      <w:r w:rsidR="002A427D" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">for example, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Solicitor Agent) is actioned through completing finance form at Appendix 1 to </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="449139169"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="002A427D" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION FIN008 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[22]</w:t>
+          </w:r>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. The DDS support </w:t>
+      </w:r>
+      <w:r w:rsidR="00905043" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">to the IDT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00905043" w:rsidRPr="00D402A1">
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> this on your behalf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B81CFAB" w14:textId="3FFD3E52" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">For matters involving </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>concerns raised</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00905043" w:rsidRPr="00D402A1">
+        <w:t>ONR’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> General Enquiries Team are made aware of the decision to investigate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E08A17F" w14:textId="714C9E03" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">For matters involving </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>whistleblowing reports</w:t>
+      </w:r>
+      <w:r w:rsidR="00905043" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="004A772D" w:rsidRPr="00D402A1">
+        <w:t>Private</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Office are made aware of the decision to investigate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BE7C4E" w14:textId="77777777" w:rsidR="00905043" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00A1266E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Once a decision has been made to undertake an investigation, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should seek advice from the </w:t>
+      </w:r>
+      <w:r w:rsidR="009776D5" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> on the planning and conduct of the investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>This is particularly relevant for potentially complex cases</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C285ED4" w14:textId="2356CB35" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00A1266E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Advice and guidance on application of relevant due process should also be sought from the </w:t>
+      </w:r>
+      <w:r w:rsidR="009776D5" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> as necessary during the investigation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CAAEC1" w14:textId="64273FF0" w:rsidR="0018790A" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00A1266E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should ensure that a KDL is opened and maintained throughout the investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The KDL should be stored in ONR’s electronic management system such that all revisions can be seen. The KDL should provide a contemporaneous record of all key decisions that affect the course of an investigation, the reasons for those decisions and the outcome</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Information recorded in the KDL provides a critical record and audit trail for the management of the investigation and demonstrates the accountability and integrity of the investigation process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9180F8" w14:textId="31EE1759" w:rsidR="005E2DE1" w:rsidRPr="00D402A1" w:rsidRDefault="0018790A" w:rsidP="00A1266E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>A KDL is not a diary of the actions taken, nor is it meant to substitute for an investigation notebook, which should be maintained separately. It is essential that only one KDL be maintained per investigation to ensure a coordinated investigation strategy and overall management control</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00905043" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Further guidance on KDLs is provided in </w:t>
+      </w:r>
+      <w:r w:rsidR="00717663" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00717663" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref161058406 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00717663" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00717663" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Appendix 4 – Key Decision Logs</w:t>
+      </w:r>
+      <w:r w:rsidR="00717663" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEE9CE0" w14:textId="70A658D9" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00E05E3E" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc212126225"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Step 3 – Plan and resource investigation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5004E490" w14:textId="7DCB05B1" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Ref212111364"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 3.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00905043" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Resource</w:t>
+      </w:r>
+      <w:r w:rsidR="00905043" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>nvestigation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="47719CB7" w14:textId="77777777" w:rsidR="00AE49F2" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Resource planning is an important activity as experience shows that performing an investigation may be resource intensive, depending on its complexity. Therefore, consideration should be given to whether the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should be allocated full-time to the investigation and associated activities. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C14213" w14:textId="7CBBB091" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00B25333" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HoR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should plan and arrange for the re-allocation of duties from those identified to undertake the investigation, and for those persons’ subsequent re-allocation into normal duties on completion of the investigation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F10C3F9" w14:textId="544FAC38" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">As part of the planning process, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should consider the requirements for any specialist support</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B25333" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HoP’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should be consulted as appropriate about securing this resource.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613ADE9A" w14:textId="566B57C5" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Consideration should be given to whether any ONR staff may later be needed to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>expert witness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> testimony during any subsequent court proceedings</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Such individuals should be identified early and be kept separate from the investigation to preserve their independence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2630C3F4" w14:textId="77777777" w:rsidR="00905043" w:rsidRPr="00D402A1" w:rsidRDefault="00905043" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:sectPr w:rsidR="00905043" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A7AAE29" w14:textId="2037F851" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">DDS staff needed to assist with the investigation should be identified along with the equipment and facilities for collecting, indexing, and storing investigation material. Advice can be obtained from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C870CD" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> on the practical arrangements associated with these activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The resource planning referred to here also applies to resourcing of DDS staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">A template is available for record keeping of material collected and generated </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="273758601"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00AE49F2" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION ONR \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[23]</w:t>
+          </w:r>
+          <w:r w:rsidR="0015406D" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F782A2B" w14:textId="069EA28D" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>External specialist resource (such as from HSE’s Science Division (previously HSL)</w:t>
+      </w:r>
+      <w:r w:rsidR="0010246E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (refer to </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="141325150"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00870509" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00AE49F2" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GD019 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00870509" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[24]</w:t>
+          </w:r>
+          <w:r w:rsidR="00870509" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0010246E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> for further information))</w:t>
+      </w:r>
+      <w:r w:rsidR="00870509" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> or a solicitor agent may be required during the investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="000B4237" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1101996659"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="007614AA" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="0010246E" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GD004 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="007614AA" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[25]</w:t>
+          </w:r>
+          <w:r w:rsidR="007614AA" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003C225E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>and can be secured using the previously obtained finance procurement order</w:t>
+      </w:r>
+      <w:r w:rsidR="00870509" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-286511256"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="000E44A8" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="002A427D" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION FIN008 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="000E44A8" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[22]</w:t>
+          </w:r>
+          <w:r w:rsidR="000E44A8" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA49009" w14:textId="5E51C3E3" w:rsidR="00CF3457" w:rsidRPr="00D402A1" w:rsidRDefault="000116D3" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should consider the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74581" w:rsidRPr="00D402A1">
+        <w:t>time and resou</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1F91" w:rsidRPr="00D402A1">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74581" w:rsidRPr="00D402A1">
+        <w:t>ce implications of compliance with the relevant codes for the victims of crime</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF760F" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0023407B" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">as these </w:t>
+      </w:r>
+      <w:r w:rsidR="008B130E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">can be </w:t>
+      </w:r>
+      <w:r w:rsidR="0010246E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">significant </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1697888168"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005E18E5" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="005E18E5" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> CITATION CoPVoC \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00713EE1" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> \m CodeVfS</w:instrText>
+          </w:r>
+          <w:r w:rsidR="005E18E5" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[3, 26]</w:t>
+          </w:r>
+          <w:r w:rsidR="005E18E5" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0010246E" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF69433" w14:textId="30DB16C0" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">To enable resource tracking, all internal and external resourcing should be booked to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0010246E" w:rsidRPr="00D402A1">
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> sub</w:t>
+      </w:r>
+      <w:r w:rsidR="0010246E" w:rsidRPr="00D402A1">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>project activity and procurement order numbers, respectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A06DE7" w14:textId="48AD2835" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should agree resource estimates with the relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HoR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, in consultation with their </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> director</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A4F6AE" w14:textId="1F0474A9" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Consideration should be given to what equipment provisions will be required at the site or at other remote locations to assist the investigation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D986127" w14:textId="53D50369" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00905043">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The time required for completion of the investigation should be considered during the planning step below</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Investigations should be completed as soon as reasonably practicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>No specific completion target has been set here, reflecting the potential variety in investigations ONR may conduct</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Instead, regular progress reviews between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> must be undertaken and should consider explicitly whether appropriate progress is being made</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212111277 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D66F13" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Step 4.5 – Regular review</w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>for more detail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44334CE7" w14:textId="77777777" w:rsidR="002870C4" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00421012">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 3.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">nvestigation – Setting </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">bjectives </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74ACD891" w14:textId="53782BC0" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="002870C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The objectives of the investigation should be identified and will include matters such as:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FD1A74" w14:textId="7F19FFD3" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Identifying the relevant dutyholder(s) and potential witnesses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79EC9DA4" w14:textId="74559553" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Establishing the key facts relating to the potential causation, recognising that an actual/physical event may not necessarily have occurred.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0568A40D" w14:textId="23782D8D" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Identifying the immediate and underlying causes and any wider implications beyond the dutyholder(s) concerned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6A49C9" w14:textId="69A43364" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t>Identifying the relevant legislation and what potential breaches may be applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9D6D4C" w14:textId="5B547B10" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Establishing whether an offence (or offences) may have been committed and, if so, which offences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0476EF2E" w14:textId="54784347" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Ensure remedial actions have been taken by the dutyholder(s) to prevent a recurrence and to secure compliance with the law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C260D8" w14:textId="24B9D875" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Support application of the EMM to determine what enforcement action, if any, is appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB3A172" w14:textId="77777777" w:rsidR="002870C4" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="00431B00">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 3.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">nvestigation – Developing the </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">lan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177810A7" w14:textId="62B75814" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="002870C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The plan for the investigation should be developed, in accordance with the legal framework </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006655F1" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006655F1" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref161061815 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006655F1" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="006655F1" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Appendix 1 – Background on legal framework for investigations</w:t>
+      </w:r>
+      <w:r w:rsidR="006655F1" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>) and by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742397A1" w14:textId="096E53CF" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Establishing the investigation techniques to be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147CE7D6" w14:textId="0392A206" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Collating and reviewing material (</w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> records, information and enforcement history) held on the dutyholder(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D6C966" w14:textId="40AEB0F7" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Identifying and obtaining relevant standards, benchmarks, and sources of relevant good practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F8FA90" w14:textId="748DA2B1" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Determining all reasonable lines of inquiry to use in </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref212111350 \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>Step 4.4 - Conduct investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B13C1C" w14:textId="51DB02BA" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Identifying and securing people, equipment and other required resources </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212111364 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Step 3.1 – Resource investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345BB0D3" w14:textId="197CAFDC" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Consider</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86B2D" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> what </w:t>
+      </w:r>
+      <w:r w:rsidR="00680ACA" w:rsidRPr="00D402A1">
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86B2D" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> be required to </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7874" w:rsidRPr="00D402A1">
+        <w:t>comply with the relevant codes for the victims of crime</w:t>
+      </w:r>
+      <w:r w:rsidR="005C5B3E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="843438650"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> CITATION CoPVoC \l 2057  \m CodeVfS</w:instrText>
+          </w:r>
+          <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[3, 26]</w:t>
+          </w:r>
+          <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005C5B3E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> including</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> how the views of victims will be obtained</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (victim personal statement)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1139885422"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00917AF3" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="002870C4" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GD023 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00917AF3" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[27]</w:t>
+          </w:r>
+          <w:r w:rsidR="00917AF3" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00917AF3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9B6066" w14:textId="4BB42276" w:rsidR="00360966" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Considering health and safety requirements of investigating staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>and making provision</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> as appropriate. Due account should be taken of the relevant guidance in </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>ONR’s general i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">nspection </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>uide</w:t>
+      </w:r>
+      <w:r w:rsidR="00917AF3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1703675145"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00917AF3" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E41C4D" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GIG \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00917AF3" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[10]</w:t>
+          </w:r>
+          <w:r w:rsidR="00917AF3" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6C5E4C" w14:textId="79522704" w:rsidR="00F25F7A" w:rsidRPr="00D402A1" w:rsidRDefault="00360966" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Ref161060707"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should consider the need to develop a communications plan</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> in conjunction with the ONR</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Communications </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>eam</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Care should be taken to avoid communications, which may compromise the investigation.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="57AECA39" w14:textId="73B9997B" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00E05E3E" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc212126226"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Step 4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Conduct</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>nvestigation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="6790C86B" w14:textId="3E046829" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Commence</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>nvestigation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3865974D" w14:textId="7257AD8C" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The investigation should be commenced in accordance with the Investigation Plan at the earliest opportunity, and if appropriate include a visit to the scene</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>place of the matter under investigation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6A2410" w14:textId="39D703A6" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Identify</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">elevant </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ontacts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF65166" w14:textId="4FBDA494" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">As soon as practicable after beginning the investigation, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should identify or confirm: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A9DC338" w14:textId="38455C21" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Who the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00D402A1">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>(s) are to explain ONR’s role and the investigation objectives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21571D47" w14:textId="22C1E7EA" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Potential witnesses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260AEFC8" w14:textId="03EACB83" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Any injured persons and any bereaved families.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9D8DF9" w14:textId="618E0959" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Any employee representatives or safety representatives. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135C336C" w14:textId="25FA113C" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Immediate</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">nforcement </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532D5EEB" w14:textId="4D576B00" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">As stated in </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212111533 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00F80750" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Step 1 – Receive notification and act upon</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, matters of evident or potential major concern should be dealt with promptly and in accordance with the EPS</w:t>
+      </w:r>
+      <w:r w:rsidR="000E44A8" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>and the EMM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9F4F6A" w14:textId="6E4D6691" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Ref212111350"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4.4 </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Conduct </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>nvestigation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="10B65A85" w14:textId="41F787E5" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00C2230C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>investigator(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should conduct the investigation in accordance with the investigation plan and identify and follow all reasonable lines of inquiry. </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">They should be fair and objective; a fair investigation does not mean an endless investigation. Investigator(s) must ensure they follow relevant legislative frameworks for the jurisdiction </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4ADF" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00DD4ADF" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref161061910 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00DD4ADF" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00DD4ADF" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Appendix 1 – Background on legal framework for investigations</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4ADF" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>) and ONR’s associated investigation process in particular the guidance, templates, forms and handling evidence workflow</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> etc</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7560" w:rsidRPr="00D402A1">
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>refer to ‘</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Conducting investigations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>’ on HOW2 Hub for further information)</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">A practical guide has been developed to assist investigators should they find it necessary to question witnesses and capture information at various stages of an investigation </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-745648793"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00746F2A" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GD013 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00746F2A" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[28]</w:t>
+          </w:r>
+          <w:r w:rsidR="00746F2A" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBB5EF5" w14:textId="7EEE776E" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Normally the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> will complete the ONR combined Investigation and Prosecution Report</w:t>
+      </w:r>
+      <w:r w:rsidR="00746F2A" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-695549272"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A13DF7" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION InvRep \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00A13DF7" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[19]</w:t>
+          </w:r>
+          <w:r w:rsidR="00A13DF7" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> as the investigation progresses</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>If it becomes apparent early on that the investigation should not be continued</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> i.e.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> that there are grounds for early termination of the investigation, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ombined Investigation and Prosecution Report may not be completed </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> the explanatory cover sheet in </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="2029522031"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00FD0AA9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION InvRep \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00FD0AA9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[19]</w:t>
+          </w:r>
+          <w:r w:rsidR="00FD0AA9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3536B126" w14:textId="5F501F32" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Ref161062562"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">In this case, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E453E0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>case manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> must record the rationale for this decision of early termination in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">art C of the IDR, following discussion with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, other </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>investigators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, divisional director and other relevant parties (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>for example, HoPs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="0E36D7F9" w14:textId="592F025C" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Ref161060633"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If there is a difference of regulatory opinion in relation to the decision for early termination of the investigation then this should be addressed through ONR’s resolving differences of regulatory opinion process </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1060547558"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00884BC2" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00943519" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION Diff \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00884BC2" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[29]</w:t>
+          </w:r>
+          <w:r w:rsidR="00884BC2" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> specifically dealing with differences in regulatory opinion on enforcement action. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Where the decision has been challenged, the decision should not be enacted until the difference of opinion process is completed.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="690824C6" w14:textId="5B3D191C" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">When conducting the investigation, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>investigator(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should be mindful of other relevant ONR guidance on investigation and consult with </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> as appropriate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7877BE68" w14:textId="61B8909E" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Interviewing of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>uspects</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74573D8A" w14:textId="77777777" w:rsidR="00C2230C" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Ref161062480"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The interviewing of suspects differs considerably from the questioning of witnesses. The interviewing of suspects should only be conducted by ONR personnel (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">i.e., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">select members of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C870CD" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">) who are suitably experienced and have received formal training in the legal requirements for interviewing suspects. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D08D00" w14:textId="6D2D1A37" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="000B7560">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Consequently, where a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> identifies the requirement for a suspect to be interviewed, they </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> request support from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007000C8" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="6FBDFE28" w14:textId="799596EB" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Ref212111277"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4.5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Regular</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>eview</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="66CC3778" w14:textId="5F98E87C" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00C2230C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Throughout the investigation, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should routinely review:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4378E902" w14:textId="081BB637" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The objectives for the investigation and revise and/or establish new objectives as necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108FD995" w14:textId="2A2A154D" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Whether all reasonable lines of inquiry are being followed and identify any additional or expired ones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799AD329" w14:textId="2B800317" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Whether any analytical investigation methods that are being or have been used remain appropriate and sufficient.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A3C847" w14:textId="47FF8212" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2230C" w:rsidRPr="00D402A1">
+        <w:t>KDL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED8D056" w14:textId="77777777" w:rsidR="00C2230C" w:rsidRPr="00D402A1" w:rsidRDefault="00C2230C" w:rsidP="00C2230C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:sectPr w:rsidR="00C2230C" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Ref161060056"/>
+    </w:p>
+    <w:p w14:paraId="3B8636F2" w14:textId="77777777" w:rsidR="006F1378" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00C2230C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The status of the investigation should also be reviewed at intervals of no greater than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>one month</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E453E0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>case manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0008227A" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">This review should consider whether any additional resource is necessary and if the timescales continue to be appropriate or require adjustment. </w:t>
+      </w:r>
+      <w:r w:rsidR="0008227A" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">At any stage during the investigation, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E453E0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>case manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> may request the </w:t>
+      </w:r>
+      <w:r w:rsidR="0008227A" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to appoint an experienced investigator to conduct a critical friend review of the investigation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D471359" w14:textId="1AA4B37B" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00C2230C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">In certain circumstances, there may be grounds for early termination of the investigation before its objectives are met. Equally, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E453E0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>case manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> may decide on early termination of the investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Reasons for early termination of an investigation might include:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="2ABE2915" w14:textId="1F049F00" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Information comes to light that the matter under investigation is not within ONR's field of enforcement responsibility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3AC5E5" w14:textId="069F602D" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">It becomes apparent that the matter under investigation does in fact not meet the selection criteria and/or the possible breaches of legislation are unlikely to meet the policy in the EPS or </w:t>
+      </w:r>
+      <w:r w:rsidR="00C976D9" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>EMM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C6D608" w14:textId="3A9926B8" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The investigation is impractical e.g. where key witnesses or other evidence is unavailable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480DC3B4" w14:textId="206F3D02" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The length of time elapsed since the incident would limit the realistic prospect of conviction. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53199F37" w14:textId="6684393C" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Excessively disproportionate effort would be required to achieve the established objectives or resource priorities have changed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18FDDE1E" w14:textId="20EA9BA5" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="006F1378">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>If a decision is made for early termination of the investigation, then the guidance in para</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0809" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00ED0809" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161062562 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00ED0809" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>81</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0809" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00ED0809" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>should be applied</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Similarly, if there is a difference of opinion on this decision, then the guidance in para</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7408" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="008A7408" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161060633 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008A7408" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7408" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="008A7408" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>applies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3EF645" w14:textId="1809563D" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="006F1378">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00E453E0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>case manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> is responsible for briefing upwards on the progress of the investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>This will normally be via the routine monthly update to the relevant director</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00E453E0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>case manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should ensure that these briefings do not undermine any future prosecution decision. Any briefing records produced need to be included within the scope of potentially disclosable material </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212110579 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C976D9" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Key definitions</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307A98F2" w14:textId="769230B6" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4.6 </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Enforcement</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1378" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ecision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4A5A9F" w14:textId="3F44F691" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">On completion of the investigation, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> will make an enforcement recommendation to the approval officer, via the Combined Investigation and Prosecution Report</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1900712105"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00696101" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00E14CD9" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION InvRep \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00696101" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t xml:space="preserve"> [19]</w:t>
+          </w:r>
+          <w:r w:rsidR="00696101" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>This should be completed as soon as is reasonably practicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D0DFFA" w14:textId="77777777" w:rsidR="007C112D" w:rsidRPr="00D402A1" w:rsidRDefault="007C112D" w:rsidP="007C112D">
+      <w:pPr>
+        <w:pStyle w:val="NumList1"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="007C112D" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41837661" w14:textId="74988067" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Prior to submission to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, a request is to be submitted to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to appoint an experienced investigator to conduct an independent review of the investigation report and evidence, to ensure that the Evidence Sufficiency Test (EST) has been met. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B61414D" w14:textId="7F5DF336" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> makes an investigation enforcement recommendation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to prosecute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, they must complete all of </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">arts A (investigation details), B (factual report) and C (analysis of compliance) of the Combined Investigation and Prosecution Report, the appendixes of the report, and the accompanying Enforcement Decision Record (EDR) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-202556504"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00696101" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION EDR \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00696101" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[30]</w:t>
+          </w:r>
+          <w:r w:rsidR="00696101" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Once those parts are accepted as being complete</w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>, for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> does not require further information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>make a decision</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> must complete all of </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>art D (approval officer’s consideration and decision)</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should also complete </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>art C of the IDR by referencing the Combined Investigation and Prosecution Report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B991FEF" w14:textId="621149E1" w:rsidR="0001576E" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the enforcement recommendation of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">lead investigator </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">is not to prosecute, they must complete </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>arts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> A and B and as a minimum, C12 (application of </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> EPS and </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">EMM) and C13 (recommended action) of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Combined </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Investigation and Prosecution Report, together with the EDR</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D130D8E" w14:textId="64EB5A33" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> must complete </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">arts D1 (review of application of </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">EPS and </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>EMM to circumstances presented by investigator) and D3 (providing a decision on the final enforcement or prosecution action) as a minimum</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should also complete </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">art </w:t>
+      </w:r>
+      <w:r w:rsidR="009945EE" w:rsidRPr="00D402A1">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> of the IDR by referencing the </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Combined </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Investigation and Prosecution Report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B234FE" w14:textId="77777777" w:rsidR="0001576E" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> will make the final investigation enforcement decision on whether a prosecution is appropriate following engagement with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> director</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> other interested parties such as </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>HoPs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, technical specialists and, where relevant, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>solicitor agent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, recording</w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>referring to any advice given</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074EF179" w14:textId="21EBCDB1" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00F647FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The final enforcement decision should be taken as soon as is reasonably practicable after receiving the enforcement recommendation from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. This final investigation enforcement decision must be made in accordance with the EPS, </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">EMM and the Code for Crown Prosecutors reflecting the relevant jurisdiction </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1070618220"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> CITATION The \l 2057  \m Cro</w:instrText>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[31, 32]</w:t>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> EPS sets outs when ONR will normally prosecute (or recommend prosecution in Scotland). The EPS also states other circumstances, such as public interest, where they may consider or recommend prosecution </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2327" w:rsidRPr="00D402A1">
+        <w:t>para</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2327" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161060494 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>103</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161060496 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>104</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12334" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A926C05" w14:textId="6A2B00F5" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>England &amp; Wales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> when considering a case for prosecution, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> must ensure that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E46FD71" w14:textId="70ECDCA5" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The legislation has been properly applied. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6475BB2E" w14:textId="49D99F2D" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">All relevant material and evidence are available in an admissible form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139AB977" w14:textId="3CBC574A" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Inspectors have identified any material that may undermine the prosecution case or assist the defence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C9D755" w14:textId="79978350" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ONR has acted in compliance with the Human Rights Act 1998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2756AE33" w14:textId="72BF5D68" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The general principles within section 2 of the CPS Code for Crown Prosecutors are met</w:t>
+      </w:r>
+      <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1392651760"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION The \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[31]</w:t>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43659798" w14:textId="17100EE4" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0094747C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, before they can make a final decision to proceed to a prosecution, must apply the CPS Code for Crown Prosecutors Full Code Test, which consists of two stage</w:t>
+      </w:r>
+      <w:r w:rsidR="0094747C" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (further guidance is provided in </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-604344042"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0094747C" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION Placeholder2 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0094747C" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[33]</w:t>
+          </w:r>
+          <w:r w:rsidR="0094747C" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0094747C" w:rsidRPr="00D402A1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0535" w:rsidRPr="00D402A1">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B757D7C" w14:textId="3B9D4089" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The Evidential stage</w:t>
+      </w:r>
+      <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+        <w:t>; and,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555BBAAA" w14:textId="1AC18942" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The Public Interest stage</w:t>
+      </w:r>
+      <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B14E393" w14:textId="68E87152" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The CPS Code also includes the Threshold Test, which does not apply to ONR and need not be considered</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6B53BF" w14:textId="1AADAD09" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Scotland</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, recommendations to prosecute are made to a Procurator Fiscal. In such cases, the COPFS Prosecution Code should be referred to and applied to the ONR decision making process</w:t>
+      </w:r>
+      <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-598102334"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION Cro \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[32]</w:t>
+          </w:r>
+          <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F789BF4" w14:textId="2F5781A6" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>If there is an internal challenge to the final investigation enforcement decision then the guidance in para</w:t>
+      </w:r>
+      <w:r w:rsidR="0094747C" w:rsidRPr="00D402A1">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0096220A" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0096220A" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161060633 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0096220A" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidR="0096220A" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>, relating to difference of regulatory opinion, should be applied.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6103CA1D" w14:textId="56A3D934" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="0094747C" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Ref161060494"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00363AEF" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> EPS states that ONR will normally prosecute (or recommend prosecution in Scotland), where, following an investigation or other regulatory contact, one or more of the following circumstances apply:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidR="00363AEF" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696D98A5" w14:textId="0E880D14" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Death was a result of a breach of the legislation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C85D12D" w14:textId="146A76AF" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The gravity of an alleged offence, taken together with the seriousness of any actual or potential harm, or the general record and approach of the offender warrants it. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B68005" w14:textId="5357D6D0" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">There has been reckless disregard of health and safety, security, transport or safeguards requirements. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0859FD09" w14:textId="6BD8CF17" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">There have been repeated breaches which give rise to significant risk, or persistent and significant poor compliance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4D051A" w14:textId="778D83E9" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">A dutyholder’s standard of managing its legal responsibilities is found to be far below what is required by the legislation and to be giving rise to significant risk. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C9B78C" w14:textId="0B0A8AD7" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">There has been a failure to comply with a notice or direction. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D934E7F" w14:textId="2E7D2410" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>False information has been supplied wilfully, or there has been an intent to deceive, in relation to a matter which gives rise to significant risk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173759C5" w14:textId="11DD3802" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Inspectors have been intentionally obstructed in the lawful course of their duties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="401B5E98" w14:textId="34AA7226" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00533847" w:rsidP="0001576E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Ref161060496"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00363AEF" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> EPS also states that ONR will, in the public interest, consider prosecution or recommend prosecution, where following an investigation or other regulatory contact, one or more of the following circumstances apply:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="7508C2B6" w14:textId="25375BF5" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>It is appropriate in the circumstances to draw general attention to the need for compliance with the law and the maintenance of standards required by law, and conviction may deter others from similar failures to comply with the law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C22A39F" w14:textId="57CF7A01" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>A breach which gives rise to significant risk has continued despite relevant warnings from employees, or their representatives, or from others affected by a work activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07EBECFF" w14:textId="7A2DDFF8" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4.7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00533847" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Communicate</w:t>
+      </w:r>
+      <w:r w:rsidR="00533847" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>utcome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00EFAB36" w14:textId="585F8D3D" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00D402A1" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> relevant director </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">should be notified of the investigation decision. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4178D" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Interested parties should be identified by the lead investigator, and, as appropriate, are to be advised of the outcome of the investigation, any actions required, and by whom</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>These include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0587EF6B" w14:textId="021CA2B0" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Any bereaved family.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF88336" w14:textId="1F99E46D" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Any injured person.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACE7B74" w14:textId="6DDCDCB3" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Any complainant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E62DAA6" w14:textId="40CFB204" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00D402A1">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516ACD0C" w14:textId="53B48EA2" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Any employee/safety representatives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09492ECA" w14:textId="50D0D064" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Other parts of ONR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57949E4C" w14:textId="75D7699C" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Other agencies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B89BC2C" w14:textId="63FB8B58" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Other stakeholders e.g. trade associations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E04D9C5" w14:textId="3D675A95" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the decision is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">not to proceed with a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>prosecution</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> then the victims right to review (VRR) guidance should be followed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1239281735"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="007A5076" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION ENF31 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="007A5076" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[34]</w:t>
+          </w:r>
+          <w:r w:rsidR="007A5076" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AABF944" w14:textId="77777777" w:rsidR="007C112D" w:rsidRPr="00D402A1" w:rsidRDefault="007C112D" w:rsidP="007C112D">
+      <w:pPr>
+        <w:pStyle w:val="NumList1"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="007C112D" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B234916" w14:textId="22B23591" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If the matter under investigation was a </w:t>
+      </w:r>
+      <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ork-</w:t>
+      </w:r>
+      <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">elated </w:t>
+      </w:r>
+      <w:r w:rsidR="003D77D9" w:rsidRPr="00D402A1">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">eath, the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Coroner</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (or in Scotland, the Procurator Fiscal) must be informed that the investigation has concluded and to agree disclosure of information for the purposes of the inquest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B7A7D6" w14:textId="183BB13E" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Where appropriate, a communication plan will need to be developed with ONR</w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Communications </w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">eam </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>(refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E26BAA" w:rsidRPr="00D402A1">
+        <w:t>para</w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26BAA" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E26BAA" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E26BAA" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> REF _Ref161060707 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E26BAA" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:cs/>
+        </w:rPr>
+        <w:t>‎</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26BAA" w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57AE8439" w14:textId="5893B158" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4.8 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Follow-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> ac</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">tion </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D13637C" w14:textId="5B9A21DC" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ONR inspectors should undertake any follow-up actions required. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>With regard to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> dutyholders, this should be in-line with ONR</w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t>’s general i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">nspection </w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>uide</w:t>
+      </w:r>
+      <w:r w:rsidR="004663DC" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>and the need for any Regulatory Issues should be considered</w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="574177819"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION RegIss \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[35]</w:t>
+          </w:r>
+          <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDC71A6" w14:textId="283B8346" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 4.9 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Proceed</w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00D543A4" w:rsidRPr="00D402A1">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">rosecution </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A37DDE8" w14:textId="490DE723" w:rsidR="00D543A4" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> makes the decision to proceed to or recommend a prosecution, the proceedings through to court will be led by ONR’s solicitor agent supported as necessary by ONR inspectors and DDS staff, or in Scotland</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2BB2" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> by</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2BB2" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> COPFS</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6300D2D5" w14:textId="0E27DC37" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ONR’s involvement is likely to be in the following areas: technical support from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator, approval officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, specialist inspectors and expert witnesses; administrative support for evidence management and disclosure; communications team support to assist with media handling. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A513F1" w14:textId="65EF895F" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Once information has been laid, ONR’s subsequent costs are not recoverable from dutyholders as stipulated in </w:t>
+      </w:r>
+      <w:r w:rsidR="00784EC5" w:rsidRPr="00D402A1">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>he Health and Safety and Nuclear (Fees) Regulations 2016</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Therefore, the necessary funding must be drawn down in the form of a grant from the Department for Work and Pensions (DWP) such that ONR does not unduly penalise other </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00D402A1">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>s and ONR’s overall cash flow is protected</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FAC0DF" w14:textId="635A982A" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lead investigator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> must ensure that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C5E6F4" w14:textId="757A0B87" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ONR Finance are promptly informed of the decision to proceed to or recommend a prosecution</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>A unique cost-centre relating to the prosecution will be created and relayed to the</w:t>
+      </w:r>
+      <w:r w:rsidR="00830A66" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00830A66" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">lead investigator </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>for assigning any associated costs to</w:t>
+      </w:r>
+      <w:r w:rsidR="00784EC5" w:rsidRPr="00D402A1">
+        <w:t>, for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> legal, hotel, travel and subsistence</w:t>
+      </w:r>
+      <w:r w:rsidR="00784EC5" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3A0478" w14:textId="1880CA60" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00F51B86" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The team responsible for managing ONR’s time booking system </w:t>
+      </w:r>
+      <w:r w:rsidR="00363AEF" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">are informed of the decision. This allows </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">them to </w:t>
+      </w:r>
+      <w:r w:rsidR="00363AEF" w:rsidRPr="00D402A1">
+        <w:t>provide Finance with the effort related to prosecution and Finance to calculate a cost</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00363AEF" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">(this can be covered in one email, with the bullet above and sent to both Finance and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>the team</w:t>
+      </w:r>
+      <w:r w:rsidR="00363AEF" w:rsidRPr="00D402A1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75CA43A9" w14:textId="79EC7B95" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t>An update is made to the previously completed finance form is drafted</w:t>
+      </w:r>
+      <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (Appendix 1 and Appendix 2 of </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-150526096"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION FIN008 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[22]</w:t>
+          </w:r>
+          <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>This should be done in conjunction with ONR Finance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B92A2F4" w14:textId="2DFFA702" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00D402A1" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> will liaise with Finance and </w:t>
+      </w:r>
+      <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Procurement t</w:t>
+      </w:r>
+      <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+        <w:t>eam t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">o facilitate the draw-down of a grant to fund the prosecution. </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1402438827"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00387807" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="002A427D" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION FIN008 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00387807" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[22]</w:t>
+          </w:r>
+          <w:r w:rsidR="00387807" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00387807" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>explains the process above and contains both the finance form and statement of requirements templates for completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73824E84" w14:textId="3D4FAE86" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00817E3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidR="00533847" w:rsidRPr="00D402A1">
+        <w:t>, l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">earn </w:t>
+      </w:r>
+      <w:r w:rsidR="00533847" w:rsidRPr="00D402A1">
+        <w:t>and i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>mprove</w:t>
+      </w:r>
+      <w:r w:rsidR="00533847" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (RLI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690B2319" w14:textId="51091D1A" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Ref161058873"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Staff involved in the investigation process and undertaking enforcement activities (i.e.</w:t>
+      </w:r>
+      <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Lead Investigators, </w:t>
+      </w:r>
+      <w:r w:rsidR="00573E09" w:rsidRPr="00D402A1">
+        <w:t>HoP’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34F09" w:rsidRPr="00D402A1">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E09" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ase </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34F09" w:rsidRPr="00D402A1">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E09" w:rsidRPr="00D402A1">
+        <w:t>anagers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, Approval Officers, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C870CD" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, and DDS) should consider whether any learning should be promulgated across ONR through the RLI process </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="298201246"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00387807" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00D5149C" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION RLI \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00387807" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[18]</w:t>
+          </w:r>
+          <w:r w:rsidR="00387807" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="6B4E6DBD" w14:textId="77F67D1D" w:rsidR="00363AEF" w:rsidRPr="00D402A1" w:rsidRDefault="00363AEF" w:rsidP="00533847">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Ref161061621"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>A RLI exercise is an opportunity to undertake a retrospective analysis of an activity, identifying relevant learning (including examples of good practice) and identifying suitable means for those examples to be taken forward in a way that supports continuous improvement of our processes</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2DE3" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">On completion of an investigation where the investigation/ prosecution report is completed, the lead investigator should complete an RLI exercise and share relevant learning with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C870CD" w:rsidRPr="00D402A1">
+        <w:t>IDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and other relevant staff.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D29DFE" w14:textId="7ECCA373" w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidDel="00C709B0" w:rsidRDefault="003704A5" w:rsidP="003704A5">
+      <w:pPr>
+        <w:rPr>
+          <w:del w:id="36" w:author="Liam Dunning" w:date="2025-10-23T12:20:00Z" w16du:dateUtc="2025-10-23T11:20:00Z"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="175D1266" w14:textId="77777777" w:rsidR="00585805" w:rsidRPr="00D402A1" w:rsidRDefault="00585805" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00585805" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A95FDC4" w14:textId="51C3C2A7" w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidRDefault="003704A5" w:rsidP="003704A5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18269CF6" w14:textId="19B90528" w:rsidR="00A32729" w:rsidRPr="00D402A1" w:rsidRDefault="00A32729" w:rsidP="009938AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc212114637"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc212126227"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Related </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251">
+        <w:t xml:space="preserve">ONR </w:t>
+      </w:r>
+      <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>uidance</w:t>
+      </w:r>
+      <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ssociated </w:t>
+      </w:r>
+      <w:r w:rsidR="00166445" w:rsidRPr="00D402A1">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>orms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidR="00D402A1">
+        <w:t xml:space="preserve"> / templates</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="41442526" w14:textId="1C650227" w:rsidR="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="00D402A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
       <w:r>
-        <w:fldChar w:fldCharType="begin"/>
+        <w:t>This section provides a summary of the key</w:t>
+      </w:r>
+      <w:r w:rsidR="00511977" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> guidance </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>and forms</w:t>
       </w:r>
       <w:r>
-        <w:instrText>SEQ Table \* ARABIC</w:instrText>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
       </w:r>
       <w:r>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00967A04">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00511977" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">templates </w:t>
+      </w:r>
+      <w:r>
+        <w:t>which are related</w:t>
+      </w:r>
+      <w:r w:rsidR="00511977" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>the conduct of i</w:t>
+      </w:r>
+      <w:r w:rsidR="00511977" w:rsidRPr="00D402A1">
+        <w:t>nvestigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00511977" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>process, including details of which step of the investigation process they relate to.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2324CA" w14:textId="444219E0" w:rsidR="00D402A1" w:rsidRPr="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="00E20251">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:noProof/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">All documents and forms / templates can be accessed via </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00E20251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>HOW2 Hub</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251">
+        <w:t xml:space="preserve"> Investigators should refer to the ‘</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidR="00E20251" w:rsidRPr="00E20251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Conducting investigations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E20251">
+        <w:t>’ page on HOW Hub for a comprehensive list of all associated forms / templates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396858B7" w14:textId="0A64F676" w:rsidR="00D402A1" w:rsidRPr="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBA8ED8" w14:textId="4E164839" w:rsidR="00D402A1" w:rsidRPr="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ONR-DOC-TEMP-007 – Contact Record</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44099530" w14:textId="0B920B07" w:rsidR="00D402A1" w:rsidRPr="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ONR-DOC-TEMP-098 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Investigation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Decision Record (IDR) Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A34AD1" w14:textId="08EDFBAC" w:rsidR="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">NS-INSP-GD-051 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Dealing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>with matters of Evident Concern</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794305E3" w14:textId="740CF63D" w:rsidR="00D402A1" w:rsidRPr="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67740CE7" w14:textId="13C8D8D7" w:rsidR="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>NS-INSP-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PROC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>-001</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Resolving</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Differences of Regulatory Opinion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DDFF115" w14:textId="78E409BD" w:rsidR="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ONR-INSP-GD-064 – General Inspection Guide</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1446F67D" w14:textId="7944B471" w:rsidR="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ONR-ENF-GD-015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Guide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>for Managing Grab Bags</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+          <w:id w:val="-1192071553"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00D402A1">
+            <w:rPr>
+              <w:b/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:rPr>
+              <w:b/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> CITATION ONR353 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:rPr>
+              <w:b/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:rPr>
+              <w:b/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[36]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:rPr>
+              <w:b/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="64B4AFCE" w14:textId="4261B2FF" w:rsidR="00D402A1" w:rsidRPr="00D402A1" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52EE2024" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00D402A1" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ONR-DDS-IN-003</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>DDS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>in an investigation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1453D51B" w14:textId="519C23C7" w:rsidR="00E20251" w:rsidRPr="00D402A1" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0E1323" w14:textId="73ABC0FC" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ONR-DOC-TEMP-0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>99 – KDL (hardcopy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5407D8FC" w14:textId="701B8500" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>ONR-DOC-TEMP-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">101 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>of Material</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00962DBB" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>ONR-DOC-TEMP-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">171 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Investigation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>and Prosecution Repor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E17B523" w14:textId="3F4BA50E" w:rsidR="00E20251" w:rsidRPr="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>ONR-DOC-TEMP-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>310</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t xml:space="preserve"> – KDL (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>electronic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159CA709" w14:textId="211C1C44" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONR-RIO-PROC-004 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Guidance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t xml:space="preserve">versight of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>ncidents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23841FB0" w14:textId="1B56985E" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ONR-ENF-GD-008 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Interviewing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>uspects</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E69FC80" w14:textId="74F6566F" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ONR-ENF-GF-010 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Expert Witness in Criminal Proceedings in England &amp; Wales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E0AA44" w14:textId="25CA84C1" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONR-ENF-GD-011 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Expert Witness in Criminal Proceedings in Scotland</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5607DF5F" w14:textId="50E7DF61" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONR-ENF-GD-012 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Guide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>to Collecting and Exhibiting Material as Evidence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1845BB" w14:textId="097A0904" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONR-ENF-GD-013 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Witness</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Statement Taking</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A84FBE" w14:textId="016DA1C5" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONR-ENF-GD-016 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Managing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>ONR Investigation Material</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158ECC58" w14:textId="0A1421F2" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONR-ENF-GD-017 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Role of the ONR Material Management Officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689754C9" w14:textId="1EED2855" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ONR-ENF-GD-019 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Working</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>with HSL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74475152" w14:textId="2CE8DFE8" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONR-ENF-IN-001 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Use</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>of Criminal Law Call off Contracts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782C5D85" w14:textId="12A4409C" w:rsidR="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONR-ENF-IN-033 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Disclosure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Schedule Forms CPIA 1996 (England &amp; Wales)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BCA6B7" w14:textId="702565E6" w:rsidR="00E20251" w:rsidRPr="00D402A1" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r>
         <w:t>5</w:t>
       </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:fldChar w:fldCharType="end"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> - Nuclear Safeguards Criteria</w:t>
+        <w:t>–</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...396 lines deleted...]
-    <w:p w14:paraId="77B39D76" w14:textId="77777777" w:rsidR="009917C8" w:rsidRPr="004631BE" w:rsidRDefault="009917C8">
+    <w:p w14:paraId="6E229E75" w14:textId="4552A5A2" w:rsidR="00511977" w:rsidRPr="00E20251" w:rsidRDefault="00E20251" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ONR-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ENF-IN-031 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Victims</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t>Right to Review Schem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D646D0E" w14:textId="29358439" w:rsidR="0091759C" w:rsidRPr="00D402A1" w:rsidRDefault="0091759C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="22413A"/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B038B42" w14:textId="34F40DE4" w:rsidR="00B82646" w:rsidRPr="004631BE" w:rsidRDefault="009E0E52" w:rsidP="007C112D">
+    <w:p w14:paraId="1B038B42" w14:textId="2FF41002" w:rsidR="00B82646" w:rsidRPr="00D402A1" w:rsidRDefault="009E0E52" w:rsidP="00A11BE7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Appendix_1_–"/>
+      <w:bookmarkStart w:id="40" w:name="_Ref161061367"/>
+      <w:bookmarkStart w:id="41" w:name="_Ref161061383"/>
+      <w:bookmarkStart w:id="42" w:name="_Ref161061815"/>
+      <w:bookmarkStart w:id="43" w:name="_Ref161061910"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc212126228"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
-      <w:r w:rsidR="009917C8" w:rsidRPr="004631BE">
+      <w:r w:rsidR="009917C8" w:rsidRPr="00D402A1">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="009917C8" w:rsidRPr="004631BE">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="009917C8" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Background on </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11BE7" w:rsidRPr="00D402A1">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="009917C8" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">egal </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11BE7" w:rsidRPr="00D402A1">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="009917C8" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">ramework for </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11BE7" w:rsidRPr="00D402A1">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="009917C8" w:rsidRPr="00D402A1">
+        <w:t>nvestigations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
-      <w:bookmarkEnd w:id="45"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w14:paraId="0428A14B" w14:textId="3CDC98FC" w:rsidR="005B49FD" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>This Appendix provides an overview of the legal framework for conducting investigations under this process.</w:t>
+    <w:p w14:paraId="0428A14B" w14:textId="6FE773B4" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00585805">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11BE7" w:rsidRPr="00D402A1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ppendix provides an overview of the legal framework for conducting investigations under this process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C05CF1" w14:textId="4B39183C" w:rsidR="005B49FD" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">As well as creating duties, the Health and Safety at Work etc. Act 1974 and the Energy Act 2013 allow for the appointment of inspectors. Those inspectors are provided with powers so they can investigate to determine whether or not duties are being complied with and, if necessary, require remedial steps to be taken. Further information on powers are found in ONR-ENF-GD-022 </w:t>
+    <w:p w14:paraId="25C05CF1" w14:textId="75133AA1" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">As well as creating duties, the Health and Safety at Work etc. Act 1974 and the Energy Act 2013 allow for the appointment of inspectors. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11BE7" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Those inspectors are provided with powers so they can investigate to determine </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> duties are being complied with and, if necessary, require remedial steps to be taken. Further information on powers </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> found in </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1190988329"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004349A2" w:rsidRPr="004631BE">
+          <w:r w:rsidR="004349A2" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="004349A2" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION GD022 \l 2057 </w:instrText>
+          <w:r w:rsidR="00A11BE7" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GD022 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="004349A2" w:rsidRPr="004631BE">
+          <w:r w:rsidR="004349A2" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[40]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[37]</w:t>
           </w:r>
-          <w:r w:rsidR="004349A2" w:rsidRPr="004631BE">
+          <w:r w:rsidR="004349A2" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBA40D9" w14:textId="4A91C5D6" w:rsidR="005B49FD" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>Those powers are investigatory powers, provided to help inspectors determine the causation of any failures to comply with duties. However, those powers are not provided for the purpose of investigating criminality, they do not proceed from the point of compliance with the Article 6 rights of the Human Rights Act 1998: the right to a fair and public trial or hearing. To investigate matters where the investigation might ultimately end in criminal proceedings, legislation and associated Codes of Practice that have developed over time to prevent miscarriages of justice must be followed by those involved in an investigation. The following describes some of those key pieces of legislation.</w:t>
+    <w:p w14:paraId="5FBA40D9" w14:textId="09562418" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Those powers are investigatory powers, provided to help inspectors determine the causation of any failures to comply with duties. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11BE7" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>However, those powers are not provided for the purpose of investigating criminality, they do not proceed from the point of compliance with the Article 6 rights of the Human Rights Act 1998: the right to a fair and public trial or hearing. To investigate matters where the investigation might ultimately end in criminal proceedings, legislation and associated Codes of Practice that have developed over time to prevent miscarriages of justice must be followed by those involved in an investigation. The following describes some of those key pieces of legislation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0756A09F" w14:textId="77C7A7C4" w:rsidR="005B49FD" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
-[...60 lines deleted...]
-      <w:r w:rsidR="00A32729">
+    <w:p w14:paraId="0756A09F" w14:textId="647AC061" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>In England and Wales there are two main pieces of relevant legislation, namely the Criminal Procedure and Investigations Act 1996 (CPIA) and the Police and Criminal Evidence Act 1984 (PACE).</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">When considering the decision for prosecution following investigation, the CPS Code for Crown Prosecutors is also applicable </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="861023417"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004349A2" w:rsidRPr="004631BE">
+          <w:r w:rsidR="004349A2" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="004349A2" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION The \l 2057 </w:instrText>
+          <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION The \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="004349A2" w:rsidRPr="004631BE">
+          <w:r w:rsidR="004349A2" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[32]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[31]</w:t>
           </w:r>
-          <w:r w:rsidR="004349A2" w:rsidRPr="004631BE">
+          <w:r w:rsidR="004349A2" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215CBACC" w14:textId="4C42EA05" w:rsidR="005B49FD" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
-[...87 lines deleted...]
-      <w:r w:rsidR="00A32729">
+    <w:p w14:paraId="215CBACC" w14:textId="1208F4B5" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>In Scotland</w:t>
+      </w:r>
+      <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> there are three key pieces of relevant legislation: Criminal Procedure (Scotland) Act 1995, Criminal Justice and Licensing (Scotland) Act 2010 (CJLSA) and Criminal Justice (Scotland) Act 2016 (CJSA).</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t xml:space="preserve">With reference to prosecution proceedings in Scotland brought by the Procurator Fiscal, the Crown Office and Procurator Fiscal Service, Prosecution Code applies </w:t>
+      <w:r w:rsidR="00A11BE7" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">With reference to prosecution proceedings in Scotland brought by the Procurator Fiscal, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">COPFS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Prosecution Code applies </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-782110298"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00DA2716" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION Cro \l 2057 </w:instrText>
+          <w:r w:rsidR="0001576E" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION Cro \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00DA2716" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[33]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[32]</w:t>
           </w:r>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00DA2716" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D76DF13" w14:textId="1A647F78" w:rsidR="005B49FD" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
+    <w:p w14:paraId="7D76DF13" w14:textId="1A647F78" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>PACE and CJSA provide frameworks for the legal exercising of powers, including identification and dealing with suspects and taking of statements.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Working according to the Acts ensures that those suspected of a crime know what they are being suspected of, are treated fairly and consistently, and ensures their right to a fair and just trial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774E5F8C" w14:textId="77777777" w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidRDefault="003704A5" w:rsidP="007C112D">
       <w:pPr>
         <w:pStyle w:val="NumList1"/>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:sectPr w:rsidR="003704A5" w:rsidSect="009D2911">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5458DA3B" w14:textId="4E3BE23A" w:rsidR="005B49FD" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="6CB7C060" w14:textId="33A8C8B2" w:rsidR="00585805" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The CPIA Code of Practice </w:t>
+        <w:t>The CPIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60360" w:rsidRPr="00D402A1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Code of Practice </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2026163997"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00DA2716" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION CPIA \l 2057 </w:instrText>
+          <w:r w:rsidR="00F60360" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION CPIA \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00DA2716" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[4]</w:t>
+          <w:r w:rsidR="00F60360" w:rsidRPr="00D402A1">
+            <w:t>[38]</w:t>
           </w:r>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00DA2716" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
-        <w:t xml:space="preserve"> and the Code of Practice issued under part VI of the Criminal Justice and Licensing (Scotland) Act 2010 </w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and the Code of Practice issued under </w:t>
+      </w:r>
+      <w:r w:rsidR="00F60360" w:rsidRPr="00D402A1">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>art VI of the Criminal Justice and Licensing (Scotland) Act 2010</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60360" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (CJLSA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="770044961"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00DA2716" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION CJLSco \l 2057 </w:instrText>
+          <w:r w:rsidR="00A1266E" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION CJLSco \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00DA2716" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[5]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[4]</w:t>
           </w:r>
-          <w:r w:rsidR="00DA2716" w:rsidRPr="004631BE">
+          <w:r w:rsidR="00DA2716" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
-        <w:t xml:space="preserve"> refer to police officers. However, other investigators (including ONR inspectors) are required to “have regard” to any relevant provisions of the codes. The CPIA Code of Practice preamble states that ‘It sets out the manner in which police officers are to record, retain and reveal to the prosecutor material obtained in a criminal investigation and which may be relevant to the investigation, and related matters’. The CJLSA Code sets out similar requirements.</w:t>
+      <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> refer to </w:t>
+      </w:r>
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>police officers</w:t>
+      </w:r>
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>. However, other investigators (including ONR inspectors) are required to “have regard” to any relevant provisions of the codes. The CPIA</w:t>
+      </w:r>
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Code of Practice preamble states that</w:t>
+      </w:r>
+      <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB8ECDC" w14:textId="3C7C70BE" w:rsidR="005B49FD" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
+    <w:p w14:paraId="6F6486D1" w14:textId="4E81CA86" w:rsidR="00585805" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00585805">
+      <w:pPr>
+        <w:pStyle w:val="QuoteText"/>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">‘It sets out the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>manner in which</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> police officers are to record, retain and reveal to the prosecutor material obtained in a criminal investigation and which may be relevant to the investigation, and related </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>matters’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="739752080"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00F60360" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION CPIA \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00F60360" w:rsidRPr="00D402A1">
+            <w:t>[38]</w:t>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="5458DA3B" w14:textId="57ECD4B3" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00585805">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The CJLSA </w:t>
+      </w:r>
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Code of Practice </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>sets out similar requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB8ECDC" w14:textId="2814159C" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Further important points from both Codes </w:t>
+      </w:r>
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:t>include, but aren’t limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2463B58D" w14:textId="7E2B338E" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>conducting an investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">, the investigator should pursue all reasonable lines of inquiry, whether these point towards or away from the suspect. What is reasonable in each case will depend on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>particular circumstances</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20389EFE" w14:textId="5A65C2F3" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">During the investigation, a range of material will be obtained and some generated. Material is material of any kind, including information and objects, which is obtained or inspected during a criminal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and which may be relevant to the investigation. This includes not only material coming into the possession of the investigator (such as documents seized </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>in the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> searching premises) but also material generated by themselves (such as interview and notebook records</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373835AA" w14:textId="0CF4C191" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Material may be relevant to an investigation if it appears to an investigator, or to the disclosure officer, that it has some bearing on any matter under investigation or any person being investigated, or on the surrounding circumstances of the case, unless it is incapable of having any impact on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>case;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026F87DD" w14:textId="24B290A0" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Duties in relation to retaining material need to be kept in mind during all stages of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>investigation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BBBD93E" w14:textId="7162FF65" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Negative information is often relevant to an investigation. If it may be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> it must be recorded. An example may be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> people present in a particular place at a particular time who state that they saw nothing unusual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4089DC98" w14:textId="7DECCB83" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Where information which may be relevant is obtained, it must be recorded at the time it is obtained or as soon as practicable after that time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2B27CA" w14:textId="77777777" w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidRDefault="003704A5" w:rsidP="007C112D">
       <w:pPr>
         <w:pStyle w:val="NumList1"/>
-      </w:pPr>
-[...55 lines deleted...]
-        <w:sectPr w:rsidR="003704A5" w:rsidSect="009D2911">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5679462A" w14:textId="795AD5E8" w:rsidR="005B49FD" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="5679462A" w14:textId="7B624B69" w:rsidR="005B49FD" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
-        <w:t>Requirements associated with disclosure have a bearing throughout an investigation with respect to how investigation material is collected and recorded. The role of the disclosure/reviewing officer is described in</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F53909">
+        <w:t>Requirements associated with disclosure have a bearing throughout an investigation with respect to how investigation material is collected and recorded. The role of the disclosure</w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>reviewing officer is described in</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53909" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="00F53909">
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00F53909">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F53909">
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212110579 \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D13321" w:rsidRPr="00167BDE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F53909">
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Key definitions</w:t>
+      </w:r>
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00F53909">
+      <w:r w:rsidR="0021340F" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>section of this guide. Their role is to examine material retained during the investigation and to propose what material is to be disclosed after the investigation being completed.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">section of this </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3FBD" w:rsidRPr="00D402A1">
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>. Their role is to examine material retained during the investigation and to propose what material is to be disclosed after the investigation being completed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6239C3AC" w14:textId="2D7F3302" w:rsidR="009E0E52" w:rsidRPr="004631BE" w:rsidRDefault="005B49FD" w:rsidP="007C112D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A32729">
+    <w:p w14:paraId="6239C3AC" w14:textId="427DC186" w:rsidR="009E0E52" w:rsidRPr="00D402A1" w:rsidRDefault="005B49FD" w:rsidP="00A11BE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The final decision on disclosure will generally be taken by the prosecutor and their agent(s) following discussion with the disclosure</w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>reviewing officer and any prosecuting counsel (</w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t>for example, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Barrister).</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">Consequently, investigator(s) need to bear this in mind whilst obtaining and generating investigation material and associated communications and need to be aware of the disclosure guidelines produced for the relevant jurisdictions and ONR guidance </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1247604985"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000A3B4F" w:rsidRPr="004631BE">
+          <w:r w:rsidR="000A3B4F" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="000A3B4F" w:rsidRPr="004631BE">
-            <w:instrText xml:space="preserve"> CITATION GD026 \l 2057 </w:instrText>
+          <w:r w:rsidR="00D06C75" w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GD026 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="000A3B4F" w:rsidRPr="004631BE">
+          <w:r w:rsidR="000A3B4F" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006D1F91" w:rsidRPr="006D1F91">
-            <w:t>[6]</w:t>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[5]</w:t>
           </w:r>
-          <w:r w:rsidR="000A3B4F" w:rsidRPr="004631BE">
+          <w:r w:rsidR="000A3B4F" w:rsidRPr="00D402A1">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>. The guidelines state a “golden rule” that fairness requires full disclosure should be made of all material held by the prosecution that weakens its case or strengthens that of defence.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">. The guidelines state a </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>golden rule</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> that fairness requires full disclosure should be made of all material held by the prosecution that weakens its case or strengthens that of defence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E096FEF" w14:textId="3764DF43" w:rsidR="00E6249E" w:rsidRPr="004631BE" w:rsidRDefault="00E6249E" w:rsidP="007C112D">
+    <w:p w14:paraId="1E096FEF" w14:textId="128955D6" w:rsidR="00E6249E" w:rsidRPr="00D402A1" w:rsidRDefault="00E6249E" w:rsidP="002178B0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Appendix_2_–"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc212126229"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
-        <w:t>Appendix 2 – Investigation Process Flowchart</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="49"/>
+        <w:t xml:space="preserve">Appendix 2 – Investigation </w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">rocess </w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>lowchart</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="5A5C0367" w14:textId="7131530D" w:rsidR="00E6249E" w:rsidRPr="004631BE" w:rsidRDefault="00B85FAD" w:rsidP="00E6249E">
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="5A5C0367" w14:textId="7131530D" w:rsidR="00E6249E" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00E6249E">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpc">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C4C1C07" wp14:editId="1A51825D">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C4C1C07" wp14:editId="28886BFC">
                 <wp:extent cx="6405078" cy="7195931"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="36830"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="63" name="Canvas 63"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
                     <wpc:wpc>
                       <wpc:bg/>
                       <wpc:whole/>
                       <wps:wsp>
                         <wps:cNvPr id="2" name="Flowchart: Terminator 2"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1673534" y="156937"/>
                             <a:ext cx="1355954" cy="530495"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartTerminator">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="12700"/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="dk1"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="75110DE1" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00601E90" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                            <w:p w14:paraId="75110DE1" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
                               <w:pPr>
                                 <w:spacing w:before="0" w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="00601E90">
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Receive</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="2A4E7177" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00601E90" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                            <w:p w14:paraId="1E63BE78" w14:textId="14E7F256" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="006C4027" w:rsidP="006C4027">
                               <w:pPr>
                                 <w:spacing w:before="0" w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="00601E90">
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>incident/event</w:t>
+                                <w:t>I</w:t>
                               </w:r>
-                            </w:p>
-[...2 lines deleted...]
-                                <w:jc w:val="center"/>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                              </w:pPr>
-                              <w:r w:rsidRPr="00601E90">
+                                <w:t>ncident</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>/</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>event</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>notification</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="3" name="Flowchart: Decision 3"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1654899" y="848796"/>
                             <a:ext cx="1392517" cy="776941"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartDecision">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="4837BD82" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="007912D7" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                            <w:p w14:paraId="4837BD82" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
                               <w:pPr>
                                 <w:spacing w:before="0" w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Criterion met?</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="4" name="Flowchart: Terminator 4"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3436574" y="955014"/>
                             <a:ext cx="1116894" cy="561908"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartTerminator">
@@ -18454,62 +12951,62 @@
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="dk1"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1FC9E313" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="1FC9E313" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Inspector records decision (INF1, IR, CR, email (RIDDOR only))</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="6" name="Straight Arrow Connector 6"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="2351158" y="687432"/>
                             <a:ext cx="353" cy="161364"/>
                           </a:xfrm>
@@ -18555,134 +13052,132 @@
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="bg1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1F9D5B27" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="007912D7" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="1F9D5B27" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="007912D7">
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>No</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="72BE9DCA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD"/>
+                            <w:p w14:paraId="72BE9DCA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD"/>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="8" name="Flowchart: Process 8"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1901202" y="1995803"/>
                             <a:ext cx="914400" cy="376818"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="575028D5" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                            <w:p w14:paraId="393B5157" w14:textId="5A0FEF15" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="006C4027">
                               <w:pPr>
                                 <w:spacing w:before="0" w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Inspector conducts preliminary</w:t>
                               </w:r>
-                            </w:p>
-[...2 lines deleted...]
-                                <w:jc w:val="center"/>
+                              <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                              </w:pPr>
-                              <w:r>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>enquiry</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="9" name="Flowchart: Decision 9"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1654521" y="2636165"/>
                             <a:ext cx="1391920" cy="776605"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartDecision">
@@ -18693,302 +13188,295 @@
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="734F45D4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="734F45D4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r w:rsidRPr="00423BEA">
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>C</w:t>
-[...31 lines deleted...]
-                                <w:t>et?</w:t>
+                                <w:t>Criterion met?</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="10" name="Flowchart: Terminator 10"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3442527" y="2747795"/>
                             <a:ext cx="1116330" cy="555594"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartTerminator">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="dk1"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="255E26CA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="255E26CA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Inspector records decision (IR, CR)</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="11" name="Flowchart: Process 11"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3507622" y="3590148"/>
-                            <a:ext cx="914400" cy="378338"/>
+                            <a:off x="3507366" y="3412717"/>
+                            <a:ext cx="914400" cy="555708"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="0F2EC51A" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="104C41FA" w14:textId="1CA1ABD2" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00794D63" w:rsidP="006C4027">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Decision maker completes part B of IDR</w:t>
+                                <w:t>Case Manager</w:t>
                               </w:r>
-                            </w:p>
-[...5 lines deleted...]
-                              </w:pPr>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> completes </w:t>
+                              </w:r>
+                              <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>P</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>art B of IDR</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00A85C60" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="12" name="Flowchart: Process 12"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1899916" y="3557382"/>
                             <a:ext cx="914400" cy="443927"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="05F37A14" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="05F37A14" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Inspector completes part A of IDR</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="689EFE4C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="689EFE4C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>investigation recommendation</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="13" name="Flowchart: Process 13"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="304915" y="3560252"/>
                             <a:ext cx="914400" cy="441337"/>
                           </a:xfrm>
@@ -19000,271 +13488,311 @@
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1549F976" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="1549F976" w14:textId="259BF48B" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">Inspector obtains IDR number from </w:t>
-[...15 lines deleted...]
-                                <w:t xml:space="preserve"> </w:t>
+                                <w:t xml:space="preserve">Inspector obtains IDR number. </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="14" name="Flowchart: Decision 14"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1667536" y="4211775"/>
-                            <a:ext cx="1391920" cy="916179"/>
+                            <a:off x="1500262" y="4214077"/>
+                            <a:ext cx="1757176" cy="1047877"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartDecision">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="11C74616" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="11C74616" w14:textId="1055433D" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00A001F1" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Decision Maker investigation authorisation to investigate?</w:t>
+                                <w:t>Decision maker</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> investigation authorisation</w:t>
+                              </w:r>
+                              <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00BA4402" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">by completing </w:t>
+                              </w:r>
+                              <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>P</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00BA4402" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>art C of  IDR</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="15" name="Flowchart: Terminator 15"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3437243" y="4468671"/>
+                            <a:off x="3608693" y="4468671"/>
                             <a:ext cx="1116330" cy="416560"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartTerminator">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="dk1"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1CF25185" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="1CF25185" w14:textId="668AD0AE" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="006C4027">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Inform ESO of decision</w:t>
+                                <w:t xml:space="preserve">Inform </w:t>
+                              </w:r>
+                              <w:r w:rsidR="0010571B">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>IDT</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> of decision</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="16" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1171513" y="1022869"/>
                             <a:ext cx="357883" cy="179070"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5EE5DD4D" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="5EE5DD4D" w14:textId="3C144016" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00E20251" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Yess</w:t>
+                                <w:t>Yes</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="3367C491" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="3367C491" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="17" name="Straight Arrow Connector 17"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2345603" y="1626513"/>
                             <a:ext cx="852" cy="357481"/>
                           </a:xfrm>
@@ -19423,70 +13951,70 @@
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="4931EB87" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="4931EB87" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>No</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="1B256BF1" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="1B256BF1" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="22" name="Straight Connector 22"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="770322" y="1236567"/>
                             <a:ext cx="873202" cy="108"/>
                           </a:xfrm>
@@ -19494,88 +14022,88 @@
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="6350"/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="dk1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="23" name="Text Box 23"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1360784" y="1475784"/>
-                            <a:ext cx="706762" cy="543900"/>
+                            <a:off x="1360586" y="1475736"/>
+                            <a:ext cx="706762" cy="638813"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="bg1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="03408AEA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00632118" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="03408AEA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Insufficient information or decision for preliminary enquiry</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="24" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1219328" y="2797610"/>
                             <a:ext cx="357505" cy="178435"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
@@ -19585,70 +14113,70 @@
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="3A2EAB18" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="3A2EAB18" w14:textId="34BFAD47" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00E20251" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Yess</w:t>
+                                <w:t>Yes</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="2B669827" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="2B669827" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="25" name="Straight Arrow Connector 25"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2814341" y="3777528"/>
                             <a:ext cx="686435" cy="1905"/>
                           </a:xfrm>
@@ -19754,51 +14282,51 @@
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="6350"/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="dk1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="29" name="Straight Arrow Connector 29"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3054172" y="4673371"/>
+                            <a:off x="3233394" y="4734378"/>
                             <a:ext cx="375285" cy="0"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                             <a:tailEnd type="arrow"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -19823,70 +14351,70 @@
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="6FB8CF87" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="6FB8CF87" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>No</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="1FFE5D3D" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="1FFE5D3D" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="31" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1219327" y="4458815"/>
                             <a:ext cx="357505" cy="177800"/>
                           </a:xfrm>
@@ -19897,70 +14425,70 @@
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="7F8EBA28" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="7F8EBA28" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Yes</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="21887CF4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="21887CF4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="32" name="Flowchart: Process 32"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="36008" y="5235910"/>
                             <a:ext cx="914400" cy="567352"/>
                           </a:xfrm>
@@ -19972,63 +14500,79 @@
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="6C92A937" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="6C92A937" w14:textId="72D41692" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Lead Investigator informs ESO and obtains Investigation Report and KDL numbers</w:t>
+                                <w:t xml:space="preserve">Lead Investigator informs </w:t>
+                              </w:r>
+                              <w:r w:rsidR="0010571B">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>IDT</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> and obtains Investigation Report and KDL numbers</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="33" name="Straight Arrow Connector 33"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="956384" y="5515185"/>
                             <a:ext cx="291115" cy="1905"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
@@ -20074,74 +14618,82 @@
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="35FC530C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="35FC530C" w14:textId="4B75C33B" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Lead Investigator obtains investi</w:t>
+                                <w:t xml:space="preserve">Lead Investigator obtains investigation </w:t>
                               </w:r>
-                              <w:r w:rsidRPr="001529D4">
+                              <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>gation OTiS sub-project number</w:t>
+                                <w:t>time booking code/</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> sub-project number</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="2C0ABAFE" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="2C0ABAFE" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="35" name="Flowchart: Process 35"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2522343" y="5284024"/>
                             <a:ext cx="974090" cy="483102"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
@@ -20151,66 +14703,66 @@
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="4F04CD7C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="4F04CD7C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Lead Investigator requests DDS to open new investigation folder</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="064BF454" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="064BF454" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="36" name="Straight Arrow Connector 36"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2223396" y="5523506"/>
                             <a:ext cx="290830" cy="1905"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
@@ -20260,63 +14812,116 @@
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="44A5DEF4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                            <w:p w14:paraId="44A5DEF4" w14:textId="46CEE5B8" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
                               <w:pPr>
                                 <w:spacing w:before="0" w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r w:rsidRPr="00F95B07">
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                   <w:lang w:eastAsia="en-GB"/>
                                 </w:rPr>
-                                <w:t>Lead Investigator completes Appendix 1 to ONR-FIN-GD-008</w:t>
+                                <w:t xml:space="preserve">Lead Investigator completes Appendix 1 to </w:t>
                               </w:r>
+                              <w:sdt>
+                                <w:sdtPr>
+                                  <w:rPr>
+                                    <w:sz w:val="12"/>
+                                    <w:szCs w:val="12"/>
+                                    <w:lang w:eastAsia="en-GB"/>
+                                  </w:rPr>
+                                  <w:id w:val="-1987774556"/>
+                                  <w:citation/>
+                                </w:sdtPr>
+                                <w:sdtContent>
+                                  <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                      <w:lang w:eastAsia="en-GB"/>
+                                    </w:rPr>
+                                    <w:fldChar w:fldCharType="begin"/>
+                                  </w:r>
+                                  <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                      <w:lang w:eastAsia="en-GB"/>
+                                    </w:rPr>
+                                    <w:instrText xml:space="preserve"> CITATION FIN008 \l 2057 </w:instrText>
+                                  </w:r>
+                                  <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                      <w:lang w:eastAsia="en-GB"/>
+                                    </w:rPr>
+                                    <w:fldChar w:fldCharType="separate"/>
+                                  </w:r>
+                                  <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                      <w:lang w:eastAsia="en-GB"/>
+                                    </w:rPr>
+                                    <w:t>[22]</w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                      <w:lang w:eastAsia="en-GB"/>
+                                    </w:rPr>
+                                    <w:fldChar w:fldCharType="end"/>
+                                  </w:r>
+                                </w:sdtContent>
+                              </w:sdt>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="38" name="Straight Arrow Connector 38"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3498418" y="5520578"/>
                             <a:ext cx="290830" cy="1905"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000">
@@ -20356,60 +14961,60 @@
                           <a:prstGeom prst="flowChartOffpageConnector">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="50C49B46" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00455ED2" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                            <w:p w14:paraId="50C49B46" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
                               <w:pPr>
                                 <w:spacing w:before="0" w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Continued overleaf</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="40" name="Right Brace 6"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="4935977" y="137582"/>
                             <a:ext cx="155448" cy="1589753"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightBrace">
@@ -20449,51 +15054,51 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="bg1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2208B70E" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00440461" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="2208B70E" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="42" name="Right Brace 42"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="4935915" y="1845604"/>
                             <a:ext cx="154940" cy="1505903"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightBrace">
@@ -20548,67 +15153,87 @@
                           </a:solidFill>
                           <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="569724A0" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00440461" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="2447CD0C" w14:textId="77777777" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:after="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>Step</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="569724A0" w14:textId="51BB94C9" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="00440461">
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>STEP 2.1</w:t>
+                                <w:t>2.1</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="44" name="Straight Connector 44"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="770308" y="1236675"/>
                             <a:ext cx="3" cy="1787345"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="6350"/>
                         </wps:spPr>
                         <wps:style>
@@ -20687,63 +15312,83 @@
                           </a:solidFill>
                           <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5DF596F6" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="3809FE04" w14:textId="77777777" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:after="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>Step</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="5DF596F6" w14:textId="34122B0A" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>STEP 2.2</w:t>
+                                <w:t>2.2</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="47" name="Straight Arrow Connector 47"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1219283" y="3779861"/>
                             <a:ext cx="685800" cy="1905"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
@@ -20938,79 +15583,103 @@
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5DB97A18" w14:textId="509810AA" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="5DB97A18" w14:textId="35E4685B" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="006C4027" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>DL in discussion with DD &amp; I</w:t>
+                                <w:t>HoR,</w:t>
                               </w:r>
-                              <w:r w:rsidR="00304D31">
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>M</w:t>
+                                <w:t xml:space="preserve"> in discussion with </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>G Chair assigns key roles</w:t>
+                                <w:t>Director and IDT</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> Chair</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>,</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> assigns key roles</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="54" name="Straight Connector 54"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1" flipV="1">
                             <a:off x="770333" y="3024020"/>
                             <a:ext cx="884188" cy="448"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="6350"/>
                         </wps:spPr>
                         <wps:style>
@@ -21043,52 +15712,52 @@
                           <a:ln w="6350">
                             <a:tailEnd type="arrow"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="dk1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="56" name="Straight Connector 56"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1">
-                            <a:off x="956381" y="4669865"/>
-                            <a:ext cx="711155" cy="1387"/>
+                            <a:off x="956421" y="4717418"/>
+                            <a:ext cx="543841" cy="1387"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="6350"/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="dk1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="dk1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="57" name="Flowchart: Process 57"/>
                         <wps:cNvSpPr/>
@@ -21105,63 +15774,63 @@
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="71777D0B" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="71777D0B" w14:textId="465AAE4D" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Consider requirement for enforcement to bring back into compliance (EPS/ EMM)</w:t>
+                                <w:t>Consider requirement for enforcement to bring back into compliance (EPS/EMM)</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="58" name="Straight Arrow Connector 58"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1" flipV="1">
                             <a:off x="2815581" y="2139555"/>
                             <a:ext cx="759819" cy="15233"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
@@ -21228,64 +15897,76 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="bg1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2B2B0009" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00440461" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="2B2B0009" w14:textId="69C65205" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
                               <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
+                                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="00440461">
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
+                                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>STEP 1</w:t>
+                                <w:t xml:space="preserve">Step </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>1</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="61" name="Right Brace 61"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="4940642" y="4691182"/>
                             <a:ext cx="99779" cy="1901628"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightBrace">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
@@ -21335,1119 +16016,1376 @@
                           </a:solidFill>
                           <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent6"/>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="lt1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent6"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2EFEA5CD" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00F94695" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                            <w:p w14:paraId="47DC7728" w14:textId="77777777" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:after="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>Step</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="2EFEA5CD" w14:textId="66DD0382" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>STEP 2.3</w:t>
+                                <w:t>2.3</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpc:wpc>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0C4C1C07" id="Canvas 63" o:spid="_x0000_s1026" editas="canvas" style="width:504.35pt;height:566.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="64046,71958" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+kPAtERMAAPTYAAAOAAAAZHJzL2Uyb0RvYy54bWzsXW1z28YR/t6Z/gcMvyfCATi8aCJnHDtu&#10;O+MmHtttPsMkKHFCAgwAW3J/fZ+9OxxeCBAgJdmUeJ5pSooACYK3u88+++zeTz/fbdbWlyQvVll6&#10;NWM/2jMrSefZYpVeX83+8/HND+HMKso4XcTrLE2uZl+TYvbzi7//7afb7WXiZDfZepHkFt4kLS5v&#10;t1ezm7LcXl5cFPObZBMXP2bbJMWLyyzfxCWe5tcXizy+xbtv1heObfsXt1m+2ObZPCkK/PW1fHH2&#10;Qrz/cpnMy9+XyyIprfXVDNdWiv/m4r+f6L8XL36KL6/zeHuzmqvLiI+4ik28SvGh+q1ex2Vsfc5X&#10;O2+1Wc3zrMiW5Y/zbHORLZereSK+A74Nszvf5lWcfokL8WXmuDvVBeLRA77vp2vcA7zl5S1+jEQ8&#10;xk9RbPWPUtzvwz7cxNtEfIficv7bl3e5tVpczZyZlcYbLIg36+x2fhPn5aX1Mck3qzQus9xy6Ie5&#10;3YozPmzf5epZgYd0l++W+Yb+H/fPusOy8wOXu97M+orH3I/cQP6uyV1pzel1l/OI4/U5DuCu7UWc&#10;Drio32ibF+U/kmxj0YOr2RIX9Youqr4k8evGX94WpTyzOoMuY51at/gUJ7DFgrqgC5eXKh6VX9eJ&#10;POx9ssS3xxU54u3EKk9erXPrS4z1ufiTqctapziSTlmu1mt9Eus7aV1WJ6lj6bRErHx9ot13Yv1p&#10;+mjxiVla6hPxc2T5/pOX8njczcZ3pYfl3ac79bN9yhZf8bvnmTS/Yjt/s8J9fhsX5bs4h73BMuFD&#10;8OpNlv9vZt3CHq9mxV+f4zyZWet/pViCEfM8MmDxxOOBgyd585VPzVfSz5tXGW4pg/fZzsVDOr5c&#10;Vw+Xebb5A67jJX0qXorTOT77ajYv8+rJq1L6CTifefLypTgMRruNy7fpBzJB+XvQQvh490ecb9Xi&#10;KbHsfsuqZR9fdhaNPJZudZq9/Fxmy5VYUXTL5H1StxImKE3g0W3R7bHF18l8RT7dcmlJ0sXBdqdY&#10;IvfCKBKWGHphEPldS4wczgJpiUHgR161eiuTruyqa4nVBYnV2LmlZLl0Q5t2SM+LbL1avIEJiScU&#10;UmpjK++qT24cBY+wTqulLHxNY1HTa9oyeg04ns+TtBRfWbwTjqZPfkQjbn/i4xmy8NnihtXrdNye&#10;f4dRkyu9mmXq0cwiC+/7u7H/72b/CIz7YrF3kAdwPdfngYzFEec2E6cjJFWxmDE/jKpY7LPIDlXQ&#10;G/MA02Jxw5rhAL4WOroCNC6yW4QTRB38EchD/FMf3jqt6UesOcWi5Tou4bQ22wXiUnqNELG+Bt6l&#10;aLHraHY+9CO+fOODbfGv74PJ+b2OixuJB8Q1qcPILVVxXWEQ4ZoOd1J13H8uKEMBSgM2sEI6kfH0&#10;wIZfOZsPZR6vrm9K62WeZ7fWqyxNka0B+4v4qRDHq7QX+1vL9Wr7zwqBqSzAcTljHPkmQL4fBp4r&#10;koja8yBFkLiD+cz1hVsazgAKdXX6siTY69zeNvDwXa6Q9qG4I768SeLFr+mC8ohiA1+RwLvgAdZ0&#10;fFnGqzW9Vn7dImGK6XYBI+8cOB289CYSEkpUoKjfN/QmEu0TD8xC2icfAWBqHDeYiUhYjVspUpRv&#10;h6sBc2VcJf9v/ZLdWSIvVUubwLRV3uHPtI6V8xpIcF07BG6WsJrZjhMi+xFLo4qqLlJgjpyaElwW&#10;RA4CLH3fwQQ3h6ntQ9KtcNhJU+uMs3WUDJqTbODTdbXMGu+glu/BQW7Cmnwyi7mOzYOLmdJqEfB0&#10;YjY1u+5D3SeOxoGaZGJ+Nrk4wtcOFn8n6U1LAOWG99jvM4CsmWPDJ5BLiCIe2mLF1PFQMCqgPshn&#10;uIEfsqlAXF3PPv/RRNC7ANlk4uKetG/DIbavU7JnbPuUW52b9SPC71h/RXxZUQUSJjNx3AH/Cet2&#10;fNdnvuC8a/NnbsQiYlHJ/kHF+fZUUry6on0OoBHYTRouOYK2ubeZu36E0ovTa/h1FNSu2MkjoPYh&#10;HkqsJYpVUz2U4f6pRvLNcxQGB7DjcmqmzcLrCmZM8jqu5zncQeJDXifwgkBW2hpeB/Sf6yqvw/Fv&#10;LFM5sBRn/M5IjaI24m/hc+pPe2R/o0kj428aBerTo/8YEMmOv6kSHLx4kLPhduA7MsNxOdIdT2Qw&#10;tbNpZzih6z5ghmMczYijeeYAR1N5xuGctsOBfxh2OAfqjCBtiBgqGMSYcB64YafE0HQ4nudGQEJ7&#10;aVgNbiZQKsbhnLfD0eyfcTin7XD65FQa4WjWflo6Baki48rf+DZSK/In/QDH85grhY/DZR/jb4S+&#10;CzdQCCTvJ6R45gBH043G35y2v4GWagfgVBStJeVX04tGPurIrkQ4nsNYEOxjjYGFUGyeCHGqSzKs&#10;MUFC+kWOkIg/c59Ts43G6Zy20wEo2XE6TdpY8//TcI7nBo4H4ITEyvP80A8EE1QDHdakjT3UsnzZ&#10;aTEocNFIp74o43ju4XhqIvdZ0cY142gczmk7HK0b1WI6ML9Y0A1oM1VNB1jDOJPeRqjpfIFham/j&#10;8iAMK7FoENnBiLM5TE23Iw9vSMPHNOkD8rpj3tLo7Zodd+N6O6aX2xNyFecnoKPmMolMBgXmOKR2&#10;HAMKc2JZtK7cA9xQ7sJ3fHIdOL92F2GlvIXf8MJK2jrQznKYsDzNqH1NfFpDX3sKPSn9snRc6bF+&#10;pVfsIvOd6pb2Q48JAuCjlDLVpx5RuT5hUTpUnqP2oalmgPcB+xjqwOCuI/lKxw3ADXQKskr3ASl7&#10;MAbgjZ0QQ9DTOm7shCDfozdFM63FHI4jmiIdtpNGHHFtjgYhJch2XB/dz+044oJ648C5JMgcQZzG&#10;Oox1kBlIKEpRVxnFNxoZQLrhEZQlW5RUejYQRVrW4Xq+Ug66NplHh3n2mBOCzTbWYTCWmJZywhiL&#10;ZPfSOu5PVrg2lPkQtklFLffBjnaiBvOdSlALxGXIiuaYjgm5wZNJKmoKdgJZoXUGhqwQKWk9pYdi&#10;zqlM3iHxaieM6oZzq8VvDgTQ3jQsCGxXyWIZAin3Bd/R4CsCVzQGimbhsfEb61VK07t2Jgv0tL5X&#10;MGR/XbM3f6nX9gHmWJ90YH5fn/i8cnsHJFU37mhHoApxk0ly17eDEHgLyQjzAjDinUEugY0MBuuX&#10;VhGH1lHNPhusyI2R5P1UF628tvKx3UZlWsnvN6FNDnY6h37S86PCHVhv1x3oIsah7sBhketUMBT0&#10;nZRq1EEF3DdHB6lwBwzOwhXp27AUccwdtI3+mAJXNQ/O1Myac+/ajPoR8a8OnhNgqJaBGBh6yjBU&#10;q3kGuU6w+oB3k9kcompczHYUnRIBVIRwHTi/dhfQ+JCLkO4iGms9P226U2CUm3iRyLFtEcd8N/lt&#10;i7j8d7aQf2Z29Xc4RTmYTiyJlqMbGAD3bYpttWUbED5lPHM14lVZRTXZWCtVtDE1cjrdpzqpZOBR&#10;f3Qoo64LMwojtbCquU9VQQ20TzgScE0i15ljdcoE4q6IobGGJsgXBC/wXxosRs5JCxl4yGw5Rcyz&#10;oWTA45ZTdjCDHC9Ir+yFIzUos6Ce0ILarfo3FtSx9X4Mewgi1PhllPcjW4L+Osozh/OJNRuzmp7Q&#10;ahqvjTsH18Y9FsjauIdp/hCPtF0TauMOIpyp/hHJKqeUw8wO62LrZV7b+eABwK994oEMbPvkI7LQ&#10;Ew7eVIx7KNoFe1U48KHCw4JjdVmXhcXgz0b1z9AurSH9Z1v901mGoV1OmHZxH1AmwAQ/KwdveR4P&#10;Q7SNt7B9m58NwvuWa1q0xb3m7Bt+9vvxszqVNI7ilB2Flgm8qXfLqkZKyDH3ioOioeIwe3o2NErc&#10;t1Hyp4yNY2B+1C3jNCfYQDjgyokTw2Uc3WdpJtjQZnNmogTMSKw+qVynh3piuRwwTX96Qt5mfoZj&#10;iF2tI9EUdneTDhyi/MwkIjvivqvEJGCEOJNkdU0UORE6vE05iCpDzb1DTDlI1ZghU8E2GYPbEZ4y&#10;G6BFGH2xWwtvlBxjf+xmjhd6qhMRU3Z9jgyiBfIj7HpD8+lIk+WBjpVJgInelwOGdCyTdpa7/2lG&#10;10Tvkx6VQLIKyT/2eZymjmM8W8DEOQc7+ql8Ac4HmrKux7FRlJYeJ3QxToFeNx7HeJx7bRwst/QT&#10;BWiTL3Q2nTu9od40ME56nOF8QVPSk/IFB27HxebBgqfgICqgSmj5HQf7huquJ6MfoykRpPQYwDlG&#10;P/Z0iuuY4bonfGvCdlLC4GL/DdQPq/DtYCOgthkhYWiEbyiCRjQ/hu4zA2QlvhsXf6MLFoea8H36&#10;4XtXHLZD902QiDWUhq4XhR5NmqEyA3dsdI+1/Y4J39iCXORJhu97ZuofrY1rZN+/L5c/bOPrpLHL&#10;tavplEmR3LGxaTXx8rAosX21JOBrBp2H3PchKBDUnxehwE8WNyERx7XRpWk56HizL3MC4ATR9dAk&#10;qwchVmOJK8LNjD+uRjtReNQFsrrjeyrF9gT39D3HgpqnJYHvxZb3v+TxPGltdD9OxXkRyvWBVPgw&#10;yGG7e88wzj2aEyK6+nkYYZjUfg+Q06WIKxk3eaHRIX9C61UqC8SjqfPJnmNrkZVnJQ3qsort/M0q&#10;L8q3cVG+i/NY/PFLkpfGOilInDz+pT5FSV+9h4QjTq/XiYW/qeRlUnhGl4PNlK4mjIgHb+PdAA2R&#10;JPcj4wwjKN0FnTUcnce6o9fpWPjdNxhhghWfY4UL4zMOTFiNgT8NA9f6uWb49bqzENSPPyCcE/FX&#10;bcYEGT5GAndKYYx7EQV6GYBtbEj5IAG4fy7K440AFo7lUbuZVRLwMP0r54kszG7Z32W3bKqE7yAF&#10;HTUmIwU7kk24jsOw2VKHGiOoULmRALI4qfE5Hio0su9q7oAcSHC7ShfZ7QGbDzjcQ97/EJ5n0ocO&#10;1LKO9R5niWi0vmwqoWAcy/dxLFolqCvompCzPP0rwsMMDAKkqK3a/Gn8n0pFaPzfziBd+DABUYIw&#10;cD0zNKJ8nyzp7j15pSl+yyo4NUgm+QsTWTMpPAHl+g6XLJOL4LTTiM2oIxWviyWEQGZQ7gPHqd4u&#10;bYNyr2bFX5/jPAF0+FdaXM1Eo9LMKsUTjwc0kTxvvvKp+Ur6efMqW9M8FGLrxEM6vlxXD5d5tvkj&#10;yxcvc8npxen8JsuvZmfJVms5V4MPa+q3xslqbgeRE8l5DqCtMbRaoOS6XIUNtvxKqY491V0pFjAo&#10;lwpqiraXHN+BMx7OEuVqTbNBuSetTPeAG0Z0ojik5t3HsS61vTu0VR94dQxIi+BU2sS7H3JqdZdw&#10;xehEjU70+cD9cdUWysGHGBNk1qGNbQ7JmDAGzmOSwK6DdmVH4kUVpR5km7vG3naUipXxav1rurDK&#10;r9vkahbnOWgqfBHF/EyoXp0Nhqa7QrkdtsP6Rjv/eFrf1MdUNEVN497bw2DYCGUUJRN0SMCEb1Qv&#10;OMYliqRkc0TPZObHDeqvBqW6Ei59+zXE4Ug6OKBmu/AirkgRFhPWUITBcYHuFIHavdMpopwWdpfC&#10;ANX9TsusoSe0hrRoQ/uhrmiZNzUc4ysJ4S9wI7wtnA0PMaC6G/6cgJwf+SLHD6j7iCxncL+Losxj&#10;4uH0ypZBqaOG6dlGxURAEDUn3NFPu/0Oe6+mqGDSmgtBlexZczwECQtm14RAMezyuZD1EGeqRdSQ&#10;iVcjnaRyczpn7wgqjVC7GwbBTos21KK+WkEY6WRjnORex2V6vEyPl1wgg8CxVqxrWthQbydNvfF9&#10;BWa8OAq5653memfLU9FZtae4GBJhy91f60wupH4wpU4nmfpeD2Rw+BPC4brqPIzDNT8/rF+olxfB&#10;X6VkQDHaUUoGL+JgCwS9UC8qH2PDFCAPx4VSBpD/KRIipCzPq+WO9kwfBuQ6Qh24+MTIOpkNer6P&#10;yoJYxfXiC2hinYJVDLjLuLRng811maoPmzcLVOOFcBq7jHnMIsFjYcDwnBZKvYxQ+26icyYL5cO0&#10;gkHnBp1PRud6rRp0ftrofLyWxyfU8moQ1YvRISzn2AFK+CKHuRGXTEDti1CNCZmiOBnHBKb9Me1e&#10;gKotS29v6luTf62jbpJ40VMWfKx6YXuPErMzymqeZ0W2LI/fGo/v1g67nP1hlH1jp3NknZh21F/7&#10;gY4Vu9c+4mI2Beu7KrUY5Iy+V7HR18XGWs2Iv9WExziI48wJQ9pcHRSrzx2OnLSF4ZrdvTywmT+S&#10;DJjuXtmBJD2ssNnjktJaFj247GqqUgfQqWDIdPdSotIpWJ7e9EmaeiPT/2Z3r5SSTK+hoHXXR0ew&#10;0D75aLvrjteIMHujgkYRTFxuaDycp02brmGae5OlnO1+NpKt8bEhpgfvu/Tg+bqu3wAKzXL+BKCA&#10;Wr6PDXmkoM117UhUVhoZVqPtgfsRZvjvR6VjSKGVH91rFy7T3JtgJJ/EJetSo1nM1VW0pubMpb/a&#10;s7dg9ZvqMyiMKoAyspHFQYBGiy2nAhrjWLqOBeLZ+SX+J4Rc13m8vVnNX8dl3HwuJLaXiZPdZOtF&#10;kr/4PwAAAP//AwBQSwMEFAAGAAgAAAAhAFI9oq/eAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j81Ow0AMhO9IvMPKSFwQ3W0LtArZVBF/ggMHWh7AzZokatYbZbdteHtcLnCxxhpr5nO+Gn2nDjTE&#10;NrCF6cSAIq6Ca7m28Ll5vl6CignZYReYLHxThFVxfpZj5sKRP+iwTrWSEI4ZWmhS6jOtY9WQxzgJ&#10;PbF4X2HwmGQdau0GPEq47/TMmDvtsWVpaLCnh4aq3XrvLZC+2b1s+venxVs53sb2tTRXj7W1lxdj&#10;eQ8q0Zj+juGEL+hQCNM27NlF1VmQR9LvPHnGLBegtqKm8/kMdJHr//zFDwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC+kPAtERMAAPTYAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBSPaKv3gAAAAcBAAAPAAAAAAAAAAAAAAAAAGsVAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAdhYAAAAA&#10;">
+              <v:group w14:anchorId="0C4C1C07" id="Canvas 63" o:spid="_x0000_s1026" editas="canvas" style="width:504.35pt;height:566.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="64046,71958" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1no5q5xIAAPXYAAAOAAAAZHJzL2Uyb0RvYy54bWzsXW1z28YR/t6Z/gcMvyfC4XB40UTOOHbc&#10;diZNPLHbfIZJUOKUAlgQseT++j57dzi8ECBAWZJJ8TzTlBQBEgRvn9199tm9H368v107n9Niu8qz&#10;qxn73p05aTbPF6vs+mr2r4/vvotmzrZMskWyzrP0avYl3c5+fPXXv/xwt7lMvfwmXy/SwsGbZNvL&#10;u83V7KYsN5cXF9v5TXqbbL/PN2mGF5d5cZuUeFpcXyyK5A7vfru+8Fw3uLjLi8WmyOfpdou/vlUv&#10;zl7J918u03n523K5TUtnfTXDtZXyv4X87yf678WrH5LL6yLZ3Kzm+jKSB1zFbbLK8KHmrd4mZeL8&#10;Wax23up2NS/ybb4sv5/ntxf5crmap/I74Nswt/Nt3iTZ52Qrv8wcd6e6QDx6xPf9dI17gLe8vMOP&#10;kcrH+Cm2G/OjbL/uwz7cJJtUfoft5fzXz+8LZ7W4mnkzJ0tusSDerfO7+U1SlJfOx7S4XWVJmReO&#10;Rz/M3Uae8WHzvtDPtnhId/l+WdzS/+P+OfdYdkHIBfdnzhc8FkHMQ/W7pvelM6fXuRCxwOtzHCC4&#10;68eCDrio32hTbMu/pfmtQw+uZktc1Bu6qPqS5K+bfP5lW6ozqzPoMtaZc4dP8UJXLqgLunB1qfJR&#10;+WWdqsN+T5f49rgiT76dXOXpm3XhfE6wPhf/Yfqy1hmOpFOWq/XanMT6TlqX1Un6WDotlSvfnOj2&#10;nVh/mjlafmKeleZE/Bx5sf/kpToed7PxXelhef/pXv9sn/LFF/zuRa7Mb7uZv1vhPv+SbMv3SQF7&#10;g2UCQ/DqTV78b+bcwR6vZtv//pkU6cxZ/yPDEoyZ75MByye+CD08KZqvfGq+kv15+ybHLWVAn81c&#10;PqTjy3X1cFnkt38AOl7Tp+KlJJvjs69m87KonrwpFU4AfObp69fyMBjtJil/yT6QCarfgxbCx/s/&#10;kmKjF0+JZfdrXi375LKzaNSxdKuz/PWfZb5cyRVFt0zdJ30rYYLKBJ7cFnmPLb5N5yvCdIfTkqSL&#10;g+1OsUThR3EsLTHyozAOupYYe4KFyhLDMIj9avVWJl3ZVdcSqwuSq7FzS8ly6YY27ZCeb/P1avEO&#10;JiSfkEupja28rz65cRQQYZ1VS1liTWNR02vGMnoNOJnP06yUX1m+E46mT35CI25/4tMZssRsecPq&#10;dTpuz7/BqAlKr2a5fjRzyML7/m7t/5vZPxzjPl/sH4QA3OeBCJUvjoVwmTwdLqnyxYwFUVz54oDF&#10;bqSd3hgCTPPFDWsGAHzZGu+KoHGR38GdwOvgj4g85D/94a3TmjjizMkXLddJCdC63Szgl7JruIj1&#10;NeJd8ha7QLPzoR/x5Rsf7Mp/fR9M4Pc22d6oeEBekz6MYKny6zoGkdB0OEjVfv+lRBk6oLTBBlZI&#10;xzMeX7ARVGDzoSyS1fVN6bwuivzOeZNnGbI1xP7Sf+qI403WG/s7y/Vq8/cqAtNZgMcFYwL5JoL8&#10;IAp9LpOIGnmQIqi4gwWMBxKWhjOArb46c1kq2Ovc3nbgEXChI+1D447k8iZNFj9nC8ojtrfAihTo&#10;ggdY08llmazW9Fr5ZYOEKaHbhRh558DpwUtvIqFCiSoo6seG3kSifeKBWUj75AcEMHUcN5iJqLAa&#10;t1KmKM8XVyPMVX6V8N/5Kb93ZF6qlzYF0055jz/TOtbgNZDgcjdC3KzCauZ6XoTsRy6NyqtypMAC&#10;OTUluCyMPThY+r6DCW4BU9sXSbfcYSdNrTPO1lHKaU6ygU/X1TJrvINevgc7uQlr8mQWc+2bBxcz&#10;pdXS4ZnEbGp23Rd1H3k0jqhJJeZnk4vDfe3E4u8VvenIQLmBHvsxA5E181xgAkFCHIvIlSum9oeS&#10;UQH1QZjBwyBiUwNxfT378KMZQe8GyDYTl/ekfRsOsX2Tkr1g26fc6tysHx5+x/or4suJqyBhMhMn&#10;PPCfsG4v4AELJOddmz/jMYuJRSX7BxUXuFNJ8eqK9gFAw7HbNFxxBG1zbzN3/RFKb5xeh18PCrUr&#10;dvIBofYhCCXXEvmqqQhluX+qkTx7jsIAADuQUzNtDl7XYcYk1OG+7wkPiQ+hTuiHoaq0NVAH9B/n&#10;GnUE/o1lKgeW4izujNQoaiN+DsypP+2J8caQRhZvGgXq46P/GCKSHbypEhy8eBDYCDfkAQhFSmB8&#10;lN9RWMT5Ndg0MxxATTi51DAhw7FAMwI0LzzAMVSeBZzjBhwwIMOAc6DOCNKGmGnAAZ7wqFNiaAKO&#10;7/MYkRAAaZiGNcGNBRyS6n1dYfOFA45h/yzgHDfg9MmpTIRjWPtp6RSkikyoAEcELlKr4QDH9xlX&#10;wkeLN5fPIaR44Xhj6EaLN8eNN9BS7QQ4FUXrKPnV9KKRcF0vUEUj32O+G3ZSKhYKpFkIgWSl2fXD&#10;SB0xAXOqa7K0McWE9JM8QCP+wkGnphst6hw36iAq2UGdJm9sCgDTAp3AjdC3ISMd3w+iIJRUUE3l&#10;sCZv7KOYFahWi0GFi0mt6ouywPMVwFMzuS+KN64pRws4xw04Rjhq1HRel72ZKqdjLGSCKbSRcrpA&#10;Brs12nARRlGlFg1jNxwBm8PkdDv68IY2fEyUPqCve8hbWsFds+VuXHDHzHI7Iag4PwUddZepyGRQ&#10;Ya7qRDopGpCYUx3JCMt9hBsaLgIvIOho1ZmiSnoL3PCjSts60M9ymLI8y6l/TX5aQ2B7DE0p/bp0&#10;ijBUEx3QVHahTiZ1e9UuKt+pbml/6DFBAfwgqUz1qQ8oXR+xKh0yz1H7MFwzgvcB+xhqwRDcU4Sl&#10;x0EUxPKdaseqhR/QsodjAby1E2IIenrHrZ0Qcj95VzQzYsxhP2I40mE7afgR7gp0CGlFtscDtD+3&#10;/QgPcYDm1kYiTmsd1jrIDFQoWuX1z9fbRMLhkShL9ShNjrK4y/1ASwe5S+bRESxD4ROBzpbMs7UO&#10;OajAxlgy3BzM3b6ZdRiV29eTFdyFNN9Xba1eKAKwox2vwQKvUtQi4rJkRXNOx4Tc4GSSipqCHVzw&#10;pjtQpai1h3BOYfjO+ZEVoDC7btR0nDstfvOQNCwMXU7vDF0sgyMVQaeIG4VcdgaqGq6Ek+H67XqV&#10;0fiundECPb3vVRiyv67Zm7/Ua/sAc6xPOjC/r098Wbm9B5JKRWW13+kqjiaT5BwdYZESOzIfZX8u&#10;NfZ1Lh+6yGCwymgVBTyKFOQML6Qxkryf6qKV19Zat/uobC/5141oU5OdzqGh9Ay9C7KlLhyYIoau&#10;y0+GA4/F3KvCUNB3SqpRwwG4b4EWUiUMCiOfj7STjsFB2+gfUuCqBsLZmllz8F2bUX+A/6ud54Qw&#10;1MhAbM1Mpqr1tEhybMcyAZIo+zE2x/ySk7hOomrQk6Wky2GI4TSdrBUaH4IIBRfxWO/5cdOdMka5&#10;SRapmtsWQ0QpCSpELkn5z3yh/szc6u+IkdRkOrkkWkA3IFx+nmJbbdk2CJ8yn7ma8ao5zmq0sVGq&#10;mMJBI6czjaqTzMinBulIeV0OM4pivbCqwU9VQQ20TzTicG0i1xlkdcRFWuLBO4DcWEOm93B4Dcny&#10;7L9pshiBkxEyiIi5aoyY70LJgMdSWlCtJg9DyPGCQmU/GmHZ7YI6oQW1W/VvLCjpm/dXanrr/Zj2&#10;EMao8csObJQzXRX010kB84SYWLOxq+mEVtN4bdw7sDbucc5pLDDIJD/EEOGwEy+iNu7Bw9nqn1VY&#10;yc0Sjth5UzHusWgXbFbhAUOVXfCYs0hSdTXCYvJno/pnaZfWlP6zrf6ZLMPSLkdMu/BHlAkwyc+q&#10;yVu+L1COkelgAyha/GwY6b1qBhuoLD/bZkoPoETaJx5Ym2yf/NT8rEklLVAcM1AYmcC7erusaqaE&#10;mnOvszeaKo4IkZ4NzRIPXMzBojhbYGJ+3C3jNEfYQDjA1ciJ4aqu6bO0I2zsCBvaOQxmJFefUq7T&#10;w1qUZHiGE0Kb+RnOIeZGR2Io7O4uHThE48wwCdmgHmMBiYhK78EICabI6jo68WJ0eNtyEFWGmpuH&#10;2HKQrjFDpoJ9Mgb3IzxmNsCIMPp8txHewIrGfTfz/MjXnYgYsxsIZBAtAj/Gtjc0oI40WT7oWJUE&#10;WO9tB0J91T6eSiRmGF3rvY96VALJKhT/2Ic4TR3HOOJg5JwHNl7nCwAfr8M/AnFcFKUV4kQc4xQI&#10;kSziWMT5esSpO8gs4hw34uxKXnbyBUNJT8oXPMAOx+7BkqcgogKqhFak42HjUNP1ZPVjNCWC0i2b&#10;MJx+wmC0P33u2xC2kxIGjg04UD+s3LeHnYDaZtR231AEjWh+LN33sMbbc9wvHLtPaYrIuu/jdt+7&#10;4rAd922o20num/tx5NOkGSozCM/FPLU27lj3jT3IZZ5k+b4H1DiPme8z2riG+/5tufxuk1ynjW2u&#10;uaFTJnlyz8Wu1cTLw6Lk/tWKgK8ZdBGJIICgQFJ/fowCP1nchEQc10aXZuSg482+2GoHcYLsemiS&#10;1YP6xcYSx/XQVvZ2/HE12qlVIKs7vqd6zBPc1PccC2q+kQT+Lve8/6lI5mlrp/txKs6PUa7HtHVC&#10;AAY5bHfzGSaET3NCZFe/iGIMk9qPAAVdiryScZOXPZSEJ7K2C5GB1hhMnU/2EluLxmdqWOskJ5F8&#10;1jMgFT1xfJvSUZ+iIsx/xy5ESXa9Th38TScvk9wzuhxcpnU1UUw8eDveDdEQSXI/Ms4oZqEn6axh&#10;7zymviMn2qkVd9zvvsEIE6z4LBNWo2mw7vfDZl51j9U9yw49vJqV6Bf7Na+6H0/BwI1+rul+/e4s&#10;BG3wA8I56X/1bkyQ4WMkcKcUxoQfk6NXDtgVqL8/hgPun4vydCOAJbA8aTezTgKQuzzChODzjCzs&#10;dtnfZLtsqoTvRArGa0yOFNxYNeF6HhO8O8+PQoUKRkLI4pTG5+GhQiP7ruYOqIEEd6tskd8dsPmA&#10;J3zk/Y+BPJM+dKCW9VD0OMuIxujLpkY0Fli+DbAYlaBR3BpCzvHNrziJfKfxfzoVofF/O4N0gWEy&#10;RMHebdy3QyOUaD25PPnCMX7Lyjk1SCb1CxNtM8k9IcoNPKFYJg7nhCn+7UyWUUcqXpdLCI7MRrmP&#10;7KfOZj7mOH9mndG3cUZGztXgw5r6rXGyWrhh7MVqBi1oawytllFyXa7CBltBpVTHpupciQVslEsF&#10;Nc0aKI7vwBz5LKNco2m2Ue5RC018xA0qfTZRbldogkNq3n1g6DUxVHqkFbW9e7RVH3h1DEiLASrt&#10;cCWIBLW6q3DF6kStTvTlhPvjqi2Ugw8xJsisIxfbHJIxYQyczxSBXTvtyo7ki9pLPco2d4297ci4&#10;y2S1/jlbOOWXTXo1S4oCNBW+iGZ+JlSvziaGprtCud3z7fzjG32TwfAGU9EUNY2jt4/BsDHKKLTg&#10;IBP0SMCEb1QvOCZUFEnJ5oieyc6P6xSAj1gjJwAknTigXkN48RDQQs2NhaHpFIHavdMpokELu0th&#10;gOp+0LJr6ITWkBFtGBzqxpKiqeEYRyO4v5DHeFtCowgDqrvuzwsJ/AiLvCCk7iPlk6wHBDbLqnF7&#10;a466MvuyFL602+8wejVFBZPWXASqZM+aExFIWD0ZY2TFWfg6IfgyleSGTLwa6aSUm9M5e09SacAl&#10;n0dhuNOiDbVooFcQRjq5GCe5F7hsj5ft8VILZHyDD6VjpJVqqbejpt7EvgIzXhwNuesB4L2z5ano&#10;rNtTOIZEuKp3v87kIuoH0+p0kqnvRSDryE7IkZmq83Acbvj5Yf1Cvbwa7C6K0Z5WMvixAFsg6YV6&#10;UQUYG6YD8mhcKLUti4QK4ybVVCxRR57es6+hpaTWEP3ey2wKHNygV1AugCz7eSkp2jN9OCBvFi4H&#10;AvLexYeRdT6qkpIMDVlI7az4avXiEwi2qHNACiEQd1lIk9Mfzfo43ZFtJH9R66kvNm8WqMYL4bQt&#10;HuYxy2XEopDheXsZofbdjM6ZKpQPF8JtdG6jcxU8DeKwGbgKnRYOtdF5x8UfXweaGK/l4RD9W04J&#10;onpjdAjLBXaAkljkMR4LxQTULg3VmIhpipMJTGDa79O+KqBqy9LbzGEda7SOukmTRU9Z8Knqhe1J&#10;7Ccz/72+eYMA8c0Ctd3aYZezP4yyb+x0jqwT0476az/QsWL32idczLZgfbzZQWCKjbWaEX+rwXQ8&#10;iBPMiyLaXB0UayA8gZwUpzdws9HdK0KXBSPJgO3uVR1ICmGlzSLgfUCVqC4xDWJdHQwZBzqVqrTt&#10;+7TIjz54oqk3Kl1rdvcqKQnFvhP7HkjUpLVPAdruuuM1YszeqEKjGCauNjQeztOmTdewzb3pUhEF&#10;ZyPZsm0Pckrp8SVhganrNwKFZjl/QqCAWn6ADXmUoI1zF1tatiOFRtuDCGLM8N8flY5FCq38SG0q&#10;bpt710VfeNGfwPXCzro0XDfm6mpa04QnCq96JS/PG9AYseXUgMb2U3X7qVCpmF/if1JcfF0km5vV&#10;/G1SJs3nsp5xmXr5Tb5epMWr/wMAAP//AwBQSwMEFAAGAAgAAAAhAFI9oq/eAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81Ow0AMhO9IvMPKSFwQ3W0LtArZVBF/ggMHWh7AzZokatYbZbdteHtc&#10;LnCxxhpr5nO+Gn2nDjTENrCF6cSAIq6Ca7m28Ll5vl6CignZYReYLHxThFVxfpZj5sKRP+iwTrWS&#10;EI4ZWmhS6jOtY9WQxzgJPbF4X2HwmGQdau0GPEq47/TMmDvtsWVpaLCnh4aq3XrvLZC+2b1s+ven&#10;xVs53sb2tTRXj7W1lxdjeQ8q0Zj+juGEL+hQCNM27NlF1VmQR9LvPHnGLBegtqKm8/kMdJHr//zF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD1no5q5xIAAPXYAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBSPaKv3gAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAEEVAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATBYAAAAA&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:64046;height:71958;visibility:visible;mso-wrap-style:square">
                   <v:fill o:detectmouseclick="t"/>
                   <v:path o:connecttype="none"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t116" coordsize="21600,21600" o:spt="116" path="m3475,qx,10800,3475,21600l18125,21600qx21600,10800,18125,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="1018,3163,20582,18437"/>
                 </v:shapetype>
                 <v:shape id="Flowchart: Terminator 2" o:spid="_x0000_s1028" type="#_x0000_t116" style="position:absolute;left:16735;top:1569;width:13559;height:5305;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDTd/ZexAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gpeRDcNUiW6ilgsvXgwlvb6mn1m02bfhuwa4793hYLHYWa+YZbr3taio9ZXjhW8TBIQ&#10;xIXTFZcKPo+78RyED8gaa8ek4Eoe1qunwRIz7S58oC4PpYgQ9hkqMCE0mZS+MGTRT1xDHL2Tay2G&#10;KNtS6hYvEW5rmSbJq7RYcVww2NDWUPGXn62C9+/ZD72ldvbVjfauMYfr9PecKzV87jcLEIH68Aj/&#10;tz+0ghTuV+INkKsbAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANN39l7EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="75110DE1" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00601E90" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                      <w:p w14:paraId="75110DE1" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
                         <w:pPr>
                           <w:spacing w:before="0" w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00601E90">
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Receive</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="2A4E7177" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00601E90" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                      <w:p w14:paraId="1E63BE78" w14:textId="14E7F256" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="006C4027" w:rsidP="006C4027">
                         <w:pPr>
                           <w:spacing w:before="0" w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00601E90">
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>incident/event</w:t>
+                          <w:t>I</w:t>
                         </w:r>
-                      </w:p>
-[...2 lines deleted...]
-                          <w:jc w:val="center"/>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                        </w:pPr>
-                        <w:r w:rsidRPr="00601E90">
+                          <w:t>ncident</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>/</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>event</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>notification</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shapetype id="_x0000_t110" coordsize="21600,21600" o:spt="110" path="m10800,l,10800,10800,21600,21600,10800xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
                 </v:shapetype>
                 <v:shape id="Flowchart: Decision 3" o:spid="_x0000_s1029" type="#_x0000_t110" style="position:absolute;left:16548;top:8487;width:13926;height:7770;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDeq3YMwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LiwIx&#10;EITvC/6H0IK3NeMDkdEoIg4s62V9HDw2k3YSnHSGSVZn/70RFjwW9VUVtVx3rhZ3aoP1rGA0zEAQ&#10;l15brhScT8XnHESIyBprz6TgjwKsV72PJebaP/hA92OsRCrhkKMCE2OTSxlKQw7D0DfEybv61mFM&#10;sq2kbvGRyl0tx1k2kw4tpwWDDW0Nlbfjr1NQnIp9YqbUba2tze4Hq+/LTKlBv9ssQETq4hv+T39p&#10;BRN4XUk3QK6eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN6rdgzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="4837BD82" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="007912D7" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                      <w:p w14:paraId="4837BD82" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
                         <w:pPr>
                           <w:spacing w:before="0" w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Criterion met?</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Terminator 4" o:spid="_x0000_s1030" type="#_x0000_t116" style="position:absolute;left:34365;top:9550;width:11169;height:5619;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCA9LEOxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeAUvRbMVEdkapUr9U9CDWj0/Ns/d1c3LkkRdv30jFHocZuY3zGjSmErcyPnSsoL3bgKC&#10;OLO65FzBz37eGYLwAVljZZkUPMjDZNx6GWGq7Z23dNuFXEQI+xQVFCHUqZQ+K8ig79qaOHon6wyG&#10;KF0utcN7hJtK9pJkIA2WHBcKrGlWUHbZXY2Cpu/WF6MX2+P3crn/Op3fDtPNVan2a/P5ASJQE/7D&#10;f+2VVtCH55V4A+T4FwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAID0sQ7EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="1FC9E313" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="1FC9E313" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Inspector records decision (INF1, IR, CR, email (RIDDOR only))</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="Straight Arrow Connector 6" o:spid="_x0000_s1031" type="#_x0000_t32" style="position:absolute;left:23511;top:6874;width:4;height:1613;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB2F42nwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8IS9aaoH0WoUERdkUVj/gcdn82yLzUtNona//WZB8DjMzG+YyawxlXiQ86VlBb1uAoI4&#10;s7rkXMFh/9UZgvABWWNlmRT8kofZ9KM1wVTbJ2/psQu5iBD2KSooQqhTKX1WkEHftTVx9C7WGQxR&#10;ulxqh88IN5XsJ8lAGiw5LhRY06Kg7Lq7GwXufLv0jlm9WixH3+vNiQ8/2+NSqc92Mx+DCNSEd/jV&#10;XmkFA/i/Em+AnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdheNp8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrow="open" endarrowwidth="narrow" endarrowlength="short" joinstyle="miter"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Text Box 7" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:30892;top:10228;width:3168;height:1793;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC3TcINwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fa8JA&#10;EMTfC/0OxxZ8q5dWqSH1lFCRihXEPy++LbltEprbC7mtxm/vCYU+DjPzG2Y6712jztSF2rOBl2EC&#10;irjwtubSwPGwfE5BBUG22HgmA1cKMJ89Pkwxs/7COzrvpVQRwiFDA5VIm2kdioochqFviaP37TuH&#10;EmVXatvhJcJdo1+T5E07rDkuVNjSR0XFz/7XGViPT7gYyRddhfttnn+m7ThsjBk89fk7KKFe/sN/&#10;7ZU1MIH7lXgD9OwGAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAt03CDcMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="white [3212]" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="1F9D5B27" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="007912D7" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="1F9D5B27" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="007912D7">
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>No</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="72BE9DCA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD"/>
+                      <w:p w14:paraId="72BE9DCA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD"/>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Flowchart: Process 8" o:spid="_x0000_s1033" type="#_x0000_t109" style="position:absolute;left:19012;top:19958;width:9144;height:3768;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAlPx35vwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WVJFlqUYRQVQo61q9eBuasSltJqWJ2v33m4Pg8fG+F6veNuJBna8cK5iMExDEhdMV&#10;lwou5+3nNwgfkDU2jknBH3lYLQcfC0y1e/KJHnkoRQxhn6ICE0KbSukLQxb92LXEkbu5zmKIsCul&#10;7vAZw20jp0nyJS1WHBsMtrQxVNT53Sqoj80pq2cl5b8/153JpkV7PGRKjYb9eg4iUB/e4pd7rxXE&#10;rfFKvAFy+Q8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAlPx35vwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="575028D5" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                      <w:p w14:paraId="393B5157" w14:textId="5A0FEF15" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="006C4027">
                         <w:pPr>
                           <w:spacing w:before="0" w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Inspector conducts preliminary</w:t>
                         </w:r>
-                      </w:p>
-[...2 lines deleted...]
-                          <w:jc w:val="center"/>
+                        <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                        </w:pPr>
-                        <w:r>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>enquiry</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Decision 9" o:spid="_x0000_s1034" type="#_x0000_t110" style="position:absolute;left:16545;top:26361;width:13919;height:7766;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDE1Ar0wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6qxtLURtdxRYKRbxorOdH9pkNZt+G7IvGf98VCj0OM/MNs1gNvlEX6mId2MB4lIEi&#10;LoOtuTJwKL5eZqCiIFtsApOBG0VYLR8fFpjbcOUdXfZSqQThmKMBJ9LmWsfSkcc4Ci1x8k6h8yhJ&#10;dpW2HV4T3Df6Ncsm2mPNacFhS5+OyvO+9wbOm9lOT+XtQ9ytP677tthOfwpjnp+G9RyU0CD/4b/2&#10;tzXwDvcr6Qbo5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxNQK9MMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="734F45D4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="734F45D4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r w:rsidRPr="00423BEA">
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>C</w:t>
-[...31 lines deleted...]
-                          <w:t>et?</w:t>
+                          <w:t>Criterion met?</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Terminator 10" o:spid="_x0000_s1035" type="#_x0000_t116" style="position:absolute;left:34425;top:27477;width:11163;height:5556;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB0GaJyxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8JA&#10;EIXvJvyHzZB4MXQrMYbULgSNiCZ6ANTzpDu0he5ss7tA/ffOwcTbTN6b974pF4Pr1JlCbD0buM1y&#10;UMSVty3XBj53q8kMVEzIFjvPZOCHIizmo6sSC+svvKHzNtVKQjgWaKBJqS+0jlVDDmPme2LR9j44&#10;TLKGWtuAFwl3nZ7m+b122LI0NNjTU0PVcXtyBoa78H509mXz/bZe7573h5uvx4+TMdfjYfkAKtGQ&#10;/s1/169W8IVefpEB9PwXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdBmicsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="255E26CA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="255E26CA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Inspector records decision (IR, CR)</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Flowchart: Process 11" o:spid="_x0000_s1036" type="#_x0000_t109" style="position:absolute;left:35076;top:35901;width:9144;height:3783;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDh+Mm/xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCl6kbpRYSuoqKgjioVTbHnobsmM2NTsbshuN/vpuQfA2j/c5s0VnK3GmxpeOFYxHCQji&#10;3OmSCwVfn5vnVxA+IGusHJOCK3lYzPu9GWbaXXhP50MoRAxhn6ECE0KdSelzQxb9yNXEkTu6xmKI&#10;sCmkbvASw20lJ0nyIi2WHBsM1rQ2lJ8OrVWwM8fyY/qz+x7e6rQ9pb+Utqt3pQZP3fINRKAuPMR3&#10;91bH+WP4/yUeIOd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOH4yb/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
+                <v:shape id="Flowchart: Process 11" o:spid="_x0000_s1036" type="#_x0000_t109" style="position:absolute;left:35073;top:34127;width:9144;height:5557;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDh+Mm/xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCl6kbpRYSuoqKgjioVTbHnobsmM2NTsbshuN/vpuQfA2j/c5s0VnK3GmxpeOFYxHCQji&#10;3OmSCwVfn5vnVxA+IGusHJOCK3lYzPu9GWbaXXhP50MoRAxhn6ECE0KdSelzQxb9yNXEkTu6xmKI&#10;sCmkbvASw20lJ0nyIi2WHBsM1rQ2lJ8OrVWwM8fyY/qz+x7e6rQ9pb+Utqt3pQZP3fINRKAuPMR3&#10;91bH+WP4/yUeIOd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOH4yb/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="0F2EC51A" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="104C41FA" w14:textId="1CA1ABD2" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00794D63" w:rsidP="006C4027">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Decision maker completes part B of IDR</w:t>
+                          <w:t>Case Manager</w:t>
                         </w:r>
-                      </w:p>
-[...5 lines deleted...]
-                        </w:pPr>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> completes </w:t>
+                        </w:r>
+                        <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>P</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>art B of IDR</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00A85C60" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 12" o:spid="_x0000_s1037" type="#_x0000_t109" style="position:absolute;left:18999;top:35573;width:9144;height:4440;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARKlfIxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WEXopZlNJRaKrtIVC8SDWx8HbkB2z0exsyG407a93hUJv8/E9Z7bobS0u1PrKsYKXJAVB&#10;XDhdcalgt/0cTkD4gKyxdkwKfsjDYv74MMNcuyt/02UTShFD2OeowITQ5FL6wpBFn7iGOHJH11oM&#10;Ebal1C1eY7it5ShNx9JixbHBYEMfhorzprMKluZYrV8Py/3zb5N15+xEWfe+Uupp0L9NQQTqw7/4&#10;z/2l4/wR3H+JB8j5DQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABEqV8jEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="05F37A14" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="05F37A14" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Inspector completes part A of IDR</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="689EFE4C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="689EFE4C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>investigation recommendation</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 13" o:spid="_x0000_s1038" type="#_x0000_t109" style="position:absolute;left:3049;top:35602;width:9144;height:4413;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+ZvJTxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlBC9SN9W0lNRVqiCIh9La9tDbkB2zqdnZkN1o9Ne7BcHbPN7nzBadrcSRGl86VvA4TkAQ&#10;506XXCj4/lo/vIDwAVlj5ZgUnMnDYt7vzTDT7sSfdNyFQsQQ9hkqMCHUmZQ+N2TRj11NHLm9ayyG&#10;CJtC6gZPMdxWcpIkz9JiybHBYE0rQ/lh11oFW7MvP55+tz+jS522h/SP0nb5rtRw0L29ggjUhbv4&#10;5t7oOH8K/7/EA+T8CgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH5m8lPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="1549F976" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="1549F976" w14:textId="259BF48B" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">Inspector obtains IDR number from </w:t>
+                          <w:t xml:space="preserve">Inspector obtains IDR number. </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="0066258C">
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Flowchart: Decision 14" o:spid="_x0000_s1039" type="#_x0000_t110" style="position:absolute;left:15002;top:42140;width:17572;height:10479;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDcfMNHwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLzppkVUUlexhUKRXjS25yE7zQazsyE70fjvu4LgbR7vc1abwTfqTF2sAxt4mWagiMtg&#10;a64MHIvPyRJUFGSLTWAycKUIm/XTaIW5DRfe0/kglUohHHM04ETaXOtYOvIYp6ElTtxf6DxKgl2l&#10;bYeXFO4b/Zplc+2x5tTgsKUPR+Xp0HsDp91yrxcyexd37X+3fVt8L34KY8bPw/YNlNAgD/Hd/WXT&#10;/BncfkkH6PU/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANx8w0fBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="11C74616" w14:textId="1055433D" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00A001F1" w:rsidP="00B85FAD">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:after="0"/>
+                          <w:jc w:val="center"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>ESO.</w:t>
+                          <w:t>Decision maker</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> investigation authorisation</w:t>
+                        </w:r>
+                        <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:r w:rsidR="00BA4402" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">by completing </w:t>
+                        </w:r>
+                        <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>P</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00BA4402" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>art C of  IDR</w:t>
+                        </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Flowchart: Decision 14" o:spid="_x0000_s1039" type="#_x0000_t110" style="position:absolute;left:16675;top:42117;width:13919;height:9162;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDcfMNHwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLzppkVUUlexhUKRXjS25yE7zQazsyE70fjvu4LgbR7vc1abwTfqTF2sAxt4mWagiMtg&#10;a64MHIvPyRJUFGSLTWAycKUIm/XTaIW5DRfe0/kglUohHHM04ETaXOtYOvIYp6ElTtxf6DxKgl2l&#10;bYeXFO4b/Zplc+2x5tTgsKUPR+Xp0HsDp91yrxcyexd37X+3fVt8L34KY8bPw/YNlNAgD/Hd/WXT&#10;/BncfkkH6PU/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANx8w0fBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
+                <v:shape id="Flowchart: Terminator 15" o:spid="_x0000_s1040" type="#_x0000_t116" style="position:absolute;left:36086;top:44686;width:11164;height:4166;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBkbgHqxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X+h/CFHoRzVpskdUoVWytYA/r6zxsxt2tm8mSRN3+e1MQepuP7znjaWtqcSHnK8sK+r0EBHFu&#10;dcWFgt32ozsE4QOyxtoyKfglD9PJ48MYU22vnNFlEwoRQ9inqKAMoUml9HlJBn3PNsSRO1pnMETo&#10;CqkdXmO4qeVLkrxJgxXHhhIbmpeUnzZno6AduPXJ6M/ssFout4vjT2c/+z4r9fzUvo9ABGrDv/ju&#10;/tJx/iv8/RIPkJMbAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGRuAerEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="11C74616" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="1CF25185" w14:textId="668AD0AE" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="006C4027">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Decision Maker investigation authorisation to investigate?</w:t>
+                          <w:t xml:space="preserve">Inform </w:t>
                         </w:r>
-                      </w:p>
-[...12 lines deleted...]
-                        <w:r>
+                        <w:r w:rsidR="0010571B">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Inform ESO of decision</w:t>
+                          <w:t>IDT</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> of decision</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:11715;top:10228;width:3578;height:1791;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBR4hf5wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LSwMx&#10;EL4L/ocwgjebtUKRtWlZCpYiKPRx6HFIxuzSzWRJxnb77xtB8DYf33PmyzH06kwpd5ENPE8qUMQ2&#10;uo69gcP+/ekVVBZkh31kMnClDMvF/d0caxcvvKXzTrwqIZxrNNCKDLXW2bYUME/iQFy475gCSoHJ&#10;a5fwUsJDr6dVNdMBOy4NLQ60asmedj/BwMd2jVO/3lSfL0dpvrzYJidrzOPD2LyBEhrlX/zn3rgy&#10;fwa/v5QD9OIGAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUeIX+cAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="5EE5DD4D" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="5EE5DD4D" w14:textId="3C144016" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00E20251" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Yess</w:t>
+                          <w:t>Yes</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="3367C491" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="3367C491" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 17" o:spid="_x0000_s1042" type="#_x0000_t32" style="position:absolute;left:23456;top:16265;width:8;height:3574;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuhBQbwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL01m/RgSswqohRTSg9V8TxkxySYnQ27qyb/vlso9DaP9znlejS9uJPznWUFWZKCIK6t&#10;7rhRcDq+v7yB8AFZY2+ZFEzkYb2aPZVYaPvgb7ofQiNiCPsCFbQhDIWUvm7JoE/sQBy5i3UGQ4Su&#10;kdrhI4abXr6m6UIa7Dg2tDjQtqX6ergZBZf8w0/7KpNu1y/SjL/yT3/OlXqej5sliEBj+Bf/uSsd&#10;5+fw+0s8QK5+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC6EFBvBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 18" o:spid="_x0000_s1043" type="#_x0000_t32" style="position:absolute;left:23553;top:23717;width:0;height:2598;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDh59CawwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NT8Mw&#10;DIbvSPsPkSdxY+k4ACrLpmnqBJci0XHhZjWmrdY4VZJugV+PD0jcbPn9eLzZZTeqC4U4eDawXhWg&#10;iFtvB+4MfJyOd0+gYkK2OHomA98UYbdd3GywtP7K73RpUqckhGOJBvqUplLr2PbkMK78RCy3Lx8c&#10;JllDp23Aq4S7Ud8XxYN2OLA09DjRoaf23MxOev0h/LR5rppqfnvMuqrrl8/amNtl3j+DSpTTv/jP&#10;/WoFX2DlFxlAb38BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4efQmsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 19" o:spid="_x0000_s1044" type="#_x0000_t32" style="position:absolute;left:30535;top:12367;width:3753;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwVyXywgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTTTwkNrpKqZSmFA/a0vOQHZNgdjbsbpP477sFwds83udsdpPpxEDOt5YVpIsEBHFl&#10;dcu1gu+vt/kKhA/IGjvLpOBKHnbbh9kGC21HPtJwCrWIIewLVNCE0BdS+qohg35he+LIna0zGCJ0&#10;tdQOxxhuOrlMkkwabDk2NNjTa0PV5fRrFJzzD399L1Pp9l2WpHzIP/1PrtTT4/SyBhFoCnfxzV3q&#10;OP8Z/n+JB8jtHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAwVyXywgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 20" o:spid="_x0000_s1045" type="#_x0000_t32" style="position:absolute;left:30346;top:30236;width:4128;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBvAUbSvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdN68FK17QsiqjIHtZd9jw0Y1u2mZQkav335iB4fLzvdTmYTtzI+daygnSegCCurG65&#10;VvD7s5utQPiArLGzTAoe5KEsxqM15tre+Ztu51CLGMI+RwVNCH0upa8aMujntieO3MU6gyFCV0vt&#10;8B7DTScXSbKUBluODQ32tGmo+j9fjYJLdvSP/SGVbtstk5S/spP/y5SaTobPDxCBhvAWv9wHrWAR&#10;18cv8QfI4gkAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBvAUbSvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;left:30660;top:27564;width:3162;height:1791;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQZ0UwwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvQv9DeAVvNtsVRNamZRFaiqDQ1oPHR/LMLm5eluS1Xf+9EQSPw8x8w6w2UxjUhVLuIxtYLipQ&#10;xDa6nr2B99P27hFUFmSHQ2Qy8E0ZNuvZzQobF698oMtRvCoQzg0a6ETGRutsOwqYF3EkLt5nTAGl&#10;yOS1S3gt8DDouqoedMCey0KHIz13ZL+O52Dg5bDD2u/21ev9h7RvXmybkzXmdj61T6CEJvkP/7X3&#10;zkC9hN8v5Qfo9Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEGdFMMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="4931EB87" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="4931EB87" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>No</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="1B256BF1" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="1B256BF1" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:line id="Straight Connector 22" o:spid="_x0000_s1047" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="7703,12365" to="16435,12366" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBA7oBdvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvCmqQVFqlFEUDwp/jzA0qxpsdmUJtb69kYQPA4z8w2zXHe2Ei01vnSsYDJOQBDnTpds&#10;FNyuu9EchA/IGivHpOBNHtarfm+JmXYvPlN7CUZECPsMFRQh1JmUPi/Ioh+7mjh6d9dYDFE2RuoG&#10;XxFuK5kmyUxaLDkuFFjTtqD8cXlaBdocSW6caacTM7vtcnPC475VajjoNgsQgbrwD//aB60gTeH7&#10;Jf4AufoAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQO6AXb0AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
-                <v:shape id="Text Box 23" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;left:13607;top:14757;width:7068;height:5439;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCcMX7KxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC77DcgTv6sYIrUZXUbFQ7IW/D3DIHpNg9mzIbmLs07tCoZfDzHzDzJedKUVLtSssKxgNIxDE&#10;qdUFZwou56/3CQjnkTWWlknBgxwsF723OSba3vlI7clnIkDYJagg975KpHRpTgbd0FbEwbva2qAP&#10;ss6krvEe4KaUcRR9SIMFh4UcK9rklN5OjVEwNdvbZ1P+7NpD9ftoYnfZ7ddbpQb9bjUD4anz/+G/&#10;9rdWEI/h9SX8ALl4AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJwxfsrEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" strokecolor="white [3212]" strokeweight=".5pt">
+                <v:shape id="Text Box 23" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;left:13605;top:14757;width:7068;height:6388;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCcMX7KxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC77DcgTv6sYIrUZXUbFQ7IW/D3DIHpNg9mzIbmLs07tCoZfDzHzDzJedKUVLtSssKxgNIxDE&#10;qdUFZwou56/3CQjnkTWWlknBgxwsF723OSba3vlI7clnIkDYJagg975KpHRpTgbd0FbEwbva2qAP&#10;ss6krvEe4KaUcRR9SIMFh4UcK9rklN5OjVEwNdvbZ1P+7NpD9ftoYnfZ7ddbpQb9bjUD4anz/+G/&#10;9rdWEI/h9SX8ALl4AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJwxfsrEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" strokecolor="white [3212]" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="03408AEA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00632118" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="03408AEA" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Insufficient information or decision for preliminary enquiry</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;left:12193;top:27976;width:3575;height:1784;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAAEOaowwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fSwMx&#10;EMTfBb9DWME3m/MUKWfTcgiWUlDonwcfl2TNHV42R7K2129vBMHHYWZ+wyxWUxjUiVLuIxu4n1Wg&#10;iG10PXsDx8Pr3RxUFmSHQ2QycKEMq+X11QIbF8+8o9NevCoQzg0a6ETGRutsOwqYZ3EkLt5nTAGl&#10;yOS1S3gu8DDouqqedMCey0KHI710ZL/238HAdrfG2q831dvDh7TvXmybkzXm9mZqn0EJTfIf/mtv&#10;nIH6EX6/lB+glz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAABDmqMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="3A2EAB18" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="3A2EAB18" w14:textId="34BFAD47" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00E20251" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Yess</w:t>
+                          <w:t>Yes</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="2B669827" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="2B669827" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 25" o:spid="_x0000_s1050" type="#_x0000_t32" style="position:absolute;left:28143;top:37775;width:6864;height:19;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCgjA5HwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81Y0BTUldRRRR8GS0YG+P7GsSuvs2ZFeN/94VBI/DzDfDTOe9NeJCnW8cKxgNExDE&#10;pdMNVwqOh/XnFwgfkDUax6TgRh7ms/e3KebaXXlPlyJUIpawz1FBHUKbS+nLmiz6oWuJo/fnOosh&#10;yq6SusNrLLdGpkkykRYbjgs1trSsqfwvzlZBmmbjVfnzu9tgYTJvwml3yE5KDT76xTeIQH14hZ/0&#10;VkduDI8v8QfI2R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCgjA5HwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:line id="Straight Connector 26" o:spid="_x0000_s1051" style="position:absolute;visibility:visible;mso-wrap-style:square" from="45594,37778" to="45594,40686" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA/CIjhxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oReim6agmh0FQktFFpqjYvnR/aZBLNvQ3ar8d+7hUKPw8x8w6w2g23FhXrfOFbwPE1A&#10;EJfONFwp0Ie3yRyED8gGW8ek4EYeNuvRwwoz4668p0sRKhEh7DNUUIfQZVL6siaLfuo64uidXG8x&#10;RNlX0vR4jXDbyjRJZtJiw3Ghxo7ymspz8WMVfOjF8ellN9faHoov/NbN6+4zV+pxPGyXIAIN4T/8&#10;1343CtIZ/H6JP0Cu7wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA/CIjhxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:line id="Straight Connector 27" o:spid="_x0000_s1052" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="23581,40626" to="45595,40630" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBQmSPFvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvCmqYI/VKOIoHhS/HmApVnTYrMpTaz17Y0geBxm5htmuW5tKRqqfeFYwWiYgCDOnC7Y&#10;KLhdd4M5CB+QNZaOScGbPKxX3c4SU+1efKbmEoyIEPYpKshDqFIpfZaTRT90FXH07q62GKKsjdQ1&#10;viLclnKcJFNpseC4kGNF25yyx+VpFWhzJLlxppmMzPS2y8wJj/tGqX6v3SxABGrDP/xrH7SC8Qy+&#10;X+IPkKsPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFCZI8W+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:line id="Straight Connector 28" o:spid="_x0000_s1053" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="44279,37690" to="45535,37690" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAhBre3ugAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LCsIw&#10;EN0L3iGM4E5TBUWqsRRBcaX4OcDQjGmxmZQm1np7sxBcPt5/k/W2Fh21vnKsYDZNQBAXTldsFNxv&#10;+8kKhA/IGmvHpOBDHrLtcLDBVLs3X6i7BiNiCPsUFZQhNKmUvijJop+6hjhyD9daDBG2RuoW3zHc&#10;1nKeJEtpseLYUGJDu5KK5/VlFWhzIpk70y1mZnnfF+aMp0On1HjU52sQgfrwF//cR61gHsfGL/EH&#10;yO0XAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAAAAAA&#10;AAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIQa3t7oAAADbAAAADwAAAAAAAAAAAAAA&#10;AAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAO4CAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
-                <v:shape id="Straight Arrow Connector 29" o:spid="_x0000_s1054" type="#_x0000_t32" style="position:absolute;left:30541;top:46733;width:3753;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+O+9PwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva1oPdrcaRRRRkT2siudH82yLzUtJotZ/b4SFPQ4z8w0znXemEXdyvrasIB0mIIgL&#10;q2suFZyO688vED4ga2wsk4IneZjPeh9TzLV98C/dD6EUEcI+RwVVCG0upS8qMuiHtiWO3sU6gyFK&#10;V0rt8BHhppGjJBlLgzXHhQpbWlZUXA83o+CS7fxzs02lWzXjJOWfbO/PmVKDfreYgAjUhf/wX3ur&#10;FYy+4f0l/gA5ewEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+O+9PwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
+                <v:shape id="Straight Arrow Connector 29" o:spid="_x0000_s1054" type="#_x0000_t32" style="position:absolute;left:32333;top:47343;width:3753;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+O+9PwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva1oPdrcaRRRRkT2siudH82yLzUtJotZ/b4SFPQ4z8w0znXemEXdyvrasIB0mIIgL&#10;q2suFZyO688vED4ga2wsk4IneZjPeh9TzLV98C/dD6EUEcI+RwVVCG0upS8qMuiHtiWO3sU6gyFK&#10;V0rt8BHhppGjJBlLgzXHhQpbWlZUXA83o+CS7fxzs02lWzXjJOWfbO/PmVKDfreYgAjUhf/wX3ur&#10;FYy+4f0l/gA5ewEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+O+9PwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;left:30422;top:43931;width:3162;height:1785;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD68nZ2wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X+h/CFHqr2SoU2RplKVSkYMHHocchmWaXbiZLMtX135uD4PHjey9WY+jViVLuIht4nVSgiG10&#10;HXsDx8PnyxxUFmSHfWQycKEMq+XjwwJrF8+8o9NevCohnGs00IoMtdbZthQwT+JAXLjfmAJKgclr&#10;l/BcwkOvp1X1pgN2XBpaHOijJfu3/w8GvnZrnPr1ptrOfqT59mKbnKwxz09j8w5KaJS7+ObeOAOz&#10;sr58KT9AL68AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+vJ2dsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="6FB8CF87" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="6FB8CF87" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>No</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="1FFE5D3D" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="1FFE5D3D" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;left:12193;top:44588;width:3575;height:1778;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVvtPtwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIXealaFUrZGWQqKFCxoe+jxkTyzi5uXJXnV7b83hUKPw8x8wyzXY+jVhVLuIhuYTStQ&#10;xDa6jr2Bz4/N4zOoLMgO+8hk4IcyrFeTuyXWLl75QJejeFUgnGs00IoMtdbZthQwT+NAXLxTTAGl&#10;yOS1S3gt8NDreVU96YAdl4UWB3ptyZ6P38HA22GLc7/dVfvFlzTvXmyTkzXm4X5sXkAJjfIf/mvv&#10;nIHFDH6/lB+gVzcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlb7T7cMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="7F8EBA28" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="7F8EBA28" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Yes</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="21887CF4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="21887CF4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 32" o:spid="_x0000_s1057" type="#_x0000_t109" style="position:absolute;left:360;top:52359;width:9144;height:5673;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBanwuoxwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5QleRDfatJToKlUoFA9irT14e2Sf2Wj2bchuNO2v7wpCj8PMfMPMFp2txIUaXzpWMB4l&#10;IIhzp0suFOy/3oevIHxA1lg5JgU/5GExf3yYYabdlT/psguFiBD2GSowIdSZlD43ZNGPXE0cvaNr&#10;LIYom0LqBq8Rbis5SZIXabHkuGCwppWh/LxrrYK1OZbb58P6e/Bbp+05PVHaLjdK9Xvd2xREoC78&#10;h+/tD63gaQK3L/EHyPkfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFqfC6jHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="6C92A937" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="6C92A937" w14:textId="72D41692" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Lead Investigator informs ESO and obtains Investigation Report and KDL numbers</w:t>
+                          <w:t xml:space="preserve">Lead Investigator informs </w:t>
+                        </w:r>
+                        <w:r w:rsidR="0010571B">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>IDT</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> and obtains Investigation Report and KDL numbers</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 33" o:spid="_x0000_s1058" type="#_x0000_t32" style="position:absolute;left:9563;top:55151;width:2911;height:19;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDF8KV1wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWPERlJXEaVY8NSoYG+P7GsSuvs2ZLea/ntXEDwOM/MNs1j11ogLdb5xrGAyTkAQ&#10;l043XCk4Hj5e5yB8QNZoHJOCf/KwWg5eFphrd+UvuhShEhHCPkcFdQhtLqUva7Lox64ljt6P6yyG&#10;KLtK6g6vEW6NTJPkTVpsOC7U2NKmpvK3+LMK0jSbbcvT936Hhcm8Cef9ITsrNRr263cQgfrwDD/a&#10;n1rBdAr3L/EHyOUNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxfCldcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Flowchart: Process 34" o:spid="_x0000_s1059" type="#_x0000_t109" style="position:absolute;left:12484;top:52765;width:9743;height:4903;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC6OjZHxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYKXoptqKiV1lSoI4qG0Vg+9PbLPbGr2bchuNPbXdwsFj8PMfMPMl52txIUaXzpW8DhO&#10;QBDnTpdcKDh8bkbPIHxA1lg5JgU38rBc9HtzzLS78gdd9qEQEcI+QwUmhDqT0ueGLPqxq4mjd3KN&#10;xRBlU0jd4DXCbSUnSTKTFkuOCwZrWhvKz/vWKtiZU/n+9LU7PvzUaXtOvyltV29KDQfd6wuIQF24&#10;h//bW61gmsLfl/gD5OIXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAujo2R8YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="35FC530C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="35FC530C" w14:textId="4B75C33B" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Lead Investigator obtains investi</w:t>
+                          <w:t xml:space="preserve">Lead Investigator obtains investigation </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="001529D4">
+                        <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>gation OTiS sub-project number</w:t>
+                          <w:t>time booking code/</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> sub-project number</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="2C0ABAFE" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="2C0ABAFE" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 35" o:spid="_x0000_s1060" type="#_x0000_t109" style="position:absolute;left:25223;top:52840;width:9741;height:4831;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVdpPcxwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gq9FN20jSKpq9hCoXgo/j309sg+s6nZtyG70eind4WCx2FmfsNMZp2txJEaXzpW8DJI&#10;QBDnTpdcKNhuvvpjED4ga6wck4IzeZhNew8TzLQ78YqO61CICGGfoQITQp1J6XNDFv3A1cTR27vG&#10;YoiyKaRu8BThtpKvSTKSFkuOCwZr+jSUH9atVbAw+3I5/F3sni912h7SP0rbjx+lnh67+TuIQF24&#10;h//b31rB2xBuX+IPkNMrAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANV2k9zHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="4F04CD7C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="4F04CD7C" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Lead Investigator requests DDS to open new investigation folder</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="064BF454" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="064BF454" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 36" o:spid="_x0000_s1061" type="#_x0000_t32" style="position:absolute;left:22233;top:55235;width:2909;height:19;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVhwbtxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvujFFI6mbIEqp4Kmxgr09sq9J6O7bkN1q+u+7hUKPw8x8w2zL0Rpxo8F3jhUsFwkI&#10;4trpjhsFb+fn+QaED8gajWNS8E0eymI62WKu3Z1f6VaFRkQI+xwVtCH0uZS+bsmiX7ieOHofbrAY&#10;ohwaqQe8R7g1Mk2StbTYcVxosad9S/Vn9WUVpGm2OtSX99MLVibzJlxP5+yq1MNs3D2BCDSG//Bf&#10;+6gVPK7h90v8AbL4AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANWHBu3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Flowchart: Process 37" o:spid="_x0000_s1062" type="#_x0000_t109" style="position:absolute;left:37952;top:52822;width:9741;height:4826;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBK6KgwyAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gQvRTe1qUp0FS0Uigepf3ro7ZF9ZlOzb0N2o2k/fbdQ6HGYmd8wi1VnK3GlxpeOFTyM&#10;EhDEudMlFwpOx5fhDIQPyBorx6Tgizyslr27BWba3XhP10MoRISwz1CBCaHOpPS5IYt+5Gri6J1d&#10;YzFE2RRSN3iLcFvJcZJMpMWS44LBmp4N5ZdDaxVszbl8e/rYvt9/12l7ST8pbTc7pQb9bj0HEagL&#10;/+G/9qtW8DiF3y/xB8jlDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBK6KgwyAAAANsA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="44A5DEF4" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                      <w:p w14:paraId="44A5DEF4" w14:textId="46CEE5B8" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
                         <w:pPr>
                           <w:spacing w:before="0" w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r w:rsidRPr="00F95B07">
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                             <w:lang w:eastAsia="en-GB"/>
                           </w:rPr>
-                          <w:t>Lead Investigator completes Appendix 1 to ONR-FIN-GD-008</w:t>
+                          <w:t xml:space="preserve">Lead Investigator completes Appendix 1 to </w:t>
                         </w:r>
+                        <w:sdt>
+                          <w:sdtPr>
+                            <w:rPr>
+                              <w:sz w:val="12"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:eastAsia="en-GB"/>
+                            </w:rPr>
+                            <w:id w:val="-1987774556"/>
+                            <w:citation/>
+                          </w:sdtPr>
+                          <w:sdtContent>
+                            <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> CITATION FIN008 \l 2057 </w:instrText>
+                            </w:r>
+                            <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t>[22]</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                          </w:sdtContent>
+                        </w:sdt>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 38" o:spid="_x0000_s1063" type="#_x0000_t32" style="position:absolute;left:34984;top:55205;width:2908;height:19;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDLVDcEwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P/B/CE3abqRVXqUYRRTbwtLqB3h7Nsy0mL6WJ2v335iB4/Ph+L1a9NeJGnW8cKxiPEhDEpdMN&#10;Vwp+D7uPGQgfkDUax6TgnzysloO3Beba3fmHbkWoRAxhn6OCOoQ2l9KXNVn0I9cSR+7sOoshwq6S&#10;usN7DLdGpknyKS02HBtqbGlTU3kprlZBmmbTbfl32n9hYTJvwnF/yI5KvQ/79RxEoD68xE/3t1Yw&#10;iWPjl/gD5PIBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAy1Q3BMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t177" coordsize="21600,21600" o:spt="177" path="m,l21600,r,17255l10800,21600,,17255xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="0,0,21600,17255"/>
                 </v:shapetype>
                 <v:shape id="Flowchart: Off-page Connector 39" o:spid="_x0000_s1064" type="#_x0000_t177" style="position:absolute;left:20613;top:61364;width:5856;height:4498;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpT98axAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPKE3zdpCaVezi5QWe+jBqgjeHpvnZnXzsiSprv56Uyj0OMzMN8y87G0rzuRD41jBdJKB&#10;IK6cbrhWsN18jF9AhIissXVMCq4UoCyGgznm2l34m87rWIsE4ZCjAhNjl0sZKkMWw8R1xMk7OG8x&#10;JulrqT1eEty28jHLnqXFhtOCwY7eDFWn9Y9V0G/4avaNP+rljr/ibfm+utmtUg+jfjEDEamP/+G/&#10;9qdW8PQKv1/SD5DFHQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKlP3xrEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="50C49B46" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00455ED2" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
+                      <w:p w14:paraId="50C49B46" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00DB2489">
                         <w:pPr>
                           <w:spacing w:before="0" w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Continued overleaf</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shapetype id="_x0000_t88" coordsize="21600,21600" o:spt="88" adj="1800,10800" path="m,qx10800@0l10800@2qy21600@11,10800@3l10800@1qy,21600e" filled="f">
                   <v:formulas>
                     <v:f eqn="val #0"/>
                     <v:f eqn="sum 21600 0 #0"/>
                     <v:f eqn="sum #1 0 #0"/>
                     <v:f eqn="sum #1 #0 0"/>
                     <v:f eqn="prod #0 9598 32768"/>
                     <v:f eqn="sum 21600 0 @4"/>
                     <v:f eqn="sum 21600 0 #1"/>
                     <v:f eqn="min #1 @6"/>
                     <v:f eqn="prod @7 1 2"/>
                     <v:f eqn="prod #0 2 1"/>
                     <v:f eqn="sum 21600 0 @9"/>
                     <v:f eqn="val #1"/>
                   </v:formulas>
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;21600,@11;0,21600" textboxrect="0,@4,7637,@5"/>
                   <v:handles>
                     <v:h position="center,#0" yrange="0,@8"/>
                     <v:h position="bottomRight,#1" yrange="@9,@10"/>
                   </v:handles>
                 </v:shapetype>
                 <v:shape id="Right Brace 6" o:spid="_x0000_s1065" type="#_x0000_t88" style="position:absolute;left:49359;top:1375;width:1555;height:15898;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDCNQVPwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P/B/CE3ab6TYpUo0yZcIEd2jd7s/mrSlrXkKT2frfm4Ow48f3e7UZbScu1IfWsYLnWQaCuHa6&#10;5UbB12n/tAARIrLGzjEpuFKAzXrysMJCu4FLulSxESmEQ4EKTIy+kDLUhiyGmfPEiftxvcWYYN9I&#10;3eOQwm0nX7IslxZbTg0GPe0M1b/Vn1Vgz0f/6d/N90BDXu4Pr2Wen7ZKPU7HtyWISGP8F9/dH1rB&#10;PK1PX9IPkOsbAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMI1BU/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" adj="176" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:shape>
                 <v:rect id="Rectangle 41" o:spid="_x0000_s1066" style="position:absolute;left:51401;top:8983;width:7281;height:8917;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSgJ/AwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EBvtWxTQnCsBJNSyNVJLrkt1lY2tVaOpCbu31eBQo7DzLxh6t1sR3EjHwbHCoosB0Hc&#10;OT2wUXA+fb6tQYSIrHF0TAp+KcBu+7KosdLuzi3djtGIBOFQoYI+xqmSMnQ9WQyZm4iT9+W8xZik&#10;N1J7vCe4HWWZ5ytpceC00ONE+5667+OPVfAxNsXFXbnBQ2yvZvBlO/tSqdfl3GxARJrjM/zfPmgF&#10;7wU8vqQfILd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFKAn8DBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="white [3212]" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="2208B70E" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00440461" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="2208B70E" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:shape id="Right Brace 42" o:spid="_x0000_s1067" type="#_x0000_t88" style="position:absolute;left:49359;top:18456;width:1549;height:15059;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCM7TiRxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gRvzUaRUqKrlICoh7YaBXt8ZF+T1OzbkN3mz7fvFgo9DjPzG2a9HUwtOmpdZVnBPIpB&#10;EOdWV1wouF52j88gnEfWWFsmBSM52G4mD2tMtO35TF3mCxEg7BJUUHrfJFK6vCSDLrINcfA+bWvQ&#10;B9kWUrfYB7ip5SKOn6TBisNCiQ2lJeX37Nso6E+W39Oje/s4jXHV5On+/Pp1U2o2HV5WIDwN/j/8&#10;1z5oBcsF/H4JP0BufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCM7TiRxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" adj="185" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:shape>
                 <v:rect id="Rectangle 43" o:spid="_x0000_s1068" style="position:absolute;left:51400;top:22153;width:7282;height:7911;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQChB9zawwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva6ouItUoIq70tGDbg8dn82yLzUtpsrb++82C4HGYmW+YzW4wjXhQ52rLCmbTCARx&#10;YXXNpYI8+/5cgXAeWWNjmRQ8ycFuO/rYYKxtz2d6pL4UAcIuRgWV920spSsqMuimtiUO3s12Bn2Q&#10;XSl1h32Am0bOo2gpDdYcFips6VBRcU9/jYIsyfLZ1bf3ul8d08Pl59RcE6PUZDzs1yA8Df4dfrUT&#10;reBrAf9fwg+Q2z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoQfc2sMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="569724A0" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00440461" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="2447CD0C" w14:textId="77777777" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:after="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>Step</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="569724A0" w14:textId="51BB94C9" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00440461">
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>STEP 2.1</w:t>
+                          <w:t>2.1</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:line id="Straight Connector 44" o:spid="_x0000_s1069" style="position:absolute;visibility:visible;mso-wrap-style:square" from="7703,12366" to="7703,30240" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB9SVatxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8FN1opcTUVYpYKCi1xsXzI/uahGbfhuxW4793BaHHYWa+YebL3jbiRJ2vHSsYjxIQ&#10;xIUzNZcK9OFjmILwAdlg45gUXMjDcvH4MMfMuDPv6ZSHUkQI+wwVVCG0mZS+qMiiH7mWOHo/rrMY&#10;ouxKaTo8R7ht5CRJXqXFmuNChS2tKip+8z+rYKNnx+eXXaq1PeRf+K3r9W67Umrw1L+/gQjUh//w&#10;vf1pFEyncPsSf4BcXAEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB9SVatxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:shape id="Right Brace 45" o:spid="_x0000_s1070" type="#_x0000_t88" style="position:absolute;left:49362;top:35363;width:1042;height:10999;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCAXVohwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fa8Iw&#10;FMXfB/sO4Q72MjTt6IZUo4yCsCHCdOLzJbm2xeamJJmt394Igz0ezp8fZ7EabScu5EPrWEE+zUAQ&#10;a2darhUcftaTGYgQkQ12jknBlQKslo8PCyyNG3hHl32sRRrhUKKCJsa+lDLohiyGqeuJk3dy3mJM&#10;0tfSeBzSuO3ka5a9S4stJ0KDPVUN6fP+1ybuZrsuDkeP1YvOsPv+8rnVG6Wen8aPOYhIY/wP/7U/&#10;jYLiDe5f0g+QyxsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgF1aIcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="171" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:shape>
                 <v:rect id="Rectangle 46" o:spid="_x0000_s1071" style="position:absolute;left:50792;top:35946;width:7887;height:9914;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCxcH9CwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbpsoiUk1lkd2lpwVbDx6fzdu2tHkpTbT1328EweMwM98w+8NoWnGn3tWWFayWEQji&#10;wuqaSwXn/HuxBeE8ssbWMil4kINDMp3sMdZ24BPdM1+KAGEXo4LK+y6W0hUVGXRL2xEH78/2Bn2Q&#10;fSl1j0OAm1auo2gjDdYcFirs6FhR0WQ3oyBP8/Pq6rumHrZf2fHy+9NeU6PUfDZ+7kB4Gv07/Gqn&#10;WsHHBp5fwg+QyT8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsXB/QsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="5DF596F6" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="3809FE04" w14:textId="77777777" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:after="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>Step</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="5DF596F6" w14:textId="34122B0A" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>STEP 2.2</w:t>
+                          <w:t>2.2</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:shape id="Straight Arrow Connector 47" o:spid="_x0000_s1072" type="#_x0000_t32" style="position:absolute;left:12192;top:37798;width:6858;height:19;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDizdALwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sZQG4muUiqlgqfGFvT2yD6T4O7bkF01/ntXEDwOM/MNM1/21ogzdb5xrGA8SkAQ&#10;l043XCn4236/TUH4gKzROCYFV/KwXAxe5phrd+FfOhehEhHCPkcFdQhtLqUva7LoR64ljt7BdRZD&#10;lF0ldYeXCLdGpknyIS02HBdqbOmrpvJYnKyCNM0mq/J/v/nBwmTehN1mm+2Ueh32nzMQgfrwDD/a&#10;a63gPYP7l/gD5OIGAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4s3QC8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 48" o:spid="_x0000_s1073" type="#_x0000_t32" style="position:absolute;left:23580;top:40641;width:0;height:1406;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDfk0jDuwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+7CsIw&#10;FN0F/yFcwUU0VbRINYoIVlcfg+O1ubbF5qY0Uevfm0FwPJz3ct2aSryocaVlBeNRBII4s7rkXMHl&#10;vBvOQTiPrLGyTAo+5GC96naWmGj75iO9Tj4XIYRdggoK7+tESpcVZNCNbE0cuLttDPoAm1zqBt8h&#10;3FRyEkWxNFhyaCiwpm1B2eP0NApSkoN2v+eZj6+DNLtZhyk7pfq9drMA4an1f/HPfdAKpmFs+BJ+&#10;gFx9AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAAAAAA&#10;AAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN+TSMO7AAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADvAgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:line id="Straight Connector 49" o:spid="_x0000_s1074" style="position:absolute;visibility:visible;mso-wrap-style:square" from="47759,55226" to="49351,55226" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCTSPkzxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gpepG6spcTUVUQqCBZt49LzI/uahGbfhuyq8d+7hYLHYWa+YebL3jbiTJ2vHSuYjBMQ&#10;xIUzNZcK9HHzlILwAdlg45gUXMnDcvEwmGNm3IW/6JyHUkQI+wwVVCG0mZS+qMiiH7uWOHo/rrMY&#10;ouxKaTq8RLht5HOSvEqLNceFCltaV1T85ierYKdn36PpIdXaHvM9fur6/fCxVmr42K/eQATqwz38&#10;394aBS8z+PsSf4Bc3AAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCTSPkzxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:line id="Straight Connector 50" o:spid="_x0000_s1075" style="position:absolute;visibility:visible;mso-wrap-style:square" from="49417,55222" to="49417,58690" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCHq8ZzwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9da8Iw&#10;FH0X9h/CHexFNN2Gol1TGTJBUHSrYc+X5q4ta25Kk2n3782D4OPhfGerwbbiTL1vHCt4niYgiEtn&#10;Gq4U6NNmsgDhA7LB1jEp+CcPq/xhlGFq3IW/6FyESsQQ9ikqqEPoUil9WZNFP3UdceR+XG8xRNhX&#10;0vR4ieG2lS9JMpcWG44NNXa0rqn8Lf6sgp1efo9fjwut7ak44KduPo77tVJPj8P7G4hAQ7iLb+6t&#10;UTCL6+OX+ANkfgUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCHq8ZzwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:shape id="Straight Arrow Connector 51" o:spid="_x0000_s1076" type="#_x0000_t32" style="position:absolute;left:23573;top:58686;width:28;height:2678;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDLcHeDvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvAimiooUhtFBKtXfw4e12Zti82mNFHr2xtB8DjMzDdMsmpNJZ7UuNKygvEoAkGcWV1y&#10;ruB82g7nIJxH1lhZJgVvcrBadjsJxtq++EDPo89FgLCLUUHhfR1L6bKCDLqRrYmDd7ONQR9kk0vd&#10;4CvATSUnUTSTBksOCwXWtCkoux8fRkFKctDudjz1s8sgza7WYcpOqX6vXS9AeGr9P/xr77WC6Ri+&#10;X8IPkMsPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMtwd4O+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:line id="Straight Connector 52" o:spid="_x0000_s1077" style="position:absolute;visibility:visible;mso-wrap-style:square" from="23580,58686" to="49417,58686" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYNf2fxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8FN2otGjqKkUUBIvWuHh+ZF+T0OzbkF01/nu3UPA4zMw3zGzR2VpcqPWVYwXDQQKC&#10;OHem4kKBPq77ExA+IBusHZOCG3lYzJ+fZpgad+UDXbJQiAhhn6KCMoQmldLnJVn0A9cQR+/HtRZD&#10;lG0hTYvXCLe1HCXJu7RYcVwosaFlSflvdrYKtnp6eh3vJ1rbY7bDb12t9l9LpXov3ecHiEBdeIT/&#10;2xuj4G0Ef1/iD5DzOwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAYNf2fxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:shape id="Flowchart: Process 53" o:spid="_x0000_s1078" type="#_x0000_t109" style="position:absolute;left:426;top:43877;width:9137;height:5670;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDoDEuTxwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gq9FN20jSKpq9hCoXgo/j309sg+s6nZtyG70eind4WCx2FmfsNMZp2txJEaXzpW8DJI&#10;QBDnTpdcKNhuvvpjED4ga6wck4IzeZhNew8TzLQ78YqO61CICGGfoQITQp1J6XNDFv3A1cTR27vG&#10;YoiyKaRu8BThtpKvSTKSFkuOCwZr+jSUH9atVbAw+3I5/F3sni912h7SP0rbjx+lnh67+TuIQF24&#10;h//b31rB8A1uX+IPkNMrAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOgMS5PHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="5DB97A18" w14:textId="509810AA" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="5DB97A18" w14:textId="35E4685B" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="006C4027" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>DL in discussion with DD &amp; I</w:t>
+                          <w:t>HoR,</w:t>
                         </w:r>
-                        <w:r w:rsidR="00304D31">
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>M</w:t>
+                          <w:t xml:space="preserve"> in discussion with </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>G Chair assigns key roles</w:t>
+                          <w:t>Director and IDT</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> Chair</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>,</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> assigns key roles</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:line id="Straight Connector 54" o:spid="_x0000_s1079" style="position:absolute;flip:x y;visibility:visible;mso-wrap-style:square" from="7703,30240" to="16545,30244" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxSayhxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81U1Fq0Q3oVQEEVowFb0+ss8kNPs27q4a/71bEHocZuYbZpH3phUXcr6xrOBtmIAg&#10;Lq1uuFKw+1m9zkD4gKyxtUwKbuQhz56fFphqe+UtXYpQiQhhn6KCOoQuldKXNRn0Q9sRR+9oncEQ&#10;paukdniNcNPKUZK8S4MNx4UaO/qsqfwtzkZBcbwtv6d7zf3OHSZf02KzPZ1PSg1e+o85iEB9+A8/&#10;2mutYDKGvy/xB8jsDgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHFJrKHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:shape id="Straight Arrow Connector 55" o:spid="_x0000_s1080" type="#_x0000_t32" style="position:absolute;left:4932;top:49547;width:62;height:2812;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACho7xwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8oTedBPBItFVJKVQeqsV1Nsz+9wEs2/D7tYk/75bKPQ4zMw3zGY32FY8yIfGsYJ8noEg&#10;rpxu2Cg4fr3NViBCRNbYOiYFIwXYbZ8mGyy06/mTHodoRIJwKFBBHWNXSBmqmiyGueuIk3dz3mJM&#10;0hupPfYJblu5yLIXabHhtFBjR2VN1f3wbRUs/Gtv8nGsyuv5o7uYPj+5MlfqeTrs1yAiDfE//Nd+&#10;1wqWS/j9kn6A3P4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAoaO8cMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
-                <v:line id="Straight Connector 56" o:spid="_x0000_s1081" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="9563,46698" to="16675,46712" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBn0/UjvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvCmqYJFqlFEUDwp/jzA0qxpsdmUJtb69kYQPA4z8w2zXHe2Ei01vnSsYDJOQBDnTpds&#10;FNyuu9EchA/IGivHpOBNHtarfm+JmXYvPlN7CUZECPsMFRQh1JmUPi/Ioh+7mjh6d9dYDFE2RuoG&#10;XxFuKzlNklRaLDkuFFjTtqD8cXlaBdocSW6caWcTk952uTnhcd8qNRx0mwWIQF34h3/tg1YwS+H7&#10;Jf4AufoAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZ9P1I70AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:line id="Straight Connector 56" o:spid="_x0000_s1081" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="9564,47174" to="15002,47188" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBn0/UjvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvCmqYJFqlFEUDwp/jzA0qxpsdmUJtb69kYQPA4z8w2zXHe2Ei01vnSsYDJOQBDnTpds&#10;FNyuu9EchA/IGivHpOBNHtarfm+JmXYvPlN7CUZECPsMFRQh1JmUPi/Ioh+7mjh6d9dYDFE2RuoG&#10;XxFuKzlNklRaLDkuFFjTtqD8cXlaBdocSW6caWcTk952uTnhcd8qNRx0mwWIQF34h3/tg1YwS+H7&#10;Jf4AufoAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZ9P1I70AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:shape id="Flowchart: Process 57" o:spid="_x0000_s1082" type="#_x0000_t109" style="position:absolute;left:35754;top:18713;width:9138;height:5672;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCXN02QxwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heQUvRTeVaEvqKlYQioei1h56e2Sf2dTs25DdaOqvdwsFj8PMfMPMFp2txJkaXzpW8DRK&#10;QBDnTpdcKDh8rocvIHxA1lg5JgW/5GEx7/dmmGl34R2d96EQEcI+QwUmhDqT0ueGLPqRq4mjd3SN&#10;xRBlU0jd4CXCbSXHSTKVFkuOCwZrWhnKT/vWKtiYY7mdfG++Hq912p7SH0rbtw+lBg/d8hVEoC7c&#10;w//td61g8gx/X+IPkPMbAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJc3TZDHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="71777D0B" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="71777D0B" w14:textId="465AAE4D" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Consider requirement for enforcement to bring back into compliance (EPS/ EMM)</w:t>
+                          <w:t>Consider requirement for enforcement to bring back into compliance (EPS/EMM)</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 58" o:spid="_x0000_s1083" type="#_x0000_t32" style="position:absolute;left:28155;top:21395;width:7599;height:152;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0VzCivwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu7G1KIi1SgiiAoKvj7g0lzbYnNTmtjW+frJQnB5OO/FqjOlaKh2hWUFo2EEgji1uuBM&#10;wf22/Z2BcB5ZY2mZFLzJwWrZ+1lgom3LF2quPhMhhF2CCnLvq0RKl+Zk0A1tRRy4h60N+gDrTOoa&#10;2xBuShlH0VQaLDg05FjRJqf0eX0ZBf44/ju+bo/Yxdv1rjmczq6dnJUa9Lv1HISnzn/FH/deK5iE&#10;seFL+AFy+Q8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC0VzCivwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:stroke startarrow="open" endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 1" o:spid="_x0000_s1084" type="#_x0000_t32" style="position:absolute;left:7703;top:30237;width:0;height:5362;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA1BnuFvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvAimiooWo0igtWrPwePa7O2xWZTmqj17Y0geBxm5htmsWpMKZ5Uu8KyguEgAkGcWl1w&#10;puB82vanIJxH1lhaJgVvcrBatlsLjLV98YGeR5+JAGEXo4Lc+yqW0qU5GXQDWxEH72Zrgz7IOpO6&#10;xleAm1KOomgiDRYcFnKsaJNTej8+jIKEZK/Z7XjsJ5dekl6tw4SdUt1Os56D8NT4f/jX3msF4xl8&#10;v4QfIJcfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADUGe4W+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:rect id="Rectangle 60" o:spid="_x0000_s1085" style="position:absolute;left:51288;top:6525;width:7281;height:5701;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB2eWY7ugAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+9CsIw&#10;EN4F3yGc4KapHURqoxRFcK26uB3N2RabS02i1rc3g+D48f3n28F04kXOt5YVLOYJCOLK6pZrBZfz&#10;YbYC4QOyxs4yKfiQh+1mPMox0/bNJb1OoRYxhH2GCpoQ+kxKXzVk0M9tTxy5m3UGQ4SultrhO4ab&#10;TqZJspQGW44NDfa0a6i6n55Gwb4rFlf74AKPoXzUrUvLwaVKTSdDsQYRaAh/8c991AqWcX38En+A&#10;3HwBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAAAAAA&#10;AAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdnlmO7oAAADbAAAADwAAAAAAAAAAAAAA&#10;AAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAO4CAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="white [3212]" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="2B2B0009" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00440461" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="2B2B0009" w14:textId="69C65205" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
                         <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00440461">
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
+                            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>STEP 1</w:t>
+                          <w:t xml:space="preserve">Step </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00B85FAD" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>1</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:shape id="Right Brace 61" o:spid="_x0000_s1086" type="#_x0000_t88" style="position:absolute;left:49406;top:46911;width:998;height:19017;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDrMsXNxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;FETfBf9huULf6iYtjSW6igqFUKhg2g+4zV6T6O7dkN1q7Nd3hYKPw8ycYRarwRpxpt63jhWk0wQE&#10;ceV0y7WCr8+3x1cQPiBrNI5JwZU8rJbj0QJz7S68p3MZahEh7HNU0ITQ5VL6qiGLfuo64ugdXG8x&#10;RNnXUvd4iXBr5FOSZNJiy3GhwY62DVWn8scq+NjNfo+b79QV79tnynRhrtWLUephMqznIAIN4R7+&#10;bxdaQZbC7Uv8AXL5BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOsyxc3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="94" strokeweight=".5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:shape>
                 <v:rect id="Rectangle 62" o:spid="_x0000_s1087" style="position:absolute;left:50796;top:55330;width:7886;height:5693;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCF/iUhwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdaMHCamrSNCSk9Akhx6f2WcSkn0bslsT/71bKPQ4zMw3zP44m148aHStZQWbdQSC&#10;uLK65VpBWVzeYxDOI2vsLZOCJzk4HhZve0y0nfiLHrmvRYCwS1BB4/2QSOmqhgy6tR2Ig3e3o0Ef&#10;5FhLPeIU4KaX2yjaSYMth4UGB0obqrr8xygosqLc3PzQtVN8ztPv62d/y4xSq+V8+gDhafb/4b92&#10;phXstvD7JfwAeXgBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhf4lIcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="2EFEA5CD" w14:textId="77777777" w:rsidR="00B85FAD" w:rsidRPr="00F94695" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
+                      <w:p w14:paraId="47DC7728" w14:textId="77777777" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:after="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>Step</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="2EFEA5CD" w14:textId="66DD0382" w:rsidR="00B85FAD" w:rsidRPr="00D402A1" w:rsidRDefault="00B85FAD" w:rsidP="00B85FAD">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>STEP 2.3</w:t>
+                          <w:t>2.3</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0D3904" w14:textId="77777777" w:rsidR="004008F6" w:rsidRPr="004631BE" w:rsidRDefault="004008F6" w:rsidP="00E6249E"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="6E0D3904" w14:textId="77777777" w:rsidR="004008F6" w:rsidRPr="00D402A1" w:rsidRDefault="004008F6" w:rsidP="00E6249E"/>
+    <w:p w14:paraId="25016344" w14:textId="6CEA6E79" w:rsidR="004008F6" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="00E6249E">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpc">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="789D17C8" wp14:editId="66E9EA1A">
                 <wp:extent cx="5988050" cy="8921362"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="13335"/>
                 <wp:docPr id="249" name="Canvas 249"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
                     <wpc:wpc>
                       <wpc:bg>
                         <a:noFill/>
                       </wpc:bg>
                       <wpc:whole>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
@@ -22494,153 +17432,169 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="128" name="Flowchart: Process 128"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1984176" y="878266"/>
                             <a:ext cx="914335" cy="430593"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="3A11EB93" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="3A11EB93" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Delivery Lead agrees Investigation Resource </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="129" name="Flowchart: Terminator 129"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3331174" y="4436846"/>
                             <a:ext cx="1354608" cy="414068"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartTerminator">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5C872916" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="5C872916" w14:textId="5D4FE60F" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="003D4AA2" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Decision Maker records rationale on IDR part C</w:t>
+                                <w:t>Case Manager</w:t>
+                              </w:r>
+                              <w:r w:rsidR="0085709F" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> records rationale on IDR part </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00570C0F" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>D</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="130" name="Flowchart: Decision 130"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1751813" y="5191520"/>
                             <a:ext cx="1380557" cy="904107"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartDecision">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="48402428" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="48402428" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Lead Investigator Recommends Prosecution</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="131" name="Straight Arrow Connector 131"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3124602" y="5640942"/>
                             <a:ext cx="375258" cy="0"/>
                           </a:xfrm>
@@ -22660,241 +17614,265 @@
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="132" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3120349" y="5395346"/>
                             <a:ext cx="316207" cy="178422"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5FB7F356" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="5FB7F356" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>No</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="2EFF1E28" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="2EFF1E28" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="133" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1331804" y="5419045"/>
                             <a:ext cx="357479" cy="177787"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="0C34BE4D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="0C34BE4D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Yes</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="5E753450" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="5E753450" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="134" name="Flowchart: Process 134"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="162229" y="5395346"/>
                             <a:ext cx="1182812" cy="498081"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5164BE93" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="5164BE93" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Lead investigator completes Parts A, B &amp; all of Part C of Investigation &amp; Prosecution Report and EDR </w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="20EFDB41" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="20EFDB41" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="135" name="Flowchart: Process 135"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1952738" y="4619503"/>
                             <a:ext cx="974020" cy="353426"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2CBB1BE4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="2CBB1BE4" w14:textId="38673D75" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Enforcement recommendation &amp; ICT review</w:t>
+                                <w:t xml:space="preserve">Enforcement recommendation &amp; </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00A72CB8" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>IDT</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00E20251">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>review</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="136" name="Right Brace 136"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="4792946" y="781288"/>
                             <a:ext cx="155437" cy="612876"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightBrace">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
@@ -22916,169 +17894,169 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="137" name="Rectangle 137"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="5127122" y="901955"/>
                             <a:ext cx="723571" cy="400841"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2129B40D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="2129B40D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>STEP 3.1</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="57ED0F5E" w14:textId="00F6ABF0" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="57ED0F5E" w14:textId="00F6ABF0" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:color w:val="FF0000"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>7</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="138" name="Flowchart: Off-page Connector 138"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2096971" y="167411"/>
                             <a:ext cx="676065" cy="549269"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartOffpageConnector">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="3C736F47" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="3C736F47" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Continued from previous page</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="139" name="Flowchart: Process 139"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1983386" y="1489691"/>
                             <a:ext cx="913700" cy="501318"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="3380C060" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="3380C060" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Lead Investigator sets objectives and plans Investigation</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="140" name="Straight Arrow Connector 140"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="2439742" y="4206777"/>
                             <a:ext cx="7346" cy="412726"/>
                           </a:xfrm>
@@ -23226,103 +18204,103 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="144" name="Flowchart: Process 144"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3499772" y="5357177"/>
                             <a:ext cx="1226072" cy="570668"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="6D60E496" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="6D60E496" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Lead Investigator completes Parts A, B, C10 &amp; C11 of Investigation &amp; Prosecution Report and EDR </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="145" name="Flowchart: Process 145"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3514539" y="6140473"/>
                             <a:ext cx="1225462" cy="513117"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="392E33CC" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="392E33CC" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Approval Officer completes relevant sections of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="146" name="Straight Arrow Connector 146"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="4112808" y="5936543"/>
                             <a:ext cx="1808" cy="203773"/>
                           </a:xfrm>
@@ -23397,119 +18375,119 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="148" name="Flowchart: Process 148"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="173932" y="6152810"/>
                             <a:ext cx="1224826" cy="561935"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="3C85E2C4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="3C85E2C4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Approval Officer completes all of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="149" name="Flowchart: Process 149"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3591384" y="6859334"/>
                             <a:ext cx="1224192" cy="561299"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="775941E1" w14:textId="3709ED9D" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="775941E1" w14:textId="3709ED9D" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Lead investigator/Approval Officer communicates outcome to interested parties </w:t>
                               </w:r>
-                              <w:r w:rsidR="00A32729">
+                              <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>(refer to</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> para. 8.19)</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="150" name="Straight Arrow Connector 150"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="768744" y="5893427"/>
                             <a:ext cx="2495" cy="259383"/>
                           </a:xfrm>
@@ -23584,57 +18562,57 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="152" name="Flowchart: Decision 152"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1744211" y="6705390"/>
                             <a:ext cx="1380390" cy="884895"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartDecision">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="36415C49" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="36415C49" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Approval Officer makes decision to prosecute</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="153" name="Right Brace 153"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="4792828" y="4680148"/>
                             <a:ext cx="153659" cy="4043116"/>
                           </a:xfrm>
@@ -23661,117 +18639,117 @@
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="154" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1428392" y="6894499"/>
                             <a:ext cx="356844" cy="177152"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="047E26A1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="047E26A1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Yes</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="769C9440" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="769C9440" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="155" name="Flowchart: Process 155"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3591406" y="7634664"/>
                             <a:ext cx="1240879" cy="373714"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="6FF04A11" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="6FF04A11" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Lead Investigator follows up actions (e.g. IN, enforcement letter, regulatory issues)</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="156" name="Straight Arrow Connector 156"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2430130" y="6576157"/>
                             <a:ext cx="4082" cy="133572"/>
                           </a:xfrm>
@@ -23848,118 +18826,118 @@
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="158" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3021117" y="6859323"/>
                             <a:ext cx="315572" cy="177787"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="705660E3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="705660E3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>No</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="3CCFE844" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="3CCFE844" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="159" name="Flowchart: Process 159"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1955653" y="6276456"/>
                             <a:ext cx="973385" cy="299699"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="0F0E3FAA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="0F0E3FAA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Enforcement decision</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="160" name="Straight Arrow Connector 160"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="2926782" y="6398307"/>
                             <a:ext cx="594968" cy="635"/>
                           </a:xfrm>
@@ -24061,154 +19039,154 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="163" name="Flowchart: Process 163"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1983891" y="878329"/>
                             <a:ext cx="914400" cy="430624"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="30AD10C2" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="002D54BE" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="30AD10C2" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Delivery Lead agrees Investigation Resource </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="164" name="Flowchart: Decision 164"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1751511" y="5191893"/>
                             <a:ext cx="1380656" cy="904173"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartDecision">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="7A68BE8F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="7A68BE8F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Lead Investigator Recommends Prosecution</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="165" name="Flowchart: Terminator 165"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1822454" y="8328607"/>
                             <a:ext cx="1116330" cy="416560"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartTerminator">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1F637D38" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="1F637D38" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Proceed to Prosecution</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="166" name="Straight Arrow Connector 166"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3124399" y="5641348"/>
                             <a:ext cx="375285" cy="0"/>
                           </a:xfrm>
@@ -24228,186 +19206,186 @@
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="167" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3120145" y="5395734"/>
                             <a:ext cx="316230" cy="178435"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="46C79E31" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="46C79E31" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>No</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="730C9743" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="730C9743" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="168" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1331472" y="5419435"/>
                             <a:ext cx="357505" cy="177800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="4513E0E6" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="4513E0E6" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Yes</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="26A79F43" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="26A79F43" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="169" name="Flowchart: Process 169"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="161813" y="5395734"/>
                             <a:ext cx="1182897" cy="498117"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="0795A0AA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="0795A0AA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Lead investigator completes Parts A, B &amp; all of Part C of Investigation &amp; Prosecution Report and EDR </w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="12414CA3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="12414CA3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="170" name="Right Brace 170"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="4792863" y="781344"/>
                             <a:ext cx="155448" cy="612920"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightBrace">
                             <a:avLst/>
@@ -24433,251 +19411,264 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="171" name="Rectangle 171"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="5127063" y="902020"/>
                             <a:ext cx="723623" cy="400870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="6E25C980" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00440461" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="6E25C980" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>STEP 3.1</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="3AB02DDC" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00440461" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="3AB02DDC" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:color w:val="FF0000"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:color w:val="FF0000"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>Section 7</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="172" name="Rectangle 172"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="5061654" y="6429471"/>
                             <a:ext cx="639431" cy="569276"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="13DC1C3A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="13DC1C3A" w14:textId="4247E42B" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00E43A48" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">STEPs </w:t>
+                                <w:t>Steps</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="7E33A599" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="7E33A599" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>4.6 to 4.9</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="173" name="Flowchart: Off-page Connector 173"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2096694" y="167423"/>
                             <a:ext cx="676113" cy="549309"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartOffpageConnector">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1E64D831" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="1E64D831" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Continued from previous page</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="174" name="Rectangle 174"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="5067243" y="2283825"/>
                             <a:ext cx="727710" cy="483235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1DC6A226" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="1DC6A226" w14:textId="18536268" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
-                              </w:pPr>
-                              <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>STEPs 4.1 to 4.4</w:t>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Steps </w:t>
+                              </w:r>
+                              <w:r w:rsidR="0085709F" w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>4.1 to 4.4</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="175" name="Straight Arrow Connector 175"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="2438110" y="4972992"/>
                             <a:ext cx="2540" cy="219075"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
@@ -24709,103 +19700,103 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="176" name="Flowchart: Process 176"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3499596" y="5357562"/>
                             <a:ext cx="1226160" cy="570709"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="6847572E" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="6847572E" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Lead Investigator completes Parts A, B, C10 &amp; C11 of Investigation &amp; Prosecution Report and EDR </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="177" name="Flowchart: Process 177"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3514364" y="6140915"/>
                             <a:ext cx="1225550" cy="513154"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="13E87593" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="13E87593" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Approval Officer completes relevant sections of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="178" name="Straight Arrow Connector 178"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="4112676" y="5936970"/>
                             <a:ext cx="1808" cy="203788"/>
                           </a:xfrm>
@@ -24899,119 +19890,119 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="181" name="Flowchart: Process 181"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="173516" y="6153253"/>
                             <a:ext cx="1224915" cy="561975"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="57F35787" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="57F35787" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Approval Officer completes all of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="182" name="Flowchart: Process 182"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3591214" y="6859827"/>
                             <a:ext cx="1224280" cy="561340"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="7C614F2F" w14:textId="3966CF32" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="7C614F2F" w14:textId="3966CF32" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Lead investigator/Approval Officer communicates outcome to interested parties </w:t>
                               </w:r>
-                              <w:r w:rsidR="00A32729">
+                              <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>(refer to</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> para. 8.19)</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="183" name="Straight Arrow Connector 183"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="768371" y="5893851"/>
                             <a:ext cx="2495" cy="259402"/>
                           </a:xfrm>
@@ -25074,117 +20065,117 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="185" name="Flowchart: Decision 185"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1743908" y="6705872"/>
                             <a:ext cx="1380490" cy="884959"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartDecision">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5D76279F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="5D76279F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Approval Officer makes decision to prosecute</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="186" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1368800" y="6894995"/>
                             <a:ext cx="356870" cy="177165"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="224F141B" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="224F141B" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Yes</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="4EC316B1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="4EC316B1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="187" name="Straight Arrow Connector 187"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2429877" y="6576630"/>
                             <a:ext cx="4082" cy="133582"/>
                           </a:xfrm>
@@ -25243,118 +20234,118 @@
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="189" name="Text Box 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3020906" y="6859816"/>
                             <a:ext cx="315595" cy="177800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="181327E0" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="181327E0" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>No</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="31ED788B" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="31ED788B" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="190" name="Flowchart: Process 190"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="1955366" y="6276908"/>
                             <a:ext cx="973455" cy="299720"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="02634C5C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="02634C5C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>Enforcement decision</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="191" name="Straight Arrow Connector 191"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="2926565" y="6398767"/>
                             <a:ext cx="595010" cy="635"/>
                           </a:xfrm>
@@ -25402,184 +20393,184 @@
                           </a:xfrm>
                         </wpg:grpSpPr>
                         <wps:wsp>
                           <wps:cNvPr id="193" name="Text Box 22"/>
                           <wps:cNvSpPr txBox="1"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="2928822" y="3553823"/>
                               <a:ext cx="798208" cy="568923"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="6350">
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="4451CC5A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="4451CC5A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>No</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="11196BDE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="11196BDE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>(early termination)</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="194" name="Flowchart: Terminator 194"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1822454" y="8328607"/>
                               <a:ext cx="1116330" cy="416560"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartTerminator">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="571ACF2C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00497D05" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="571ACF2C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Proceed to prosecution</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="195" name="Flowchart: Process 195"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="162080" y="7590821"/>
                               <a:ext cx="1223645" cy="353601"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="72E50FB4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="72E50FB4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Lead Investigator follows up actions (e.g. IN, enforcement letter, regulatory issues)</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="5898572A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="5898572A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="196" name="Rectangle 196"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="5952490" cy="8827135"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
@@ -25612,255 +20603,279 @@
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="198" name="Flowchart: Process 198"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1983891" y="878329"/>
                               <a:ext cx="914401" cy="430624"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="386E9B5C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="386E9B5C" w14:textId="1E495B45" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
-                                  <w:t xml:space="preserve">Delivery Lead agrees investigation resource </w:t>
+                                  <w:t>HoR</w:t>
+                                </w:r>
+                                <w:r w:rsidR="0085709F" w:rsidRPr="00D402A1">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="12"/>
+                                    <w:szCs w:val="12"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve"> agrees investigation resource </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="199" name="Flowchart: Decision 199"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1772611" y="3637399"/>
                               <a:ext cx="1343237" cy="655396"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartDecision">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="0311D377" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="0311D377" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Continue investigation?</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="200" name="Flowchart: Process 200"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1822157" y="2962980"/>
                               <a:ext cx="1243468" cy="445339"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="7D20B9D2" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="7D20B9D2" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Monthly review between</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="6B85A506" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="6B85A506" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Lead Investigator </w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="0118BB37" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="0118BB37" w14:textId="2B996004" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
-                                  <w:t>&amp; Decision Maker</w:t>
+                                  <w:t>and</w:t>
+                                </w:r>
+                                <w:r w:rsidR="0085709F" w:rsidRPr="00D402A1">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="12"/>
+                                    <w:szCs w:val="12"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve"> </w:t>
+                                </w:r>
+                                <w:r w:rsidR="003D4AA2" w:rsidRPr="00D402A1">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="12"/>
+                                    <w:szCs w:val="12"/>
+                                  </w:rPr>
+                                  <w:t>Case Manager</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="201" name="Flowchart: Decision 201"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1751511" y="5191893"/>
                               <a:ext cx="1380656" cy="904172"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartDecision">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="2E0E5BCE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="2E0E5BCE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                                    <w:sz w:val="12"/>
-                                    <w:szCs w:val="12"/>
+                                    <w:sz w:val="10"/>
+                                    <w:szCs w:val="10"/>
                                   </w:rPr>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                                    <w:sz w:val="12"/>
-                                    <w:szCs w:val="12"/>
+                                    <w:sz w:val="10"/>
+                                    <w:szCs w:val="10"/>
                                   </w:rPr>
                                   <w:t>Lead Investigator prosecution</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="77E4A9AA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00AB52B7" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="77E4A9AA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:sz w:val="10"/>
                                     <w:szCs w:val="10"/>
                                   </w:rPr>
                                 </w:pPr>
-                                <w:r w:rsidRPr="00AB52B7">
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="10"/>
                                     <w:szCs w:val="10"/>
                                   </w:rPr>
                                   <w:t>recommendation</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="202" name="Straight Arrow Connector 202"/>
                           <wps:cNvCnPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3124064" y="3964744"/>
                               <a:ext cx="375356" cy="0"/>
                             </a:xfrm>
@@ -25880,70 +20895,70 @@
                           <wps:bodyPr/>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="203" name="Text Box 22"/>
                           <wps:cNvSpPr txBox="1"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="2501689" y="4304116"/>
                               <a:ext cx="357505" cy="178435"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="6350">
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="35CA6389" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="002A534E" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="35CA6389" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r w:rsidRPr="002A534E">
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Yes</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="305940B5" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="305940B5" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                   </w:rPr>
                                   <w:t> </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="204" name="Straight Arrow Connector 204"/>
                           <wps:cNvCnPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3124399" y="5641348"/>
                               <a:ext cx="375285" cy="0"/>
                             </a:xfrm>
@@ -25963,177 +20978,177 @@
                           <wps:bodyPr/>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="205" name="Text Box 22"/>
                           <wps:cNvSpPr txBox="1"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3120145" y="5395734"/>
                               <a:ext cx="316230" cy="178435"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="6350">
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="010C583E" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="010C583E" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>No</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="51A1E61D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="51A1E61D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                   </w:rPr>
                                   <w:t> </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="206" name="Text Box 22"/>
                           <wps:cNvSpPr txBox="1"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1331472" y="5419435"/>
                               <a:ext cx="357505" cy="177800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="6350">
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="384D0D85" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="384D0D85" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Yes</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="7F0C6AD3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="7F0C6AD3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                   </w:rPr>
                                   <w:t> </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="207" name="Flowchart: Process 207"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="161813" y="5395734"/>
                               <a:ext cx="1182897" cy="498117"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="18E139DD" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="18E139DD" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Lead investigator completes parts A, B &amp; all of part C of Investigation &amp; Prosecution Report and EDR</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="208" name="Right Brace 208"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="4792863" y="781344"/>
                               <a:ext cx="155448" cy="612920"/>
                             </a:xfrm>
@@ -26161,63 +21176,83 @@
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="209" name="Rectangle 209"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="5127063" y="902020"/>
                               <a:ext cx="723623" cy="400870"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="23462465" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="72469BA2" w14:textId="77777777" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                                <w:pPr>
+                                  <w:pStyle w:val="NormalWeb"/>
+                                  <w:spacing w:after="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="18"/>
+                                    <w:szCs w:val="18"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00D402A1">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="18"/>
+                                    <w:szCs w:val="18"/>
+                                  </w:rPr>
+                                  <w:t>Step</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="23462465" w14:textId="51F2FFA7" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
-                                  <w:t>STEP 3.1</w:t>
+                                  <w:t>3.1</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="210" name="Right Brace 210"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="4792803" y="2143985"/>
                               <a:ext cx="154940" cy="1570619"/>
                             </a:xfrm>
                             <a:prstGeom prst="rightBrace">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
@@ -26239,169 +21274,205 @@
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="211" name="Rectangle 211"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="5116515" y="1507842"/>
                               <a:ext cx="728140" cy="537004"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="709C771F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="4A6E3E6E" w14:textId="663913F8" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                                <w:pPr>
+                                  <w:pStyle w:val="NormalWeb"/>
+                                  <w:spacing w:after="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="18"/>
+                                    <w:szCs w:val="18"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00D402A1">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="18"/>
+                                    <w:szCs w:val="18"/>
+                                  </w:rPr>
+                                  <w:t>Steps</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="709C771F" w14:textId="7C6C6EA1" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
-                                  <w:t>STEPs 3.2 &amp; 3.3</w:t>
+                                  <w:t xml:space="preserve">3.2 </w:t>
+                                </w:r>
+                                <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="18"/>
+                                    <w:szCs w:val="18"/>
+                                  </w:rPr>
+                                  <w:t>and</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00D402A1">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="18"/>
+                                    <w:szCs w:val="18"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve"> 3.3</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="3D92D29A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="3D92D29A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:color w:val="FF0000"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="212" name="Flowchart: Off-page Connector 212"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="2096694" y="167423"/>
                               <a:ext cx="676114" cy="549309"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartOffpageConnector">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="38CADF47" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="38CADF47" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Continued from previous page</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="213" name="Flowchart: Process 213"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1982096" y="2288980"/>
                               <a:ext cx="913131" cy="345758"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="2C4A6DFE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="2C4A6DFE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Conduct investigation</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="214" name="Right Brace 214"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="4792805" y="1481735"/>
                               <a:ext cx="154940" cy="557068"/>
                             </a:xfrm>
@@ -26429,63 +21500,63 @@
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="215" name="Flowchart: Process 215"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3472699" y="2153006"/>
                               <a:ext cx="912496" cy="618280"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="162C4D1C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="162C4D1C" w14:textId="7F3F1ABD" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
-                                  <w:t>Consider requirement for enforcement to bring back into compliance (EPS/ EMM)</w:t>
+                                  <w:t>Consider requirement for enforcement to bring back into compliance (EPS/EMM)</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="216" name="Straight Arrow Connector 216"/>
                           <wps:cNvCnPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="2438291" y="1991162"/>
                               <a:ext cx="370" cy="302421"/>
                             </a:xfrm>
                             <a:prstGeom prst="straightConnector1">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
@@ -26557,165 +21628,109 @@
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="218" name="Flowchart: Process 218"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3499596" y="5357562"/>
                               <a:ext cx="1226160" cy="570709"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="022AA084" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="022AA084" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
-                                  <w:t xml:space="preserve">Lead </w:t>
-[...47 lines deleted...]
-                                  <w:t xml:space="preserve"> </w:t>
+                                  <w:t xml:space="preserve">Lead Investigator completes parts A, B, C12 &amp; C13 of Investigation &amp; Prosecution Report and EDR </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="219" name="Flowchart: Process 219"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3514320" y="6140838"/>
                               <a:ext cx="1225550" cy="569772"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="54369776" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="54369776" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r w:rsidRPr="00BE2DF9">
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
-                                  <w:t>Approval Officer completes relevant sections of Part D1 &amp; D3 of Investigation &amp; Prosecution</w:t>
-[...7 lines deleted...]
-                                  <w:t xml:space="preserve"> Report and IDR part C</w:t>
+                                  <w:t>Approval Officer completes relevant sections of Part D1 &amp; D3 of Investigation &amp; Prosecution Report and IDR part C</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="220" name="Straight Arrow Connector 220"/>
                           <wps:cNvCnPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="4112676" y="5936970"/>
                               <a:ext cx="1808" cy="203788"/>
                             </a:xfrm>
                             <a:prstGeom prst="straightConnector1">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
@@ -26822,103 +21837,103 @@
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="223" name="Flowchart: Process 223"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="173516" y="6153253"/>
                               <a:ext cx="1224914" cy="561975"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="14733529" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="14733529" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Approval Officer completes all of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="224" name="Flowchart: Process 224"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3592713" y="6859827"/>
                               <a:ext cx="1224280" cy="561339"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="647F4458" w14:textId="41FD38C4" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="008A7408">
+                              <w:p w14:paraId="647F4458" w14:textId="41FD38C4" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="008A7408">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Lead investigator/Approval Officer communicates outcome to interested parties </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="225" name="Straight Arrow Connector 225"/>
                           <wps:cNvCnPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="768371" y="5893851"/>
                               <a:ext cx="2495" cy="259402"/>
                             </a:xfrm>
@@ -26993,184 +22008,184 @@
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="227" name="Flowchart: Decision 227"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1743908" y="6705872"/>
                               <a:ext cx="1380489" cy="884959"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartDecision">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="6F9520A1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="6F9520A1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Approval Officer makes prosecution</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="4711ABF0" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="4711ABF0" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>decision</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="228" name="Text Box 22"/>
                           <wps:cNvSpPr txBox="1"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1465708" y="6859817"/>
                               <a:ext cx="356870" cy="177165"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="6350">
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="26A09D38" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="26A09D38" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Yes</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="7ABC320D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="7ABC320D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                   </w:rPr>
                                   <w:t> </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="229" name="Flowchart: Process 229"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="161810" y="6873743"/>
                               <a:ext cx="1224280" cy="505487"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="41B67E9C" w14:textId="7B8F42A9" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="41B67E9C" w14:textId="7B8F42A9" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Lead investigator/Approval Officer communicates outcome to interested parties </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="230" name="Straight Arrow Connector 230"/>
                           <wps:cNvCnPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="2429877" y="6576630"/>
                               <a:ext cx="4082" cy="133582"/>
                             </a:xfrm>
@@ -27248,171 +22263,171 @@
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="232" name="Flowchart: Terminator 232"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3731653" y="8236066"/>
                               <a:ext cx="974392" cy="415925"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartTerminator">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="2CE11703" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="2CE11703" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>End of investigation process</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="233" name="Text Box 22"/>
                           <wps:cNvSpPr txBox="1"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3020906" y="6859816"/>
                               <a:ext cx="315595" cy="177800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="6350">
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="7C9B8046" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="7C9B8046" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>No</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="749508F1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="749508F1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                   </w:rPr>
                                   <w:t> </w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="234" name="Flowchart: Process 234"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="3499421" y="3637399"/>
                               <a:ext cx="911861" cy="617855"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="4F7C8060" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="4F7C8060" w14:textId="36053D57" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
-                                  <w:t>Consider requirement for enforcement to bring back into compliance (EPS/ EMM)</w:t>
+                                  <w:t>Consider requirement for enforcement to bring back into compliance (EPS/EMM)</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="235" name="Straight Arrow Connector 235"/>
                           <wps:cNvCnPr/>
                           <wps:spPr>
                             <a:xfrm flipH="1">
                               <a:off x="3947668" y="4255253"/>
                               <a:ext cx="2539" cy="181054"/>
                             </a:xfrm>
                             <a:prstGeom prst="straightConnector1">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
@@ -27444,57 +22459,57 @@
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="236" name="Flowchart: Process 236"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1955366" y="6276908"/>
                               <a:ext cx="973455" cy="299721"/>
                             </a:xfrm>
                             <a:prstGeom prst="flowChartProcess">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                               <a:solidFill>
                                 <a:sysClr val="windowText" lastClr="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="5301A0F8" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                              <w:p w14:paraId="5301A0F8" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                                 <w:pPr>
                                   <w:pStyle w:val="NormalWeb"/>
                                   <w:spacing w:after="0"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
-                                <w:r>
+                                <w:r w:rsidRPr="00D402A1">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Enforcement decision</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvPr id="237" name="Straight Arrow Connector 237"/>
                           <wps:cNvCnPr/>
                           <wps:spPr>
                             <a:xfrm flipH="1">
                               <a:off x="2926564" y="6398767"/>
                               <a:ext cx="595011" cy="635"/>
                             </a:xfrm>
@@ -27573,62 +22588,123 @@
                       </wpg:wgp>
                       <wps:wsp>
                         <wps:cNvPr id="239" name="Flowchart: Process 239"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="149166" y="8108848"/>
                             <a:ext cx="1241045" cy="592586"/>
                           </a:xfrm>
                           <a:prstGeom prst="flowChartProcess">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2A4B0171" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="2A4B0171" w14:textId="21DC7F09" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
-                                <w:t>Lead Investigator updates previous completed finance form (App 1 to ONR-FIN-GD-008) and produces draft DWP Statement of Requirements</w:t>
+                                <w:t xml:space="preserve">Lead Investigator updates previous completed finance form (App 1 to </w:t>
+                              </w:r>
+                              <w:sdt>
+                                <w:sdtPr>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                    <w:sz w:val="12"/>
+                                    <w:szCs w:val="12"/>
+                                  </w:rPr>
+                                  <w:id w:val="-978220721"/>
+                                  <w:citation/>
+                                </w:sdtPr>
+                                <w:sdtContent>
+                                  <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                    </w:rPr>
+                                    <w:fldChar w:fldCharType="begin"/>
+                                  </w:r>
+                                  <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                    </w:rPr>
+                                    <w:instrText xml:space="preserve"> CITATION FIN008 \l 2057 </w:instrText>
+                                  </w:r>
+                                  <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                    </w:rPr>
+                                    <w:fldChar w:fldCharType="separate"/>
+                                  </w:r>
+                                  <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                    </w:rPr>
+                                    <w:t>[22]</w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                      <w:sz w:val="12"/>
+                                      <w:szCs w:val="12"/>
+                                    </w:rPr>
+                                    <w:fldChar w:fldCharType="end"/>
+                                  </w:r>
+                                </w:sdtContent>
+                              </w:sdt>
+                              <w:r w:rsidRPr="00D402A1">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:sz w:val="12"/>
+                                  <w:szCs w:val="12"/>
+                                </w:rPr>
+                                <w:t>) and produces draft DWP Statement of Requirements</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="240" name="Straight Arrow Connector 240"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="2440236" y="1308859"/>
                             <a:ext cx="1108" cy="180832"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
@@ -27840,77 +22916,77 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="247" name="Rectangle 247"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="5022793" y="4061825"/>
                             <a:ext cx="727710" cy="483235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="345CF87C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="345CF87C" w14:textId="17D70A3A" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>STEP</w:t>
+                                <w:t>Step</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="6DB58499" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                            <w:p w14:paraId="6DB58499" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00D402A1">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>4.5</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="248" name="Straight Arrow Connector 248"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipV="1">
                             <a:off x="1486841" y="2762349"/>
                             <a:ext cx="972656" cy="8668"/>
                           </a:xfrm>
@@ -27944,3166 +23020,9436 @@
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpc:wpc>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="789D17C8" id="Canvas 249" o:spid="_x0000_s1088" editas="canvas" style="width:471.5pt;height:702.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="59880,89211" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwLmC7ECAAAICGAQAOAAAAZHJzL2Uyb0RvYy54bWzsXV1z20ayfb9V9z+g+J4I3x+sVbYcZZ3d&#10;quxuKs7dPMMQKbGWJLggbMn76+/p6cEMAAMEYMkyKE4eHIoASRCcM919+nT3n/78uNtaH1fFcZPv&#10;rxfO9/bCWu2z/Hazv7te/N/vb7+LF9axTPe36Tbfr64Xn1bHxZ9/+N//+dPDYbly8/t8e7sqLLzJ&#10;/rh8OFwv7svysLy6Omb3q116/D4/rPY4uM6LXVriz+Lu6rZIH/Duu+2Va9vh1UNe3B6KPFsdj3j2&#10;Jz64+EG8/3q9ysp/rtfHVWltrxe4tlL8W4h/39O/Vz/8KV3eFenhfpPJy0i/4Cp26WaPD1Vv9VNa&#10;ptaHYvPZW+02WZEf83X5fZbvrvL1epOtxHfAt3Hs1re5Sfcf06P4MhnuTnWBePSM7/v+jq57n7/d&#10;bLe4G1d49yU9R/9/wO+zosPbPf17zLebWzpP/EE/0epmW1gfU9zc8tGhm3nVOAt/0SvFe8r3ejjg&#10;hz4e1E9+fNpXeXefHlbiDh2X2T8+/lpYm1usQzdcWPt0hwX3G5ZAur/brix6EldIF4Az3x1+LeRf&#10;Rzykb/S4Lnb0f/wq1uP1wnexdj+pRbJ6LK0MTwdJ4Nqhu7AyHItjNwxssYzwXas3OBTH8udVvrPo&#10;wfWiwCWIxZF+/OVY8k2qThE357jkS6BLe5/ffhJXhpsm7hRf8Qvcsqi6Ze/KIt3c3ZfWm6LIH6yb&#10;fL/HN8gL3MGodgdv9p130FpvN4e/4jcQX1neS9f3Ai8OxP2MnMj1JPKqm4qjfEOd0KHHfJN67udR&#10;Xp+6MP6ozrtbW9m0Fq2H60XoBdgJshS7zXqblni4O2DNHPd3Cyvd3mEby8pCXHxzvX86qsWODeg2&#10;f/gdV7+wtumxxAGsE/GfvPTGS+nH/ik93jNSxCE6LV3er9Lbv+xv6aqOO7zVCh+OB+JYmW62dKz8&#10;dMAyTumnWHScKCGWLldit5MLjNbOHNYUEMQwfLvNH7L7tCiX1q+8W2M1xfRNR+PRSWLfiQBswl0E&#10;4Ak444tLYCaO73lYYoRL37ODZGAZrXFJN3RJ8oL6IdrY0/DHZyuhtgreiv+6VgGvPmAI+8Uclt+Y&#10;lVM+vn8UOyoDVm9QVpGzLT0esrcbrO9fAINf0wLGE98ODgGO3ufFf7FkYVyxqv/zIS1WuE9/22PH&#10;x0/lkzUWf/hB5OKPon7kff3I/sPuJoeJceBKHDLxkM4vt9XDdZHv/oAf8IY+FYfSfYbPZhzLP25K&#10;NvrwJLLVmzfiNFjgQ1r+sn9H9pT3EELq749/pMVB7t0lVtc/8srKpMvWJsPnEpT3+ZsPZb7eiP1d&#10;3ye5v2P7frF9POnA3O+rYrfZp7yJJ5Ng53me40S+gJ3ve2Hst3CHDdsPbSBdAM/x7VDgut8eKuDp&#10;qzLYI4vX3LU19oRnpdeUwd5S43RW2MMu+bm9+2mVbSg8shy9iY5yQJ0ocGIHjhEMWuAkDvxOdg0q&#10;i+d4sR0E8NsIeYntO7bwz0Ygr7omg7tTuHOrjZKdcoO72eIOrgH7mf2xi6d2UYCvJ3apRX+e48Kq&#10;Icwj8IW+nfhiNWh304sCN5BWbyAAfD0BS1dQQgiqGII5BiEefkReHBSwWT/mj5arkC03Yqt8xPPk&#10;BcqIpIcTwKqwPR8eFq0KLwm8tjPkOaGLXVjsyE4U+/xJ/TvyaW7gOQMPEfbSAhfxp2JxviSWGfNz&#10;a+9FhGFn5r0grucg4nLiBg+OxnPBxEHMENscMwS+A9ckaHouXhD5EWBEjosTRVE84LhcAEz8aus5&#10;I2fjEmGCVd1PaXnqVxzn4Yeu656wJo4Tu7EjuWY/ie24Itl7qFEVWhtOi3I/nWyotkxiUzozy5SB&#10;m7482wRa9wTo1O84DnRI4EQe53b80EkCW3go2rNPIt8mRpKME5IRPueN+n04AzqZHzzh/WvQqSTc&#10;Gdm5ywSdzqGKbOCPRZohi+qpH3AU2uDmuQmiJIqYItiyWJDDGmxOEPieDJhCHEaChwPKHgtX0LWI&#10;SznFXal09gsl/URcdZ/erjjFhz2Fk8KIttLy7/ktP+3Y1fPYTDiLJGLnRkTWkywcE3MZRNWy6zNM&#10;zdA6ZzNWUyXgSck5jMJTgASiA1aB8JTYsF6tyAq59SACHSaSMbaNlOkAnk6KE56DLagg6Ab+M2U+&#10;R6Vbn4AjbazUb2OgNXNodSkNIP367pDereoSFjh+U+Dm2kmYEJ6IqAgj3xFw0uYrjEI7lKKDwE/c&#10;UCRXR/iKuDa6NKVhOWXNGvbhItUH6kczOJw5DrvUB5KMgO84TXoAxY/nxew7On4MJLbQlzgeq2mA&#10;zsB2QDqeNnYmUpsSqakfy4Bu3qAjLRX7le96pZs4R9u9nvRnn3QThAg7nD6Ur2Dr6Z20CYwoCcb+&#10;JnzTIbLkOGvx5teP49LlE3Kox/JTpcf+bbWGME+kLMVFN9XYt/+u3P7tHmfSGWvottWLbOFuCJW9&#10;lnDrF8lzxa8sZKVjX8gMUPWJ+b5UL4T8LJeq2ualauH4ms+vhFD8XTU9i0X30ppoBE/DwBJ3mi4T&#10;8VsPsOhGaiV0DPmjcCjd0ENmTGyzGk5B4EottOfC3xThXb8/aeBk4NRThzFDOMGKSP6jziiyskYi&#10;6N1wXUbs2rGLmAtOn2dHkROIpJtGEDQaISFMJJfB9duBkHv0g8hwikO1A0b6Nlfpm69kGyd8PyXB&#10;6TdRfb5f7IWsQPUT+Hac39ZQcyGCYqC5UHmwKevHmTFWxlidj7E6KfTwpwk9oBlMooiDqIAI+nYQ&#10;BUo/tOkEMlpBZIejiyiM0mNY6aGDX0NlzJzKOKn0YBnhaE/RCxxfGChgCh6h7UctpQdQh9qlCnXg&#10;D50BHaIhECcQiJx6pF/LoG7mqFNSjxNOZF33McxzIFPmQq8oojSU4oZQeTRpQwiEZfUEJPURI/Nc&#10;XUeiplqp8p7088vQf2mWrfblF1CAzRdOpAGbL35tVKDSbpyAiJILTIyzHM8PUL7HYAnRKwH1tg2O&#10;HUW1wn0k75BKAnnB9UikTJhlwqzzCbO6hBsqYeyrxP8ocZQTeQmVewl/L4B0vl0w67o+GkfIKAva&#10;X/SLOAkl4+9N8fdUVZ3x92bu751UaaC+EaCYEGVBhhFzRiuM4eu1SUJEWagBq6IsiHwT8QH9zp5B&#10;3RTUKXLXoG7eqKO2U0MyDZyjsTccZUVhHIGKJIMXxAlKVVraDNdPpDjRBTBj4zhy77pvGpxpmYXR&#10;Zozpglg1X5IGqWrxF4zQZuCcQTSJxNe/qgZQUqVBXYwcNBgTnqRP5kuwHzrxFfjIhkmTNig7nHdA&#10;xg5wQ2P8TfHRpBEmYKT5QkNe6HaYEEBIy/NW9+GregBZaCxUg8mwAAPdwHwXQngBDqgrvKQdZqEv&#10;ET0pkllxDOXu2DCruiajhidU0o7HjUjokapK0blH4/HN3ONT4ozf6oInbnA6OsCiEkr0ARB488PY&#10;hhSe8KqNkROAX5c6DGS5kMYyRZSdHVcRcnIn4xOVygZTM8eU0mU8vZ2Tgx7PHjETRBjGiQ+VRhNZ&#10;XoB+l/hAISUkqeGQkvDFqim/VTsnnYI/I6CUl9cyA3XBn7t8ilfnquHRFsgLIFm3ORyKIAIMw1Z+&#10;Cs3y7Lhq6ORFXgT9LccVPTkqQ/ENWyLt8KnU+xlhLrvERjXBCCEFzgE0JPaGKT60zkdlI4IpslFB&#10;FDpo+Nrw/oA8SUSg7Rp6aZ8G3ry5CPJqj1+1j8bLCDAMx/f9pEknfRzfCNEFw+E0nDo5Ps+xMbwD&#10;nwBgwV4F1MO8CawY5LoMqyQB2J+zMrgyoouzEV1Q32LORD09hvJscIHQzXIMhSwTyhcbMPLQ4qlS&#10;tptenzSeyFc6sTPy5y4xhjopk+Bqp9ExFLVqCmnMEflxbhTC4DRxkkRodlFlaxM0uzAqiZPZ2jFk&#10;ng6hlJDsjCB3kSFUOEIlgXMGQ6jugkZ0aMLoKAahh/YyPDFDU+lB4icovRKEHyg2+hjj84na184B&#10;ZsbnOxufLxyhl8A5E3DVGVUhOUUiQIEwWLnIRqV+wx1E3QeKPSSj7sYhVBQGZMR7fFPRhSEsnoWw&#10;IEnQkMSPF/wIwqJriKYj5e00RBN2rIGsxhBNZujP1XbxjjBOk/Tah2hS/wVeUzXxjsrk4Chu1oQo&#10;JPbQf0hszxii6WH6QGMNicmMUrkD4jl0TR7nGYMQcbPptxobhPwTkzQpVXa9yOWjhUVjNbueN0M3&#10;q/v68o3CsNt+jtFKzGY5vBmPBykG/wVSYEeD/6DsbqKUBv+FlGsiXQIN/hsqn1Xp1uqajMCOTAz9&#10;Ih0COy3CH4tTM+yWppZ/A9x1qRz0WFkgT0Qf45EXo1YJ/cSIpINxjNGTpYU8aOs8ysYS8ny8PVMR&#10;/X6WQp6+KoO9U9hTIajB3ryFeFQeMRjrTNM60NBND7w3wQ9DN1EW30rJ0tDNiiMXHGA/8OadkCUE&#10;vEDHCMZQBbcXnEIeqsz9M2QY0dAR+XleFRi6iYbDzU2Zhm5WezIN3RzibV//NEFd0XFGu+gFZhgp&#10;1fBciXgauomqNIYJKtYkDHRuA+KwwJYJRiTiYx5R1L+DXgBMFHliYCIMEnHQMxychKkqn4fXmgJT&#10;tMq4JiGhQy10hI/RZU3E0M0E9ku4+ElsmsK9Rev4ExkK7CCDVTUqEc/NmqdwYCa2/jaxdaQS8Y3i&#10;NTwNf3J0RC2K12QLYcz/87h4URslmv8HL1+AjVqDYPAm+8Y9hQOmV/fTe3V3sceGVX78Iy0OtM3t&#10;8zcfyny9EeG33qlent2iuWPsHdbmBeLJKfijeYG2xF+CsbaML40/zAtE8CSNHeYFMrzn4BSe4bxA&#10;XVY11p80UCTEpR/lpG5WQczQA6W46nMoigT8aFMYUE8RSS6HPqbiMpQ1FkMPQRswT45nECaQzwzY&#10;wherNj1HLCrqcSwWjaP5jRzNLoFD1+xOznKOxhvN7gwTTubQ7M52YQJmdzoUCAq4+YlnjxVcm9md&#10;UwK+cyx2uEjlNZoOd9g4wbWPxhxsXIQcjmBXXDRXoEFNcFe1jYtctFGo8qdIsc6Hqz9HG2eqGrqS&#10;6XP0H5VQ4V3viM6orlXoKQzvrmrwPbCUABVpEjCmKUFLkwboaGmznaMxTfw5/SHevDOntJmYEvFq&#10;nKfYWi95RCdipBOpAY6gRlsvGtMUoNUj5waQLmOttrZeNKbJoQol4TNGdjTaZ5TZiq7t6udVvhOr&#10;Ot9ubiuu/RLHvOuKShOyzVv7g/Flp1CnXP5RCTka0+SRghbmi8Y0JTz0toG6IKDuyQJ1GNPESaR+&#10;C6ZEdwZ1w8PRdDGlQd3MUafUIiecSBUS9M+gIWMjGx3TmCbwIGzxMKYpYf6/hr3GmKZYvHs/8Ka5&#10;jtu9hcqGnk52fVPCG0VBp+tPW/ru0dPTm42ETQfiTVbkx3xdPqFbN/WGGxKL4hyd2ZoW/6BFNyqV&#10;yIB4XhKhFX4z/nHA9Mn4B4oPnkv3lRbx11mRpjzzWcozY/gQQ6sQ53zZKiRtg6C2RPYGOmZ+J72V&#10;ooMimvfyOnzmIV6tndQswkeRJQfG1/m+/G21lsl7aQIoIGRnBz+1sBIvKI2OVVb/rW7GrsRsOKqX&#10;35he7PCe2XyjM6CHedytnQ/1LORPy5yig82RTujf/IzrPCG3ofslGNd53q4z9Xzhnb8TdNMS+dQO&#10;10WHWxGwotlF3B67QxOvMP1Uoc7jAdQGdX1NLnBnxktIdQMFg7qZo05l9vsDVh5KJSnaHq+/FrBi&#10;4hW6S3O8irromEf8aCerMfHKtwWw+3H3pHjVeFlz9rJUMvvE0qvntnuWXk+TIzvA4AA2AIg8QzTU&#10;hFelVyHGQ6EvJu//zzwequXqN+iQoyFNIIkT7r7y/K3N7eP1YrfZ54VIvvTeoxlGCippXHNaqg4O&#10;loNC2GmhAmJSOZEdfbmCmFuF60VLXSX82tgmpMJGxgrVNZnsFsVWZMs6ukroTj3GbZm526Jyyk8v&#10;Xna8MKZKS44V0F2SZ6Fp1NGIGSq1odwWqjJlx4p+l+X1V2XqbjlnBJTy8kbMxCoJfMLFqqeCe1ys&#10;mnePsDmJKblMqWAMuwhR1t9wrJrDLrgDXj9WjHv/74oH5Ylnr8c1GpEK5WTl6ciy072nyRA+zczE&#10;KsRkCJQltvR0PiZD0MRzsWfzaFizCMnNtrtcbJ28em2LUCU1n+4nIFy0EzliixroxjzDseYnoFK2&#10;GuZtujfQGAXd28v4CSKlM9PuDRRS9nPvPDxY7tIjEl4Yo+BVk7lRIUcRbcNDwBgFn4bf0d4MJXQ0&#10;VFBuEl5TqHdTVNfFccyw4IB6/A5JHXCOJpB6nPPuggOMUcAwE3bTIXRAn/cmCGGp7KrKx4xRqDTd&#10;psO75Fi/Eid7t3y4O1iPu+3+uHw43KGetywPy6srQfmmx2kSop+L/MMBYMcbLSGl/LXARYOhoWnB&#10;jKubdP8xPaLFqBQMidN+Lg7Kht0t7/gvCnCrdiaV7lLO826Ft8CNi6bbbL3iGCjjJl3pMrtH1akl&#10;XGwKS+Trsvu/PJZWhqfplTXy1o2cVmUdaMnaBZG9heZF3azj025Wz/w+9C2WN+vpDjJaw+CGcFDm&#10;wQeI2+W8EfLwRG8LkTimOfPx/rjsAog0Rb4YB3nWDrLKVdbyPLpfsIVefjVDrfaXKsvw2ebimC7G&#10;n5dP0Q60sLbpsbzZFthAxX90W7FDNJKoPVYap02QqCgV/hkhLyuLyyOxiVI5EZxOTLGGsECc64kC&#10;RKaucLA1hwMiEYVOMjjFuJYQcmBegZV7QIuP6gEtenC9MMHpFNCp+gEDunknWKnElkFXa2zGPPpo&#10;Iohh1uE/n/SCucFUDWGnvcBWLp/XFSFW+s/cCPEFHOkRqTa0LP3CaB6dgsfPlRrQj09Lue1zio1x&#10;2WRcVTGYlaUH2vtSGOxsd0DYddzfwTRt7/bXC7JSdH7DZj+/uU+Xr32uVKJSaDWvU9Uh4KheTSNc&#10;TszSHJwrJWtfzFypWp3/c3ibXLNJW5IxfDM3fCpjWMNcpZ5DnKc8mFGF80gDoh0Fi6G90ItodIbY&#10;SxHqCFIIJWnosATbQZxICNJkKFet/M3qmrrYbtOv4v2jIAN1K1aDu1njziUBXm+UR0cn2TrQK07A&#10;IiU3CaFYanmhNMXGr6ZI+36AmmT6gH4qUsHO9KsY7lfBsmVj7WbfNBdTezpQV1kWiw5Pgt30qYgD&#10;1T8KdtU1GWtH2xRB63igcX70SE1u0N1XjbWbubVTOcp3fc0G0Qi+Br6e3H9NmEuT2WzZowlepB+1&#10;5zhgMhuU7OxpCnPYb+1eD0VwugIQvO/QrIYKbi/XfsC1nzMnC5UHMq1CB4KoHs2EhD5IE97NkVNm&#10;Mhv0xCqVd0a7KHi4dJ9hRMhNSamzhbXOi2z15o14nOW7Q1r+sn93yKCPECaUSA3WRMk8RomI9B95&#10;pRI4g4b/rq1ysif2UPVbjuq1ZaZbpsd762O6BZ9LrS7JAKXLs9xDVdLw6boWrArbTLeclF3XjZLN&#10;HipoBb3fEqLmMr8ISrYq/ns6TMx0S5rBNw0m5yjWvkRXQyV3a0mBKhHn8gR6isTH5QTMdMttwU7G&#10;w2Z/mz+8qO4LpauS0jojy5RdoO5LKIWlBGVzd19aPxZptgInOS3tbaZbln/Pbxlujg2xekX9sCBD&#10;GKyGUOMJ6W6DqJmzjiq3rUVdqGmtNsRR1stMq8wfaiLlt+I/uoNw/J4LR5rQV3udgda8oUWldB3G&#10;Ck9Lb2MUuISxIvqXKmMxciHhBlKarcVchaQaFIQEN8ZVDuStzTDmIYLfKnLIuPHzHQ/Z2w1o0V9Q&#10;gPBrWqTiyY+rAkdp9PLCeihI9Hj8z4e0WGEL+NseJVmJ49PvUYo//IBqma2ifuR9/cj+w+4mB7mG&#10;rCs+TTyk88tt9XBd5Ls/8uL2DX0qDjGny5LKiyN4STfV1iC7eHIKogIkPALqrgxEOYGNniCtRiGR&#10;G2OgiaxJ8yIbrDJv5j16/9Nq5JYN+Fz0Osp0sND2DKfd6fkAxl7N3F6pBHSN0UD96neH9G5l3eT7&#10;Pdo05oXlOvUs9LDKeNREVyRuRAmomej6lfxGlrsZAdb8BVg03bhf9oijU4ydQ/XVVLlD7iNqsT+T&#10;PSaYzFWNL0cPFoxhOW3slPzKqB6HVY96LoQxfjM3fko58FudWcS8gClo42BNupZ+7ETczqE7WAso&#10;WBtAm4nVTKxG7Ov14vzEOBRinbBj04q0PR9VM6iUYRok8GykqYFMjSwM9/DJzomiGfRSYH+nX89o&#10;7NiEIm1u2WqcxzNwHpV6o18Bx3pPmZweVhGjLiZ2qTMZ8SVJAvakxZeAImHcoR2mz90T+nF3lOJm&#10;FU+y+LB1Z6tqtZcuNaYdxcwpN3PKuW+Y6yiRxwk0KfVAv560ux8fcOVQkgC48tHyMkGXsoZJw1w4&#10;GDwyaK6T2EMz4AywniBKHT1lVrdFnjBhVr9ojcYJsp23aqvMffUuqgmz65xqY0BHp0RdHs1nkBwH&#10;6lmioG2g0MEnpI5/TDFGdsQJ7n4jZZzDKc6hYqQMyTFzkkOJPWoMv9Isct54tGYR7WfQp4DNV4h8&#10;GVqJNM0XUBcEQYU6DCnnGmCDumeZp4hJBnKPNKibN+oII8yD9DuROEdbvOGQDDV7bhgxqx8kHrAl&#10;Xq/ZECeumqq6thfxTI1+4M3bdcSNwaWPEVI9qS5ptAuYZtlqX1Y9ACe4gc0XTnQFmy9WziMFrF+3&#10;P/MLtBxGZ44REKmrPIYh4sborezKxBemwWA6R9M8BVGEeY8yvsJUJF5mPRKP14OQqkFa+emwul6k&#10;RQHtIr66gc55jpt0qbn2oHWpCzZ6oNNJUaAVlR9JiiIISXzYsjNoLxBTwxAiKWJOTZ+rmTHUn7Cz&#10;E82SpjZem0k6qcLgNvWjYyVKBIN1J6YvdAIPxF7TFiFU8iEblQQFFLxDZJ8hKKYQFCrVaEKlmYdK&#10;SoXRRVC4KuQdpZz3goQGajDqaDibK5y8WpAE1FGemGnBEMXKA8p5g7opqDvHQubsEqsqXSXUOEFQ&#10;qD20P8tFHpSclBOFsYdGm2Twgjjx4kAEbxp6MHf4UJHaClC9IvxT4zj2EYMvE5xpV24Cp6FfZBxH&#10;0V5WcA6DAZnaG/vR1DnkFjx7EFNWmDxJ3/VDlutqYAXgNKqAzOM82rniyvB+1HTpdfN+Sl9R8/eq&#10;vp6Wyw7bhCgLDAXx3gSOCEDhhJMGh+PFtk+d7wRdEcMGjXX4qmsyvUYJlfSLdPQaZRKVDpo4a+Zx&#10;lpJfPEOPJxihqEKdmIHdCrPQYTSuFIJofo/iy9Nc+8uVU2LIqZTdUGe7t9DmCBLw0xHDxurdaEZU&#10;aMLIjh80pmfcnxFQyqr0+OZi2km6J/USOIrNcLx1oh5PUi4RR17kd3CAmo2wA38oJ2XYiCmQUz/W&#10;GUHuItkIb4RcAudo6PUktGpsBGg+jLuGr0mOYRCFIb9eO4ZQLyGNRl4hSMCAqx3ONWwyeSyTxwKr&#10;IEdfu1TbO0RH4JxBOHXSEZ6Dio8A0AFyIgcqC2Sj8U41YMUx+mtIaA3NMTqa0pB0s/3L/tZqiTPG&#10;OJej5UuasTM03/dog34FynqTra4e0GPnCl2dbfHoUOTZ6njc7O+q/ufS0VO4UrqLGnVRG//senXR&#10;xXCXDAwCQ2TE2SpMSQ/tsF3gCI+R5tiTlfId5LYGwijlHuqLMuwFNqc+9iJRPoXxEOfNXnhKmvF0&#10;9gIli3ZCLa/JNRTsRQt2nhMEVa4K7EWsmmX2KAVfP3uBUlDpLZwRUC6QvfBOiilwVPt8I8wTaqyo&#10;tpdw0jm1EnXBcSiVgKETxcFY82T6yAz3keHKUMOst6rEeVoNxRuzmZ6Ahi/D4dYILUWnHNdLfJAX&#10;nODyUVz1mY5QVwwT1xgIiBsew8gqXkGJiAcfjXmMWrylahdxdIo1cxKMVUaAJbw+Nwopa4zXa94i&#10;idALrVIoJSjOFz5PP5RUsGWs2QhrZgqGuyLxOVozpc/oVwZiUrmGXg8X32nN3MQNUVTCIERpSRS2&#10;EseIu2xq+EuMB1K19DH9CDTkoWl/cb/arVTqvnys9mxZH1lRP+Wn7Yrzthy/0rIi1/oFx3miVH7Y&#10;S6w3wRjEVSc97/hxGNB8V6IM/Rjdo9tmLrRVytmhzhkGY0IC0jPwxOhwj9kzYAxou1s+3B0YhICd&#10;9bjb7gHAA7rn35flYXl1JT4oPX6/22RFfszX5VOo+pMyDi76kOz+MBHioFBLeo4IseK4DSm0IXRs&#10;X7qOxNLHwjXtN1zGdZwg40gUa3VG3ONFyjhogMJQ3hnnfKHriAkbyJEJw+Z4QGG7uB991WBihaAD&#10;nTA4FdcPwWm+I+v8Gv0oerfFxlmnHbRWXmp0PrcpEJ+Q022+cGL5RvPFr6z21x+hmcA5E9Zut3uG&#10;uihwC2IVQz0RBNyBSbMQ8MgiarwpAiDQfc/pnfEq/jpL0kgMnsVvwVya4S20rjIYjBKI4qoq9CLf&#10;hb9PoQHEqBBotzs7YF3SusN0nWeOC8zKE9PU5xyfQps8vPIUizdQw/ZXGm5VX3lhElIRDq28BD1Q&#10;27WhPrnMbLtDZB0FKfS8ttvsejPmRnyVtu7nHHHOoPGtrTjHixKP6HwsuTggf1CowbWhRQkL2Ehe&#10;dGIfNOtt2fJptU1/bc4e1sVgoPKlGVvfSdAFkzluGFw7hHYJK1evPAd2V9pZ32Ydrll7l7P2YOgG&#10;1149tdnj4dX2Ooh0nNjn0BhiNbRhaHG+kePK0Bj1tTQaCuvRLLnLWXIqpVcb+OzXc3jDHGhgY+kk&#10;rFVGBzhMWxH7o97VIhd1nnJj82Fuh5J3LyeaPMMJmlCfSmfHcJ7zFiYjFzC8nY9N6/2rFTZRMi8m&#10;ZoqC8ih00fW+6UpApYJ8OnsTMcnEnnFjN3NYGi0PRpOz2mueQMzqF00kZfULX8xHB2udIXGXCR/i&#10;DtOw7zfZT2mZ1v8W+fXlys3v8+3tqvjh/wEAAP//AwBQSwMEFAAGAAgAAAAhAJrkSMvZAAAABgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoDQ2IpnGqqhIPQECCoxNvfkq8NrGb&#10;hrdn4QKXlUYzmv2m2C1uFDNOcfCk4XalQCA13g7UaXh9ebp5BBGTIWtGT6jhCyPsysuLwuTWn+kZ&#10;5yp1gkso5kZDn1LIpYxNj87ElQ9I7LV+ciaxnDppJ3PmcjfKO6UepDMD8YfeBDz02HxUJ6dhvT+2&#10;dfvuq4OfP+VAb6EJ6l7r66tlvwWRcEl/YfjBZ3Qoman2J7JRjBp4SPq97G2yNcuaQ5nKNiDLQv7H&#10;L78BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMC5guxAgAACAhgEADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmuRIy9kAAAAGAQAADwAAAAAAAAAA&#10;AAAAAABqIgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAjAAAAAA==&#10;">
                 <v:shape id="_x0000_s1089" type="#_x0000_t75" style="position:absolute;width:59880;height:89211;visibility:visible;mso-wrap-style:square" stroked="t" strokecolor="black [3213]">
                   <v:fill o:detectmouseclick="t"/>
                   <v:path o:connecttype="none"/>
                 </v:shape>
                 <v:rect id="Rectangle 126" o:spid="_x0000_s1090" style="position:absolute;left:4;width:59520;height:88265;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCFYvqdwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLOxFNNWDSNcoIixbFkGsruehGdtiM6lNbOu/N4LgbR7vcxar3lSipcaVlhVMxhEI4szq&#10;knMFx8PPaA7CeWSNlWVScCcHq+XHYIGxth3vqU19LkIIuxgVFN7XsZQuK8igG9uaOHBn2xj0ATa5&#10;1A12IdxUchpFM2mw5NBQYE2bgrJLejMKumzXng7bX7kbnhLL1+S6Sf//lPr67NffIDz1/i1+uRMd&#10;5k9n8HwmXCCXDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCFYvqdwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f"/>
                 <v:shape id="Straight Arrow Connector 127" o:spid="_x0000_s1091" type="#_x0000_t32" style="position:absolute;left:24353;top:7172;width:4;height:1613;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkb5fNwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/basJA&#10;EH0v+A/LCL4U3VTwFl1FhJZii6DG9yE7JtHsbMiuMf69KxT6NodzncWqNaVoqHaFZQUfgwgEcWp1&#10;wZmC5PjZn4JwHlljaZkUPMjBatl5W2Cs7Z331Bx8JkIIuxgV5N5XsZQuzcmgG9iKOHBnWxv0AdaZ&#10;1DXeQ7gp5TCKxtJgwaEhx4o2OaXXw80okNvZ5dc276MdJxObbL7w8XMaK9Xrtus5CE+t/xf/ub91&#10;mD+cwOuZcIFcPgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCkb5fNwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrow="open" endarrowwidth="narrow" endarrowlength="short"/>
                 </v:shape>
                 <v:shape id="Flowchart: Process 128" o:spid="_x0000_s1092" type="#_x0000_t109" style="position:absolute;left:19841;top:8782;width:9144;height:4306;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVmU/uyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvhf6HZQpepG6UtJTUVaogiIdSbXvobciO2dTsbMhuNO2v7xyE3mZ4b977Zr4cfKPO1MU6sIHp&#10;JANFXAZbc2Xg431z/wQqJmSLTWAy8EMRlovbmzkWNlx4T+dDqpSEcCzQgEupLbSOpSOPcRJaYtGO&#10;ofOYZO0qbTu8SLhv9CzLHrXHmqXBYUtrR+Xp0HsDO3es3x6+dp/j3zbvT/k35f3q1ZjR3fDyDCrR&#10;kP7N1+utFfyZ0MozMoFe/AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCVmU/uyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="3A11EB93" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="3A11EB93" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Delivery Lead agrees Investigation Resource </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Terminator 129" o:spid="_x0000_s1093" type="#_x0000_t116" style="position:absolute;left:33311;top:44368;width:13546;height:4141;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVANQoxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X+h/CFLxIzSpS7NYoKj7BHtS252Ez7m7dTJYk6vrvTUHobT6+5wzHjanEhZwvLSvodhIQxJnV&#10;JecKvg6L1wEIH5A1VpZJwY08jEfPT0NMtb3yji77kIsYwj5FBUUIdSqlzwoy6Du2Jo7c0TqDIUKX&#10;S+3wGsNNJXtJ8iYNlhwbCqxpVlB22p+Ngqbvtiejl7ufzWp1mB9/29/Tz7NSrZdm8gEiUBP+xQ/3&#10;Wsf5vXf4eyZeIEd3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFUA1CjEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="5C872916" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="5C872916" w14:textId="5D4FE60F" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="003D4AA2" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Decision Maker records rationale on IDR part C</w:t>
+                          <w:t>Case Manager</w:t>
+                        </w:r>
+                        <w:r w:rsidR="0085709F" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> records rationale on IDR part </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00570C0F" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>D</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Decision 130" o:spid="_x0000_s1094" type="#_x0000_t110" style="position:absolute;left:17518;top:51915;width:13805;height:9041;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBow2pwxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGb3VTFlthtqYIg4qWNeh6y02xodjZkJ236752D4G2G9+a9b1abKXbmRENuEzuYzwow&#10;xHXyLTcOvqq3uyWYLMgeu8Tk4EIZNuvrqxWWPp15R6e9NEZDOJfoIIj0pbW5DhQxz1JPrNohDRFF&#10;16GxfsCzhsfO3hfFk43YsjYE7Ok1UH3cj9HB8WO5swt5fJFwGX+2Y199Lr4r525vpu0zGKFJ/s1/&#10;1+9e8R8UX5/RCez6FwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGjDanDEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="48402428" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="48402428" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Lead Investigator Recommends Prosecution</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 131" o:spid="_x0000_s1095" type="#_x0000_t32" style="position:absolute;left:31246;top:56409;width:3752;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAr0iGLwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKfRWN2mgaHQVERTxUDAGz0N2moRmZ8Pu1iT/visI3ubxPme1GU0nbuR8a1lBOktAEFdW&#10;t1wrKC/7jzkIH5A1dpZJwUQeNuvXlxXm2g58plsRahFD2OeooAmhz6X0VUMG/cz2xJH7sc5giNDV&#10;UjscYrjp5GeSfEmDLceGBnvaNVT9Fn9GQVa24XpK3cF1EzMtvottNkxKvb+N2yWIQGN4ih/uo47z&#10;sxTuz8QL5PofAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAK9Ihi8AAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke endarrow="open"/>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1096" type="#_x0000_t202" style="position:absolute;left:31203;top:53953;width:3162;height:1784;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/w7pvwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NSwMx&#10;EL0L/ocwBW822y2IrE3LIliKUKGtB49DMmYXN5MlGdv13zeC4G0e73NWmykM6kwp95ENLOYVKGIb&#10;Xc/ewPvp5f4RVBZkh0NkMvBDGTbr25sVNi5e+EDno3hVQjg3aKATGRuts+0oYJ7HkbhwnzEFlAKT&#10;1y7hpYSHQddV9aAD9lwaOhzpuSP7dfwOBl4PW6z9dlftlx/SvnmxbU7WmLvZ1D6BEprkX/zn3rky&#10;f1nD7zPlAr2+AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL/Dum/BAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="5FB7F356" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="5FB7F356" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>No</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="2EFF1E28" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="2EFF1E28" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1097" type="#_x0000_t202" style="position:absolute;left:13318;top:54190;width:3574;height:1778;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQjx/0wQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NSwMx&#10;EL0L/ocwBW822y6IrE3LIliKUKGtB49DMmYXN5MlGdv13zeC4G0e73NWmykM6kwp95ENLOYVKGIb&#10;Xc/ewPvp5f4RVBZkh0NkMvBDGTbr25sVNi5e+EDno3hVQjg3aKATGRuts+0oYJ7HkbhwnzEFlAKT&#10;1y7hpYSHQS+r6kEH7Lk0dDjSc0f26/gdDLwetrj02121rz+kffNi25ysMXezqX0CJTTJv/jPvXNl&#10;fl3D7zPlAr2+AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANCPH/TBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="0C34BE4D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="0C34BE4D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Yes</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="5E753450" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="5E753450" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 134" o:spid="_x0000_s1098" type="#_x0000_t109" style="position:absolute;left:1622;top:53953;width:11828;height:4981;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRDdM2xQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlBC9FN9VUSuoqVRDEQ2mtHnobsmM2NTsbshuN/fXdQsHbPN7nzJedrcSFGl86VvA4TkAQ&#10;506XXCg4fG5GzyB8QNZYOSYFN/KwXPR7c8y0u/IHXfahEDGEfYYKTAh1JqXPDVn0Y1cTR+7kGosh&#10;wqaQusFrDLeVnCTJTFosOTYYrGltKD/vW6tgZ07l+9PX7vjwU6ftOf2mtF29KTUcdK8vIAJ14S7+&#10;d291nD9N4e+ZeIFc/AIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCRDdM2xQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="5164BE93" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="5164BE93" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Lead investigator completes Parts A, B &amp; all of Part C of Investigation &amp; Prosecution Report and EDR </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="20EFDB41" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="20EFDB41" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 135" o:spid="_x0000_s1099" type="#_x0000_t109" style="position:absolute;left:19527;top:46195;width:9740;height:3534;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+QXatxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LFHopumkbRVJXsYVC8VB8HnobsmM2NTsbshuN/npXKHibj+85k1lnK3GkxpeOFbwMEhDE&#10;udMlFwq2m6/+GIQPyBorx6TgTB5m097DBDPtTryi4zoUIoawz1CBCaHOpPS5IYt+4GriyO1dYzFE&#10;2BRSN3iK4baSr0kykhZLjg0Ga/o0lB/WrVWwMPtyOfxd7J4vddoe0j9K248fpZ4eu/k7iEBduIv/&#10;3d86zn8bwu2ZeIGcXgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+QXatxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="2CBB1BE4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="2CBB1BE4" w14:textId="38673D75" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Enforcement recommendation &amp; ICT review</w:t>
+                          <w:t xml:space="preserve">Enforcement recommendation &amp; </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00A72CB8" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>IDT</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00E20251">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>review</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Right Brace 136" o:spid="_x0000_s1100" type="#_x0000_t88" style="position:absolute;left:47929;top:7812;width:1554;height:6129;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD2GY1owAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8Mw&#10;DL0P9h+MBr2tTreSjTROKYPBekxX2FXEWhIay8FWm+zf14XCbnq8T5Xb2Q3qQiH2ng2slhko4sbb&#10;nlsDx+/P53dQUZAtDp7JwB9F2FaPDyUW1k9c0+UgrUohHAs00ImMhdax6chhXPqROHG/PjiUBEOr&#10;bcAphbtBv2RZrh32nBo6HOmjo+Z0ODsD531YvwWp8+P+pxeuswlX650xi6d5twElNMu/+O7+smn+&#10;aw63Z9IFuroCAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9hmNaMAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" adj="456" strokeweight=".5pt"/>
                 <v:rect id="Rectangle 137" o:spid="_x0000_s1101" style="position:absolute;left:51271;top:9019;width:7235;height:4008;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAoUAvTwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdNVXClaxQRlZ6EbT3scWzGtthMShNt/fdGWNjbPN7nrLe9qcWTWldZVjCbRiCIc6sr&#10;LhRcsuNkBcJ5ZI21ZVLwIgfbzXCwxljbjn/omfpChBB2MSoovW9iKV1ekkE3tQ1x4G62NegDbAup&#10;W+xCuKnlPIqW0mDFoaHEhvYl5ff0YRRkSXaZXX1zr7rVId3/nk/1NTFKjUf97huEp97/i//ciQ7z&#10;F1/weSZcIDdvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAChQC9PBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="2129B40D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="2129B40D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>STEP 3.1</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="57ED0F5E" w14:textId="00F6ABF0" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="57ED0F5E" w14:textId="00F6ABF0" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:color w:val="FF0000"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>7</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:shape id="Flowchart: Off-page Connector 138" o:spid="_x0000_s1102" type="#_x0000_t177" style="position:absolute;left:20969;top:1674;width:6761;height:5492;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhL67qxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMkJvdaOFINFVpCgoeKmKXqfZaTY0O5tmtxr/fecgeJvhvXnvm/my9426UhfrwAbGowwU&#10;cRlszZWB03HzNgUVE7LFJjAZuFOE5WLwMsfChht/0vWQKiUhHAs04FJqC61j6chjHIWWWLTv0HlM&#10;snaVth3eJNw3epJlufZYszQ4bOnDUflz+PMGfk8TvmzdV7nLV3te57tz3LA35nXYr2agEvXpaX5c&#10;b63gvwutPCMT6MU/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOEvrurEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="3C736F47" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="3C736F47" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Continued from previous page</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 139" o:spid="_x0000_s1103" type="#_x0000_t109" style="position:absolute;left:19833;top:14896;width:9137;height:5014;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB/DHyoxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCF6KbmpT0egqWigUD1IfPfQ2ZMdsanY2ZDea9td3C4Xe5uN7zmLV2UpcqfGlYwUPowQE&#10;ce50yYWC0/FlOAXhA7LGyjEp+CIPq2XvboGZdjfe0/UQChFD2GeowIRQZ1L63JBFP3I1ceTOrrEY&#10;ImwKqRu8xXBbyXGSTKTFkmODwZqeDeWXQ2sVbM25fHv62L7ff9dpe0k/KW03O6UG/W49BxGoC//i&#10;P/erjvMfZ/D7TLxALn8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfwx8qMYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="3380C060" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="3380C060" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Lead Investigator sets objectives and plans Investigation</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 140" o:spid="_x0000_s1104" type="#_x0000_t32" style="position:absolute;left:24397;top:42067;width:73;height:4128;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBOnjhxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMgUvRTeVkkrqKrEgaG+xeh+y02xodjZmV03/fedQ6G2G9+a9b1ab0XfqRkNsAxt4nmeg&#10;iOtgW24MnD53syWomJAtdoHJwA9F2KwnDyssbLhzRbdjapSEcCzQgEupL7SOtSOPcR56YtG+wuAx&#10;yTo02g54l3Df6UWW5dpjy9LgsKd3R/X38eoN4KH9KLuqKs/568Jtn7LL5eByY6aPY/kGKtGY/s1/&#10;13sr+C+CL8/IBHr9CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIE6eOHEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 141" o:spid="_x0000_s1105" type="#_x0000_t32" style="position:absolute;left:24389;top:26304;width:55;height:3274;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmhfhuwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50Y7BGUjdBLNKCJ2MFexuy0yR0dzZkt5r++26h0Ns83udsy9EacaPBd44VLBcJCOLa&#10;6Y4bBW/nw3wDwgdkjcYxKfgmD2UxnWwx1+7OJ7pVoRExhH2OCtoQ+lxKX7dk0S9cTxy5DzdYDBEO&#10;jdQD3mO4NTJNkrW02HFsaLGnfUv1Z/VlFaRp9vhcX96PL1iZzJtwPZ6zq1IPs3H3BCLQGP7Ff+5X&#10;HeevlvD7TLxAFj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5oX4bsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Right Brace 142" o:spid="_x0000_s1106" type="#_x0000_t88" style="position:absolute;left:48208;top:30771;width:1206;height:15271;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpj0DzxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8Mw&#10;DIXvg/0Ho0Fvi720lJLVDaNQ6KmwrIf2psVa4iWWQ+y22b+vB4PdJN7T+57W5eR6caUxWM8aXjIF&#10;grj2xnKj4fixe16BCBHZYO+ZNPxQgHLz+LDGwvgbv9O1io1IIRwK1NDGOBRShrolhyHzA3HSvvzo&#10;MKZ1bKQZ8ZbCXS9zpZbSoeVEaHGgbUt1V11cgiyrLrdHNT8o+6nO7lvuT7nUevY0vb2CiDTFf/Pf&#10;9d6k+oscfp9JE8jNHQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKmPQPPEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="142" strokeweight=".5pt"/>
                 <v:shape id="Straight Arrow Connector 143" o:spid="_x0000_s1107" type="#_x0000_t32" style="position:absolute;left:24383;top:49726;width:26;height:2190;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBx6OaWwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL2UulFLLDEbiUKh9hZr70N2mg1mZ2N21fTfu4VCb/N4n5NvRtuJKw2+daxgPktAENdO&#10;t9woOH6+Pb+C8AFZY+eYFPyQh00xecgx0+7GFV0PoRExhH2GCkwIfSalrw1Z9DPXE0fu2w0WQ4RD&#10;I/WAtxhuO7lIklRabDk2GOxpZ6g+HS5WAe7bj7KrqvIrXS3M9ik5n/cmVepxOpZrEIHG8C/+c7/r&#10;OP9lCb/PxAtkcQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBx6OaWwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Flowchart: Process 144" o:spid="_x0000_s1108" type="#_x0000_t109" style="position:absolute;left:34997;top:53571;width:12261;height:5707;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDJC6BLxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwghepWUsqZWuUViiIB6m2PfQ2bMbN1s1k2WR1219vCgVv83ifs1j1rhZnakPlWcNsmoEg&#10;LrypuNTw8f569wgiRGSDtWfS8EMBVsvhYIG58Rfe0/kQS5FCOOSowcbY5FKGwpLDMPUNceKOvnUY&#10;E2xLaVq8pHBXy/ssm0uHFacGiw2tLRWnQ+c0bO2xenv42n5OfhvVndQ3qe5lp/V41D8/gYjUx5v4&#10;370xab5S8PdMukAurwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJC6BLxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="6D60E496" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="6D60E496" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Lead Investigator completes Parts A, B, C10 &amp; C11 of Investigation &amp; Prosecution Report and EDR </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 145" o:spid="_x0000_s1109" type="#_x0000_t109" style="position:absolute;left:35145;top:61404;width:12255;height:5131;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCmRwXQxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLxI3VRiKamrtIIgHkRte+htyI7Z1OxsyG40+utdQfA2j/c5k1lnK3GkxpeOFbwOExDE&#10;udMlFwp+vhcv7yB8QNZYOSYFZ/Iwmz71Jphpd+ItHXehEDGEfYYKTAh1JqXPDVn0Q1cTR27vGosh&#10;wqaQusFTDLeVHCXJm7RYcmwwWNPcUH7YtVbByuzLzfhv9Tu41Gl7SP8pbb/WSvWfu88PEIG68BDf&#10;3Usd56djuD0TL5DTKwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCmRwXQxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="392E33CC" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="392E33CC" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Approval Officer completes relevant sections of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 146" o:spid="_x0000_s1110" type="#_x0000_t32" style="position:absolute;left:41128;top:59365;width:18;height:2038;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWSAEMwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VTYokEt2IWIqW0oMPPA/ZyQOzs2F3q/HfdwuF3ubje85qPZpe3Mj5zrKCdJaAIK6s&#10;7rhRcD69vyxA+ICssbdMCh7kYV1OnlZYaHvnA92OoRExhH2BCtoQhkJKX7Vk0M/sQBy52jqDIULX&#10;SO3wHsNNL1+TJJMGO44NLQ60bam6Hr+Ngjr/8I/dPpXurc+SlL/yT3/JlXqejpsliEBj+Bf/ufc6&#10;zp9n8PtMvECWPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDWSAEMwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 147" o:spid="_x0000_s1111" type="#_x0000_t32" style="position:absolute;left:13450;top:56435;width:4068;height:8;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAO0+CVwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHoR3VRKLDEbSYWCeott70N2zAazszG7avz3XaHQ2zze5+Tr0XbiSoNvHSt4nScgiGun&#10;W24UfH99zt5B+ICssXNMCu7kYV08TXLMtLtxRddDaEQMYZ+hAhNCn0npa0MW/dz1xJE7usFiiHBo&#10;pB7wFsNtJxdJkkqLLccGgz1tDNWnw8UqwF27L7uqKn/S5cJ8TJPzeWdSpV6ex3IFItAY/sV/7q2O&#10;89+W8HgmXiCLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAO0+CVwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Flowchart: Process 148" o:spid="_x0000_s1112" type="#_x0000_t109" style="position:absolute;left:1739;top:61528;width:12248;height:5619;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBIRqpOyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvhf6HZQpeim4saZHoKq1QEA+ltfXgbciO2Wh2NmQ3mvbXdw6F3mZ4b977ZrEafKMu1MU6sIHp&#10;JANFXAZbc2Xg6/N1PAMVE7LFJjAZ+KYIq+XtzQILG678QZddqpSEcCzQgEupLbSOpSOPcRJaYtGO&#10;ofOYZO0qbTu8Srhv9EOWPWmPNUuDw5bWjsrzrvcGtu5Yvz8etvv7nzbvz/mJ8v7lzZjR3fA8B5Vo&#10;SP/mv+uNFfxcaOUZmUAvfwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBIRqpOyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="3C85E2C4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="3C85E2C4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Approval Officer completes all of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 149" o:spid="_x0000_s1113" type="#_x0000_t109" style="position:absolute;left:35913;top:68593;width:12242;height:5613;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnCg/VxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCF5EN5W02NRVqiCIh9JaPfQ2ZMdsanY2ZDca/fXdgtDbPN7nzBadrcSZGl86VvA4TkAQ&#10;506XXCjYf61HUxA+IGusHJOCK3lYzHsPM8y0u/AnnXehEDGEfYYKTAh1JqXPDVn0Y1cTR+7oGosh&#10;wqaQusFLDLeVnCTJs7RYcmwwWNPKUH7atVbB1hzLj6fv7WF4q9P2lP5Q2i7flRr0u7dXEIG68C++&#10;uzc6zk9f4O+ZeIGc/wIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnCg/VxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="775941E1" w14:textId="3709ED9D" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="775941E1" w14:textId="3709ED9D" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Lead investigator/Approval Officer communicates outcome to interested parties </w:t>
                         </w:r>
-                        <w:r w:rsidR="00A32729">
+                        <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>(refer to</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> para. 8.19)</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 150" o:spid="_x0000_s1114" type="#_x0000_t32" style="position:absolute;left:7687;top:58934;width:25;height:2594;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAMEMsoxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvhf6HZQre6qYBTYmuUiqi4KmxBXsbsmMSujsbsqum/75zEHqb4b1575vlevROXWmIXWADL9MM&#10;FHEdbMeNgc/j9vkVVEzIFl1gMvBLEdarx4clljbc+IOuVWqUhHAs0UCbUl9qHeuWPMZp6IlFO4fB&#10;Y5J1aLQd8Cbh3uk8y+baY8fS0GJP7y3VP9XFG8jzYrapv74PO6xcEV06HY7FyZjJ0/i2AJVoTP/m&#10;+/XeCv5M8OUZmUCv/gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAMEMsoxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 151" o:spid="_x0000_s1115" type="#_x0000_t32" style="position:absolute;left:14061;top:64241;width:5473;height:4;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCrtiWJxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvhf6HZQre6kahtkRXEYm0lxSa9tLbkB2TYHY27G507a93C4K3Gd6b971ZbaLpxYmc7ywrmE0z&#10;EMS11R03Cn6+989vIHxA1thbJgUX8rBZPz6sMNf2zF90qkIjUgj7HBW0IQy5lL5uyaCf2oE4aQfr&#10;DIa0ukZqh+cUbno5z7KFNNhxIrQ40K6l+liNJnHtzv3VcSyqYvx8jbIoy/ffUqnJU9wuQQSK4W6+&#10;XX/oVP9lBv/PpAnk+goAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrtiWJxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Flowchart: Decision 152" o:spid="_x0000_s1116" type="#_x0000_t110" style="position:absolute;left:17442;top:67053;width:13804;height:8849;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAqgrQ8wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKXirm4pWSV3FFgQpvWi05yE7zQazsyE70fjvu0Kht3m8z1muB9+oC3WxDmzgZZyBIi6D&#10;rbkycCy2zwtQUZAtNoHJwI0irFePD0vMbbjyni4HqVQK4ZijASfS5lrH0pHHOA4tceJ+QudREuwq&#10;bTu8pnDf6EmWvWqPNacGhy19OCrPh94bOH8u9nou03dxt/5707fF1/xUGDN6GjZvoIQG+Rf/uXc2&#10;zZ9N4P5MukCvfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAqgrQ8wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="36415C49" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="36415C49" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Approval Officer makes decision to prosecute</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Right Brace 153" o:spid="_x0000_s1117" type="#_x0000_t88" style="position:absolute;left:47928;top:46801;width:1536;height:40431;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDgQcNCvwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLOxN01WqUo2iwoI3Uet9aMambjMpTar135uFBW/zeJ+zXPe2FndqfeVYwfcoAUFcOF1x&#10;qSA//wznIHxA1lg7JgVP8rBefQyWmGn34CPdT6EUMYR9hgpMCE0mpS8MWfQj1xBH7upaiyHCtpS6&#10;xUcMt7UcJ8lUWqw4NhhsaGeo+D11VkE4pK4r6zwxWz9LL/MJ3Zpjp9TXZ79ZgAjUh7f4373XcX46&#10;gb9n4gVy9QIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDgQcNCvwAAANwAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" adj="68" strokeweight=".5pt"/>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1118" type="#_x0000_t202" style="position:absolute;left:14283;top:68944;width:3569;height:1772;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCuWIgwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LSwMx&#10;EL4L/Q9hCt5stvVBWZuWpWApgkJrDx6HZMwubiZLMrbrvzeC4G0+vuesNmPo1ZlS7iIbmM8qUMQ2&#10;uo69gdPb080SVBZkh31kMvBNGTbrydUKaxcvfKDzUbwqIZxrNNCKDLXW2bYUMM/iQFy4j5gCSoHJ&#10;a5fwUsJDrxdV9aADdlwaWhxo25L9PH4FA8+HHS78bl+93L5L8+rFNjlZY66nY/MISmiUf/Gfe+/K&#10;/Ps7+H2mXKDXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCCuWIgwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="047E26A1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="047E26A1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Yes</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="769C9440" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="769C9440" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 155" o:spid="_x0000_s1119" type="#_x0000_t109" style="position:absolute;left:35914;top:76346;width:12408;height:3737;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjnpMNxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCr2IbixJKamraKEgHoraeuhtyI7Z1OxsyG409td3C4K3ebzPmS16W4sztb5yrGA6SUAQ&#10;F05XXCr4+nwfv4DwAVlj7ZgUXMnDYj4czDDX7sI7Ou9DKWII+xwVmBCaXEpfGLLoJ64hjtzRtRZD&#10;hG0pdYuXGG5r+ZQkz9JixbHBYENvhorTvrMKNuZYbbPvzWH026TdKf2htFt9KPX40C9fQQTqw118&#10;c691nJ9l8P9MvEDO/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjnpMNxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="6FF04A11" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="6FF04A11" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Lead Investigator follows up actions (e.g. IN, enforcement letter, regulatory issues)</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 156" o:spid="_x0000_s1120" type="#_x0000_t32" style="position:absolute;left:24301;top:65761;width:41;height:1336;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDstfbHwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTTQOaErMRqUgLnpq0YG9DdkyCu7Mhu9X4791Cobd5vM8pNpM14kKj7x0reF4kIIgb&#10;p3tuFXzW+/kLCB+QNRrHpOBGHjblw6zAXLsrf9ClCq2IIexzVNCFMORS+qYji37hBuLIndxoMUQ4&#10;tlKPeI3h1sg0SVbSYs+xocOBXjtqztWPVZCm2XLXfH0f3rAymTfheKizo1JPj9N2DSLQFP7Ff+53&#10;HecvV/D7TLxAlncAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7LX2x8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 157" o:spid="_x0000_s1121" type="#_x0000_t32" style="position:absolute;left:31026;top:71456;width:4888;height:2;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCLCnZIwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHoR3VRoLDEbSYWCeott70N2zAazszG7avz3XaHQ2zze5+Tr0XbiSoNvHSt4nScgiGun&#10;W24UfH99zt5B+ICssXNMCu7kYV08TXLMtLtxRddDaEQMYZ+hAhNCn0npa0MW/dz1xJE7usFiiHBo&#10;pB7wFsNtJxdJkkqLLccGgz1tDNWnw8UqwF27L7uqKn/S5cJ8TJPzeWdSpV6ex3IFItAY/sV/7q2O&#10;89+W8HgmXiCLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCLCnZIwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1122" type="#_x0000_t202" style="position:absolute;left:30211;top:68593;width:3155;height:1778;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAD9GglwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwNB&#10;DIXvgv9hiODNzlpRZO20LIKlCAqtHjyGmTi7uJNZZmK7/ntzELwlvJf3vqw2cxrNkUodMju4XjRg&#10;iH0OA0cH729PV/dgqiAHHDOTgx+qsFmfn62wDfnEezoeJBoN4dqig15kaq2tvqeEdZEnYtU+c0ko&#10;upZoQ8GThqfRLpvmziYcWBt6nOixJ/91+E4OnvdbXMbtrnm5+ZDuNYrvavHOXV7M3QMYoVn+zX/X&#10;u6D4t0qrz+gEdv0LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAA/RoJcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="705660E3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="705660E3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>No</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="3CCFE844" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="3CCFE844" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 159" o:spid="_x0000_s1123" type="#_x0000_t109" style="position:absolute;left:19556;top:62764;width:9734;height:2997;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCi05kIxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCl6KbipR2tRVrCAUD0WtPfQ2ZMdsanY2ZDea+uvdQsHbPN7nzBadrcSZGl86VvA0SkAQ&#10;506XXCg4fK6HzyB8QNZYOSYFv+RhMe/3Zphpd+EdnfehEDGEfYYKTAh1JqXPDVn0I1cTR+7oGosh&#10;wqaQusFLDLeVHCfJVFosOTYYrGllKD/tW6tgY47ldvK9+Xq81ml7Sn8obd8+lBo8dMtXEIG6cBf/&#10;u991nD95gb9n4gVyfgMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCi05kIxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="0F0E3FAA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="0F0E3FAA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Enforcement decision</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 160" o:spid="_x0000_s1124" type="#_x0000_t32" style="position:absolute;left:29267;top:63983;width:5950;height:6;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDKjySBxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvk/YfIk/aZRrpOJSpNKBu0qTBrbDdrcY01RqnNBmUf48PSNxsvef3PpfryffqRGPsAht4m2Wg&#10;iJtgO24N/Oy/Xt9BxYRssQ9MBi4UYb16fCixsOHMNZ12qVUSwrFAAy6lodA6No48xlkYiEU7hNFj&#10;knVstR3xLOG+1/Msy7XHjqXB4UCfjpq/3b83gJtuW/V1Xf3mi7n7eMmOx43LjXl+mqolqERTuptv&#10;199W8HPBl2dkAr26AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMqPJIHEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 161" o:spid="_x0000_s1125" type="#_x0000_t32" style="position:absolute;left:14868;top:27670;width:181;height:17286;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQADfs4RwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN7qRitpTV0lpqR4EKFW6HXITpPQ7GzIbpP477tCwds83udsdqNpRE+dqy0rWMwjEMSF&#10;1TWXCi6f+eMLCOeRNTaWScGVHOy208kGE20H/qD+7EsRQtglqKDyvk2kdEVFBt3ctsSB+7adQR9g&#10;V0rd4RDCTSOXURRLgzWHhgpbyioqfs6/RsFTnr2f3npeH+Wq5V7u46/nFJV6mI3pKwhPo7+L/90H&#10;HebHC7g9Ey6Q2z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAA37OEcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 162" o:spid="_x0000_s1126" type="#_x0000_t32" style="position:absolute;left:24351;top:7172;width:3;height:1614;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAico2VwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLwU3Sg01dRVRFCKSkGN9yE7TdJmZ0N2jfHfu0LB2zze58wWnalES40rLSsYDSMQxJnV&#10;JecK0tN6MAHhPLLGyjIpuJGDxfylN8NE2ysfqD36XIQQdgkqKLyvEyldVpBBN7Q1ceB+bGPQB9jk&#10;Ujd4DeGmkuMoiqXBkkNDgTWtCsr+jhejQG6nv3vbvr1/c/ph09UGb7tzrFT/tVt+gvDU+af43/2l&#10;w/x4DI9nwgVyfgcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAico2VwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrow="open" endarrowwidth="narrow" endarrowlength="short"/>
                 </v:shape>
                 <v:shape id="Flowchart: Process 163" o:spid="_x0000_s1127" type="#_x0000_t109" style="position:absolute;left:19838;top:8783;width:9144;height:4306;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQANV2RfxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKXgpuqmNItFVqlAoHorPg7chO2aj2dmQ3WjaX98tFHqbj+85s0VnK3GjxpeOFbwMEhDE&#10;udMlFwoO+/f+BIQPyBorx6Tgizws5o8PM8y0u/OWbrtQiBjCPkMFJoQ6k9Lnhiz6gauJI3d2jcUQ&#10;YVNI3eA9httKDpNkLC2WHBsM1rQylF93rVWwNudyMzqtj8/fddpe0wul7fJTqd5T9zYFEagL/+I/&#10;94eO88ev8PtMvEDOfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQANV2RfxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="30AD10C2" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="002D54BE" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="30AD10C2" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Delivery Lead agrees Investigation Resource </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Decision 164" o:spid="_x0000_s1128" type="#_x0000_t110" style="position:absolute;left:17515;top:51918;width:13806;height:9042;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAES0NuwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTjSIaUlexBaGUXjRtz0N2zAazsyE70fjvu4VCb/N4n7PZjb5VV+pjE9jAfJaBIq6C&#10;bbg28FkepjmoKMgW28Bk4E4RdtuHyQYLG258pOtJapVCOBZowIl0hdaxcuQxzkJHnLhz6D1Kgn2t&#10;bY+3FO5bvciylfbYcGpw2NGro+pyGryBy3t+1GtZvoi7D9/7oSs/1l+lMU+P4/4ZlNAo/+I/95tN&#10;81dL+H0mXaC3PwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAES0NuwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="7A68BE8F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="7A68BE8F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Lead Investigator Recommends Prosecution</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Terminator 165" o:spid="_x0000_s1129" type="#_x0000_t116" style="position:absolute;left:18224;top:83286;width:11163;height:4165;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBCJ2ftxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X/A9hhF5Esy1VZDWKlrZW0IPP87AZd1c3kyWJuv33TUHobT6+54ynjanEjZwvLSt46SUgiDOr&#10;S84V7Hef3SEIH5A1VpZJwQ95mE5aT2NMtb3zhm7bkIsYwj5FBUUIdSqlzwoy6Hu2Jo7cyTqDIUKX&#10;S+3wHsNNJV+TZCANlhwbCqzpvaDssr0aBc2bW12M/tocl4vF7uN07hzm66tSz+1mNgIRqAn/4of7&#10;W8f5gz78PRMvkJNfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEInZ+3EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="1F637D38" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="1F637D38" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Proceed to Prosecution</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 166" o:spid="_x0000_s1130" type="#_x0000_t32" style="position:absolute;left:31243;top:56413;width:3753;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC3iJbiwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JasMw&#10;EL0X8g9iCrnVshswjRslhEBD6KFQx+Q8WFPb1BoZSfHy91Wh0Ns83jq7w2x6MZLznWUFWZKCIK6t&#10;7rhRUF3fnl5A+ICssbdMChbycNivHnZYaDvxJ41laEQMYV+ggjaEoZDS1y0Z9IkdiCP3ZZ3BEKFr&#10;pHY4xXDTy+c0zaXBjmNDiwOdWqq/y7tRsKm6cHvP3Nn1CzNtP8rjZlqUWj/Ox1cQgebwL/5zX3Sc&#10;n+fw+0y8QO5/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALeIluLBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="windowText" strokeweight=".5pt">
                   <v:stroke endarrow="open"/>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1131" type="#_x0000_t202" style="position:absolute;left:31201;top:53957;width:3162;height:1784;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8BzbqwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NSwMx&#10;EL0L/Q9hCt5s1gpVtk3LUmgpgkKrB49DMs0ubiZLMrbrvzeC4G0e73NWmzH06kIpd5EN3M8qUMQ2&#10;uo69gfe33d0TqCzIDvvIZOCbMmzWk5sV1i5e+UiXk3hVQjjXaKAVGWqts20pYJ7Fgbhw55gCSoHJ&#10;a5fwWsJDr+dVtdABOy4NLQ60bcl+nr6CgefjHud+f6heHj6kefVim5ysMbfTsVmCEhrlX/znPrgy&#10;f/EIv8+UC/T6BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALwHNurBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="46C79E31" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="46C79E31" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>No</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="730C9743" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="730C9743" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1132" type="#_x0000_t202" style="position:absolute;left:13314;top:54194;width:3575;height:1778;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNmKKYwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwNB&#10;DIXvgv9hiODNzlqhyNppWQRLERRaPXgMM3F2cSezzMR2/ffmIHhLeC/vfVlv5zSaE5U6ZHZwu2jA&#10;EPscBo4O3t+ebu7BVEEOOGYmBz9UYbu5vFhjG/KZD3Q6SjQawrVFB73I1FpbfU8J6yJPxKp95pJQ&#10;dC3RhoJnDU+jXTbNyiYcWBt6nOixJ/91/E4Ong87XMbdvnm5+5DuNYrvavHOXV/N3QMYoVn+zX/X&#10;+6D4K6XVZ3QCu/kFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzZiimMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="4513E0E6" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="4513E0E6" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Yes</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="26A79F43" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="26A79F43" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 169" o:spid="_x0000_s1133" type="#_x0000_t109" style="position:absolute;left:1618;top:53957;width:11829;height:4981;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsv1O1xQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFLwU3VSitKmrWEEoHopae+htyI7Z1OxsyG409de7BcHbPN7nTOedrcSJGl86VvA8TEAQ&#10;506XXCjYf60GLyB8QNZYOSYFf+RhPus9TDHT7sxbOu1CIWII+wwVmBDqTEqfG7Loh64mjtzBNRZD&#10;hE0hdYPnGG4rOUqSibRYcmwwWNPSUH7ctVbB2hzKzfhn/f10qdP2mP5S2r5/KtV/7BZvIAJ14S6+&#10;uT90nD95hf9n4gVydgUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsv1O1xQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="0795A0AA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="0795A0AA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Lead investigator completes Parts A, B &amp; all of Part C of Investigation &amp; Prosecution Report and EDR </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="12414CA3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="12414CA3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Right Brace 170" o:spid="_x0000_s1134" type="#_x0000_t88" style="position:absolute;left:47928;top:7813;width:1555;height:6129;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCA1glHwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvhf6HZQq91Y1FVFJXEUGox1jB65Adk9DsbNgdTfrvO4dCbzO8N+99s9lNoTcPSrmL7GA+K8AQ&#10;19F33Di4fB3f1mCyIHvsI5ODH8qw2z4/bbD0ceSKHmdpjIZwLtFBKzKU1ua6pYB5Fgdi1W4xBRRd&#10;U2N9wlHDQ2/fi2JpA3asDS0OdGip/j7fg4P7KS1WSarl5XTthKtixPli79zry7T/ACM0yb/57/rT&#10;K/5K8fUZncBufwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCA1glHwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="456" strokeweight=".5pt"/>
                 <v:rect id="Rectangle 171" o:spid="_x0000_s1135" style="position:absolute;left:51270;top:9020;width:7236;height:4008;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBen4/8wQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WtHtQqUYRcaWnBVsPHsdmbIvNpDTR1n9vFgRv83ifs9oMphEP6lxtWUE8jUAQF1bX&#10;XCo45b/fCxDOI2tsLJOCJznYrEdfK0y07flIj8yXIoSwS1BB5X2bSOmKigy6qW2JA3e1nUEfYFdK&#10;3WEfwk0jf6JoJg3WHBoqbGlXUXHL7kZBnuan+OLbW90v9tnu/HdoLqlRajIetksQngb/Eb/dqQ7z&#10;5zH8PxMukOsXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF6fj/zBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="6E25C980" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00440461" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="6E25C980" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>STEP 3.1</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="3AB02DDC" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00440461" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="3AB02DDC" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:color w:val="FF0000"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:color w:val="FF0000"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>Section 7</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:rect id="Rectangle 172" o:spid="_x0000_s1136" style="position:absolute;left:50616;top:64294;width:6394;height:5693;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCuTRGLwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwwt401cMq1VQW2ZWeBFsPHsdmti1tJqWJtv57IyzsbR7vc3b70bTiQb2rLStYLiIQxIXV&#10;NZcKLvnPfAPCeWSNrWVS8CQH+2Q62WGs7cBnemS+FCGEXYwKKu+7WEpXVGTQLWxHHLhf2xv0Afal&#10;1D0OIdy0chVFn9JgzaGhwo4OFRVNdjcK8jS/LG++a+ph850drqdje0uNUh+z8WsLwtPo/8V/7lSH&#10;+esVvJ8JF8jkBQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK5NEYvBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="13DC1C3A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="13DC1C3A" w14:textId="4247E42B" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00E43A48" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">STEPs </w:t>
+                          <w:t>Steps</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="7E33A599" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="7E33A599" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>4.6 to 4.9</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:shape id="Flowchart: Off-page Connector 173" o:spid="_x0000_s1137" type="#_x0000_t177" style="position:absolute;left:20966;top:1674;width:6762;height:5493;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB54YVbwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v7H8Is+BNUxXqUo0ii4KCFx+s17EZm2Iz6TZR6783grC3+fieM5m1thI3anzpWEG/l4Agzp0u&#10;uVBw2C+73yB8QNZYOSYFD/Iwm35+TDDT7s5buu1CIWII+wwVmBDqTEqfG7Loe64mjtzZNRZDhE0h&#10;dYP3GG4rOUiSVFosOTYYrOnHUH7ZXa2Cv8OAjytzytfpfMOLdP3rl2yV6ny18zGIQG34F7/dKx3n&#10;j4bweiZeIKdPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHnhhVvBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="1E64D831" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="1E64D831" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Continued from previous page</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:rect id="Rectangle 174" o:spid="_x0000_s1138" style="position:absolute;left:50672;top:22838;width:7277;height:4832;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBO6CxkwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdNFXGlaxQRlZ6EbT3scWzGtthMShNt/fdGWNjbPN7nrLe9qcWTWldZVjCbRiCIc6sr&#10;LhRcsuNkBcJ5ZI21ZVLwIgfbzXCwxljbjn/omfpChBB2MSoovW9iKV1ekkE3tQ1x4G62NegDbAup&#10;W+xCuKnlPIqW0mDFoaHEhvYl5ff0YRRkSXaZXX1zr7rVId3/nk/1NTFKjUf97huEp97/i//ciQ7z&#10;vxbweSZcIDdvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE7oLGTBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="1DC6A226" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="1DC6A226" w14:textId="18536268" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
-                        </w:pPr>
-                        <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>STEPs 4.1 to 4.4</w:t>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Steps </w:t>
+                        </w:r>
+                        <w:r w:rsidR="0085709F" w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>4.1 to 4.4</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:shape id="Straight Arrow Connector 175" o:spid="_x0000_s1139" type="#_x0000_t32" style="position:absolute;left:24381;top:49729;width:25;height:2191;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBfIRHEwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHoR3VRoLDEbSYWCeott70N2zAazszG7avz3XaHQ2zze5+Tr0XbiSoNvHSt4nScgiGun&#10;W24UfH99zt5B+ICssXNMCu7kYV08TXLMtLtxRddDaEQMYZ+hAhNCn0npa0MW/dz1xJE7usFiiHBo&#10;pB7wFsNtJxdJkkqLLccGgz1tDNWnw8UqwF27L7uqKn/S5cJ8TJPzeWdSpV6ex3IFItAY/sV/7q2O&#10;85dv8HgmXiCLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBfIRHEwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Flowchart: Process 176" o:spid="_x0000_s1140" type="#_x0000_t109" style="position:absolute;left:34995;top:53575;width:12262;height:5707;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCY+VEaxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFLwU3VSiLamrWEEoHopae+htyI7Z1OxsyG409de7BcHbPN7nTOedrcSJGl86VvA8TEAQ&#10;506XXCjYf60GryB8QNZYOSYFf+RhPus9TDHT7sxbOu1CIWII+wwVmBDqTEqfG7Loh64mjtzBNRZD&#10;hE0hdYPnGG4rOUqSibRYcmwwWNPSUH7ctVbB2hzKzfhn/f10qdP2mP5S2r5/KtV/7BZvIAJ14S6+&#10;uT90nP8ygf9n4gVydgUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCY+VEaxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="6847572E" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="6847572E" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Lead Investigator completes Parts A, B, C10 &amp; C11 of Investigation &amp; Prosecution Report and EDR </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 177" o:spid="_x0000_s1141" type="#_x0000_t109" style="position:absolute;left:35143;top:61409;width:12256;height:5131;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD3tfSBxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKXgpuqmkKtFVqlAoHorPg7chO2aj2dmQ3WjaX98tFHqbj+85s0VnK3GjxpeOFbwMEhDE&#10;udMlFwoO+/f+BIQPyBorx6Tgizws5o8PM8y0u/OWbrtQiBjCPkMFJoQ6k9Lnhiz6gauJI3d2jcUQ&#10;YVNI3eA9httKDpNkJC2WHBsM1rQylF93rVWwNudy83paH5+/67S9phdK2+WnUr2n7m0KIlAX/sV/&#10;7g8d54/H8PtMvEDOfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD3tfSBxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="13E87593" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="13E87593" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Approval Officer completes relevant sections of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 178" o:spid="_x0000_s1142" type="#_x0000_t32" style="position:absolute;left:41126;top:59369;width:18;height:2038;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCSUZBtxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawJB&#10;DIXvBf/DEKEXqbMtVMvqKLa0VASR2h7qLd1Jd1d3MsvMVNd/bw5Cbwnv5b0v03nnGnWkEGvPBu6H&#10;GSjiwtuaSwNfn293T6BiQrbYeCYDZ4own/Vupphbf+IPOm5TqSSEY44GqpTaXOtYVOQwDn1LLNqv&#10;Dw6TrKHUNuBJwl2jH7JspB3WLA0VtvRSUXHY/jkDg+f4fT687x9/dq/ruAkrXq41G3Pb7xYTUIm6&#10;9G++Xi+t4I+FVp6RCfTsAgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJJRkG3HAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 179" o:spid="_x0000_s1143" type="#_x0000_t32" style="position:absolute;left:24424;top:33975;width:17;height:2396;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYd52IwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VTTz0EV1FIoXSm1Zoexuz4yaYnQ27W5P8e7cgeJuP7znL9WBbcSEfGscK8lkGgrhy&#10;umGj4PD1/vQKIkRkja1jUjBSgPVq8rDEQrued3TZRyNSCIcCFdQxdoWUoarJYpi5jjhxJ+ctxgS9&#10;kdpjn8JtK+dZ9iwtNpwaauyorKk67/+sgrnf9iYfx6o8/nx2v6bPv12ZK/U4HTYLEJGGeBff3B86&#10;zX95g/9n0gVydQUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDYd52IwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 180" o:spid="_x0000_s1144" type="#_x0000_t32" style="position:absolute;left:13447;top:56439;width:4068;height:8;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB8mEQyxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8Mw&#10;DIXvg/4Ho8Juq5MeRsnqlpJSGLutG6y7abHmhMZysL0m+ffTYbCbxHt679N2P/le3SimLrCBclWA&#10;Im6C7dgZeH87PWxApYxssQ9MBmZKsN8t7rZY2TDyK93O2SkJ4VShgTbnodI6NS15TKswEIv2HaLH&#10;LGt02kYcJdz3el0Uj9pjx9LQ4kB1S831/OMNrONxdOU8N/XX5WX4dGP5EerSmPvldHgClWnK/+a/&#10;62cr+BvBl2dkAr37BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHyYRDLEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Flowchart: Process 181" o:spid="_x0000_s1145" type="#_x0000_t109" style="position:absolute;left:1735;top:61532;width:12249;height:5620;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAixblJxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCr2IbpRYJHUVFYTiQaqth96G7JhNzc6G7EbT/nq3IPQ2j/c582VnK3GlxpeOFYxHCQji&#10;3OmSCwWfH9vhDIQPyBorx6TghzwsF/3eHDPtbnyg6zEUIoawz1CBCaHOpPS5IYt+5GriyJ1dYzFE&#10;2BRSN3iL4baSkyR5kRZLjg0Ga9oYyi/H1irYmXP5Pv3anQa/ddpe0m9K2/VeqeenbvUKIlAX/sUP&#10;95uO82dj+HsmXiAXdwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAixblJxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="57F35787" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="57F35787" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Approval Officer completes all of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 182" o:spid="_x0000_s1146" type="#_x0000_t109" style="position:absolute;left:35912;top:68598;width:12242;height:5613;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSFyc+xQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LCF5EN0oUSV2lFgrioVRbD70N2TEbzc6G7EbT/vpuQfA2j/c5y3VnK3GlxpeOFUzGCQji&#10;3OmSCwVfn2+jBQgfkDVWjknBD3lYr556S8y0u/GerodQiBjCPkMFJoQ6k9Lnhiz6sauJI3dyjcUQ&#10;YVNI3eAthttKTpNkLi2WHBsM1vRqKL8cWqtgZ07lx+x7dxz+1ml7Sc+Utpt3pQb97uUZRKAuPMR3&#10;91bH+Ysp/D8TL5CrPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDSFyc+xQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="7C614F2F" w14:textId="3966CF32" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="7C614F2F" w14:textId="3966CF32" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Lead investigator/Approval Officer communicates outcome to interested parties </w:t>
                         </w:r>
-                        <w:r w:rsidR="00A32729">
+                        <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>(refer to</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> para. 8.19)</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 183" o:spid="_x0000_s1147" type="#_x0000_t32" style="position:absolute;left:7683;top:58938;width:25;height:2594;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4o6lnvAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LCsIw&#10;EN0L3iGM4EY0VVGkGkUEq1s/C5djM7bFZlKaqPX2RhDczeN9Z7FqTCmeVLvCsoLhIAJBnFpdcKbg&#10;fNr2ZyCcR9ZYWiYFb3KwWrZbC4y1ffGBnkefiRDCLkYFufdVLKVLczLoBrYiDtzN1gZ9gHUmdY2v&#10;EG5KOYqiqTRYcGjIsaJNTun9+DAKEpK9ZrfjiZ9eekl6tQ4Tdkp1O816DsJT4//in3uvw/zZGL7P&#10;hAvk8gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4o6lnvAAAANwAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 184" o:spid="_x0000_s1148" type="#_x0000_t32" style="position:absolute;left:14058;top:64246;width:5473;height:3;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBKQ2PexAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/basJA&#10;EH0v+A/LCH0pZtNWVGJWkdLSUlHw8gFDdswGs7Mhu4np33cLBd/mcK6Trwdbi55aXzlW8JykIIgL&#10;pysuFZxPH5MFCB+QNdaOScEPeVivRg85Ztrd+ED9MZQihrDPUIEJocmk9IUhiz5xDXHkLq61GCJs&#10;S6lbvMVwW8uXNJ1JixXHBoMNvRkqrsfOKvjeN/NuZ/xc7+zTtOs/t+/161apx/GwWYIINIS7+N/9&#10;peP8xRT+nokXyNUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEpDY97EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Flowchart: Decision 185" o:spid="_x0000_s1149" type="#_x0000_t110" style="position:absolute;left:17439;top:67058;width:13804;height:8850;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDbCwAPwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKfRWNy22hugqtiCU0otGPQ/ZMRvMzobsROO/7xYKvc3jfc5iNfpWXaiPTWADz5MMFHEV&#10;bMO1gX25ecpBRUG22AYmAzeKsFre3y2wsOHKW7rspFYphGOBBpxIV2gdK0ce4yR0xIk7hd6jJNjX&#10;2vZ4TeG+1S9Z9qY9NpwaHHb04ag67wZv4PyVb/VMpu/ibsNxPXTl9+xQGvP4MK7noIRG+Rf/uT9t&#10;mp+/wu8z6QK9/AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDbCwAPwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="5D76279F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="5D76279F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Approval Officer makes decision to prosecute</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1150" type="#_x0000_t202" style="position:absolute;left:13688;top:68949;width:3568;height:1772;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjR3WLwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qtgoiW6MsBUWEFrQ99Dgk0+zSzWRJRt3++6ZQ6G0e73PW2zH06kopd5ENPM4qUMQ2&#10;uo69gfe33cMKVBZkh31kMvBNGbabyd0aaxdvfKLrWbwqIZxrNNCKDLXW2bYUMM/iQFy4z5gCSoHJ&#10;a5fwVsJDr+dVtdQBOy4NLQ703JL9Ol+CgeNpj3O/P1Qviw9pXr3YJidrzP10bJ5ACY3yL/5zH1yZ&#10;v1rC7zPlAr35AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGNHdYvBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="224F141B" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="224F141B" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Yes</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="4EC316B1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="4EC316B1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 187" o:spid="_x0000_s1151" type="#_x0000_t32" style="position:absolute;left:24298;top:65766;width:41;height:1336;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCHmK9kvAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JCsIw&#10;EL0L/kMYwYtoquBCNYoIVq8uB49jM7bFZlKaqPXvjSB4m8dbZ7FqTCmeVLvCsoLhIAJBnFpdcKbg&#10;fNr2ZyCcR9ZYWiYFb3KwWrZbC4y1ffGBnkefiRDCLkYFufdVLKVLczLoBrYiDtzN1gZ9gHUmdY2v&#10;EG5KOYqiiTRYcGjIsaJNTun9+DAKEpK9ZrfjsZ9cekl6tQ4Tdkp1O816DsJT4//in3uvw/zZFL7P&#10;hAvk8gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCHmK9kvAAAANwAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 188" o:spid="_x0000_s1152" type="#_x0000_t32" style="position:absolute;left:31024;top:71461;width:4888;height:2;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCC7kg0xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8Mw&#10;DIXvg/4Ho8Juq5MeRsnqlpJSGLutG6y7abHmhMZysL0m+ffTYbCbxHt679N2P/le3SimLrCBclWA&#10;Im6C7dgZeH87PWxApYxssQ9MBmZKsN8t7rZY2TDyK93O2SkJ4VShgTbnodI6NS15TKswEIv2HaLH&#10;LGt02kYcJdz3el0Uj9pjx9LQ4kB1S831/OMNrONxdOU8N/XX5WX4dGP5EerSmPvldHgClWnK/+a/&#10;62cr+BuhlWdkAr37BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAILuSDTEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Text Box 22" o:spid="_x0000_s1153" type="#_x0000_t202" style="position:absolute;left:30209;top:68598;width:3156;height:1778;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAS2OH5wQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NSwMx&#10;EL0L/Q9hCt5s1gpSt03LUmgpgkKrB49DMs0ubiZLMrbrvzeC4G0e73NWmzH06kIpd5EN3M8qUMQ2&#10;uo69gfe33d0CVBZkh31kMvBNGTbryc0KaxevfKTLSbwqIZxrNNCKDLXW2bYUMM/iQFy4c0wBpcDk&#10;tUt4LeGh1/OqetQBOy4NLQ60bcl+nr6CgefjHud+f6heHj6kefVim5ysMbfTsVmCEhrlX/znPrgy&#10;f/EEv8+UC/T6BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABLY4fnBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="181327E0" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="181327E0" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>No</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="31ED788B" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="31ED788B" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Flowchart: Process 190" o:spid="_x0000_s1154" type="#_x0000_t109" style="position:absolute;left:19553;top:62769;width:9735;height:2997;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIUIoPyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvBf/DMoKXYjdKKhq7LSoI0kOpUQ/ehuw0G5udDdlNG/31zqHQ2wzvzXvfLFajb9WB+tgENnAz&#10;y0ARV8E2XBv4/Hi9vgcVE7LFNjAZ+KUIq+XFZIGFDUd+p0OZaiUhHAs04FLqCq1j5chjnIWOWLRd&#10;6D0mWfta2x6PEu5bfZtld9pjw9LgsKMXR9W+HLyBtds12/n3+mv61+XDPv+hfHjeGHN1OT49gko0&#10;prP5dP1mBf9B8OUZmUAv/wEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDIUIoPyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="02634C5C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="02634C5C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>Enforcement decision</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 191" o:spid="_x0000_s1155" type="#_x0000_t32" style="position:absolute;left:29265;top:63987;width:5950;height:7;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCQFvE9wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCr1I3eghttFNiIVC9Rar9yE7ZkOzszG71fTfdwuCt3m8z9kUo+3ElQbfOlawmCcgiGun&#10;W24UHL8+Xl5B+ICssXNMCn7JQ5FPJxvMtLtxRddDaEQMYZ+hAhNCn0npa0MW/dz1xJE7u8FiiHBo&#10;pB7wFsNtJ5dJkkqLLccGgz29G6q/Dz9WAe7afdlVVXlKV0uznSWXy86kSj0/jeUaRKAxPMR396eO&#10;898W8P9MvEDmfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCQFvE9wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:group id="Canvas 160" o:spid="_x0000_s1156" style="position:absolute;left:4;width:59520;height:88265" coordsize="59524,88271" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8UDQ3wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTtC7KWo0isiseRFAXxNvQjG2xmZQm29Z/bwTB2zze58yXnSlFQ7UrLCuIhxEI4tTq&#10;gjMFf6ffwTcI55E1lpZJwZ0cLBcfvTkm2rZ8oOboMxFC2CWoIPe+SqR0aU4G3dBWxIG72tqgD7DO&#10;pK6xDeGmlKMomkiDBYeGHCta55Tejv9GwabFdvUV/zS723V9v5zG+/MuJqX6n91qBsJT59/il3ur&#10;w/zpCJ7PhAvk4gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8UDQ3wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Text Box 22" o:spid="_x0000_s1157" type="#_x0000_t202" style="position:absolute;left:29288;top:35538;width:7982;height:5689;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD26UDOwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NSwMx&#10;EL0L/Q9hCt5s1hZEt03LUmgpgkKrB49DMs0ubiZLMrbrvzeC4G0e73NWmzH06kIpd5EN3M8qUMQ2&#10;uo69gfe33d0jqCzIDvvIZOCbMmzWk5sV1i5e+UiXk3hVQjjXaKAVGWqts20pYJ7Fgbhw55gCSoHJ&#10;a5fwWsJDr+dV9aADdlwaWhxo25L9PH0FA8/HPc79/lC9LD6kefVim5ysMbfTsVmCEhrlX/znPrgy&#10;/2kBv8+UC/T6BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPbpQM7BAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="4451CC5A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="4451CC5A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>No</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="11196BDE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="11196BDE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>(early termination)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Terminator 194" o:spid="_x0000_s1158" type="#_x0000_t116" style="position:absolute;left:18224;top:83286;width:11163;height:4165;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYvrJRxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwQi+lZi1SdGuUVtqqoIfV1vOwGXdXN5Mlibr++6ZQ8DaP9zmTWWtqcSHnK8sKBv0EBHFu&#10;dcWFgu/d59MIhA/IGmvLpOBGHmbTbmeCqbZXzuiyDYWIIexTVFCG0KRS+rwkg75vG+LIHawzGCJ0&#10;hdQOrzHc1PI5SV6kwYpjQ4kNzUvKT9uzUdAO3fpk9Fe2Xy0Wu4/D8fHnfXNW6qHXvr2CCNSGu/jf&#10;vdRx/ngIf8/EC+T0FwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABi+slHEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="571ACF2C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00497D05" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="571ACF2C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Proceed to prosecution</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Process 195" o:spid="_x0000_s1159" type="#_x0000_t109" style="position:absolute;left:1620;top:75908;width:12237;height:3536;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYJymXxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCl6KbipR2tRVrCAUD0WtPfQ2ZMdsanY2ZDea+uvdQsHbPN7nzBadrcSZGl86VvA0SkAQ&#10;506XXCg4fK6HzyB8QNZYOSYFv+RhMe/3Zphpd+EdnfehEDGEfYYKTAh1JqXPDVn0I1cTR+7oGosh&#10;wqaQusFLDLeVHCfJVFosOTYYrGllKD/tW6tgY47ldvK9+Xq81ml7Sn8obd8+lBo8dMtXEIG6cBf/&#10;u991nP8ygb9n4gVyfgMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDYJymXxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="72E50FB4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="72E50FB4" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Lead Investigator follows up actions (e.g. IN, enforcement letter, regulatory issues)</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="5898572A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="5898572A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:rect id="Rectangle 196" o:spid="_x0000_s1160" style="position:absolute;width:59524;height:88271;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAm3TN6wwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL2UurEHqWk2IoI0FEGaWM9DdpoEs7Mxu03Sf+8WCt7m8T4n2UymFQP1rrGsYLmIQBCX&#10;VjdcKTgV++dXEM4ja2wtk4JfcrBJZw8JxtqO/ElD7isRQtjFqKD2vouldGVNBt3CdsSB+7a9QR9g&#10;X0nd4xjCTStfomglDTYcGmrsaFdTecl/jIKxPA7n4vAuj0/nzPI1u+7yrw+lHufT9g2Ep8nfxf/u&#10;TIf56xX8PRMukOkNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJt0zesMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f"/>
                   <v:shape id="Straight Arrow Connector 197" o:spid="_x0000_s1161" type="#_x0000_t32" style="position:absolute;left:24351;top:7172;width:3;height:1614;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAH0F4qwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/basJA&#10;EH0X/IdlhL6IbizUS5qNiNBSWik0xvchO02i2dmQ3cb4991Cwbc5nOsk28E0oqfO1ZYVLOYRCOLC&#10;6ppLBfnxZbYG4TyyxsYyKbiRg206HiUYa3vlL+ozX4oQwi5GBZX3bSylKyoy6Oa2JQ7ct+0M+gC7&#10;UuoOryHcNPIxipbSYM2hocKW9hUVl+zHKJDvm/PB9tOnT85XNt+/4u3jtFTqYTLsnkF4Gvxd/O9+&#10;02H+ZgV/z4QLZPoLAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAB9BeKsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="windowText" strokeweight=".5pt">
                     <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrow="open" endarrowwidth="narrow" endarrowlength="short"/>
                   </v:shape>
                   <v:shape id="Flowchart: Process 198" o:spid="_x0000_s1162" type="#_x0000_t109" style="position:absolute;left:19838;top:8783;width:9144;height:4306;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2JoYJyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvBf/DMoKXYjdKKhq7LSoI0kOpUQ/ehuw0G5udDdlNG/31zqHQ2wzvzXvfLFajb9WB+tgENnAz&#10;y0ARV8E2XBv4/Hi9vgcVE7LFNjAZ+KUIq+XFZIGFDUd+p0OZaiUhHAs04FLqCq1j5chjnIWOWLRd&#10;6D0mWfta2x6PEu5bfZtld9pjw9LgsKMXR9W+HLyBtds12/n3+mv61+XDPv+hfHjeGHN1OT49gko0&#10;prP5dP1mBf9BaOUZmUAv/wEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA2JoYJyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="386E9B5C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="386E9B5C" w14:textId="1E495B45" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Delivery Lead agrees investigation resource </w:t>
+                            <w:t>HoR</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0085709F" w:rsidRPr="00D402A1">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="12"/>
+                              <w:szCs w:val="12"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> agrees investigation resource </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Decision 199" o:spid="_x0000_s1163" type="#_x0000_t110" style="position:absolute;left:17726;top:36373;width:13432;height:6554;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDfn5zXwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHrTTUvxkbqKLRSKeNG0PQ/ZaTaYnQ3ZicZ/3xUEb/PxPWe5HnyjTtTFOrCB50kGirgM&#10;tubKwHfxOZ6DioJssQlMBi4UYb16GC0xt+HMezodpFIphGOOBpxIm2sdS0ce4yS0xIn7C51HSbCr&#10;tO3wnMJ9o1+ybKo91pwaHLb04ag8Hnpv4Lid7/VMXt/FXfrfTd8Wu9lPYczT47B5AyU0yF18c3/Z&#10;NH+xgOsz6QK9+gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDfn5zXwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="0311D377" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="0311D377" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Continue investigation?</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Process 200" o:spid="_x0000_s1164" type="#_x0000_t109" style="position:absolute;left:18221;top:29629;width:12435;height:4454;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD7f370xgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gpepG4ssZTUVVqhIB6k/jt4e2Sf2dTs25DdaPTTuwWhx2FmfsNMZp2txJkaXzpWMBom&#10;IIhzp0suFOy23y/vIHxA1lg5JgVX8jCbPvUmmGl34TWdN6EQEcI+QwUmhDqT0ueGLPqhq4mjd3SN&#10;xRBlU0jd4CXCbSVfk+RNWiw5LhisaW4oP21aq2BpjuXP+LDcD2512p7SX0rbr5VS/efu8wNEoC78&#10;hx/thVYQifB3Jh4BOb0DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+39+9MYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="7D20B9D2" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="7D20B9D2" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Monthly review between</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="6B85A506" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="6B85A506" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Lead Investigator </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="0118BB37" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="0118BB37" w14:textId="2B996004" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
-                            <w:t>&amp; Decision Maker</w:t>
+                            <w:t>and</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0085709F" w:rsidRPr="00D402A1">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="12"/>
+                              <w:szCs w:val="12"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="003D4AA2" w:rsidRPr="00D402A1">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="12"/>
+                              <w:szCs w:val="12"/>
+                            </w:rPr>
+                            <w:t>Case Manager</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Decision 201" o:spid="_x0000_s1165" type="#_x0000_t110" style="position:absolute;left:17515;top:51918;width:13806;height:9042;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQASxmQqxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gRvulGKSuoqtlAo0oum7fmRfWaD2bch+6Lx33eFQo/DzHzDbHaDb9SVulgHNjCfZaCI&#10;y2Brrgx8Fe/TNagoyBabwGTgThF226fRBnMbbnyk60kqlSAcczTgRNpc61g68hhnoSVO3jl0HiXJ&#10;rtK2w1uC+0YvsmypPdacFhy29OaovJx6b+ByWB/1Sp5fxd37n33fFp+r78KYyXjYv4ASGuQ//Nf+&#10;sAYW2RweZ9IR0NtfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABLGZCrEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="2E0E5BCE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="2E0E5BCE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                              <w:sz w:val="12"/>
-                              <w:szCs w:val="12"/>
+                              <w:sz w:val="10"/>
+                              <w:szCs w:val="10"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                              <w:sz w:val="12"/>
-                              <w:szCs w:val="12"/>
+                              <w:sz w:val="10"/>
+                              <w:szCs w:val="10"/>
                             </w:rPr>
                             <w:t>Lead Investigator prosecution</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="77E4A9AA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00AB52B7" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="77E4A9AA" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:sz w:val="10"/>
                               <w:szCs w:val="10"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00AB52B7">
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="10"/>
                               <w:szCs w:val="10"/>
                             </w:rPr>
                             <w:t>recommendation</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 202" o:spid="_x0000_s1166" type="#_x0000_t32" style="position:absolute;left:31240;top:39647;width:3754;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOSRQ9wwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EJvtWwHSuNGCSHQEHIo1DE5L9bWNrVWRlL98/ZVoNDjMDPfMNv9bHoxkvOdZQVZkoIg&#10;rq3uuFFQXd+fX0H4gKyxt0wKFvKw360etlhoO/EnjWVoRISwL1BBG8JQSOnrlgz6xA7E0fuyzmCI&#10;0jVSO5wi3PQyT9MXabDjuNDiQMeW6u/yxyhYV124XTJ3cv3CTJuP8rCeFqWeHufDG4hAc/gP/7XP&#10;WkGe5nA/E4+A3P0CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzkkUPcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="windowText" strokeweight=".5pt">
                     <v:stroke endarrow="open"/>
                   </v:shape>
                   <v:shape id="Text Box 22" o:spid="_x0000_s1167" type="#_x0000_t202" style="position:absolute;left:25016;top:43041;width:3575;height:1784;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDFxrQ1wwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hPMGbTdyCyNq0LIKlCAptPXh8JM/s4uZlSZ7t+u+NIHgcZuYbZrWZ46hOlMuQ2MLtwoAi&#10;dskPHCy8HZ9u7kEVQfY4JiYL31Rgs768WGHr05n3dDpIUBXCpUULvcjUal1cTxHLIk3E1ftIOaJU&#10;mYP2Gc8VHkfdGHOnIw5cF3qc6LEn93n4ihae91tswnZnXpbv0r0GcV3Jztrrq7l7ACU0y3/4r73z&#10;FhqzhN8z9Qjo9Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxca0NcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="35CA6389" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="002A534E" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="35CA6389" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r w:rsidRPr="002A534E">
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Yes</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="305940B5" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="305940B5" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 204" o:spid="_x0000_s1168" type="#_x0000_t32" style="position:absolute;left:31243;top:56413;width:3753;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAu7CnSwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Ba8aeofZLcaRRYU8SDYlT0/mmdbtnkpSbTttzeC4HGYmd8wq01nanEn5yvLCibjBARx&#10;bnXFhYLL7270BcIHZI21ZVLQk4fN+mOwwlTbls90z0IhIoR9igrKEJpUSp+XZNCPbUMcvat1BkOU&#10;rpDaYRvhppbTJFlIgxXHhRIb+ikp/89uRsHsUoW/48TtXd0z0/cp287aXqnhZ7ddggjUhXf41T5o&#10;BdNkDs8z8QjI9QMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAu7CnSwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
                     <v:stroke endarrow="open"/>
                   </v:shape>
                   <v:shape id="Text Box 22" o:spid="_x0000_s1169" type="#_x0000_t202" style="position:absolute;left:31201;top:53957;width:3162;height:1784;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAlY4nawwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hPMGbTVxRZG1aFsFSBIW2Hjw+kmd2cfOyJM92/fdGEDwOM/MNs1zPcVRHymVIbOF6YUAR&#10;u+QHDhbeDk9X96CKIHscE5OFbyqwXp2fLbH16cQ7Ou4lqArh0qKFXmRqtS6up4hlkSbi6n2kHFGq&#10;zEH7jKcKj6NujLnTEQeuCz1O9NiT+9x/RQvPuw02YbM1Lzfv0r0GcV3JztrLi7l7ACU0y3/4r731&#10;FhpzC79n6hHQqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJWOJ2sMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="010C583E" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="010C583E" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>No</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="51A1E61D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="51A1E61D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Text Box 22" o:spid="_x0000_s1170" type="#_x0000_t202" style="position:absolute;left:13314;top:54194;width:3575;height:1778;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVsRetwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hPMGbTVyhyNq0LIKlCAptPXh8JM/s4uZlSZ7t+u+NIHgcZuYbZrWZ46hOlMuQ2MLtwoAi&#10;dskPHCy8HZ9u7kEVQfY4JiYL31Rgs768WGHr05n3dDpIUBXCpUULvcjUal1cTxHLIk3E1ftIOaJU&#10;mYP2Gc8VHkfdGLPUEQeuCz1O9NiT+zx8RQvP+y02YbszL3fv0r0GcV3Jztrrq7l7ACU0y3/4r73z&#10;FhqzhN8z9Qjo9Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1bEXrcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="384D0D85" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="384D0D85" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Yes</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="7F0C6AD3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="7F0C6AD3" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Process 207" o:spid="_x0000_s1171" type="#_x0000_t109" style="position:absolute;left:1618;top:53957;width:11829;height:4981;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB0luaAyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5Qm9FN0osUp0lVooFA/F+ufg7ZF9ZqPZtyG70bSfvisUehxm5jfMfNnZSlyp8aVjBcNB&#10;AoI4d7rkQsF+996fgvABWWPlmBR8k4fl4vFhjpl2N/6i6zYUIkLYZ6jAhFBnUvrckEU/cDVx9E6u&#10;sRiibAqpG7xFuK3kKElepMWS44LBmt4M5ZdtaxWszancjI/rw/NPnbaX9Expu/pU6qnXvc5ABOrC&#10;f/iv/aEVjJIJ3M/EIyAXvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB0luaAyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="18E139DD" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="18E139DD" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Lead investigator completes parts A, B &amp; all of part C of Investigation &amp; Prosecution Report and EDR</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Right Brace 208" o:spid="_x0000_s1172" type="#_x0000_t88" style="position:absolute;left:47928;top:7813;width:1555;height:6129;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9gxdAvwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHozu4poSV1FCgU9RgWvQ3aahGZnw+5o4r/vHgo9Pt73dj/5Xj0opi6whUVhQBHXwXXc&#10;WLhevubvoJIgO+wDk4UnJdjvXmZbLF0YuaLHWRqVQziVaKEVGUqtU92Sx1SEgThz3yF6lAxjo13E&#10;MYf7Xi+NWWuPHeeGFgf6bKn+Od+9hfsprjZRqvX1dOuEKzPiYnWw9u11OnyAEprkX/znPjoLS5PX&#10;5jP5COjdLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9gxdAvwAAANwAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" adj="456" strokeweight=".5pt"/>
                   <v:rect id="Rectangle 209" o:spid="_x0000_s1173" style="position:absolute;left:51270;top:9020;width:7236;height:4008;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjypH7xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba4NA&#10;FITvhfyH5QV6a1ZzKNZklRLa4qlQzSHHF/dVRfetuFs1/z5bKPQ4zMw3zDFfzSBmmlxnWUG8i0AQ&#10;11Z33Cg4V+9PCQjnkTUOlknBjRzk2ebhiKm2C3/RXPpGBAi7FBW03o+plK5uyaDb2ZE4eN92MuiD&#10;nBqpJ1wC3AxyH0XP0mDHYaHFkU4t1X35YxRURXWOr37suyV5K0+Xz4/hWhilHrfr6wGEp9X/h//a&#10;hVawj17g90w4AjK7AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACPKkfvEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="23462465" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="72469BA2" w14:textId="77777777" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                          <w:pPr>
+                            <w:pStyle w:val="NormalWeb"/>
+                            <w:spacing w:after="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D402A1">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>Step</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="23462465" w14:textId="51F2FFA7" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>STEP 3.1</w:t>
+                            <w:t>3.1</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:rect>
                   <v:shape id="Right Brace 210" o:spid="_x0000_s1174" type="#_x0000_t88" style="position:absolute;left:47928;top:21439;width:1549;height:15707;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAhvYEywAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCF5EUz3IUo0iorB4EHT3sMehmabFZlKasXb/vTkIe3y8781u8I3qqYt1YAOLeQaKuAi2&#10;Zmfg5/s0+wQVBdliE5gM/FGE3Xb0scHchidfqb+JUymEY44GKpE21zoWFXmM89ASJ64MnUdJsHPa&#10;dvhM4b7RyyxbaY81p4YKWzpUVNxvD29g+nspRc6FK0Psj+5RIl8OZ2Mm42G/BiU0yL/47f6yBpaL&#10;ND+dSUdAb18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIb2BMsAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" adj="178" strokeweight=".5pt"/>
                   <v:rect id="Rectangle 211" o:spid="_x0000_s1175" style="position:absolute;left:51165;top:15078;width:7281;height:5370;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBYZQsgxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba4NA&#10;FITvhfyH5QVyq6s5BLHZhBKa4ilQzSHHp/uqEvetuBu1/z5bKPQ4zMw3zP64mF5MNLrOsoIkikEQ&#10;11Z33Ci4lufXFITzyBp7y6TghxwcD6uXPWbazvxFU+EbESDsMlTQej9kUrq6JYMusgNx8L7taNAH&#10;OTZSjzgHuOnlNo530mDHYaHFgU4t1ffiYRSUeXlNKj/cuzn9KE63y2df5UapzXp5fwPhafH/4b92&#10;rhVskwR+z4QjIA9PAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFhlCyDEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="709C771F" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="4A6E3E6E" w14:textId="663913F8" w:rsidR="00C42781" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="00C42781">
+                          <w:pPr>
+                            <w:pStyle w:val="NormalWeb"/>
+                            <w:spacing w:after="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D402A1">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>Steps</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="709C771F" w14:textId="7C6C6EA1" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>STEPs 3.2 &amp; 3.3</w:t>
+                            <w:t xml:space="preserve">3.2 </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00C42781" w:rsidRPr="00D402A1">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>and</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D402A1">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 3.3</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="3D92D29A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="3D92D29A" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="FF0000"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:rect>
                   <v:shape id="Flowchart: Off-page Connector 212" o:spid="_x0000_s1176" type="#_x0000_t177" style="position:absolute;left:20966;top:1674;width:6762;height:5493;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQV6QcwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8Bb2pqk9FKmNIqKgsJdV0euzeTbF5qXbZLX7740geBxm5hummPe2ETfqfO1YwXiUgCAu&#10;na65UnDYr4cTED4ga2wck4J/8jCffQwKzLW78w/ddqESEcI+RwUmhDaX0peGLPqRa4mjd3GdxRBl&#10;V0nd4T3CbSPTJMmkxZrjgsGWlobK6+7PKvg9pHzamHO5zRbfvMq2R79mq9TXZ7+YggjUh3f41d5o&#10;Bek4heeZeATk7AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAQV6QcwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="38CADF47" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="38CADF47" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Continued from previous page</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Process 213" o:spid="_x0000_s1177" type="#_x0000_t109" style="position:absolute;left:19820;top:22889;width:9132;height:3458;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOdHZexwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gQvRTfaVCR1FRUKxUNprR68PbLPbGr2bchuNPXXu4VCj8PMfMPMl52txIUaXzpWMB4l&#10;IIhzp0suFOy/XoczED4ga6wck4If8rBc9B7mmGl35U+67EIhIoR9hgpMCHUmpc8NWfQjVxNH7+Qa&#10;iyHKppC6wWuE20pOkmQqLZYcFwzWtDGUn3etVbA1p/Lj+bg9PN7qtD2n35S263elBv1u9QIiUBf+&#10;w3/tN61gMn6C3zPxCMjFHQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI50dl7HAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="2C4A6DFE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="2C4A6DFE" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Conduct investigation</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Right Brace 214" o:spid="_x0000_s1178" type="#_x0000_t88" style="position:absolute;left:47928;top:14817;width:1549;height:5571;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDA0nEpxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5QnedKOIaHQVaymkJ6vtweMz+0yC2bdxdxvjv3cLQo/DzHzDLNedqUVLzleWFYyGCQji&#10;3OqKCwU/3x+DGQgfkDXWlknBnTysV68vS0y1vfGe2kMoRISwT1FBGUKTSunzkgz6oW2Io3e2zmCI&#10;0hVSO7xFuKnlOEmm0mDFcaHEhrYl5ZfDr1Ewy+afbzvvTtrm1693buTxkrVK9XvdZgEiUBf+w892&#10;phWMRxP4OxOPgFw9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMDScSnEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="501" strokeweight=".5pt"/>
                   <v:shape id="Flowchart: Process 215" o:spid="_x0000_s1179" type="#_x0000_t109" style="position:absolute;left:34726;top:21530;width:9125;height:6182;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBu0UuxxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYVeRDdKLCV1FVsoFA+ith56e2Sf2dTs25DdaOqvdwXB4zAz3zCzRWcrcaLGl44VjEcJ&#10;COLc6ZILBT/fn8NXED4ga6wck4J/8rCY93szzLQ785ZOu1CICGGfoQITQp1J6XNDFv3I1cTRO7jG&#10;YoiyKaRu8BzhtpKTJHmRFkuOCwZr+jCUH3etVbAyh3Iz/V3tB5c6bY/pH6Xt+1qp56du+QYiUBce&#10;4Xv7SyuYjKdwOxOPgJxfAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG7RS7HHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="162C4D1C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="162C4D1C" w14:textId="7F3F1ABD" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
-                            <w:t>Consider requirement for enforcement to bring back into compliance (EPS/ EMM)</w:t>
+                            <w:t>Consider requirement for enforcement to bring back into compliance (EPS/EMM)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 216" o:spid="_x0000_s1180" type="#_x0000_t32" style="position:absolute;left:24382;top:19911;width:4;height:3024;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCh+i57xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredGNAU9JspLSIgieTFuztkX1NQnffhuyq6b/vCoUeh5lvhim2kzXiSqPvHStYLRMQ&#10;xI3TPbcK3uvd4gmED8gajWNS8EMetuXDrMBcuxuf6FqFVsQS9jkq6EIYcil905FFv3QDcfS+3Ggx&#10;RDm2Uo94i+XWyDRJNtJiz3Ghw4FeO2q+q4tVkKbZ+q35+DzusTKZN+F8rLOzUvPH6eUZRKAp/If/&#10;6IOO3GoD9zPxCMjyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKH6LnvEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 217" o:spid="_x0000_s1181" type="#_x0000_t32" style="position:absolute;left:24381;top:49729;width:25;height:2191;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDGRa70xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC/sdwlvYy7Km9lCla5QqCKu3+uf+aJ5NsXmpTdTut98IgsdhZn7DzBaDbcWNet84VjAeJSCI&#10;K6cbrhUc9uvvKQgfkDW2jknBH3lYzN/fZphrd+eSbrtQiwhhn6MCE0KXS+krQxb9yHXE0Tu53mKI&#10;sq+l7vEe4baVaZJk0mLDccFgRytD1Xl3tQpw02yLtiyLYzZJzfIruVw2JlPq82MofkAEGsIr/Gz/&#10;agXpeAKPM/EIyPk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMZFrvTEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Flowchart: Process 218" o:spid="_x0000_s1182" type="#_x0000_t109" style="position:absolute;left:34995;top:53575;width:12262;height:5707;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCA0OQvxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0L/sNwhW5KnURiKamjaKFQXBTrY+Hukrlm0mTuhMxE0359Z1FweTjvxWqwjbhS5yvHCtJpAoK4&#10;cLriUsHx8P70AsIHZI2NY1LwQx5Wy/Fogbl2N/6i6z6UIoawz1GBCaHNpfSFIYt+6lriyF1cZzFE&#10;2JVSd3iL4baRsyR5lhYrjg0GW3ozVNT73irYmku1m5+3p8ffNuvr7JuyfvOp1MNkWL+CCDSEu/jf&#10;/aEVzNK4Np6JR0Au/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCA0OQvxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="022AA084" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="022AA084" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Lead </w:t>
-[...47 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve">Lead Investigator completes parts A, B, C12 &amp; C13 of Investigation &amp; Prosecution Report and EDR </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Process 219" o:spid="_x0000_s1183" type="#_x0000_t109" style="position:absolute;left:35143;top:61408;width:12255;height:5698;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDvnEG0xwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gQvRTdKWjR1FRUKxYO0Vg/eHtlnNjX7NmQ3mvbXu4VCj8PMfMPMl52txJUaXzpWMB4l&#10;IIhzp0suFBw+X4dTED4ga6wck4Jv8rBc9B7mmGl34w+67kMhIoR9hgpMCHUmpc8NWfQjVxNH7+wa&#10;iyHKppC6wVuE20pOkuRZWiw5LhisaWMov+xbq2BrzuX702l7fPyp0/aSflHarndKDfrd6gVEoC78&#10;h//ab1rBZDyD3zPxCMjFHQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO+cQbTHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="54369776" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="54369776" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r w:rsidRPr="00BE2DF9">
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
-                            <w:t>Approval Officer completes relevant sections of Part D1 &amp; D3 of Investigation &amp; Prosecution</w:t>
-[...7 lines deleted...]
-                            <w:t xml:space="preserve"> Report and IDR part C</w:t>
+                            <w:t>Approval Officer completes relevant sections of Part D1 &amp; D3 of Investigation &amp; Prosecution Report and IDR part C</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 220" o:spid="_x0000_s1184" type="#_x0000_t32" style="position:absolute;left:41126;top:59369;width:18;height:2038;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwF7g/wAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu7GtF3YoRpFlEFFXPjA9aW5tsXmpiQZrX9vFsIsD+c9W/SmFQ9yvrGsIB0nIIhLqxuu&#10;FFzOv98/IHxA1thaJgUv8rCYD75mWGj75CM9TqESMYR9gQrqELpCSl/WZNCPbUccuZt1BkOErpLa&#10;4TOGm1ZmSTKRBhuODTV2tKqpvJ/+jIJbvvOvzTaVbt1OkpQP+d5fc6VGw345BRGoD//ij3urFWRZ&#10;nB/PxCMg528AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMBe4P8AAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokecolor="windowText" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 221" o:spid="_x0000_s1185" type="#_x0000_t32" style="position:absolute;left:28952;top:24618;width:5774;height:3;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9UgMGwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvCmqUVEqlFEEAQF8QfF29KsbbHZlCZqfXsjCB6HmfmGmc4bU4on1a6wrGDQj0AQp1YX&#10;nCk4HVe9MQjnkTWWlknBmxzMZ+3WFBNtX7yn58FnIkDYJagg975KpHRpTgZd31bEwbvZ2qAPss6k&#10;rvEV4KaUcRSNpMGCw0KOFS1zSu+Hh1Gw3u7K7LK9buLmOnb+fr4Mdw9WqttpFhMQnhr/D//aa60g&#10;jgfwPROOgJx9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL1SAwbBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="windowText" strokeweight=".5pt">
                     <v:stroke startarrow="open" endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 222" o:spid="_x0000_s1186" type="#_x0000_t32" style="position:absolute;left:13447;top:56439;width:4068;height:8;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYXsfRwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8FN24h7REV4lCofYW294f2Wc2mH0bs6vGf98VhB6HmfmGWa5H14kLDaH1rGE+y0AQ&#10;19603Gj4+f6YvoMIEdlg55k03CjAevX8tMTC+CtXdNnHRiQIhwI12Bj7QspQW3IYZr4nTt7BDw5j&#10;kkMjzYDXBHedVFmWS4ctpwWLPW0t1cf92WnAXftVdlVV/uZvym5es9NpZ3OtJy9juQARaYz/4Uf7&#10;02hQSsH9TDoCcvUHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGF7H0cMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Flowchart: Process 223" o:spid="_x0000_s1187" type="#_x0000_t109" style="position:absolute;left:1735;top:61532;width:12249;height:5620;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBAGLzjyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq9SN2YpqVEV9GCIB6Kte3B2yP7zKZm34bsRlN/vVsQehxm5htmOu9tLU7U+sqxgvEo&#10;AUFcOF1xqeDrc/X4CsIHZI21Y1LwSx7ms8HdFHPtzvxBp10oRYSwz1GBCaHJpfSFIYt+5Bri6B1c&#10;azFE2ZZSt3iOcFvLNElepMWK44LBht4MFcddZxVszKHaPu8338NLk3XH7Ieybvmu1MN9v5iACNSH&#10;//CtvdYK0vQJ/s7EIyBnVwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBAGLzjyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="14733529" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="14733529" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Approval Officer completes all of Part D of Investigation &amp; Prosecution Report and IDR part C</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Process 224" o:spid="_x0000_s1188" type="#_x0000_t109" style="position:absolute;left:35927;top:68598;width:12242;height:5613;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDP8SSXxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gpeim4MsZTUVbRQEA9SbT309sg+s6nZtyG70bS/3i0IHoeZ+YaZLXpbizO1vnKsYDJO&#10;QBAXTldcKvj6fB+9gPABWWPtmBT8kofFfPAww1y7C+/ovA+liBD2OSowITS5lL4wZNGPXUMcvaNr&#10;LYYo21LqFi8RbmuZJsmztFhxXDDY0Juh4rTvrIKNOVYf0+/N4emvybpT9kNZt9oqNXzsl68gAvXh&#10;Hr6111pBmmbwfyYeATm/AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM/xJJfHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="647F4458" w14:textId="41FD38C4" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="008A7408">
+                        <w:p w14:paraId="647F4458" w14:textId="41FD38C4" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="008A7408">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Lead investigator/Approval Officer communicates outcome to interested parties </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 225" o:spid="_x0000_s1189" type="#_x0000_t32" style="position:absolute;left:7683;top:58938;width:25;height:2594;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCfRHqxwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWPApsRsRCylgqfGCnp7ZJ9JcPdtyG41/fddodDjMPPNMMV6tEbcaPCdYwWLeQKC&#10;uHa640bB1+H9+RWED8gajWNS8EMe1uXkqcBcuzt/0q0KjYgl7HNU0IbQ51L6uiWLfu564uhd3GAx&#10;RDk0Ug94j+XWyDRJXqTFjuNCiz1tW6qv1bdVkKbZ8q0+nvcfWJnMm3DaH7KTUrPpuFmBCDSG//Af&#10;vdMPbgmPM/EIyPIXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAn0R6scMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 226" o:spid="_x0000_s1190" type="#_x0000_t32" style="position:absolute;left:14058;top:64246;width:5473;height:3;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCnfK/8xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJuiVwf0uJGCSW4NBcX4vbS22JtbBNrZSQ5UfL0VSHQ4zA/H7PeRjOIMznfW1bwtMxA&#10;EDdW99wq+P56X7yA8AFZ42CZFFzJw3bzMFtjoe2FD3SuQyvSCPsCFXQhjIWUvunIoF/akTh5R+sM&#10;hiRdK7XDSxo3g8yzbCUN9pwIHY6066g51ZNJXLtztyZOZV1On89RllX18VMpNX+Mb68gAsXwH763&#10;91pBnq/g70w6AnLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKd8r/zEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="windowText" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Flowchart: Decision 227" o:spid="_x0000_s1191" type="#_x0000_t110" style="position:absolute;left:17439;top:67058;width:13804;height:8850;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC51gWlxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8oTe7MYgpsRuSysIUry0qZ4f2Wc2NPs2ZF/a9N+7guBxmJlvmNVm8p260BDbwAYeFxko&#10;4jrYlhsDp+rtYQkqCrLFLjAZuFGEzXp2t8LShisf6HKURiUIxxINOJG+1DrWjjzGReiJk/cdBo+S&#10;5NBoO+A1wX2n8yx71h5bTgsOe3p1VJ+Pozdw3i8PupCnnbjb+LUd++qj+KyMmd9P2xdQQpP8h//a&#10;79ZAnhfweyYdAb3+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALnWBaXEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="6F9520A1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="6F9520A1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Approval Officer makes prosecution</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="4711ABF0" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="4711ABF0" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>decision</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Text Box 22" o:spid="_x0000_s1192" type="#_x0000_t202" style="position:absolute;left:14657;top:68598;width:3568;height:1771;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCA13okwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LSwMx&#10;EL4L/ocwgjebdQWRtWlZCpYiKPRx6HFIxuzSzWRJxnb775uD4PHje8+XUxjUmVLuIxt4nlWgiG10&#10;PXsDh/3H0xuoLMgOh8hk4EoZlov7uzk2Ll54S+edeFVCODdooBMZG62z7ShgnsWRuHA/MQWUApPX&#10;LuGlhIdB11X1qgP2XBo6HGnVkT3tfoOBz+0aa7/eVF8vR2m/vdg2J2vM48PUvoMSmuRf/OfeOAN1&#10;XdaWM+UI6MUNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgNd6JMAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="26A09D38" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="26A09D38" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Yes</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="7ABC320D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="7ABC320D" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Process 229" o:spid="_x0000_s1193" type="#_x0000_t109" style="position:absolute;left:1618;top:68737;width:12242;height:5055;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAh8IsJyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYVeSt0Y0tJGV9GCIB7E2vbg7ZF9ZlOzb0N2o2l/vVsoeBxm5htmOu9tLc7U+sqxgvEo&#10;AUFcOF1xqeDzY/X4AsIHZI21Y1LwQx7ms+Fgirl2F36n8z6UIkLY56jAhNDkUvrCkEU/cg1x9I6u&#10;tRiibEupW7xEuK1lmiTP0mLFccFgQ2+GitO+swo25ljtng6br4ffJutO2Tdl3XKr1P1dv5iACNSH&#10;W/i/vdYK0vQV/s7EIyBnVwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAh8IsJyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="41B67E9C" w14:textId="7B8F42A9" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="41B67E9C" w14:textId="7B8F42A9" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Lead investigator/Approval Officer communicates outcome to interested parties </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 230" o:spid="_x0000_s1194" type="#_x0000_t32" style="position:absolute;left:24298;top:65766;width:41;height:1336;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAK6k/0wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3VTVPalOgqopQWPDW2YG9DdkxCd2dDdtX033cOgsfH+16sRu/UmYbYBTbwOMtAEdfB&#10;dtwY+Nq/PbyCignZogtMBv4owmo5uVtgacOFP+lcpUZJCMcSDbQp9aXWsW7JY5yFnli4Yxg8JoFD&#10;o+2AFwn3TudZ9qI9diwNLfa0aan+rU7eQJ4Xz9v6+2f3jpUrokuH3b44GHM/HddzUInGdBNf3R9W&#10;fE8yX87IEdDLfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAK6k/0wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 231" o:spid="_x0000_s1195" type="#_x0000_t32" style="position:absolute;left:31024;top:71461;width:4888;height:2;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBtVc97wwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gpeRDemECV1lVQQqrdoe39kX7Oh2bcxu2r677uC4HGYmW+Y1WawrbhS7xvHCuazBARx&#10;5XTDtYKv0266BOEDssbWMSn4Iw+b9ctohbl2Ny7pegy1iBD2OSowIXS5lL4yZNHPXEccvR/XWwxR&#10;9rXUPd4i3LYyTZJMWmw4LhjsaGuo+j1erALcN4eiLcviO1uk5mOSnM97kyk1fh2KdxCBhvAMP9qf&#10;WkH6Nof7mXgE5PofAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbVXPe8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Flowchart: Terminator 232" o:spid="_x0000_s1196" type="#_x0000_t116" style="position:absolute;left:37316;top:82360;width:9744;height:4159;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFWLH4xwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/6HcAp9Ec12K1K2RmlLvYF98NI+HzbH3dXNyZJEXf99Iwh9HGbmG2Y0aU0tzuR8ZVnBcz8B&#10;QZxbXXGhYLed9l5B+ICssbZMCq7kYTLuPIww0/bCazpvQiEihH2GCsoQmkxKn5dk0PdtQxy9vXUG&#10;Q5SukNrhJcJNLdMkGUqDFceFEhv6LCk/bk5GQTtwq6PRs/Xvcj7ffu0P3Z+P75NST4/t+xuIQG34&#10;D9/bC60gfUnhdiYeATn+AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAVYsfjHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="2CE11703" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="2CE11703" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>End of investigation process</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Text Box 22" o:spid="_x0000_s1197" type="#_x0000_t202" style="position:absolute;left:30209;top:68598;width:3156;height:1778;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALqn6IwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hPMGbzboLImvTshQsRVBo68HjI3lml25eluTZrv/eCILHYWa+YZbrOYzqTCkPkQ3cLypQ&#10;xDa6gb2B9+Pz3SOoLMgOx8hk4JsyrFfXV0tsXbzwns4H8apAOLdooBeZWq2z7SlgXsSJuHifMQWU&#10;IpPXLuGlwMOo66p60AEHLgs9TrTpyZ4OX8HAy36Ltd/uqtfmQ7o3L7bLyRpzezN3T6CEZvkP/7V3&#10;zkDdNPB7phwBvfoBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAC6p+iMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight=".5pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="7C9B8046" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="7C9B8046" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>No</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="749508F1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="749508F1" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Flowchart: Process 234" o:spid="_x0000_s1198" type="#_x0000_t109" style="position:absolute;left:34994;top:36373;width:9118;height:6179;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBKKLJKyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5Qm9FN1oU5HoKrVQKB7E+ufg7ZF9ZqPZtyG70bSfvisUehxm5jfMbNHZSlyp8aVjBcNB&#10;AoI4d7rkQsF+99GfgPABWWPlmBR8k4fF/PFhhpl2N/6i6zYUIkLYZ6jAhFBnUvrckEU/cDVx9E6u&#10;sRiibAqpG7xFuK3kKEnG0mLJccFgTe+G8su2tQpW5lRuXo+rw/NPnbaX9Expu1wr9dTr3qYgAnXh&#10;P/zX/tQKRi8p3M/EIyDnvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBKKLJKyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="4F7C8060" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="4F7C8060" w14:textId="36053D57" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
-                            <w:t>Consider requirement for enforcement to bring back into compliance (EPS/ EMM)</w:t>
+                            <w:t>Consider requirement for enforcement to bring back into compliance (EPS/EMM)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 235" o:spid="_x0000_s1199" type="#_x0000_t32" style="position:absolute;left:39476;top:42552;width:26;height:1811;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQASbsl4xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUIvoptGGkvqKmmhUHtLqvdH9jUbmn0bs1tN/70rCD0OM/MNs9mNthNnGnzrWMHjMgFB&#10;XDvdcqPg8PW+eAbhA7LGzjEp+CMPu+10ssFcuwuXdK5CIyKEfY4KTAh9LqWvDVn0S9cTR+/bDRZD&#10;lEMj9YCXCLedTJMkkxZbjgsGe3ozVP9Uv1YB7tvPoivL4pitU/M6T06nvcmUepiNxQuIQGP4D9/b&#10;H1pBunqC25l4BOT2CgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABJuyXjEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Flowchart: Process 236" o:spid="_x0000_s1200" type="#_x0000_t109" style="position:absolute;left:19553;top:62769;width:9735;height:2997;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVtommyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gQvRTe1USS6ihUKxUNp/XPw9sg+s9Hs25DdaNpP3y0Uehxm5jfMYtXZStyo8aVjBU+j&#10;BARx7nTJhYLD/nU4A+EDssbKMSn4Ig+rZe9hgZl2d/6k2y4UIkLYZ6jAhFBnUvrckEU/cjVx9M6u&#10;sRiibAqpG7xHuK3kOEmm0mLJccFgTRtD+XXXWgVbcy4/Jqft8fG7TttreqG0fXlXatDv1nMQgbrw&#10;H/5rv2kF4+cp/J6JR0AufwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDVtommyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                     <v:textbox>
                       <w:txbxContent>
-                        <w:p w14:paraId="5301A0F8" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                        <w:p w14:paraId="5301A0F8" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00D402A1">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Enforcement decision</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 237" o:spid="_x0000_s1201" type="#_x0000_t32" style="position:absolute;left:29265;top:63987;width:5950;height:7;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCN8PKUxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUIvohtTiCW6CbFQqL1F7f2Rfc2GZt/G7FbTf98tFHocZuYbZl9Othc3Gn3nWMFmnYAg&#10;bpzuuFVwOb+snkD4gKyxd0wKvslDWcxne8y1u3NNt1NoRYSwz1GBCWHIpfSNIYt+7Qbi6H240WKI&#10;cmylHvEe4baXaZJk0mLHccHgQM+Gms/Tl1WAx+6t6uu6es+2qTksk+v1aDKlHhZTtQMRaAr/4b/2&#10;q1aQPm7h90w8ArL4AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI3w8pTEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                   <v:shape id="Straight Arrow Connector 238" o:spid="_x0000_s1202" type="#_x0000_t32" style="position:absolute;left:14865;top:44825;width:9603;height:136;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBa0intwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwC940XRVXu8ZSFcWDCKvCXodmti3bTEoTa/335iB4fLzvZdKZSrTUuNKygs9RBII4s7rk&#10;XMH1shvOQTiPrLGyTAoe5CBZ9XtLjLW98w+1Z5+LEMIuRgWF93UspcsKMuhGtiYO3J9tDPoAm1zq&#10;Bu8h3FRyHEUzabDk0FBgTZuCsv/zzSiY7Db707blxVFOa27levb7laJSg48u/QbhqfNv8ct90ArG&#10;k7A2nAlHQK6eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFrSKe3BAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight=".5pt">
                     <v:stroke endarrow="open" joinstyle="miter"/>
                   </v:shape>
                 </v:group>
                 <v:shape id="Flowchart: Process 239" o:spid="_x0000_s1203" type="#_x0000_t109" style="position:absolute;left:1491;top:81088;width:12411;height:5926;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkKR3UyAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RW8FN3URrGpq1RBKB5K/Xfo7ZF9ZlOzb0N2o6mfvisUehxm5jfMdN7ZSpyp8aVjBU+D&#10;BARx7nTJhYL9btWfgPABWWPlmBT8kIf57P5uipl2F97QeRsKESHsM1RgQqgzKX1uyKIfuJo4ekfX&#10;WAxRNoXUDV4i3FZymCRjabHkuGCwpqWh/LRtrYK1OZafo6/14fFap+0p/aa0XXwo1Xvo3l5BBOrC&#10;f/iv/a4VDJ9f4HYmHgE5+wUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCkKR3UyAAAANwA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="2A4B0171" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="2A4B0171" w14:textId="21DC7F09" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
-                          <w:t>Lead Investigator updates previous completed finance form (App 1 to ONR-FIN-GD-008) and produces draft DWP Statement of Requirements</w:t>
+                          <w:t xml:space="preserve">Lead Investigator updates previous completed finance form (App 1 to </w:t>
+                        </w:r>
+                        <w:sdt>
+                          <w:sdtPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                              <w:sz w:val="12"/>
+                              <w:szCs w:val="12"/>
+                            </w:rPr>
+                            <w:id w:val="-978220721"/>
+                            <w:citation/>
+                          </w:sdtPr>
+                          <w:sdtContent>
+                            <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> CITATION FIN008 \l 2057 </w:instrText>
+                            </w:r>
+                            <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t>[22]</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                          </w:sdtContent>
+                        </w:sdt>
+                        <w:r w:rsidRPr="00D402A1">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:sz w:val="12"/>
+                            <w:szCs w:val="12"/>
+                          </w:rPr>
+                          <w:t>) and produces draft DWP Statement of Requirements</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 240" o:spid="_x0000_s1204" type="#_x0000_t32" style="position:absolute;left:24402;top:13088;width:11;height:1808;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAV5L47wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4f+A7hCN4MTedEpRpFhmMyUfDnAQ7NsSk2J6VJa/f25mLg5cf3v1x3thQt1b5wrOBjlIAgzpwu&#10;OFdwvXwP5yB8QNZYOiYFf+Rhveq9LTHV7sEnas8hFzGEfYoKTAhVKqXPDFn0I1cRR+7maoshwjqX&#10;usZHDLelHCfJVFosODYYrOjLUHY/N1bB77GaNQfjZ/pg3ydN+7Pflp97pQb9brMAEagLL/G/e6cV&#10;jCdxfjwTj4BcPQEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAV5L47wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 241" o:spid="_x0000_s1205" type="#_x0000_t32" style="position:absolute;left:13859;top:71455;width:3578;height:65;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCJKl93xQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8Mw&#10;FIXfBf9DuIIvsqUrMl1tOlRw7GEv6/wBl+TaVJOb0sS1+uuNIPh4OOd8h1NvZ+/EmcbYB1awWhYg&#10;iHUwPXcKXk8vi3sQMSEbdIFJwRdF2DaXFzVWJkx8pHObOpEhHCtUYFMaKimjtuQxLsNAnL23MHpM&#10;WY6dNCNOGe6dLItiLT32nBcsDvRsSX+0n15Bt9vvjqU56eju3JO9mfTm+/2g1PXV/PgAItGc/sN/&#10;7b1RUN6u4PdMPgKy+QEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCJKl93xQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 242" o:spid="_x0000_s1206" type="#_x0000_t32" style="position:absolute;left:7742;top:73787;width:1;height:2115;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDDmqQ4xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EJujWwTQnGjhOIQKLklKbS9ba2tbGqtjKTG9t9HgUCOw8ybYVab0XbiTD60jhXk8wwE&#10;ce10y0bBx2n3/AIiRGSNnWNSMFGAzfrxYYWldgMf6HyMRqQSDiUqaGLsSylD3ZDFMHc9cfJ+nbcY&#10;k/RGao9DKredLLJsKS22nBYa7KlqqP47/lsFhd8OJp+muvr52vffZsg/XZUrNXsa315BRBrjPXyj&#10;33XiFgVcz6QjINcXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMOapDjEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 243" o:spid="_x0000_s1207" type="#_x0000_t32" style="position:absolute;left:7696;top:79438;width:46;height:1650;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCs1gGjxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6ia2lBJdRSKF0ptWaHt7Zp+bYPZt2N2a5N+7BcHjMPPNMMv1YFtxIR8axwryWQaC&#10;uHK6YaPg8PX+9AYiRGSNrWNSMFKA9WrysMRCu553dNlHI1IJhwIV1DF2hZShqslimLmOOHkn5y3G&#10;JL2R2mOfym0r51n2Ki02nBZq7KisqTrv/6yCud/2Jh/Hqjz+fHa/ps+/XZkr9TgdNgsQkYZ4D9/o&#10;D524l2f4P5OOgFxdAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKzWAaPEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 244" o:spid="_x0000_s1208" type="#_x0000_t32" style="position:absolute;left:13793;top:85083;width:4653;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBX1ur1vwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvAimioqUo0igtWrPwePa7O2xWZTmqj17Y0geBxm5htmsWpMKZ5Uu8KyguEgAkGcWl1w&#10;puB82vZnIJxH1lhaJgVvcrBatlsLjLV98YGeR5+JAGEXo4Lc+yqW0qU5GXQDWxEH72Zrgz7IOpO6&#10;xleAm1KOomgqDRYcFnKsaJNTej8+jIKEZK/Z7Xjip5dekl6tw4SdUt1Os56D8NT4f/jX3msFo/EY&#10;vmfCEZDLDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBX1ur1vwAAANwAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 245" o:spid="_x0000_s1209" type="#_x0000_t32" style="position:absolute;left:41922;top:74206;width:1;height:2140;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBMczxMxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6ibSlhJdRSKF0ptWaHt7Zp+bYPZt2N2a5N+7BcHjMPPNMMv1YFtxIR8axwryWQaC&#10;uHK6YaPg8PX+9AYiRGSNrWNSMFKA9WrysMRCu553dNlHI1IJhwIV1DF2hZShqslimLmOOHkn5y3G&#10;JL2R2mOfym0r51n2Ki02nBZq7KisqTrv/6yCud/2Jh/Hqjz+fHa/ps+/XZkr9TgdNgsQkYZ4D9/o&#10;D5245xf4P5OOgFxdAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAExzPEzEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 246" o:spid="_x0000_s1210" type="#_x0000_t32" style="position:absolute;left:42118;top:80083;width:71;height:2271;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDISNEZwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Bb2IjbdokWqsYiw1at/Dh6fzbMtNi+lyWr3228EweMwM79hlvlgWnGn3jWWFXxHMQji&#10;0uqGKwWn489kDsJ5ZI2tZVLwRw7y1cdoiZm2D97T/eArESDsMlRQe99lUrqyJoMush1x8K62N+iD&#10;7Cupe3wEuGllEsepNNhwWKixo01N5e3waxQUJMfDdsszn57HRXmxDgt2Sn19DusFCE+Df4df7Z1W&#10;kExTeJ4JR0Cu/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDISNEZwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <v:rect id="Rectangle 247" o:spid="_x0000_s1211" style="position:absolute;left:50227;top:40618;width:7278;height:4832;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCrcxnSwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva6rIrlSjiKj0JNh68Phsnm2xeSlNtPXfmwVhj8PMfMMs172pxZNaV1lWMBlHIIhz&#10;qysuFJyz/fcchPPIGmvLpOBFDtarwdcSY207PtEz9YUIEHYxKii9b2IpXV6SQTe2DXHwbrY16INs&#10;C6lb7ALc1HIaRT/SYMVhocSGtiXl9/RhFGRJdp5cfXOvuvku3V6Oh/qaGKVGw36zAOGp9//hTzvR&#10;CqazX/g7E46AXL0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAq3MZ0sMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="window" strokecolor="window" strokeweight="2pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="345CF87C" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="345CF87C" w14:textId="17D70A3A" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="00C42781" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>STEP</w:t>
+                          <w:t>Step</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="6DB58499" w14:textId="77777777" w:rsidR="0085709F" w:rsidRDefault="0085709F" w:rsidP="0085709F">
+                      <w:p w14:paraId="6DB58499" w14:textId="77777777" w:rsidR="0085709F" w:rsidRPr="00D402A1" w:rsidRDefault="0085709F" w:rsidP="0085709F">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D402A1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>4.5</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:shape id="Straight Arrow Connector 248" o:spid="_x0000_s1212" type="#_x0000_t32" style="position:absolute;left:14868;top:27623;width:9726;height:87;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkaRWbwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P/B/CG3gZM10Z3aimpQ4E3a1O74/m2ZQ1L7WJWv97cxjs+PH9XpWT7cWVRt85VvC2SEAQN053&#10;3Co4/GxeP0H4gKyxd0wK7uShLGZPK8y1u3FN131oRQxhn6MCE8KQS+kbQxb9wg3EkTu50WKIcGyl&#10;HvEWw20v0yTJpMWOY4PBgb4MNb/7i1WAu+676uu6OmYfqVm/JOfzzmRKzZ+nagki0BT+xX/urVaQ&#10;vse18Uw8ArJ4AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKRpFZvBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight=".5pt">
                   <v:stroke endarrow="open" joinstyle="miter"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1098C5CC" w14:textId="5C706C78" w:rsidR="004008F6" w:rsidRPr="004631BE" w:rsidRDefault="004008F6" w:rsidP="007C112D">
+    <w:p w14:paraId="1098C5CC" w14:textId="5C706C78" w:rsidR="004008F6" w:rsidRPr="00D402A1" w:rsidRDefault="004008F6" w:rsidP="002178B0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Appendix_3_–"/>
+      <w:bookmarkStart w:id="48" w:name="_Ref212116816"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc212126230"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
         <w:t>Appendix 3 – Aspects to bear in mind during preliminary enquiries</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
-    <w:p w14:paraId="147437D1" w14:textId="77777777" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="147437D1" w14:textId="77777777" w:rsidR="00AF6CF1" w:rsidRPr="00D402A1" w:rsidRDefault="00AF6CF1" w:rsidP="002178B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>During preliminary enquiries, it is crucial not to compromise any subsequent investigation that may take place. Aspects to bear in mind include ensuring:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4CF793" w14:textId="645488B6" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1" w:rsidP="007C112D">
+    <w:p w14:paraId="6B4CF793" w14:textId="3DECBEE2" w:rsidR="00AF6CF1" w:rsidRPr="00E20251" w:rsidRDefault="00AF6CF1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>Independence from any duty holder investigation being conducting in parallel until a decision has been made by the decision maker on whether an ONR investigation is warranted.</w:t>
+      <w:r w:rsidRPr="00E20251">
+        <w:t xml:space="preserve">Independence from any </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00E20251">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t xml:space="preserve"> investigation being conducting in parallel until a decision has been made by the </w:t>
+      </w:r>
+      <w:r w:rsidR="0029736E" w:rsidRPr="00E20251">
+        <w:t>Decision</w:t>
+      </w:r>
+      <w:r w:rsidR="00684356" w:rsidRPr="00E20251">
+        <w:t xml:space="preserve"> Maker</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20251">
+        <w:t xml:space="preserve"> on whether an ONR investigation is warranted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C2AFA7" w14:textId="1A0D8DE1" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1" w:rsidP="007C112D">
+    <w:p w14:paraId="02C2AFA7" w14:textId="1A0D8DE1" w:rsidR="00AF6CF1" w:rsidRPr="00D402A1" w:rsidRDefault="00AF6CF1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Compliance with the requirements for the collection and preservation of material that may be used in evidence in a timely and admissible form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D946DB" w14:textId="1508A976" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1" w:rsidP="007C112D">
+    <w:p w14:paraId="01D946DB" w14:textId="1508A976" w:rsidR="00AF6CF1" w:rsidRPr="00D402A1" w:rsidRDefault="00AF6CF1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Confidentiality, to avoid compromising the integrity of a subsequent investigation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077FE0FC" w14:textId="27C53451" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1" w:rsidP="007C112D">
+    <w:p w14:paraId="077FE0FC" w14:textId="6E11DE71" w:rsidR="00AF6CF1" w:rsidRPr="00D402A1" w:rsidRDefault="00AF6CF1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A32729">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Before questioning </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251" w:rsidRPr="00D402A1">
+        <w:t>people,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> inspectors should have a clear opinion on the individual’s status as potential witness or suspect.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A32729">
+      <w:r w:rsidR="00E20251" w:rsidRPr="00D402A1">
+        <w:t>Inspectors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> should not speak to someone as a witness if they have reasonable grounds to suspect them of having committed the offence under investigation. If during the questioning of a person, their status changes to a suspect then questioning should cease </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251" w:rsidRPr="00D402A1">
+        <w:t>immediately,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and a caution offered. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t>(refer to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="005A462A" w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> para</w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A462A" w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="005A462A" w:rsidRPr="004631BE">
+      <w:r w:rsidR="005A462A" w:rsidRPr="00D402A1">
         <w:instrText xml:space="preserve"> REF _Ref161062480 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="004631BE">
+      <w:r w:rsidR="004631BE" w:rsidRPr="00D402A1">
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A462A" w:rsidRPr="004631BE">
+      <w:r w:rsidR="005A462A" w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D13321">
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
         <w:rPr>
           <w:cs/>
         </w:rPr>
         <w:t>‎</w:t>
       </w:r>
-      <w:r w:rsidR="00D13321">
-[...2 lines deleted...]
-      <w:r w:rsidR="005A462A" w:rsidRPr="004631BE">
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>84</w:t>
+      </w:r>
+      <w:r w:rsidR="005A462A" w:rsidRPr="00D402A1">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="005A462A" w:rsidRPr="004631BE">
+      <w:r w:rsidR="005A462A" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">interviewing of suspects which must follow Part C of PACE CoP). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE6C81B" w14:textId="567C119E" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1" w:rsidP="007C112D">
+    <w:p w14:paraId="4FE6C81B" w14:textId="7587150D" w:rsidR="00AF6CF1" w:rsidRPr="00D402A1" w:rsidRDefault="00AF6CF1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>That a suitable record is made in the inspector’s notebook of material gathered during the preliminary enquiries and decisions taken. Guidance on notebook discipline is contained in ONR</w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t>’s general inspection guide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63979E99" w14:textId="53D656DE" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1" w:rsidP="007C112D">
+    <w:p w14:paraId="63979E99" w14:textId="53D656DE" w:rsidR="00AF6CF1" w:rsidRPr="00D402A1" w:rsidRDefault="00AF6CF1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>That records relating to preliminary enquiries are disclosed as appropriate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AAC45B3" w14:textId="61D1AAFC" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1" w:rsidP="007C112D">
+    <w:p w14:paraId="4AAC45B3" w14:textId="14A70D90" w:rsidR="00AF6CF1" w:rsidRPr="00D402A1" w:rsidRDefault="00AF6CF1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A32729">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>That the inspector considers whether to engage with other agencies. There are Memoranda of Understanding (MoU</w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">) (available </w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t>via HOW2 Hub</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">) with other agencies and supporting guidance that indicate when such engagement is required. This should be done at the earliest opportunity to ensure the organisations share data, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251" w:rsidRPr="00D402A1">
+        <w:t>information,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> and intelligence, that we work together effectively during the response and to allow a joint or coordinated investigation to be organised if appropriate.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A32729">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">This may well be relevant for an event, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251" w:rsidRPr="00D402A1">
+        <w:t>incident,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> or accident with reasonable potential for significant public and media interest, and</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A48" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>or with potential consequences to matters regulated by the other agencies.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1B63A0EC" w14:textId="77777777" w:rsidR="003704A5" w:rsidRDefault="003704A5" w:rsidP="007C112D">
+    <w:p w14:paraId="1B63A0EC" w14:textId="77777777" w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidRDefault="003704A5" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
-        <w:sectPr w:rsidR="003704A5" w:rsidSect="009D2911">
+        <w:sectPr w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AE614E1" w14:textId="69CFF799" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1" w:rsidP="007C112D">
+    <w:p w14:paraId="2AE614E1" w14:textId="77E55A43" w:rsidR="00AF6CF1" w:rsidRPr="00D402A1" w:rsidRDefault="00AF6CF1" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
-        <w:t>That the inspector considers the need under HSWA s.20(2)(e) and TEA (Part 3, Schedule 8 Paragraph 14) to issue a formal notice to leave an item or area undisturbed for so long as is reasonably necessary for the purpose of investigating. Circumstances where this may be appropriate include matters that are potentially very serious or where the inspector is not certain that a duty holder will comply with an informal arrangement to leave an item or area undisturbed. When considering such action, the inspector will need to bear in mind whether the requirement to leave undisturbed could have a significant detrimental impact on operational safety/ security. Likewise, if an inspector is considering under HSWA s.20(2)(</w:t>
-[...7 lines deleted...]
-        <w:t>) or TEA (Part 3, Schedule 8, Paragraph 12) whether to take into possession any article or substance (which appears to have caused or to be likely to cause danger to health or safety), they will need to bear in mind the guidance for Step 4.4 on collecting material.</w:t>
+        <w:t>That the inspector considers the need under HSWA s.20(2)(e) and TEA (Part 3, Schedule 8</w:t>
+      </w:r>
+      <w:r w:rsidR="007263F5" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Paragraph 14) to issue a formal notice to leave an item or area undisturbed for so long as is </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251" w:rsidRPr="00D402A1">
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> for the purpose of investigating. Circumstances where this may be appropriate include matters that are potentially </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251" w:rsidRPr="00D402A1">
+        <w:t>serious</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> or where the inspector is not certain that a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00D402A1">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> will comply with an informal arrangement to leave an item or area undisturbed. When considering such action, the inspector will need to bear in mind whether the requirement to leave undisturbed could have a significant detrimental impact on operational safety/ security. Likewise, if an inspector is considering under HSWA s.20(2)(i) or TEA (Part 3, Schedule 8, Paragraph 12) whether to take into possession any article or substance (which appears to have caused or to be likely to cause danger to health or safety), they will need to bear in mind the guidance for </w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212111350 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="007263F5" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Step 4.4 - Conduct investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>on collecting material.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5A9A9F" w14:textId="77777777" w:rsidR="00AF6CF1" w:rsidRPr="004631BE" w:rsidRDefault="00AF6CF1">
+    <w:p w14:paraId="6A5A9A9F" w14:textId="77777777" w:rsidR="00AF6CF1" w:rsidRPr="00D402A1" w:rsidRDefault="00AF6CF1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B487F1" w14:textId="72C76575" w:rsidR="005419EE" w:rsidRPr="004631BE" w:rsidRDefault="00BF75D2" w:rsidP="007C112D">
+    <w:p w14:paraId="35B487F1" w14:textId="0DC77AE7" w:rsidR="005419EE" w:rsidRPr="00D402A1" w:rsidRDefault="00BF75D2" w:rsidP="002178B0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Ref161058406"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc212126231"/>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
-      <w:r w:rsidR="00E05E3E" w:rsidRPr="004631BE">
+      <w:r w:rsidR="00E05E3E" w:rsidRPr="00D402A1">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> – Key Decision Logs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
-      <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="1A491CD1" w14:textId="26D13D8D" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>This Appendix provides some background information on the use of Key Decision Logs.</w:t>
+    <w:p w14:paraId="1A491CD1" w14:textId="34C4B38D" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="002178B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="002178B0" w:rsidRPr="00D402A1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>ppendix provides background information on the use of Key Decision Logs</w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> (KDLs)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E34E67" w14:textId="70E4087E" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A32729">
+    <w:p w14:paraId="01E34E67" w14:textId="63A14A9C" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The lead investigator should ensure that a KDL is opened and maintained throughout the investigation.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">The KDL should be stored in ONR’s electronic management system such that all revisions can be seen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08437C0B" w14:textId="57462427" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="00563B81">
-      <w:pPr>
+    <w:p w14:paraId="08437C0B" w14:textId="6334BF26" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>What is a key decision log?</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">What is a </w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+        <w:t>KDL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Guidance for Use of Key Decision Logs</w:t>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533A054C" w14:textId="7D843423" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A32729">
+    <w:p w14:paraId="1FFA7570" w14:textId="246E40B8" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The KDL is a contemporaneous record of all key decisions that affect the course of an investigation, the reasons for those decisions and the outcome.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A32729">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Information recorded in the KDL provides a critical record and audit trail for the management of the investigation and demonstrates the accountability and integrity of the investigation process.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="73EA089A" w14:textId="6F19624F" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...16 lines deleted...]
-        <w:t>The inspector making the recommended decision should also countersign the entry.</w:t>
+    <w:p w14:paraId="66780013" w14:textId="3EA6F928" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>A KDL is not a diary of the actions taken, nor is it meant to substitute for an investigation notebook, which should be maintained separately. It is essential that only one KDL be maintained per investigation to ensure a coordinated investigation strategy and overall management control.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7458ED89" w14:textId="103FED19" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="24A7C4EA" w14:textId="3100925A" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:sectPr w:rsidR="003704A5" w:rsidSect="009D2911">
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guidance for </w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">se of </w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>KDLs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533A054C" w14:textId="7D843423" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The purpose of this log is to record the key decisions made during the investigation and the reasoning behind those decisions.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>A single log is to be used for one investigation.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>At the end of the investigation the log is to be retained with the investigation papers. This log is disclosable in any legal proceedings.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EA089A" w14:textId="64CBCDCB" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Only one decision should be recorded per page.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The Inspector in charge of the investigation (</w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">i.e., the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>lead investigator) should record, sign and date the decision. Where decisions are made by other investigators, the lead investigator must make the decision to endorse the recommendation and thereafter record it. If the lead investigator is absent (</w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> on leave) whoever has the lead in their absence should act in this capacity.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>The inspector making the recommended decision should also countersign the entry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7458ED89" w14:textId="35357201" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">There are mandatory parts of the KDL which should be completed at the start of the investigation, </w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> key investigation role holders, investigation team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2366D452" w14:textId="77777777" w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidRDefault="003704A5" w:rsidP="00563B81">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="129D88B3" w14:textId="77777777" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="00563B81">
-      <w:pPr>
+    <w:p w14:paraId="129D88B3" w14:textId="77777777" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>What to record</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4091EC1B" w14:textId="7F779897" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t>The KDL is not intended to capture every decision made during an investigation. Key decisions are those decisions taken in the management of an investigation that materially affect the course of the investigation. Key decisions are likely to be made on the following issues (this list is not exhaustive):</w:t>
+    <w:p w14:paraId="4091EC1B" w14:textId="79A2E40C" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">The KDL is not intended to capture every decision made during an investigation. Key decisions are those decisions taken in the management of an investigation that materially affect the course of the investigation. </w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Key decisions are likely to be made on the following issues (this list is not exhaustive):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="391BA0AD" w14:textId="6A551C0D" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="391BA0AD" w14:textId="6A551C0D" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">Initial information received by ONR. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73EFD0A8" w14:textId="36B1BD27" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="73EFD0A8" w14:textId="36B1BD27" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Initial response.</w:t>
       </w:r>
-      <w:r w:rsidR="00A32729">
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5224A5A1" w14:textId="59F00AF9" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="5224A5A1" w14:textId="59F00AF9" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Resource allocation/withdrawal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F30134" w14:textId="68E1D3DD" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="62F30134" w14:textId="68E1D3DD" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Liaison with site management/control.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F82216D" w14:textId="3A89A438" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="1F82216D" w14:textId="0CB3887F" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>Instructions given to duty holder.</w:t>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Instructions given to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00D402A1">
+        <w:t>dutyholder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E491DE6" w14:textId="4D6DD781" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="5E491DE6" w14:textId="4D6DD781" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>If fatality, primacy under Work Related Death Protocol.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360CEF73" w14:textId="09F13D91" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="360CEF73" w14:textId="09F13D91" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>If fatality, liaison with emergency services or other Enforcing Authority on site.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294AE206" w14:textId="06D3A504" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="294AE206" w14:textId="06D3A504" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Initial investigation strategy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CDD274" w14:textId="006E4CEB" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="38CDD274" w14:textId="006E4CEB" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Prioritisation of actions and identification of initial lines of inquiry.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0F708D" w14:textId="22898B45" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="4B0F708D" w14:textId="22898B45" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Main lines of inquiry and their priority.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5DA4D8" w14:textId="11B09CE1" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="2A5DA4D8" w14:textId="11B09CE1" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Involvement of Specialist(s) and/or Independent Expert(s).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6589C137" w14:textId="3F7F154E" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="6589C137" w14:textId="3F7F154E" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Health and safety implications e.g. prevention of further harm, immediate danger.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C65782" w14:textId="09611DF4" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="70C65782" w14:textId="09611DF4" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Preservation of evidence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04181216" w14:textId="6DC6D5E1" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="04181216" w14:textId="6DC6D5E1" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Witness evidence, witness identification, vulnerable witnesses, interview strategy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7A9336" w14:textId="00081A72" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="2A7A9336" w14:textId="00081A72" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Media strategy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B6E4174" w14:textId="51EB24B6" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="3B6E4174" w14:textId="51EB24B6" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Other Actions: Interpreters and translators.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD1D9E2" w14:textId="44EC34C8" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="0FD1D9E2" w14:textId="44EC34C8" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Suspect identification, unsolicited comments, interview strategy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A0654F" w14:textId="34B1BBE4" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="00A0654F" w14:textId="34B1BBE4" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>The obtaining of investigation material.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1717D507" w14:textId="1071D264" w:rsidR="00B869ED" w:rsidRDefault="00CF6360" w:rsidP="007C112D">
+    <w:p w14:paraId="1717D507" w14:textId="1071D264" w:rsidR="00B869ED" w:rsidRPr="00D402A1" w:rsidRDefault="00CF6360" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t xml:space="preserve">Compliance with </w:t>
       </w:r>
-      <w:r w:rsidR="00AC1B8C">
+      <w:r w:rsidR="00AC1B8C" w:rsidRPr="00D402A1">
         <w:t>codes for the victims of crime</w:t>
       </w:r>
-      <w:r w:rsidR="003729FA">
+      <w:r w:rsidR="003729FA" w:rsidRPr="00D402A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245B2FA3" w14:textId="3EF34E83" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="245B2FA3" w14:textId="3EF34E83" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Contact with bereaved family.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="593F52F0" w14:textId="10A761B8" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="593F52F0" w14:textId="10A761B8" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:lastRenderedPageBreak/>
         <w:t>Issue of Notices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D5D948B" w14:textId="005C92AF" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
+    <w:p w14:paraId="6D5D948B" w14:textId="005C92AF" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="0010571B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Discontinued lines of inquiry.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A3718E9" w14:textId="6268E3C5" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="5A3718E9" w14:textId="6268E3C5" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>It is important to hold review meetings, for example end of day team meetings, to ensure that all key decisions with attendant reasons are accurately recorded.</w:t>
       </w:r>
-      <w:r w:rsidR="00A32729">
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:t>The log belongs to the investigation and needs to be available to the investigation team, but care should be taken regarding access where sensitive issues are dealt with. It is equally important to record the decisions and reasons for not doing something as it is for doing something, as well as recording any changes or retractions of previous decisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0059E6E2" w14:textId="77777777" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="00563B81">
-      <w:pPr>
+    <w:p w14:paraId="0059E6E2" w14:textId="77777777" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004631BE">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Rationale for KDLs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FB0F2C" w14:textId="2A25E81F" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="13FB0F2C" w14:textId="2A25E81F" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>KDLs will help investigators to demonstrate that all reasonable lines of inquiry have been followed and will provide transparent justification for not following or for discontinuing lines of inquiry.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09801465" w14:textId="0B46AC21" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Whilst an investigation is ongoing, the KDL will assist in the management of the investigation by helping to structure the thoughts of the lead investigator and will help in the monitoring and review of the investigation as described in Step 4.5 of the investigation process.</w:t>
+    <w:p w14:paraId="09801465" w14:textId="01B6329A" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Whilst an investigation is ongoing, the KDL will assist in the management of the investigation by helping to structure the thoughts of the lead investigator and will help in the monitoring and review of the investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> as described in </w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00E20251">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00E20251">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref212111277 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E20251">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00E20251">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00E20251">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00E20251">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Step 4.5 – Regular review</w:t>
+      </w:r>
+      <w:r w:rsidR="00987C24" w:rsidRPr="00E20251">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0433ED39" w14:textId="314630AD" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="0433ED39" w14:textId="314630AD" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>The KDL should enhance communication with all those involved in the investigation, especially following staff changes, helping them to be clear about the direction and priorities of the investigation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF160EE" w14:textId="57D65F8F" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A32729">
+    <w:p w14:paraId="0DF160EE" w14:textId="16ACE412" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Recording the rationale behind decisions at the time they were made can help explain why they were correct in the circumstances and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20251" w:rsidRPr="00D402A1">
+        <w:t>based on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> the information available at the time, and without the benefit of hindsight.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32729" w:rsidRPr="00D402A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004631BE">
-        <w:t>This will assist in assuring third parties that a logical decision-making process was followed, and why decisions or the course of the investigation were changed in the light of developing information and events.</w:t>
+      <w:r w:rsidR="00E20251">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">This will assist in assuring third parties that a logical decision-making process was followed, and why decisions or the course of the investigation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> changed in the light of developing information and events.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737E691E" w14:textId="0938A61E" w:rsidR="00563B81" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="737E691E" w14:textId="0938A61E" w:rsidR="00563B81" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>Investigation decisions may be challenged several years after they were taken, for example, during legal proceedings. Such challenges can be difficult to defend without contemporaneous records of the underlying basis and rationale.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="483D6972" w14:textId="5D497416" w:rsidR="00BF75D2" w:rsidRPr="004631BE" w:rsidRDefault="00563B81" w:rsidP="007C112D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004631BE">
+    <w:p w14:paraId="483D6972" w14:textId="5D497416" w:rsidR="00BF75D2" w:rsidRPr="00D402A1" w:rsidRDefault="00563B81" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
         <w:t>KDLs also provide accountability and transparency in justifying decisions, including those about resourcing of relative priorities, and task allocation between investigators.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113E6754" w14:textId="77777777" w:rsidR="003704A5" w:rsidRDefault="003704A5" w:rsidP="00A32729">
+    <w:p w14:paraId="113E6754" w14:textId="77777777" w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidRDefault="003704A5" w:rsidP="009938AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:sectPr w:rsidR="003704A5" w:rsidSect="009D2911">
+        <w:sectPr w:rsidR="003704A5" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D8442A7" w14:textId="77777777" w:rsidR="00A32729" w:rsidRDefault="00A32729" w:rsidP="003704A5">
+    <w:p w14:paraId="62B5E19D" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="_Ref212116875"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc212126232"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t>Appendix 5 – Selection criteria for each regulatory purpose</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="769D3F24" w14:textId="086C962D" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:instrText>SEQ Table \* ARABIC</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> - Nuclear safety and transport criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941496" w:rsidRPr="00D402A1" w14:paraId="1F68E15E" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="098C32A1" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This table sets out the selection criteria relating to nuclear safety and transport purpose matters that should be subject to a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>preliminary enquiry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and / or considered for potential investigation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="627F095A" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matters that only satisfy Criterion 1 or which could potentially satisfy Criterion 2 or 3 should be subject to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>preliminary enquiry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> unless it is evident from the nature of the event or /incident that an investigation is warranted without the need for preliminary enquiries.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E96AABF" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The selection criteria to be used for making an </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="54" w:name="_Hlk58932357"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">informed judgement as to whether an investigation is warranted </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="54"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>are Criteria 2 and 3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35212E30" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Criterion 1: All incidents or events that:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F5C83E" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Are rated at Level 1 or above on the INES scale, whether deemed provisional or final; or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="740FE66F" w14:textId="65B789B8" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Are deemed to meet the Ministerial Reporting Criteria / ONR Publication Criteria (</w:t>
+            </w:r>
+            <w:hyperlink w:anchor="Ann1" w:history="1">
+              <w:r w:rsidRPr="00D402A1">
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:t>refer to</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “Incident Notification and Reporting Process” for more information </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:id w:val="638154458"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00D402A1">
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidRPr="00D402A1">
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> CITATION ONR30 \l 2057 </w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="00D402A1">
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                  <w:t>[39]</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00D402A1">
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21083074" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 2: Any matter; where it is immediately evident or where </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>preliminary enquiries</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the surrounding circumstances </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>reveals</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52379CFE" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">There appears to be a significant challenge, or potentially significant challenge, to nuclear </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>safety;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="3A8EA7B9" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">It appears there was, or could have been a significant breach of nuclear site licence conditions or a relevant statutory </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>provision;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DC529D2" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">There was, or there was potential for, a release of radioactivity above, or that approached, the statutory reporting </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>limits;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="5FE206F3" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">There was, or there was potential for a dose to an individual or group above, or that approached, the statutory dose </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>limits;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="7D3171D0" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The dutyholder knowingly did not take conservative </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>action;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE83B16" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">There were several incidents or events with the same apparent </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>cause;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="242FA505" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>For transport related incidents or events (involving Class 7 radioactive material): a significant breach of any condition or restriction attached to any approval, derogation or other authorisation issued by the Transport Competent Authority.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52DA6531" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 3: Incidents or events that do not fall within the above criteria but could reasonably give rise to public concern. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>All concerns or whistleblowing reports made by nuclear industry workers relating to matters that ONR regulates (or would have regulated prior to vesting in 2014, when part of HSE) fall under this criterion.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="159AA174" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496"/>
+    <w:p w14:paraId="68308B7F" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+        <w:sectPr w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidSect="00941496">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2964755C" w14:textId="7C6ABDC2" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:instrText>SEQ Table \* ARABIC</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> - Nuclear site health and safety criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941496" w:rsidRPr="00D402A1" w14:paraId="5139AB8B" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF70552" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Drawn from the HSE Revised Incident Selection Criteria (2014)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5893C56C" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Criteria for selection for investigation of notified work-related accidents, ill-health and dangerous occurrences</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3809A7A3" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scope:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The following criteria apply to all relevant incident or events notified to ONR and are aligned to those for other enforcing authorities. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6570E52A" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Predominantly, notification will be via RIDDOR reports, but the criteria remain relevant for notifications received via other means (for example, contact by emergency services, INF1, COMAH Competent Authority).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37146B01" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 1: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fatalities (Work-related deaths):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2559CAAD" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>All work-related accidents which result in the death of any person, including non-workers. “Accident” specifically excludes suicides* and deaths from natural causes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C10300" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Other deaths arising from a preventable work-related cause</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:footnoteReference w:id="3"/>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, where there is a likelihood of a serious breach of health and safety law, and where it is appropriate for ONR to investigate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079CDAAA" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 2: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>All work-related accidents resulting in a “Specified Injury” [RIDDOR Reg. 4(1)] to any person, including non-workers, that meet any of the following conditions:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="277D6010" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Serious multiple fractures (more than one bone), not including wrist or ankle</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="0FDAFC8D" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>All amputations other than amputation of digit(s) above the first joint (for example, fingertip</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="5F1767ED" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Permanent blinding in one or both </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>eyes;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="1FFAE839" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crush injuries leading to internal organ damage, for example, ruptured </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>spleen;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="77AB8AE6" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any burn injury (including scalding) which covers more than 10% of the surface area of the body or causes significant damage to the eyes, respiratory system or vital </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>organs;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="0AFCA29A" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any degree of scalping requiring hospital </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>treatment;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="18F6A9F7" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Loss of consciousness caused by head injury or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>asphyxia;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="49E32F2A" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any injury arising from working in an enclosed space which leads to hypothermia or heat induced </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>illness, or</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> requires resuscitation or hospital admittance for more than 24 hours.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B952E35" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 3: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cases of Occupational Disease:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="151A79D4" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The following notifications of cases of occupational disease, other than those arising from circumstances or situations which have already been investigated:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33C073F0" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="460"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>All reports of cases of occupational disease which are reportable under RIDDOR 2013 Regulations 8 &amp; 9, specifically:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792C8152" w14:textId="45C7DD2D" w:rsidR="00941496" w:rsidRPr="00E20251" w:rsidRDefault="00941496" w:rsidP="00E20251">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="8"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1014"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20251">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Carpal Tunnel Syndrome,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B6A1D67" w14:textId="02701B7A" w:rsidR="00941496" w:rsidRPr="00E20251" w:rsidRDefault="00941496" w:rsidP="00E20251">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="8"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1014"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20251">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cramp in the hand or forearm,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F6C092" w14:textId="0F044A33" w:rsidR="00941496" w:rsidRPr="00E20251" w:rsidRDefault="00941496" w:rsidP="00E20251">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="8"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1014"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20251">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Occupational dermatitis,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45469E2B" w14:textId="543FD4E6" w:rsidR="00941496" w:rsidRPr="00E20251" w:rsidRDefault="00941496" w:rsidP="00E20251">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="8"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1014"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20251">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hand Arm Vibration Syndrome,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="412EBEA6" w14:textId="4A8F46A8" w:rsidR="00941496" w:rsidRPr="00E20251" w:rsidRDefault="00941496" w:rsidP="00E20251">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="8"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1014"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20251">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Occupational asthma,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3954B6C7" w14:textId="5281C30D" w:rsidR="00941496" w:rsidRPr="00E20251" w:rsidRDefault="00941496" w:rsidP="00E20251">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="8"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1014"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20251">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tendonitis or tenosynovitis in the arm or forearm,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F4CD48" w14:textId="29DAE240" w:rsidR="00941496" w:rsidRPr="00E20251" w:rsidRDefault="00941496" w:rsidP="00E20251">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="8"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1014"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20251">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Any cancer attributed to an occupational exposure to a known human carcinogen or mutagen,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27740698" w14:textId="0C76258D" w:rsidR="00941496" w:rsidRPr="00E20251" w:rsidRDefault="00941496" w:rsidP="00E20251">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="8"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1014"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20251">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Any disease attributed to an occupational exposure to a biological agent.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="292DBAFB" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="460"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Other reports of cases of occupational disease with the potential to cause death or serious consequences as defined in the EMM, and which arise from working practices that are likely to be ongoing at the time the report is made.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A6AFDC8" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 4: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Incidents which indicate a likelihood of a serious breach of health and safety law:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5596D040" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This includes any incidents considered liable to give rise to serious public concern, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>where</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, from the facts known, the application of the EMM would give rise to an initial enforcement expectation of a notice or a prosecution.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15C004FD" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Criterion 5:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Major hazard precursor events:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="028C1A4E" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>All relevant precursor events should be considered for potential investigation using the following selection criteria:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D9E53F" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="734"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Incidents or events that result in or have the potential for significant releases of dangerous substances.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="693C8398" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="734"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Incidents or events that could be precursors to major incidents.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="519149AA" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="734"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Incidents or events that indicate that dutyholders are not adequately controlling major hazards.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC3EABB" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The range of potential precursor events covered by these criteria is broad and it is important that the criteria are not limiting, allowing the significance of each event to be judged based on its individual circumstances and characteristics. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7010D7F4" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 6: Incidents or events that do not fall within the above criteria but could reasonably give rise to public concern. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>All concerns or whistleblowing reports made by nuclear industry workers relating to matters that ONR regulates (or would have regulated prior to vesting in 2014, when part of HSE) fall under this criterion.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C76CFBC" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496"/>
+    <w:p w14:paraId="650C29C6" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAB7FE7" w14:textId="000DADC9" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:instrText>SEQ Table \* ARABIC</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> - Civil nuclear security criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941496" w:rsidRPr="00D402A1" w14:paraId="090A79C8" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="345674C5" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This table sets out the criteria relating to civil nuclear security matters that should subject to a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>preliminary enquiry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and / or considered for potential investigation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73CA77B7" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matters that only satisfy Criterion 1 or which could potentially satisfy Criterion 2 or 3 should be subject to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>preliminary enquiries</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> unless it is evident from the nature of the incident/event that an investigation is warranted without the need for preliminary enquiries. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="395F92A1" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>The selection criteria to be used for making an informed judgement as to whether an investigation is warranted are Criteria 2 and 3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2288FABD" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Criterion 1: All incidents or events that:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C07ECBD" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Indicate a significant breach of NISR 2003 (as amended); or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="571204D2" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Are assessed by the dutyholder or ONR to have an initial estimate of significance of major</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:footnoteReference w:id="4"/>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="694FD75C" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 2: Any incident or event where it is immediately evident or where </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>preliminary enquiries</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the surrounding circumstances reveal that: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3705D3EB" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>There has been a significant departure from approved security arrangements; or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="759F9CA2" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>There has been, or there was potential for, theft of NM/ORM or any sabotage to assets on the site; or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0748F0E2" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where there have been </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>a number of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> incidents or events that have the same apparent cause.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="144DD5A9" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="55" w:name="_Toc448925885"/>
+            <w:bookmarkStart w:id="56" w:name="_Toc448998605"/>
+            <w:bookmarkStart w:id="57" w:name="_Toc449001734"/>
+            <w:bookmarkStart w:id="58" w:name="_Toc449006122"/>
+            <w:bookmarkStart w:id="59" w:name="_Toc449075957"/>
+            <w:bookmarkStart w:id="60" w:name="_Toc449085469"/>
+            <w:bookmarkStart w:id="61" w:name="_Toc449085492"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Criterion 3: Incident or events that do not fall within the above criteria but could reasonably give rise to public concern.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="57"/>
+            <w:bookmarkEnd w:id="58"/>
+            <w:bookmarkEnd w:id="59"/>
+            <w:bookmarkEnd w:id="60"/>
+            <w:bookmarkEnd w:id="61"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>All concerns or whistleblowing reports made by nuclear industry workers relating to matters that ONR regulates (or would have regulated prior to vesting in 2014, when part of HSE) fall under this criterion.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="71EEA8C6" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496"/>
+    <w:p w14:paraId="6BCD99D4" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+        <w:sectPr w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidSect="00941496">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49935B6B" w14:textId="20AB5924" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:instrText>SEQ Table \* ARABIC</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C4027" w:rsidRPr="00D402A1">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> - Nuclear safeguards criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941496" w:rsidRPr="00D402A1" w14:paraId="0E61A3C8" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3526E606" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This table sets out the criteria for nuclear safeguards matters that should subject to a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>preliminary enquiry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and/ or considered for potential investigation. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="305338F7" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matters that only satisfy Criterion 1 or which could potentially satisfy Criterion 2 or 3 should be subject to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>preliminary enquiries</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> unless it is evident from the nature of the incident/event that an investigation is warranted without the need for preliminary enquiries.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03BD2BD5" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="545"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>The selection criteria to be used for making an informed judgement as to whether an investigation is warranted are Criteria 2 and 3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B474487" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Criterion 1: All incidents or events that:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="481CA0B8" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Indicate a significant breach of the Nuclear Safeguards (EU Exit) Regulations 2019 (as amended</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="0D4E9D18" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 2: Any incident or event where it is immediately evident or where </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>preliminary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> enquiries of the surrounding circumstances reveal that:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BED6AED" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>There has been, or there was potential for a significant failure to maintain a system of accountancy and control of safeguarded nuclear material; or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E2BCB54" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>There has been a significant deviation from operations as described in the Basic Technical Characteristics (BTC); or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71244F6C" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">There have been multiple and/or significant errors in reporting by the dutyholder; or </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1907D075" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>There has been evidence of interference with safeguards equipment; or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD4D379" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>The dutyholder had acted knowingly in not taking conservative action; or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EC1A0ED" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-31407"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="744"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>There have been several incidents or events that have the same apparent cause.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35476104" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criterion 3: Incident or events that do not fall within the above criteria but could reasonably give rise to public concern. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>All concerns or whistleblowing reports made by nuclear industry workers relating to matters that ONR regulates (or would have regulated prior to vesting in 2014, when part of HSE) fall under this criterion.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7D19D2B8" w14:textId="378732DF" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="22413A"/>
+          <w:sz w:val="48"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52646063" w14:textId="7CDB1DC2" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="005B2CB3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="_Toc212126233"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">List of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72420" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">key </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>acronyms, initialisms, and abbreviations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2757"/>
+        <w:gridCol w:w="6269"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="08145F59" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD2A06F" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Term/Acronym</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E61C6CB" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="47DECDD6" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="109A87B7" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CJ(S)A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="13553BAB" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Criminal Justice (Scotland) Act 2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="44608F01" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="498B65DB" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CJL(S)A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CF579B" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Criminal Justice and Licensing (Scotland) Act 2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="3B21A227" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA67D83" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COPFS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D29E421" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>The Crown Office and Procurator Fiscal Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="54ACB107" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="145675AE" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CP(S)A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53ED60F0" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Criminal Procedures (Scotland) Act 1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="249F28BE" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="00102B38" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CPIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0756B660" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Criminal Procedure and Investigations Act 1996</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="4EC92C89" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EAB412" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CPS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0ADCE6" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>The Crown Prosecution Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="4E09E03A" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="512045DD" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>EDR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E250A52" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Enforcement Decision Record</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="014A17BB" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEBF53F" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>EMM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="562C6C78" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Enforcement Management Model</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="61C5A74D" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="127D1623" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>EPS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C6EED7" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Enforcement Policy Statement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="43D13E45" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D774F7" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>EST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAEE699" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Evidence Sufficiency Test</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="30E7780E" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4EA9DE" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>IDT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD78A74" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Investigation Delivery Team</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="41BC3011" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF58ADA" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>IDR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78DC97E5" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Investigation Decision Record</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="774157B0" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD7A49C" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>KDL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD2B39C" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Key Decision Log</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="5A6D3FE9" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="467737FB" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PACE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="66AB7325" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Police and Criminal Evidence Act 1984</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="0D1B83BF" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E2D829" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>RCIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8B4D26" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Redgrave Court Incident Suite</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w14:paraId="619EA48B" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1527" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C2C3EB" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>RLI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE314B8" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:pStyle w:val="Normal-Table"/>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Review-Learn-Improve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2704B1CF" w14:textId="31E0E9CF" w:rsidR="00E13A12" w:rsidRPr="00D402A1" w:rsidRDefault="00E13A12" w:rsidP="00E13A12">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">: A comprehensive list of regulatory acronyms, etc., can be found in ONR’s “List of regulatory acronyms, abbreviations and initialisms” </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1297180099"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve"> CITATION ONR548 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[40]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F07340A" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidRDefault="005B2CB3" w:rsidP="005B2CB3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:sectPr w:rsidR="005B2CB3" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="63" w:name="_Toc212126234" w:displacedByCustomXml="next"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-1858495991"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Bibliographies"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="6742F1B3" w14:textId="4B0637F2" w:rsidR="00DE24CC" w:rsidRPr="00D402A1" w:rsidRDefault="00DE24CC" w:rsidP="005B2CB3">
+          <w:pPr>
+            <w:pStyle w:val="Heading1"/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="0"/>
+            </w:numPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00D402A1">
+            <w:t>References</w:t>
+          </w:r>
+          <w:bookmarkEnd w:id="63"/>
+        </w:p>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="566536728"/>
+            <w:bibliography/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:p w14:paraId="116973E3" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00DE24CC">
+              <w:pPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                  <w:noProof/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                </w:rPr>
+              </w:pPr>
+              <w:r w:rsidRPr="00D402A1">
+                <w:fldChar w:fldCharType="begin"/>
+              </w:r>
+              <w:r w:rsidRPr="00D402A1">
+                <w:instrText>BIBLIOGRAPHY</w:instrText>
+              </w:r>
+              <w:r w:rsidRPr="00D402A1">
+                <w:fldChar w:fldCharType="separate"/>
+              </w:r>
+            </w:p>
+            <w:tbl>
+              <w:tblPr>
+                <w:tblW w:w="5000" w:type="pct"/>
+                <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                <w:tblCellMar>
+                  <w:top w:w="15" w:type="dxa"/>
+                  <w:left w:w="15" w:type="dxa"/>
+                  <w:bottom w:w="15" w:type="dxa"/>
+                  <w:right w:w="15" w:type="dxa"/>
+                </w:tblCellMar>
+                <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+              </w:tblPr>
+              <w:tblGrid>
+                <w:gridCol w:w="476"/>
+                <w:gridCol w:w="8550"/>
+              </w:tblGrid>
+              <w:tr w:rsidR="00E20251" w14:paraId="687FFE41" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="7B1FE28F" w14:textId="783481EE" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[1] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="1143938B" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-ENF-POL-001 - Enforcement Policy Statement,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="176A57D5" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="1149FDC0" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[2] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="5E986512" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-ENF-GD-006 - Enforcement,” [Online]. Available: Available HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w:rsidRPr="000D386D" w14:paraId="7A61CE11" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="65B83642" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[3] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="67065E70" w14:textId="77777777" w:rsidR="00E20251" w:rsidRPr="00250FCF" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Ministry of Justice, “Statutory Guidance - Code of Practice for Victims of Crime in England and Wales (Victims' Code),” 29 January 2025. </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00250FCF">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                      <w:t>[Online]. Available: https://www.gov.uk/government/publications/the-code-of-practice-for-victims-of-crime/code-of-practice-for-victims-of-crime-in-england-and-wales-victims-code.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w:rsidRPr="000D386D" w14:paraId="2E13CD3E" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="152B6B26" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[4] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3DBA45C8" w14:textId="77777777" w:rsidR="00E20251" w:rsidRPr="00250FCF" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Social Security Scotland , “Code of practice for investigations (Version 1),” [Online]. </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00250FCF">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                      <w:t>Available: https://www.gov.scot/binaries/content/documents/govscot/publications.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="686FD8DB" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="48B59738" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[5] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="7977150F" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>“ONR-ENF-GD-026 - Conducting Investigations Disclosure Guidance,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="5CC9EBAA" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="25DF45DE" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[6] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="0188163E" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-HR-R2A2-023 - Process Owner,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="59BAA79C" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="4962B9DE" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[7] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="6B81482C" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>“ONR-ENF-GD-027 - The role and responsibilities of an Investigation Core Team Member,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="590823EB" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="68BCED9A" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[8] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="32F4164C" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-RIO-PROC-004 - Governance and oversight of incidents,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w:rsidRPr="000D386D" w14:paraId="59F6DD2D" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2856E50F" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[9] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="289E3F80" w14:textId="77777777" w:rsidR="00E20251" w:rsidRPr="00250FCF" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">ONR, “Concerns - Whistleblowing and complaints,” [Online]. </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00250FCF">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                      <w:t>Available: https://www.onr.org.uk/complaints-concerns-whistleblowing.htm.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="1D3995FB" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="6E8FF2B8" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[10] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="235F61D9" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-INSP-GD-064 - General Inspection Guide,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="4E07D68C" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="453B70FC" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[11] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="146A533C" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-WB-PROC-001 - Whistleblowing,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="3B21F04E" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="1DBEAA14" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[12] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="368F865A" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>HSE, “Work Related Deaths: A protocol for liaison (England and Wales),” [Online]. Available: https://www.hse.gov.uk/pubns/wrdp1.pdf.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="3FD0C388" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="200CB05D" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[13] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="21D692F7" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>HSE, “Work related Deaths Protocol: Practical guide (England &amp; Wales),” [Online]. Available: https://www.hse.gov.uk/pubns/wrdp2.pdf.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w:rsidRPr="000D386D" w14:paraId="4D1F1FEC" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="46E9FBEB" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[14] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="1972331A" w14:textId="77777777" w:rsidR="00E20251" w:rsidRPr="00250FCF" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">HSE, “Work related Deaths: A protocol for liaison (Scotland),” [Online]. </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00250FCF">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                      <w:t>Available: https://www.hse.gov.uk/scotland/assets/docs/workreldeaths.pdf.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="083D3B37" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3E187268" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[15] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="4AE9D92C" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-INSP-GD-051 - Dealing with matters of evident concern or potential major concern,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="2368E64B" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3015525F" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[16] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3D05D27D" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:iCs/>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>NS-INSP-PROC-001 Resolving Differences of Regulatory Opinion.</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="2D690AE9" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="0A579FC5" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:lastRenderedPageBreak/>
+                      <w:t xml:space="preserve">[17] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="5E98F7D8" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-DOC-TEMP-098 - Investigation Decision Record (IDR) Form,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="04536405" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="31D466A2" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[18] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3C723476" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-RLI-GD-001 - Review Learn Improve (RLI),” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="2F566B9E" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="0E30BC6E" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[19] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="7EB98CAB" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-DOC-TEMP-171 - Combined Investigation and Prosecution Report,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="50EDA401" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="216B4AAB" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[20] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2C1C336D" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-DOC-TEMP-099 - Key Decision Log,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="145439E9" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="47B9982C" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[21] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="360FB9B6" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-DDS-IN-003 - DDS in an investigation,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="7984332F" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="7E3E5B5C" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[22] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3943CFB5" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-FIN-GD-008 - ONR Investigation, Prosecution and Judicial Review Process - Finance Arrangements,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="7C222C26" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="5FAC8982" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[23] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="79242EBE" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-DOC-TEMP-101 - Schedule of Material,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="71E25312" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="4604BB32" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[24] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3E8E3DB6" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-ENF-GD-019 - Working with the Health and Safety Laboratory,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="33C83BA1" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="1299BF38" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[25] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2F498D8E" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-GEN-GD-004 - Accessing legal advice,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w:rsidRPr="000D386D" w14:paraId="380E6465" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="23A46E6D" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[26] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="762D0464" w14:textId="77777777" w:rsidR="00E20251" w:rsidRPr="00250FCF" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">The Scottish Government, “Victims' Code for Scotland,” 20 February 2020. </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00250FCF">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                      <w:t>[Online]. Available: https://www.mygov.scot/victims-code-for-scotland.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="2E73574D" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="1B2E381B" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[27] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="572B2D3D" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-ENF-GD-023 - Victims Personal satements in England and Wales,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="1C972F6A" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="19E8EC28" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[28] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="17B88370" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-ENF-GD-013 - Witness Statement Taking,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="0B198804" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="6F02B32C" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[29] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="55A08BA1" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-INSP-PROC-001 - Resolving Differences of Regulatory Opinion,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="6B1FA20E" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="6D83C3D6" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[30] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="72FCE665" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-DOC-TEMP-128 - Enforcement Decision Record (EDR),” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w:rsidRPr="000D386D" w14:paraId="1A00D9B0" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3798EC8C" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[31] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="00B77B46" w14:textId="77777777" w:rsidR="00E20251" w:rsidRPr="00250FCF" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">CPS, “The CPS Code for Crown Prosecutors,” [Online]. </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00250FCF">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                      <w:t>Available: https://www.cps.gov.uk/publication/code-crown-prosecutors.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="63521673" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2DAC03B1" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[32] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3B16589B" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>COPFS, “Crown Office and Procurator Fiscal Service Prosecution Code,” [Online]. Available: https://www.copfs.gov.uk/publications/prosecution-code/.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="6837712A" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="5F341DBB" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[33] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="6D65749C" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-ENF-GD-020 - The roles of the Approval Officer in enforcement decisions,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="604B6EA5" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="31FD5910" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[34] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="5F4E7781" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-ENF-IN-031 - Victims Right to Review,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="0B439980" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="48E0A787" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:lastRenderedPageBreak/>
+                      <w:t xml:space="preserve">[35] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="6D87BBFC" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-RIO-PROC-001 - Management of Regulatory Issues,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="4B7CF8CC" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3B648D28" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[36] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="1B880037" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-ENF-GD-015 - Guide for Managing Investigation Grab Bags,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="2EE70EC2" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="14619A81" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[37] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="7F710C05" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-ENF-GD-022 - Investigation powers provided to inspectors by the Health and Safety at Work etc. Act 1974, and the Energy Act 2013,” [Online]. Available: Available via HOW2 Hub..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w:rsidRPr="000D386D" w14:paraId="377D0FBD" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="712DF487" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[38] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="0B0AC6E6" w14:textId="77777777" w:rsidR="00E20251" w:rsidRPr="00250FCF" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Ministry of Justice, “Criminal Procedure and Investigations Act (CPIA) - Code of Practice,” 16 February 2015. </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00250FCF">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                      <w:t>[Online]. Available: https://www.gov.uk/government/publications/criminal-procedure-and-investigations-act-code-of-practice.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="0FCE1F9E" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="53D1A99D" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[39] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2D64D1B7" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-OL-PROC-002 - Process for Incident Notifications to ONR,” [Online]. Available: https://prodonrgov.sharepoint.com/sites/HOW2Hub.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="7E7BE705" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="719FA479" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[40] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="14759904" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">ONR, “ONR-RD-REF-002 - List of regulatory acronyms, abbreviations and initialisms,” [Online]. </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00E20251" w14:paraId="568FA2DA" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1400905"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="725AB056" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[41] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="1C2BC775" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">ONR, “ONR-ENF-GD-008 - Interviewing Suspects (withdrawn - seek IDT advice),” [Online]. </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+            </w:tbl>
+            <w:p w14:paraId="5F676CBF" w14:textId="77777777" w:rsidR="00E20251" w:rsidRDefault="00E20251">
+              <w:pPr>
+                <w:divId w:val="1400905"/>
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman"/>
+                  <w:noProof/>
+                </w:rPr>
+              </w:pPr>
+            </w:p>
+            <w:p w14:paraId="0E3F4C61" w14:textId="252D042F" w:rsidR="00DE24CC" w:rsidRPr="00D402A1" w:rsidRDefault="00DE24CC">
+              <w:r w:rsidRPr="00D402A1">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:fldChar w:fldCharType="end"/>
+              </w:r>
+            </w:p>
+          </w:sdtContent>
+        </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="0B6C78C1" w14:textId="77777777" w:rsidR="00DE24CC" w:rsidRPr="00D402A1" w:rsidRDefault="00DE24CC" w:rsidP="00DE24CC">
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Inspectors are advised to always seek the latest legal publications from Westlaw or Redgrave’s Online or by liaison with the IMG, the links in this document are correct at publication but should be regarded as for information only. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CF01F3" w14:textId="708A7B9C" w:rsidR="00DE24CC" w:rsidRPr="00D402A1" w:rsidRDefault="009938AC" w:rsidP="00DE24CC">
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">Inspectors should </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24CC" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve">refer to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidR="00DE24CC" w:rsidRPr="0010571B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>HOW2 H</w:t>
+        </w:r>
+        <w:r w:rsidR="00987C24" w:rsidRPr="0010571B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ub</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DE24CC" w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> for the latest issues of referenced ONR documents</w:t>
+      </w:r>
+      <w:r w:rsidR="0010571B">
+        <w:t xml:space="preserve"> and templates</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24CC" w:rsidRPr="00D402A1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDDE9AA" w14:textId="77777777" w:rsidR="00DE24CC" w:rsidRPr="00D402A1" w:rsidRDefault="00DE24CC" w:rsidP="009938AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="00DE24CC" w:rsidRPr="00D402A1" w:rsidSect="009D2911">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03206EF2" w14:textId="067AE6FC" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="005B2CB3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="_Toc212126235"/>
+      <w:r w:rsidRPr="00D402A1">
+        <w:lastRenderedPageBreak/>
+        <w:t>Document control</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w14:paraId="3AD6C900" w14:textId="583AD5CF" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00CE1EBE">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Authored by:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Investigation Capability Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE9D206" w14:textId="17CAC02A" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00CE1EBE">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Approved by:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Head of Regulatory Development and Standards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="112B25E5" w14:textId="4078BFF1" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00CE1EBE">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Issue:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Issue No."/>
+          <w:tag w:val=""/>
+          <w:id w:val="-894428327"/>
+          <w:placeholder>
+            <w:docPart w:val="538EEFF46CD04A6D93AA7262F14C29F9"/>
+          </w:placeholder>
+          <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0010571B">
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>4.</w:t>
+          </w:r>
+          <w:r w:rsidR="00C3284A">
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>3</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3F598361" w14:textId="515895A4" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00CE1EBE">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Published:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3284A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>January 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6811FB20" w14:textId="27340023" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00CE1EBE">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Next scheduled review:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March 2029</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DBE121" w14:textId="147FF7B9" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00CE1EBE">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Document reference:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ONR-</w:t>
+      </w:r>
+      <w:r w:rsidR="0010571B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ENF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0010571B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GD</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24CC" w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-00</w:t>
+      </w:r>
+      <w:r w:rsidR="0010571B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5258750C" w14:textId="5C9AF3FA" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="0010571B">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Record reference:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0010571B" w:rsidRPr="00460CCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ONRHH-8</w:t>
+      </w:r>
+      <w:r w:rsidR="000D386D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0010571B" w:rsidRPr="00460CCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22789359-20653</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC783E9" w14:textId="77777777" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00CE1EBE">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BEB4C31" w14:textId="62F3877E" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00987C24">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Revision commentary</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="10" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="7423"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w14:paraId="4871520B" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD6D235" w14:textId="7EB61EAC" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="084B365D" w14:textId="7B597837" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Description of update(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w14:paraId="7518F160" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="489583AD" w14:textId="5036D7D1" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="0010571B" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="195EBDF5" w14:textId="7D36BF88" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="0010571B" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Minor</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE1EBE" w:rsidRPr="00D402A1">
+              <w:t xml:space="preserve"> update:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6297CA6B" w14:textId="774727B0" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00987C24">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:t>Reference to IMG removed</w:t>
+            </w:r>
+            <w:r w:rsidR="00987C24" w:rsidRPr="00D402A1">
+              <w:t xml:space="preserve"> throughout – replaced with IDT.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0432C391" w14:textId="77777777" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00987C24">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:t>Decision Maker amended to Case Manager</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4521F5E3" w14:textId="77777777" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00987C24">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:t xml:space="preserve">Decision </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:t>Maker  -</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D402A1">
+              <w:t xml:space="preserve"> New terms of reference</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14138B38" w14:textId="77777777" w:rsidR="00CE1EBE" w:rsidRPr="00D402A1" w:rsidRDefault="00CE1EBE" w:rsidP="00987C24">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:t>Full investigation authorisation process (IDR) amended</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34904C6A" w14:textId="27A84C16" w:rsidR="000845F0" w:rsidRPr="00D402A1" w:rsidRDefault="000845F0" w:rsidP="00987C24">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:t>Table 1 moved up into the main body of the document, and Tables 2-5 moved to new appendix.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF37B8E" w14:textId="77777777" w:rsidR="001953A9" w:rsidRDefault="001953A9" w:rsidP="00987C24">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D402A1">
+              <w:t>Minor editorial / formatting updates.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2012321B" w14:textId="223C4B3D" w:rsidR="00250FCF" w:rsidRPr="00D402A1" w:rsidRDefault="00250FCF" w:rsidP="00987C24">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Addition of GDPR requirements </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C3284A" w:rsidRPr="00D402A1" w14:paraId="263C884A" w14:textId="77777777" w:rsidTr="00297FEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4421E01E" w14:textId="19909245" w:rsidR="00C3284A" w:rsidRDefault="00C3284A" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="629FC459" w14:textId="68A09DDB" w:rsidR="00C3284A" w:rsidRDefault="00C3284A" w:rsidP="00297FEF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="65" w:name="_Hlk221180373"/>
+            <w:r>
+              <w:t xml:space="preserve">New </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3284A">
+              <w:t>section on GDPR requirements</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="65"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1D8442A7" w14:textId="77777777" w:rsidR="00A32729" w:rsidRDefault="00A32729" w:rsidP="00987C24">
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:rPr>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A32729" w:rsidSect="009D2911">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
-    <wne:keymap wne:kcmPrimary="0074">
-[...11 lines deleted...]
-    <wne:keymap wne:kcmPrimary="0078">
+    <wne:keymap wne:kcmPrimary="0079">
       <wne:acd wne:acdName="acd0"/>
-    </wne:keymap>
-[...7 lines deleted...]
-      <wne:acd wne:acdName="acd7"/>
     </wne:keymap>
   </wne:keymaps>
   <wne:toolbars>
     <wne:acdManifest>
       <wne:acdEntry wne:acdName="acd0"/>
-      <wne:acdEntry wne:acdName="acd1"/>
-[...5 lines deleted...]
-      <wne:acdEntry wne:acdName="acd7"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
-    <wne:acd wne:argValue="AQAAAAAA" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
-[...6 lines deleted...]
-    <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAEwAaQBzAHQAIAAzAA==" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
+    <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAxAA==" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73E358B3" w14:textId="77777777" w:rsidR="00C43658" w:rsidRDefault="00C43658" w:rsidP="007D199A">
+    <w:p w14:paraId="203901F2" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73CEC48F" w14:textId="77777777" w:rsidR="00C43658" w:rsidRDefault="00C43658"/>
+    <w:p w14:paraId="460C6B8B" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60CC9CBE" w14:textId="77777777" w:rsidR="00C43658" w:rsidRDefault="00C43658" w:rsidP="007D199A">
+    <w:p w14:paraId="756A739A" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D402A1">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A61D5C" w14:textId="77777777" w:rsidR="00C43658" w:rsidRDefault="00C43658"/>
+    <w:p w14:paraId="0FE1D036" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="73282AE4" w14:textId="77777777" w:rsidR="00C43658" w:rsidRDefault="00C43658">
+    <w:p w14:paraId="6829278B" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5714E96E" w14:textId="34A9B52C" w:rsidR="007C3C1D" w:rsidRPr="006A525B" w:rsidRDefault="006A525B" w:rsidP="007C3C1D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5714E96E" w14:textId="34A9B52C" w:rsidR="007C3C1D" w:rsidRPr="00D402A1" w:rsidRDefault="006A525B" w:rsidP="007C3C1D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="006A525B">
+    <w:r w:rsidRPr="00D402A1">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>ONR-DOC-TEMP-18</w:t>
     </w:r>
-    <w:r w:rsidR="00002389">
+    <w:r w:rsidR="00002389" w:rsidRPr="00D402A1">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="006A525B">
+    <w:r w:rsidRPr="00D402A1">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Issue </w:t>
     </w:r>
-    <w:r w:rsidR="000817D4">
+    <w:r w:rsidR="000817D4" w:rsidRPr="00D402A1">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="009D2911">
+    <w:r w:rsidR="009D2911" w:rsidRPr="00D402A1">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>.1</w:t>
     </w:r>
-    <w:r w:rsidRPr="006A525B">
+    <w:r w:rsidRPr="00D402A1">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="51A44C0D" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRDefault="00CE6198" w:rsidP="008229BA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51A44C0D" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRPr="00D402A1" w:rsidRDefault="00CE6198" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3F2208BD" w14:textId="578ED55B" w:rsidR="00CE6198" w:rsidRPr="009D2911" w:rsidRDefault="009D2911" w:rsidP="008229BA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F2208BD" w14:textId="578ED55B" w:rsidR="00CE6198" w:rsidRPr="00D402A1" w:rsidRDefault="009D2911" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009D2911">
+    <w:r w:rsidRPr="00D402A1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">Page | </w:t>
     </w:r>
-    <w:r w:rsidRPr="009D2911">
+    <w:r w:rsidRPr="00D402A1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009D2911">
+    <w:r w:rsidRPr="00D402A1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:bCs/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009D2911">
+    <w:r w:rsidRPr="00D402A1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="009D2911">
+    <w:r w:rsidRPr="00D402A1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:bCs/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="009D2911">
+    <w:r w:rsidRPr="00D402A1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="515DBB12" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="008229BA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="515DBB12" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="00D402A1" w:rsidRDefault="008C50C3" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D9C6EC4" w14:textId="77777777" w:rsidR="00C43658" w:rsidRPr="005E0344" w:rsidRDefault="00C43658" w:rsidP="005E0344">
+    <w:p w14:paraId="58F529C2" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1" w:rsidP="005E0344">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E0344">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="076BA9A7" w14:textId="77777777" w:rsidR="00C43658" w:rsidRPr="005E0344" w:rsidRDefault="00C43658" w:rsidP="0090581D">
+    <w:p w14:paraId="2248D4A6" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1" w:rsidP="0090581D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E0344">
+      <w:r w:rsidRPr="00D402A1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48582AC2" w14:textId="77777777" w:rsidR="00C43658" w:rsidRDefault="00C43658"/>
+    <w:p w14:paraId="5F12B719" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C406EFA" w14:textId="77777777" w:rsidR="00C43658" w:rsidRDefault="00C43658">
+    <w:p w14:paraId="6AAD4733" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EEE4EC0" w14:textId="77777777" w:rsidR="00C43658" w:rsidRDefault="00C43658"/>
+    <w:p w14:paraId="14916757" w14:textId="77777777" w:rsidR="00B57CC1" w:rsidRPr="00D402A1" w:rsidRDefault="00B57CC1"/>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="7653B2F4" w14:textId="6AF3A1ED" w:rsidR="00C2230C" w:rsidRPr="00D402A1" w:rsidRDefault="00C2230C" w:rsidP="00C2230C">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> Note, a document which previously provided guidance in this area has since been withdrawn </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="653179822"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:instrText xml:space="preserve">CITATION GD008 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00585805" w:rsidRPr="00D402A1">
+            <w:t>[42]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D402A1">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>. Seek advice from the IDT, if required.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="4EB54305" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note that in such circumstances ONR will continue to apply the HSE guidance on the application of HSWA section 3.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="1AD8F335" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="00941496">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I.e., the t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>otal loss of defence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D402A1">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in depth resulting in high risk to site, or where malicious acts have been carried out against the site. Typical examples include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF6EA4F" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Site incursion with intent to disrupt or cause damage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E879911" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Any sabotage to assets on site.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0307D5C8" w14:textId="77777777" w:rsidR="00941496" w:rsidRPr="00D402A1" w:rsidRDefault="00941496" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Amy theft of NM/ORM or confirmed compromise of SNI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA0FA66" w14:textId="77777777" w:rsidR="00941496" w:rsidRDefault="00941496" w:rsidP="0010571B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D402A1">
+        <w:t>Total loss of Security Management System for periods in excess of four hours.</w:t>
+      </w:r>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRPr="00D402A1" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0AF688BC" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00267815" w:rsidRDefault="00267815" w:rsidP="00257288">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0AF688BC" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00D402A1" w:rsidRDefault="00267815" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2346A3E0" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRDefault="00CE6198" w:rsidP="00091EEA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2346A3E0" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRPr="00D402A1" w:rsidRDefault="00CE6198" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="00257288">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="00D402A1" w:rsidRDefault="008C50C3" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="47FFC75F" w14:textId="6F84698F" w:rsidR="00177666" w:rsidRPr="003A7E1C" w:rsidRDefault="00C703BC" w:rsidP="009E0E52">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47FFC75F" w14:textId="04F344EB" w:rsidR="00177666" w:rsidRPr="00D402A1" w:rsidRDefault="00000000" w:rsidP="009E0E52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
         <w:placeholder>
           <w:docPart w:val="71855CAFCD0440C4880AB5CD94A60020"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="000A5B88">
+        <w:r w:rsidR="008D4EDC">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Process for Conducting Investigations</w:t>
+          <w:t>Guidance on the process for conducting investigations</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="004E3932" w:rsidRPr="003A7E1C">
+    <w:r w:rsidR="004E3932" w:rsidRPr="00D402A1">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve"> | Issue No.: </w:t>
+      <w:t xml:space="preserve"> | Issue: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
         <w:placeholder>
           <w:docPart w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="0040796D">
+        <w:r w:rsidR="00C3284A">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>4.1</w:t>
+          <w:t>4.3</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A4B08F86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F04C420E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -31248,68 +32594,69 @@
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F53A331A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="079C25C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="69A2E0BC"/>
-    <w:lvl w:ilvl="0" w:tplc="08090017">
+    <w:tmpl w:val="627A5C60"/>
+    <w:lvl w:ilvl="0" w:tplc="3F4A5D8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31407"/>
         </w:tabs>
         <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -31592,70 +32939,165 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1054179C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6069D66"/>
+    <w:lvl w:ilvl="0" w:tplc="F9607690">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListParagraph"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DEB8F0BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11A35675"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EF482CE"/>
-    <w:lvl w:ilvl="0" w:tplc="D2408762">
+    <w:tmpl w:val="A5064DD4"/>
+    <w:lvl w:ilvl="0" w:tplc="3E5E0D42">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31407"/>
         </w:tabs>
         <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -31735,51 +33177,200 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14D13748"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="289A0C8E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17542A77"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4C12AB78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -31860,51 +33451,344 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A5036C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A86A8872"/>
+    <w:lvl w:ilvl="0" w:tplc="3352192A">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A707242"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="329ABCDC"/>
+    <w:lvl w:ilvl="0" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21271AF2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="802EF80A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading2"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading3"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading4"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="224C6DB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BAB65E54"/>
     <w:lvl w:ilvl="0" w:tplc="13AAB4A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text2"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -31974,51 +33858,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29706A39"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F3665AB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31396"/>
         </w:tabs>
         <w:ind w:left="1004" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -32118,71 +34002,72 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29CB1A55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EF482CE"/>
-    <w:lvl w:ilvl="0" w:tplc="D2408762">
+    <w:tmpl w:val="0526D746"/>
+    <w:lvl w:ilvl="0" w:tplc="21E47E0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31407"/>
         </w:tabs>
         <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -32262,51 +34147,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DA560BF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -32348,51 +34233,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="306D14A2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D026C83E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -32434,71 +34319,72 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="367B58FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EF482CE"/>
-    <w:lvl w:ilvl="0" w:tplc="D2408762">
+    <w:tmpl w:val="10EEDC3A"/>
+    <w:lvl w:ilvl="0" w:tplc="3B3E0752">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31407"/>
         </w:tabs>
         <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -32578,51 +34464,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37020A6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5364AB0"/>
     <w:lvl w:ilvl="0" w:tplc="F94C6366">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -32664,51 +34550,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39871E1E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C103DCC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
@@ -32754,71 +34640,72 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39E70D4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EF482CE"/>
-    <w:lvl w:ilvl="0" w:tplc="D2408762">
+    <w:tmpl w:val="EC36832A"/>
+    <w:lvl w:ilvl="0" w:tplc="4E4C53A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31407"/>
         </w:tabs>
         <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -32898,51 +34785,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB70C27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6658CF8E"/>
     <w:lvl w:ilvl="0" w:tplc="B1301426">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="757" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="07716C" w:themeColor="accent1"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -33015,51 +34902,164 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D5476E6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="81B6A4CC"/>
+    <w:lvl w:ilvl="0" w:tplc="12C43174">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="401F1942"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E6E2632"/>
     <w:lvl w:ilvl="0" w:tplc="CFF6918C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -33104,51 +35104,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F0537AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB946DAC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -33217,71 +35217,72 @@
     <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5336798C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EF482CE"/>
-    <w:lvl w:ilvl="0" w:tplc="D2408762">
+    <w:tmpl w:val="AEB25CFA"/>
+    <w:lvl w:ilvl="0" w:tplc="34CA7818">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31407"/>
         </w:tabs>
         <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -33361,51 +35362,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56251AC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="336C4152"/>
     <w:lvl w:ilvl="0" w:tplc="3148E282">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1072" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="106470"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -33478,51 +35479,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65971AA2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C63EE6D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -33612,71 +35613,72 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67515EF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AE8A9524"/>
-    <w:lvl w:ilvl="0" w:tplc="08090017">
+    <w:tmpl w:val="B7781A96"/>
+    <w:lvl w:ilvl="0" w:tplc="62E2099C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31407"/>
         </w:tabs>
         <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -33756,51 +35758,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70C2195C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33B8A0BC"/>
     <w:lvl w:ilvl="0" w:tplc="84BA4EF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="TSBullet1Square"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-28572"/>
         </w:tabs>
         <w:ind w:left="4548" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
@@ -33901,51 +35903,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="718A0F99"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="289AFFC6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="NumList1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="NumList2"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -34018,71 +36020,72 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="742631BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EF482CE"/>
-    <w:lvl w:ilvl="0" w:tplc="D2408762">
+    <w:tmpl w:val="464C4DFC"/>
+    <w:lvl w:ilvl="0" w:tplc="48C28B44">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31407"/>
         </w:tabs>
         <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -34162,72 +36165,72 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75F46359"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E58E1B32"/>
-    <w:lvl w:ilvl="0" w:tplc="A32E9876">
+    <w:tmpl w:val="EF1A368E"/>
+    <w:lvl w:ilvl="0" w:tplc="3B94FAEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlist1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="07716C" w:themeColor="accent1"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8D1E33AC">
+    <w:lvl w:ilvl="1" w:tplc="56DCA0E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlist2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FB9AE3B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BulletList3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -34282,71 +36285,72 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="780C2AEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EF482CE"/>
-    <w:lvl w:ilvl="0" w:tplc="D2408762">
+    <w:tmpl w:val="CF988FAC"/>
+    <w:lvl w:ilvl="0" w:tplc="28D6E704">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-31407"/>
         </w:tabs>
         <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -34420,1017 +36424,1560 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E77694C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B46E7FC"/>
+    <w:lvl w:ilvl="0" w:tplc="7CEE52CA">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FBC2616"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2C0CA0A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1571" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2291" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3011" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3731" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4451" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5171" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5891" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6611" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="146677816">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1801269284">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2146773386">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1415661277">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1913613573">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1714236246">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1821143907">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="120006169">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="28534602">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1886526238">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="744571433">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1790587205">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2039507304">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="458843873">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="604927007">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="40"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="902449151">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="29"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1555969449">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="218565001">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="121003959">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="764035773">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1548184357">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1718358872">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="237180586">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1471097669">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="38"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="81293750">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="646781066">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="381368627">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="672731819">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="616910078">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1133014603">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="28379982">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1459176850">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="736824149">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1791195669">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1266618521">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1056780941">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="100539612">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="588344884">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1359550337">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1571232316">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1366523890">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="2040740505">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1198004992">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1266618521">
-[...5 lines deleted...]
-  <w:num w:numId="37" w16cid:durableId="100539612">
+  <w:num w:numId="44" w16cid:durableId="2002154710">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="588344884">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="45" w16cid:durableId="410153252">
+    <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1359550337">
+  <w:num w:numId="46" w16cid:durableId="1280601726">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="2074235535">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1571232316">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="48" w16cid:durableId="1792242439">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1366523890">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="49" w16cid:durableId="599338143">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="2040740505">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="50" w16cid:durableId="2053529002">
+    <w:abstractNumId w:val="43"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Liam Dunning">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::liam.dunning@onr.gov.uk::ca994228-5e18-4e8d-915e-98b380ac5741"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C4196"/>
     <w:rsid w:val="00002389"/>
     <w:rsid w:val="00002F03"/>
     <w:rsid w:val="00004C16"/>
     <w:rsid w:val="000058A2"/>
     <w:rsid w:val="00006AA1"/>
     <w:rsid w:val="00011177"/>
     <w:rsid w:val="000116D3"/>
     <w:rsid w:val="00014814"/>
+    <w:rsid w:val="0001576E"/>
     <w:rsid w:val="0001653F"/>
     <w:rsid w:val="00024522"/>
     <w:rsid w:val="00024B2E"/>
     <w:rsid w:val="00027F4F"/>
     <w:rsid w:val="00030022"/>
     <w:rsid w:val="00030430"/>
     <w:rsid w:val="0003078E"/>
     <w:rsid w:val="00031B89"/>
     <w:rsid w:val="00032425"/>
     <w:rsid w:val="000338E7"/>
     <w:rsid w:val="00034B0A"/>
     <w:rsid w:val="0003693D"/>
     <w:rsid w:val="0004440F"/>
     <w:rsid w:val="0005114E"/>
     <w:rsid w:val="00052C8A"/>
     <w:rsid w:val="000548C8"/>
     <w:rsid w:val="00055F16"/>
+    <w:rsid w:val="00062E5D"/>
     <w:rsid w:val="0006322E"/>
     <w:rsid w:val="000637C5"/>
     <w:rsid w:val="00063D2C"/>
     <w:rsid w:val="00066A50"/>
     <w:rsid w:val="00075605"/>
     <w:rsid w:val="00075C66"/>
     <w:rsid w:val="000763AF"/>
     <w:rsid w:val="00077299"/>
     <w:rsid w:val="000806F6"/>
     <w:rsid w:val="00081648"/>
     <w:rsid w:val="000817D4"/>
+    <w:rsid w:val="0008227A"/>
     <w:rsid w:val="00082879"/>
+    <w:rsid w:val="00084110"/>
+    <w:rsid w:val="000845F0"/>
     <w:rsid w:val="0008773F"/>
+    <w:rsid w:val="000919F9"/>
     <w:rsid w:val="00091EEA"/>
+    <w:rsid w:val="000940DB"/>
+    <w:rsid w:val="00097462"/>
     <w:rsid w:val="000A0D51"/>
     <w:rsid w:val="000A105C"/>
+    <w:rsid w:val="000A17DF"/>
+    <w:rsid w:val="000A2D92"/>
     <w:rsid w:val="000A3B4F"/>
     <w:rsid w:val="000A5B88"/>
     <w:rsid w:val="000B4237"/>
+    <w:rsid w:val="000B7560"/>
     <w:rsid w:val="000C2DDC"/>
     <w:rsid w:val="000C3F66"/>
+    <w:rsid w:val="000C7FE6"/>
     <w:rsid w:val="000D2FD4"/>
+    <w:rsid w:val="000D386D"/>
     <w:rsid w:val="000D3D2D"/>
     <w:rsid w:val="000E3EA6"/>
     <w:rsid w:val="000E44A8"/>
     <w:rsid w:val="000F1B7B"/>
     <w:rsid w:val="000F227B"/>
     <w:rsid w:val="000F2ED4"/>
+    <w:rsid w:val="0010246E"/>
     <w:rsid w:val="001028E8"/>
+    <w:rsid w:val="0010571B"/>
     <w:rsid w:val="00111A77"/>
     <w:rsid w:val="001145F9"/>
     <w:rsid w:val="00122FCC"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00126752"/>
+    <w:rsid w:val="00127D80"/>
     <w:rsid w:val="001306C9"/>
     <w:rsid w:val="00130B30"/>
     <w:rsid w:val="00131959"/>
+    <w:rsid w:val="00136B49"/>
     <w:rsid w:val="00140B40"/>
     <w:rsid w:val="00140E1C"/>
     <w:rsid w:val="00145871"/>
     <w:rsid w:val="00147AE4"/>
     <w:rsid w:val="0015406D"/>
     <w:rsid w:val="001571E5"/>
     <w:rsid w:val="00161025"/>
+    <w:rsid w:val="00166445"/>
     <w:rsid w:val="00167BDE"/>
     <w:rsid w:val="00172DF8"/>
     <w:rsid w:val="00177666"/>
+    <w:rsid w:val="001843B7"/>
     <w:rsid w:val="001849CA"/>
     <w:rsid w:val="00185410"/>
+    <w:rsid w:val="0018716C"/>
     <w:rsid w:val="0018790A"/>
     <w:rsid w:val="00192352"/>
     <w:rsid w:val="00192905"/>
+    <w:rsid w:val="001953A9"/>
     <w:rsid w:val="001A2816"/>
+    <w:rsid w:val="001A355D"/>
     <w:rsid w:val="001A499D"/>
     <w:rsid w:val="001B1A3B"/>
+    <w:rsid w:val="001B1CC3"/>
     <w:rsid w:val="001C2C78"/>
     <w:rsid w:val="001C2DDB"/>
     <w:rsid w:val="001C4D63"/>
+    <w:rsid w:val="001C6079"/>
     <w:rsid w:val="001D0DE0"/>
+    <w:rsid w:val="001D42A3"/>
     <w:rsid w:val="001D4BFC"/>
     <w:rsid w:val="001D5AFF"/>
     <w:rsid w:val="001D74B4"/>
     <w:rsid w:val="001E03E1"/>
     <w:rsid w:val="001E05A1"/>
     <w:rsid w:val="001E530B"/>
+    <w:rsid w:val="001E5AF9"/>
     <w:rsid w:val="001E7669"/>
     <w:rsid w:val="001F059F"/>
     <w:rsid w:val="001F152A"/>
     <w:rsid w:val="00200811"/>
     <w:rsid w:val="00200CA1"/>
+    <w:rsid w:val="0020320C"/>
     <w:rsid w:val="0021338D"/>
+    <w:rsid w:val="0021340F"/>
     <w:rsid w:val="00214D43"/>
+    <w:rsid w:val="00216E0D"/>
+    <w:rsid w:val="002178B0"/>
+    <w:rsid w:val="00220254"/>
     <w:rsid w:val="00223090"/>
     <w:rsid w:val="002238B4"/>
     <w:rsid w:val="002319AB"/>
     <w:rsid w:val="002319AC"/>
     <w:rsid w:val="0023407B"/>
     <w:rsid w:val="00234342"/>
+    <w:rsid w:val="00240204"/>
     <w:rsid w:val="0024040D"/>
     <w:rsid w:val="00240F26"/>
+    <w:rsid w:val="00250FCF"/>
     <w:rsid w:val="00251CD7"/>
     <w:rsid w:val="00255FA3"/>
     <w:rsid w:val="00257288"/>
     <w:rsid w:val="00261FB6"/>
     <w:rsid w:val="002629F8"/>
     <w:rsid w:val="00263396"/>
     <w:rsid w:val="002659FA"/>
     <w:rsid w:val="00267815"/>
     <w:rsid w:val="0027734C"/>
     <w:rsid w:val="00277364"/>
     <w:rsid w:val="002774EA"/>
     <w:rsid w:val="00280DDF"/>
+    <w:rsid w:val="00284D82"/>
+    <w:rsid w:val="00284D98"/>
     <w:rsid w:val="002863B3"/>
     <w:rsid w:val="002864CA"/>
+    <w:rsid w:val="002870C4"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="0029277F"/>
     <w:rsid w:val="00292ADF"/>
     <w:rsid w:val="00292EB3"/>
+    <w:rsid w:val="00293E12"/>
     <w:rsid w:val="002941E9"/>
     <w:rsid w:val="00294600"/>
     <w:rsid w:val="00296AFF"/>
     <w:rsid w:val="00296CBD"/>
+    <w:rsid w:val="0029736E"/>
     <w:rsid w:val="002A0DEC"/>
     <w:rsid w:val="002A0EFE"/>
+    <w:rsid w:val="002A427D"/>
     <w:rsid w:val="002A472F"/>
     <w:rsid w:val="002B0404"/>
     <w:rsid w:val="002B1C53"/>
+    <w:rsid w:val="002B2918"/>
     <w:rsid w:val="002D49B5"/>
     <w:rsid w:val="002E0135"/>
     <w:rsid w:val="002E0BE4"/>
     <w:rsid w:val="002E262F"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
+    <w:rsid w:val="002E4F41"/>
     <w:rsid w:val="002E6A6A"/>
     <w:rsid w:val="002F0DAF"/>
+    <w:rsid w:val="002F2871"/>
     <w:rsid w:val="002F3397"/>
+    <w:rsid w:val="00302320"/>
     <w:rsid w:val="0030380D"/>
     <w:rsid w:val="00304D31"/>
     <w:rsid w:val="00305FC7"/>
+    <w:rsid w:val="0030683D"/>
+    <w:rsid w:val="003070B0"/>
     <w:rsid w:val="00312411"/>
     <w:rsid w:val="00314DAE"/>
+    <w:rsid w:val="0032304D"/>
     <w:rsid w:val="00323E71"/>
     <w:rsid w:val="00326F77"/>
     <w:rsid w:val="00331AB8"/>
     <w:rsid w:val="0033211D"/>
     <w:rsid w:val="003401B0"/>
     <w:rsid w:val="0034649D"/>
     <w:rsid w:val="00346C8E"/>
     <w:rsid w:val="00350992"/>
     <w:rsid w:val="00360966"/>
     <w:rsid w:val="00363AEF"/>
     <w:rsid w:val="003656C4"/>
     <w:rsid w:val="003664CE"/>
     <w:rsid w:val="00367BD5"/>
+    <w:rsid w:val="00367C46"/>
     <w:rsid w:val="003704A5"/>
+    <w:rsid w:val="003722C4"/>
     <w:rsid w:val="003729FA"/>
     <w:rsid w:val="00372ACB"/>
     <w:rsid w:val="00382E64"/>
     <w:rsid w:val="00387807"/>
     <w:rsid w:val="00390327"/>
     <w:rsid w:val="00393066"/>
     <w:rsid w:val="00393B78"/>
     <w:rsid w:val="0039572F"/>
     <w:rsid w:val="003A01E9"/>
     <w:rsid w:val="003A5622"/>
     <w:rsid w:val="003A5983"/>
     <w:rsid w:val="003A734A"/>
     <w:rsid w:val="003A7E1C"/>
     <w:rsid w:val="003C0306"/>
+    <w:rsid w:val="003C04E6"/>
     <w:rsid w:val="003C114C"/>
     <w:rsid w:val="003C225E"/>
     <w:rsid w:val="003C465D"/>
     <w:rsid w:val="003D00EC"/>
+    <w:rsid w:val="003D41EE"/>
     <w:rsid w:val="003D495D"/>
+    <w:rsid w:val="003D4AA2"/>
+    <w:rsid w:val="003D77D9"/>
     <w:rsid w:val="003E098E"/>
     <w:rsid w:val="003E104B"/>
     <w:rsid w:val="003E2FAE"/>
     <w:rsid w:val="003E383C"/>
     <w:rsid w:val="003F0E10"/>
+    <w:rsid w:val="003F31A8"/>
+    <w:rsid w:val="003F3A15"/>
+    <w:rsid w:val="003F3CB7"/>
     <w:rsid w:val="003F5CBC"/>
     <w:rsid w:val="003F65DF"/>
     <w:rsid w:val="004008F6"/>
     <w:rsid w:val="00401523"/>
     <w:rsid w:val="0040595C"/>
     <w:rsid w:val="0040796D"/>
     <w:rsid w:val="00407CF7"/>
+    <w:rsid w:val="00411F71"/>
     <w:rsid w:val="00415ED6"/>
     <w:rsid w:val="00417CAF"/>
     <w:rsid w:val="0042050B"/>
     <w:rsid w:val="00420A11"/>
     <w:rsid w:val="00422265"/>
+    <w:rsid w:val="00426640"/>
+    <w:rsid w:val="00427773"/>
     <w:rsid w:val="00430745"/>
+    <w:rsid w:val="004346EB"/>
     <w:rsid w:val="004349A2"/>
+    <w:rsid w:val="004369E5"/>
     <w:rsid w:val="004373A7"/>
     <w:rsid w:val="00437D94"/>
     <w:rsid w:val="0044030C"/>
+    <w:rsid w:val="00443E34"/>
     <w:rsid w:val="004448E3"/>
     <w:rsid w:val="00444E14"/>
+    <w:rsid w:val="00452EC4"/>
+    <w:rsid w:val="00460CCB"/>
     <w:rsid w:val="004631BE"/>
     <w:rsid w:val="004648A4"/>
     <w:rsid w:val="004663DC"/>
     <w:rsid w:val="00471380"/>
+    <w:rsid w:val="004737D2"/>
+    <w:rsid w:val="00481AB7"/>
+    <w:rsid w:val="00487469"/>
     <w:rsid w:val="00494F0D"/>
     <w:rsid w:val="00496BFD"/>
     <w:rsid w:val="00496E22"/>
     <w:rsid w:val="004A1C2C"/>
+    <w:rsid w:val="004A2A95"/>
     <w:rsid w:val="004A2B4C"/>
+    <w:rsid w:val="004A3042"/>
     <w:rsid w:val="004A3DF2"/>
+    <w:rsid w:val="004A772D"/>
     <w:rsid w:val="004B659D"/>
     <w:rsid w:val="004C361D"/>
     <w:rsid w:val="004C4891"/>
     <w:rsid w:val="004D274F"/>
     <w:rsid w:val="004D2C89"/>
     <w:rsid w:val="004E0213"/>
     <w:rsid w:val="004E3932"/>
+    <w:rsid w:val="004E7AC6"/>
     <w:rsid w:val="004F1E79"/>
     <w:rsid w:val="004F5F33"/>
     <w:rsid w:val="0050103A"/>
+    <w:rsid w:val="00502ABE"/>
+    <w:rsid w:val="0050450A"/>
     <w:rsid w:val="00511083"/>
     <w:rsid w:val="00511977"/>
     <w:rsid w:val="00511B0F"/>
     <w:rsid w:val="00512919"/>
+    <w:rsid w:val="00514170"/>
     <w:rsid w:val="0052057A"/>
     <w:rsid w:val="00520962"/>
     <w:rsid w:val="00522B74"/>
     <w:rsid w:val="00523CD6"/>
+    <w:rsid w:val="0052598E"/>
     <w:rsid w:val="00526CF3"/>
+    <w:rsid w:val="00531482"/>
     <w:rsid w:val="00531BFC"/>
     <w:rsid w:val="0053288B"/>
+    <w:rsid w:val="00533847"/>
     <w:rsid w:val="00535D2C"/>
+    <w:rsid w:val="005371F7"/>
     <w:rsid w:val="005419EE"/>
     <w:rsid w:val="00552272"/>
     <w:rsid w:val="0055388E"/>
     <w:rsid w:val="00553C86"/>
+    <w:rsid w:val="0056095C"/>
     <w:rsid w:val="00561522"/>
+    <w:rsid w:val="00562B0A"/>
     <w:rsid w:val="00563B81"/>
     <w:rsid w:val="0056736A"/>
+    <w:rsid w:val="00570C0F"/>
+    <w:rsid w:val="00573E09"/>
     <w:rsid w:val="00574BE7"/>
     <w:rsid w:val="005754AE"/>
     <w:rsid w:val="00577FB5"/>
     <w:rsid w:val="005817DB"/>
+    <w:rsid w:val="00584E04"/>
     <w:rsid w:val="005852D1"/>
+    <w:rsid w:val="00585805"/>
+    <w:rsid w:val="00587814"/>
     <w:rsid w:val="00587A22"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="0059509A"/>
     <w:rsid w:val="00595C8C"/>
+    <w:rsid w:val="00595F46"/>
     <w:rsid w:val="00597747"/>
+    <w:rsid w:val="00597CDB"/>
     <w:rsid w:val="005A462A"/>
     <w:rsid w:val="005A4CDD"/>
+    <w:rsid w:val="005B2CB3"/>
     <w:rsid w:val="005B49FD"/>
+    <w:rsid w:val="005B55CE"/>
     <w:rsid w:val="005B57E4"/>
     <w:rsid w:val="005B5ABD"/>
     <w:rsid w:val="005C140A"/>
     <w:rsid w:val="005C1E52"/>
     <w:rsid w:val="005C52C3"/>
     <w:rsid w:val="005C5B3E"/>
     <w:rsid w:val="005C6763"/>
+    <w:rsid w:val="005D0ECB"/>
     <w:rsid w:val="005D3164"/>
     <w:rsid w:val="005D35B1"/>
     <w:rsid w:val="005E0344"/>
+    <w:rsid w:val="005E18E5"/>
     <w:rsid w:val="005E2DE1"/>
     <w:rsid w:val="005E440B"/>
     <w:rsid w:val="005F2C85"/>
     <w:rsid w:val="005F45F0"/>
     <w:rsid w:val="006009F2"/>
     <w:rsid w:val="00605ADB"/>
+    <w:rsid w:val="00607064"/>
     <w:rsid w:val="00611C9F"/>
     <w:rsid w:val="006128B8"/>
+    <w:rsid w:val="00620037"/>
     <w:rsid w:val="006204FD"/>
     <w:rsid w:val="006248DE"/>
     <w:rsid w:val="00627555"/>
     <w:rsid w:val="006322A0"/>
     <w:rsid w:val="006361FD"/>
     <w:rsid w:val="0064226F"/>
     <w:rsid w:val="00642DDB"/>
+    <w:rsid w:val="00646CE6"/>
     <w:rsid w:val="0064729C"/>
     <w:rsid w:val="00653298"/>
     <w:rsid w:val="00654336"/>
     <w:rsid w:val="00663A7C"/>
     <w:rsid w:val="006655F1"/>
     <w:rsid w:val="00667DF2"/>
     <w:rsid w:val="00670DF1"/>
     <w:rsid w:val="00671345"/>
+    <w:rsid w:val="00671CC3"/>
     <w:rsid w:val="0067262D"/>
     <w:rsid w:val="00672A9B"/>
     <w:rsid w:val="00674735"/>
+    <w:rsid w:val="00675322"/>
     <w:rsid w:val="00675884"/>
     <w:rsid w:val="00680ACA"/>
+    <w:rsid w:val="006825FF"/>
+    <w:rsid w:val="00684356"/>
+    <w:rsid w:val="0068692D"/>
     <w:rsid w:val="00696101"/>
     <w:rsid w:val="00696EE0"/>
     <w:rsid w:val="00697980"/>
+    <w:rsid w:val="006A07B2"/>
     <w:rsid w:val="006A19EF"/>
+    <w:rsid w:val="006A24EC"/>
     <w:rsid w:val="006A43D5"/>
     <w:rsid w:val="006A505D"/>
     <w:rsid w:val="006A525B"/>
+    <w:rsid w:val="006B7626"/>
     <w:rsid w:val="006C045F"/>
     <w:rsid w:val="006C08DC"/>
     <w:rsid w:val="006C1945"/>
+    <w:rsid w:val="006C2BC9"/>
+    <w:rsid w:val="006C4027"/>
     <w:rsid w:val="006C4196"/>
+    <w:rsid w:val="006C473A"/>
+    <w:rsid w:val="006C57F8"/>
     <w:rsid w:val="006C63B0"/>
     <w:rsid w:val="006C76A2"/>
     <w:rsid w:val="006C792E"/>
     <w:rsid w:val="006D116C"/>
     <w:rsid w:val="006D1F91"/>
+    <w:rsid w:val="006D467F"/>
     <w:rsid w:val="006D7FB4"/>
     <w:rsid w:val="006E461A"/>
     <w:rsid w:val="006E47FE"/>
     <w:rsid w:val="006E7C42"/>
+    <w:rsid w:val="006F0F31"/>
+    <w:rsid w:val="006F1378"/>
     <w:rsid w:val="006F168A"/>
     <w:rsid w:val="006F184D"/>
     <w:rsid w:val="006F3CBA"/>
     <w:rsid w:val="006F5076"/>
     <w:rsid w:val="006F6009"/>
     <w:rsid w:val="007000C8"/>
     <w:rsid w:val="0070321D"/>
     <w:rsid w:val="007068BA"/>
     <w:rsid w:val="00706AE7"/>
+    <w:rsid w:val="00713EE1"/>
+    <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00716AB1"/>
     <w:rsid w:val="00717663"/>
     <w:rsid w:val="0072110F"/>
     <w:rsid w:val="00721D63"/>
+    <w:rsid w:val="007263F5"/>
     <w:rsid w:val="0073036D"/>
     <w:rsid w:val="00732C7B"/>
     <w:rsid w:val="00733024"/>
     <w:rsid w:val="00733C45"/>
     <w:rsid w:val="00734D2B"/>
+    <w:rsid w:val="00736BA9"/>
     <w:rsid w:val="00736C3D"/>
     <w:rsid w:val="00737705"/>
     <w:rsid w:val="007408D4"/>
     <w:rsid w:val="00741D1E"/>
     <w:rsid w:val="007420AC"/>
     <w:rsid w:val="00742617"/>
+    <w:rsid w:val="007465E5"/>
+    <w:rsid w:val="00746D0F"/>
     <w:rsid w:val="00746F2A"/>
     <w:rsid w:val="00751B0A"/>
     <w:rsid w:val="0075236F"/>
+    <w:rsid w:val="007542D2"/>
     <w:rsid w:val="007614AA"/>
     <w:rsid w:val="0076427C"/>
     <w:rsid w:val="00765859"/>
+    <w:rsid w:val="00771CEF"/>
     <w:rsid w:val="0077402A"/>
     <w:rsid w:val="00774C4D"/>
     <w:rsid w:val="00776D3C"/>
     <w:rsid w:val="00782B0E"/>
     <w:rsid w:val="00783AFA"/>
     <w:rsid w:val="00783B6F"/>
+    <w:rsid w:val="007847F0"/>
     <w:rsid w:val="00784833"/>
+    <w:rsid w:val="00784EC5"/>
     <w:rsid w:val="00785427"/>
     <w:rsid w:val="00790540"/>
     <w:rsid w:val="007929BB"/>
     <w:rsid w:val="00793318"/>
     <w:rsid w:val="0079397E"/>
+    <w:rsid w:val="00794D63"/>
     <w:rsid w:val="00795839"/>
     <w:rsid w:val="007968CA"/>
+    <w:rsid w:val="007A3FBD"/>
     <w:rsid w:val="007A43FF"/>
     <w:rsid w:val="007A5076"/>
+    <w:rsid w:val="007B1D45"/>
     <w:rsid w:val="007B3918"/>
+    <w:rsid w:val="007B7477"/>
     <w:rsid w:val="007C112D"/>
     <w:rsid w:val="007C3774"/>
     <w:rsid w:val="007C3C1D"/>
     <w:rsid w:val="007D199A"/>
     <w:rsid w:val="007D2EBE"/>
     <w:rsid w:val="007D2FE2"/>
     <w:rsid w:val="007E1C07"/>
+    <w:rsid w:val="007E3AA4"/>
+    <w:rsid w:val="007E3EB7"/>
     <w:rsid w:val="007E6DE2"/>
     <w:rsid w:val="007F0D2B"/>
     <w:rsid w:val="007F180A"/>
     <w:rsid w:val="007F24B6"/>
+    <w:rsid w:val="007F40B1"/>
     <w:rsid w:val="007F5E7A"/>
+    <w:rsid w:val="00803D12"/>
     <w:rsid w:val="00803D94"/>
     <w:rsid w:val="008068FC"/>
     <w:rsid w:val="0080715B"/>
+    <w:rsid w:val="008114CC"/>
+    <w:rsid w:val="00813398"/>
     <w:rsid w:val="00813CED"/>
     <w:rsid w:val="00815379"/>
+    <w:rsid w:val="00817E3E"/>
+    <w:rsid w:val="00820282"/>
     <w:rsid w:val="008229BA"/>
     <w:rsid w:val="00822E9A"/>
     <w:rsid w:val="00824151"/>
     <w:rsid w:val="00824476"/>
+    <w:rsid w:val="00826A90"/>
     <w:rsid w:val="00830A66"/>
+    <w:rsid w:val="008322ED"/>
     <w:rsid w:val="00833B21"/>
+    <w:rsid w:val="0084114B"/>
     <w:rsid w:val="00845390"/>
     <w:rsid w:val="0084601B"/>
+    <w:rsid w:val="00850C70"/>
+    <w:rsid w:val="00854341"/>
     <w:rsid w:val="0085709F"/>
     <w:rsid w:val="008606F0"/>
     <w:rsid w:val="00861D31"/>
     <w:rsid w:val="00862F9E"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
+    <w:rsid w:val="008667FA"/>
     <w:rsid w:val="00870238"/>
     <w:rsid w:val="00870509"/>
     <w:rsid w:val="008722C8"/>
     <w:rsid w:val="00874FEB"/>
     <w:rsid w:val="0087677C"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="00884BC2"/>
     <w:rsid w:val="00884E43"/>
     <w:rsid w:val="00887EC6"/>
     <w:rsid w:val="0089084C"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
     <w:rsid w:val="008A0283"/>
     <w:rsid w:val="008A2379"/>
     <w:rsid w:val="008A4329"/>
     <w:rsid w:val="008A578E"/>
     <w:rsid w:val="008A7408"/>
+    <w:rsid w:val="008A753E"/>
     <w:rsid w:val="008A790F"/>
     <w:rsid w:val="008B130E"/>
     <w:rsid w:val="008B1519"/>
     <w:rsid w:val="008B2309"/>
     <w:rsid w:val="008B3C78"/>
     <w:rsid w:val="008B65F8"/>
     <w:rsid w:val="008B7BCC"/>
     <w:rsid w:val="008C50C3"/>
+    <w:rsid w:val="008C60D1"/>
     <w:rsid w:val="008C7094"/>
     <w:rsid w:val="008D2B97"/>
     <w:rsid w:val="008D49A5"/>
+    <w:rsid w:val="008D4EDC"/>
     <w:rsid w:val="008D6C81"/>
     <w:rsid w:val="008E28DD"/>
     <w:rsid w:val="008E5941"/>
     <w:rsid w:val="008E6CF0"/>
     <w:rsid w:val="008F093E"/>
     <w:rsid w:val="008F1439"/>
     <w:rsid w:val="008F566A"/>
     <w:rsid w:val="008F7051"/>
     <w:rsid w:val="009007F3"/>
+    <w:rsid w:val="00900C44"/>
     <w:rsid w:val="00901876"/>
     <w:rsid w:val="009033A9"/>
+    <w:rsid w:val="00905043"/>
     <w:rsid w:val="0090581D"/>
     <w:rsid w:val="009106BF"/>
     <w:rsid w:val="00913299"/>
     <w:rsid w:val="0091439C"/>
     <w:rsid w:val="00914DE6"/>
     <w:rsid w:val="009151C3"/>
     <w:rsid w:val="00915D46"/>
+    <w:rsid w:val="0091724B"/>
     <w:rsid w:val="0091759C"/>
     <w:rsid w:val="00917AF3"/>
     <w:rsid w:val="00920572"/>
     <w:rsid w:val="00920BF2"/>
     <w:rsid w:val="009213E5"/>
     <w:rsid w:val="009243EE"/>
     <w:rsid w:val="0093157C"/>
     <w:rsid w:val="009349A9"/>
     <w:rsid w:val="00936C52"/>
+    <w:rsid w:val="00941496"/>
+    <w:rsid w:val="00943519"/>
+    <w:rsid w:val="0094747C"/>
     <w:rsid w:val="00947F68"/>
     <w:rsid w:val="0095489B"/>
     <w:rsid w:val="00955B59"/>
     <w:rsid w:val="0096220A"/>
     <w:rsid w:val="00964B03"/>
     <w:rsid w:val="00966F10"/>
     <w:rsid w:val="00966FB9"/>
     <w:rsid w:val="009671CD"/>
     <w:rsid w:val="00967A04"/>
+    <w:rsid w:val="009714F5"/>
     <w:rsid w:val="00972F49"/>
     <w:rsid w:val="009751A9"/>
     <w:rsid w:val="00975413"/>
+    <w:rsid w:val="009776D5"/>
     <w:rsid w:val="00980F75"/>
     <w:rsid w:val="00980F9C"/>
+    <w:rsid w:val="009828DA"/>
     <w:rsid w:val="00982B80"/>
     <w:rsid w:val="0098360A"/>
     <w:rsid w:val="00983B44"/>
     <w:rsid w:val="0098632B"/>
+    <w:rsid w:val="00987C24"/>
+    <w:rsid w:val="009911DA"/>
     <w:rsid w:val="009917C8"/>
+    <w:rsid w:val="009938AC"/>
+    <w:rsid w:val="009945EE"/>
     <w:rsid w:val="0099632C"/>
     <w:rsid w:val="00996E2B"/>
     <w:rsid w:val="00997BFB"/>
+    <w:rsid w:val="009A2BB2"/>
     <w:rsid w:val="009A7348"/>
     <w:rsid w:val="009B4272"/>
     <w:rsid w:val="009B462C"/>
     <w:rsid w:val="009C15F3"/>
     <w:rsid w:val="009C1877"/>
+    <w:rsid w:val="009C2011"/>
     <w:rsid w:val="009C357C"/>
     <w:rsid w:val="009C3689"/>
+    <w:rsid w:val="009C5197"/>
+    <w:rsid w:val="009C68DE"/>
     <w:rsid w:val="009D2911"/>
+    <w:rsid w:val="009D3179"/>
     <w:rsid w:val="009E07C2"/>
     <w:rsid w:val="009E0E52"/>
     <w:rsid w:val="009F4EE3"/>
     <w:rsid w:val="009F72F9"/>
     <w:rsid w:val="009F74D6"/>
+    <w:rsid w:val="00A001F1"/>
     <w:rsid w:val="00A00205"/>
     <w:rsid w:val="00A00AF0"/>
     <w:rsid w:val="00A01165"/>
     <w:rsid w:val="00A05613"/>
     <w:rsid w:val="00A06DF3"/>
     <w:rsid w:val="00A0770D"/>
+    <w:rsid w:val="00A11BE7"/>
+    <w:rsid w:val="00A1266E"/>
+    <w:rsid w:val="00A137F9"/>
     <w:rsid w:val="00A13DF7"/>
     <w:rsid w:val="00A14B5A"/>
     <w:rsid w:val="00A32729"/>
     <w:rsid w:val="00A35536"/>
     <w:rsid w:val="00A3567F"/>
+    <w:rsid w:val="00A36894"/>
     <w:rsid w:val="00A37698"/>
     <w:rsid w:val="00A41ED3"/>
     <w:rsid w:val="00A43257"/>
     <w:rsid w:val="00A55ED7"/>
     <w:rsid w:val="00A57B56"/>
     <w:rsid w:val="00A603B5"/>
     <w:rsid w:val="00A631FC"/>
+    <w:rsid w:val="00A72420"/>
+    <w:rsid w:val="00A72CB8"/>
     <w:rsid w:val="00A72F3B"/>
     <w:rsid w:val="00A7448F"/>
+    <w:rsid w:val="00A7583F"/>
     <w:rsid w:val="00A7740B"/>
     <w:rsid w:val="00A8084B"/>
     <w:rsid w:val="00A81D82"/>
     <w:rsid w:val="00A84DD9"/>
+    <w:rsid w:val="00A85C60"/>
+    <w:rsid w:val="00A86302"/>
     <w:rsid w:val="00A9118F"/>
     <w:rsid w:val="00A93E33"/>
     <w:rsid w:val="00A93F2A"/>
+    <w:rsid w:val="00AA6E38"/>
     <w:rsid w:val="00AA7ABD"/>
     <w:rsid w:val="00AA7D53"/>
     <w:rsid w:val="00AB6970"/>
     <w:rsid w:val="00AC1939"/>
     <w:rsid w:val="00AC1B8C"/>
+    <w:rsid w:val="00AC61A8"/>
     <w:rsid w:val="00AC7C05"/>
     <w:rsid w:val="00AD167C"/>
     <w:rsid w:val="00AD17C7"/>
     <w:rsid w:val="00AD4041"/>
+    <w:rsid w:val="00AD6DF2"/>
     <w:rsid w:val="00AE302B"/>
+    <w:rsid w:val="00AE49F2"/>
+    <w:rsid w:val="00AF6213"/>
     <w:rsid w:val="00AF6CF1"/>
     <w:rsid w:val="00B0455F"/>
     <w:rsid w:val="00B07624"/>
+    <w:rsid w:val="00B1336D"/>
+    <w:rsid w:val="00B16BE2"/>
     <w:rsid w:val="00B16BE5"/>
+    <w:rsid w:val="00B20B58"/>
     <w:rsid w:val="00B22CFE"/>
     <w:rsid w:val="00B23BA7"/>
+    <w:rsid w:val="00B24F28"/>
+    <w:rsid w:val="00B25333"/>
     <w:rsid w:val="00B259DF"/>
     <w:rsid w:val="00B3018F"/>
+    <w:rsid w:val="00B34B90"/>
     <w:rsid w:val="00B414EE"/>
     <w:rsid w:val="00B44B1F"/>
     <w:rsid w:val="00B521B9"/>
+    <w:rsid w:val="00B527D7"/>
+    <w:rsid w:val="00B55059"/>
     <w:rsid w:val="00B55DF0"/>
+    <w:rsid w:val="00B569E7"/>
+    <w:rsid w:val="00B57CC1"/>
     <w:rsid w:val="00B61D15"/>
+    <w:rsid w:val="00B6394A"/>
     <w:rsid w:val="00B64141"/>
     <w:rsid w:val="00B64E72"/>
+    <w:rsid w:val="00B66C39"/>
+    <w:rsid w:val="00B673A7"/>
     <w:rsid w:val="00B70299"/>
+    <w:rsid w:val="00B70B46"/>
     <w:rsid w:val="00B75ECE"/>
     <w:rsid w:val="00B77913"/>
+    <w:rsid w:val="00B8187D"/>
     <w:rsid w:val="00B824FB"/>
     <w:rsid w:val="00B82646"/>
     <w:rsid w:val="00B85FAD"/>
     <w:rsid w:val="00B869ED"/>
     <w:rsid w:val="00B86B2D"/>
     <w:rsid w:val="00B97359"/>
     <w:rsid w:val="00B97A8F"/>
+    <w:rsid w:val="00BA39D8"/>
+    <w:rsid w:val="00BA4402"/>
     <w:rsid w:val="00BA4E58"/>
+    <w:rsid w:val="00BA6D56"/>
     <w:rsid w:val="00BA7074"/>
     <w:rsid w:val="00BB5BAD"/>
+    <w:rsid w:val="00BB77DC"/>
     <w:rsid w:val="00BB7829"/>
     <w:rsid w:val="00BB7FA7"/>
+    <w:rsid w:val="00BC1DC6"/>
+    <w:rsid w:val="00BC2F4C"/>
+    <w:rsid w:val="00BC2FEC"/>
+    <w:rsid w:val="00BC31F9"/>
     <w:rsid w:val="00BC7674"/>
+    <w:rsid w:val="00BD138F"/>
     <w:rsid w:val="00BD1457"/>
     <w:rsid w:val="00BE2AD9"/>
+    <w:rsid w:val="00BF139C"/>
     <w:rsid w:val="00BF27FE"/>
     <w:rsid w:val="00BF3D6C"/>
     <w:rsid w:val="00BF75D2"/>
     <w:rsid w:val="00C00D96"/>
     <w:rsid w:val="00C043B3"/>
     <w:rsid w:val="00C070F5"/>
     <w:rsid w:val="00C079AB"/>
     <w:rsid w:val="00C10E61"/>
+    <w:rsid w:val="00C127AA"/>
     <w:rsid w:val="00C14787"/>
     <w:rsid w:val="00C1596D"/>
     <w:rsid w:val="00C15B8D"/>
     <w:rsid w:val="00C17010"/>
     <w:rsid w:val="00C20562"/>
     <w:rsid w:val="00C215C3"/>
+    <w:rsid w:val="00C21905"/>
     <w:rsid w:val="00C21B42"/>
+    <w:rsid w:val="00C2230C"/>
     <w:rsid w:val="00C23A96"/>
     <w:rsid w:val="00C249C6"/>
     <w:rsid w:val="00C31EB6"/>
+    <w:rsid w:val="00C3284A"/>
     <w:rsid w:val="00C32CC1"/>
     <w:rsid w:val="00C346A2"/>
     <w:rsid w:val="00C3622F"/>
     <w:rsid w:val="00C402E0"/>
     <w:rsid w:val="00C426EC"/>
+    <w:rsid w:val="00C42781"/>
     <w:rsid w:val="00C43658"/>
     <w:rsid w:val="00C46891"/>
     <w:rsid w:val="00C510E4"/>
     <w:rsid w:val="00C557C4"/>
     <w:rsid w:val="00C6183B"/>
     <w:rsid w:val="00C6483C"/>
     <w:rsid w:val="00C64AE9"/>
-    <w:rsid w:val="00C703BC"/>
+    <w:rsid w:val="00C709B0"/>
     <w:rsid w:val="00C70CFF"/>
     <w:rsid w:val="00C718FE"/>
     <w:rsid w:val="00C74581"/>
+    <w:rsid w:val="00C75894"/>
     <w:rsid w:val="00C86CEC"/>
+    <w:rsid w:val="00C870CD"/>
     <w:rsid w:val="00C8773D"/>
     <w:rsid w:val="00C87ABB"/>
     <w:rsid w:val="00C91831"/>
     <w:rsid w:val="00C93B91"/>
     <w:rsid w:val="00C94345"/>
     <w:rsid w:val="00C953DF"/>
+    <w:rsid w:val="00C96FA3"/>
+    <w:rsid w:val="00C976D9"/>
     <w:rsid w:val="00CB0E10"/>
     <w:rsid w:val="00CB673B"/>
     <w:rsid w:val="00CB70F8"/>
     <w:rsid w:val="00CC2327"/>
     <w:rsid w:val="00CC77F8"/>
     <w:rsid w:val="00CD5401"/>
     <w:rsid w:val="00CD7874"/>
+    <w:rsid w:val="00CD7CD3"/>
+    <w:rsid w:val="00CE1EBE"/>
     <w:rsid w:val="00CE2709"/>
     <w:rsid w:val="00CE2D64"/>
     <w:rsid w:val="00CE3B53"/>
     <w:rsid w:val="00CE6198"/>
+    <w:rsid w:val="00CF223B"/>
     <w:rsid w:val="00CF3457"/>
     <w:rsid w:val="00CF3C76"/>
     <w:rsid w:val="00CF6230"/>
     <w:rsid w:val="00CF6360"/>
     <w:rsid w:val="00D017FC"/>
     <w:rsid w:val="00D0226A"/>
+    <w:rsid w:val="00D06C75"/>
     <w:rsid w:val="00D12334"/>
     <w:rsid w:val="00D12AAE"/>
     <w:rsid w:val="00D13147"/>
     <w:rsid w:val="00D13321"/>
     <w:rsid w:val="00D1742C"/>
     <w:rsid w:val="00D201F6"/>
+    <w:rsid w:val="00D21290"/>
     <w:rsid w:val="00D32B3C"/>
+    <w:rsid w:val="00D402A1"/>
+    <w:rsid w:val="00D40C39"/>
     <w:rsid w:val="00D44602"/>
     <w:rsid w:val="00D463FF"/>
+    <w:rsid w:val="00D50B3E"/>
+    <w:rsid w:val="00D5149C"/>
+    <w:rsid w:val="00D543A4"/>
     <w:rsid w:val="00D56603"/>
     <w:rsid w:val="00D5715A"/>
     <w:rsid w:val="00D64FEA"/>
     <w:rsid w:val="00D66F0B"/>
+    <w:rsid w:val="00D66F13"/>
+    <w:rsid w:val="00D7080C"/>
     <w:rsid w:val="00D71687"/>
     <w:rsid w:val="00D74813"/>
+    <w:rsid w:val="00D934C4"/>
     <w:rsid w:val="00D93B89"/>
     <w:rsid w:val="00DA189D"/>
     <w:rsid w:val="00DA2716"/>
+    <w:rsid w:val="00DA2B56"/>
     <w:rsid w:val="00DA30BC"/>
     <w:rsid w:val="00DA69C2"/>
     <w:rsid w:val="00DA6D70"/>
     <w:rsid w:val="00DB2489"/>
     <w:rsid w:val="00DB5CEF"/>
     <w:rsid w:val="00DB6050"/>
     <w:rsid w:val="00DB7027"/>
     <w:rsid w:val="00DC2C34"/>
+    <w:rsid w:val="00DC4F1D"/>
     <w:rsid w:val="00DD4ADF"/>
+    <w:rsid w:val="00DD7E62"/>
+    <w:rsid w:val="00DE0535"/>
+    <w:rsid w:val="00DE1F8A"/>
+    <w:rsid w:val="00DE24CC"/>
     <w:rsid w:val="00DE2C87"/>
     <w:rsid w:val="00DE448A"/>
     <w:rsid w:val="00DE459A"/>
     <w:rsid w:val="00DF27DA"/>
     <w:rsid w:val="00DF2E45"/>
     <w:rsid w:val="00DF4DBE"/>
     <w:rsid w:val="00DF56F5"/>
     <w:rsid w:val="00E04DC9"/>
     <w:rsid w:val="00E05E3E"/>
     <w:rsid w:val="00E11BD7"/>
+    <w:rsid w:val="00E13A12"/>
     <w:rsid w:val="00E1463F"/>
+    <w:rsid w:val="00E14CD9"/>
+    <w:rsid w:val="00E150C4"/>
+    <w:rsid w:val="00E152E9"/>
+    <w:rsid w:val="00E20251"/>
     <w:rsid w:val="00E22897"/>
+    <w:rsid w:val="00E24230"/>
     <w:rsid w:val="00E26BAA"/>
+    <w:rsid w:val="00E31537"/>
     <w:rsid w:val="00E336B7"/>
+    <w:rsid w:val="00E34F09"/>
     <w:rsid w:val="00E36E13"/>
     <w:rsid w:val="00E40820"/>
+    <w:rsid w:val="00E40897"/>
+    <w:rsid w:val="00E40ACE"/>
+    <w:rsid w:val="00E41C4D"/>
+    <w:rsid w:val="00E42ABE"/>
+    <w:rsid w:val="00E43A48"/>
+    <w:rsid w:val="00E453E0"/>
     <w:rsid w:val="00E4658F"/>
+    <w:rsid w:val="00E50B0C"/>
     <w:rsid w:val="00E54A67"/>
     <w:rsid w:val="00E61C0D"/>
     <w:rsid w:val="00E6249E"/>
     <w:rsid w:val="00E63EB4"/>
+    <w:rsid w:val="00E64170"/>
+    <w:rsid w:val="00E650EC"/>
     <w:rsid w:val="00E66160"/>
     <w:rsid w:val="00E71329"/>
     <w:rsid w:val="00E75541"/>
+    <w:rsid w:val="00E77592"/>
+    <w:rsid w:val="00E82391"/>
     <w:rsid w:val="00E8363B"/>
+    <w:rsid w:val="00E8418C"/>
     <w:rsid w:val="00E84966"/>
     <w:rsid w:val="00E8529D"/>
     <w:rsid w:val="00E852C4"/>
     <w:rsid w:val="00E87E0E"/>
     <w:rsid w:val="00E91BBB"/>
     <w:rsid w:val="00E92383"/>
     <w:rsid w:val="00E92BBC"/>
+    <w:rsid w:val="00E959CD"/>
     <w:rsid w:val="00EA1B3A"/>
     <w:rsid w:val="00EA2109"/>
     <w:rsid w:val="00EB1D6A"/>
     <w:rsid w:val="00EB3984"/>
+    <w:rsid w:val="00EC6178"/>
     <w:rsid w:val="00ED0809"/>
     <w:rsid w:val="00ED2DE3"/>
     <w:rsid w:val="00ED4D4E"/>
+    <w:rsid w:val="00ED6367"/>
     <w:rsid w:val="00EE0C77"/>
+    <w:rsid w:val="00EE1474"/>
     <w:rsid w:val="00EE4E54"/>
     <w:rsid w:val="00EE6DDF"/>
     <w:rsid w:val="00EE6FFA"/>
+    <w:rsid w:val="00EF21EC"/>
     <w:rsid w:val="00EF4334"/>
     <w:rsid w:val="00EF4836"/>
+    <w:rsid w:val="00EF5B60"/>
     <w:rsid w:val="00EF760F"/>
     <w:rsid w:val="00F1284D"/>
     <w:rsid w:val="00F16A19"/>
     <w:rsid w:val="00F1722F"/>
+    <w:rsid w:val="00F2087A"/>
     <w:rsid w:val="00F25F7A"/>
+    <w:rsid w:val="00F31606"/>
     <w:rsid w:val="00F33467"/>
     <w:rsid w:val="00F40456"/>
     <w:rsid w:val="00F410B7"/>
+    <w:rsid w:val="00F4178D"/>
     <w:rsid w:val="00F41B4D"/>
     <w:rsid w:val="00F436BB"/>
     <w:rsid w:val="00F47145"/>
+    <w:rsid w:val="00F47738"/>
     <w:rsid w:val="00F50818"/>
     <w:rsid w:val="00F51AC2"/>
+    <w:rsid w:val="00F51B86"/>
+    <w:rsid w:val="00F52FA7"/>
     <w:rsid w:val="00F530AE"/>
     <w:rsid w:val="00F53909"/>
     <w:rsid w:val="00F53BB9"/>
     <w:rsid w:val="00F545BF"/>
     <w:rsid w:val="00F561DD"/>
+    <w:rsid w:val="00F60360"/>
     <w:rsid w:val="00F7197E"/>
     <w:rsid w:val="00F71B56"/>
     <w:rsid w:val="00F74D6E"/>
+    <w:rsid w:val="00F80750"/>
     <w:rsid w:val="00F832C8"/>
     <w:rsid w:val="00F873B3"/>
+    <w:rsid w:val="00F9246C"/>
+    <w:rsid w:val="00F96BCE"/>
+    <w:rsid w:val="00FA324A"/>
     <w:rsid w:val="00FA33FE"/>
     <w:rsid w:val="00FA42B9"/>
     <w:rsid w:val="00FA66FF"/>
     <w:rsid w:val="00FA755A"/>
     <w:rsid w:val="00FB2B0F"/>
     <w:rsid w:val="00FB2CA8"/>
     <w:rsid w:val="00FB4F6B"/>
     <w:rsid w:val="00FB5FE1"/>
     <w:rsid w:val="00FB722F"/>
     <w:rsid w:val="00FC0E8D"/>
     <w:rsid w:val="00FC46EF"/>
     <w:rsid w:val="00FD0AA9"/>
     <w:rsid w:val="00FD31B3"/>
     <w:rsid w:val="00FD40DE"/>
     <w:rsid w:val="00FD4204"/>
     <w:rsid w:val="00FE6517"/>
     <w:rsid w:val="00FE7E0A"/>
     <w:rsid w:val="00FF3CCB"/>
+    <w:rsid w:val="00FF44C8"/>
+    <w:rsid w:val="00FF49D5"/>
     <w:rsid w:val="00FF57B5"/>
+    <w:rsid w:val="00FF6232"/>
     <w:rsid w:val="011A5869"/>
+    <w:rsid w:val="0167073B"/>
+    <w:rsid w:val="02C4A3C9"/>
     <w:rsid w:val="0D9EE551"/>
+    <w:rsid w:val="14972F39"/>
+    <w:rsid w:val="14FDBBF7"/>
+    <w:rsid w:val="16EEC279"/>
+    <w:rsid w:val="1F5CD0E7"/>
+    <w:rsid w:val="209275CB"/>
+    <w:rsid w:val="22FFB7D3"/>
     <w:rsid w:val="25669C9C"/>
+    <w:rsid w:val="259ADF83"/>
     <w:rsid w:val="2B61A99E"/>
+    <w:rsid w:val="2E5273B1"/>
     <w:rsid w:val="3306ED85"/>
     <w:rsid w:val="33988F77"/>
+    <w:rsid w:val="40ADA56F"/>
     <w:rsid w:val="45112AE5"/>
+    <w:rsid w:val="4C201ADE"/>
     <w:rsid w:val="4EE11AEE"/>
     <w:rsid w:val="5782CB11"/>
+    <w:rsid w:val="57BE1C81"/>
+    <w:rsid w:val="5BFFC857"/>
+    <w:rsid w:val="67F1327B"/>
+    <w:rsid w:val="71C3E8CE"/>
+    <w:rsid w:val="74A01241"/>
+    <w:rsid w:val="75C15669"/>
+    <w:rsid w:val="7A6CADCD"/>
+    <w:rsid w:val="7BAD7ABB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26291BE1"/>
-  <w15:docId w15:val="{1FFB1F25-DD3A-4304-B987-5C5BF61DD47B}"/>
+  <w15:docId w15:val="{BA7AF436-EFCC-4B97-BA32-5AB49B5CFF6F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -35795,87 +38342,93 @@
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006D1F91"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120" w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007C112D"/>
+    <w:rsid w:val="009938AC"/>
     <w:pPr>
       <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="46"/>
+      </w:numPr>
       <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="22413A"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="007C112D"/>
+    <w:rsid w:val="00817E3E"/>
     <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
       <w:spacing w:before="240"/>
-      <w:ind w:left="0" w:firstLine="0"/>
+      <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="36"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00D463FF"/>
+    <w:rsid w:val="00854341"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:qFormat/>
     <w:rsid w:val="003401B0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
       </w:numPr>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="3"/>
@@ -36076,153 +38629,153 @@
     <w:semiHidden/>
     <w:rsid w:val="008229BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD4204"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
-    <w:rsid w:val="007C112D"/>
+    <w:rsid w:val="00817E3E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
-    <w:rsid w:val="00D463FF"/>
+    <w:rsid w:val="00854341"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="003401B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="22413A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:rsid w:val="00F47145"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:noProof/>
       <w:color w:val="22413A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007C112D"/>
+    <w:rsid w:val="009938AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BB7829"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletlist1">
     <w:name w:val="Bullet list 1"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C112D"/>
+    <w:rsid w:val="0010571B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
-      <w:ind w:left="1276" w:hanging="357"/>
+      <w:ind w:left="1633" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletlist2">
     <w:name w:val="Bullet list 2"/>
     <w:basedOn w:val="Bulletlist1"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009D2911"/>
+    <w:rsid w:val="00D402A1"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:ind w:left="850" w:hanging="357"/>
+      <w:ind w:left="1985" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableandChartNote">
     <w:name w:val="Table and Chart Note"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="007068BA"/>
     <w:pPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="ONRTable2">
     <w:name w:val="ONR Table 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
@@ -36729,54 +39282,56 @@
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FD31B3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00FD31B3"/>
+    <w:rsid w:val="00DE1F8A"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:numPr>
+        <w:numId w:val="47"/>
+      </w:numPr>
+      <w:ind w:left="851" w:hanging="851"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="004648A4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="22413A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="004648A4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -37228,91 +39783,169 @@
     <w:rsid w:val="00A72F3B"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00553C86"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="1400905">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2359802">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="3872072">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="3947343">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="4292317">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="5525598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="7754914">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="8803514">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="9450871">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="9652123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="11733613">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -37373,102 +40006,206 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="21636933">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="23332476">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="23940826">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="25566432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="28800791">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="29649750">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="31614666">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="35736309">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="35786077">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="36854773">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="37358352">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="39018268">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="44725112">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="47846907">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="49152761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -37490,89 +40227,167 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="55978236">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="60562144">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="67502917">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="69695516">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="80953996">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="81073117">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="84152481">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="85273298">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="85540419">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="85884690">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="89278824">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="91169340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -37646,50 +40461,76 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="108739986">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="109012703">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="109054925">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="114952971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="122969191">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -37711,76 +40552,115 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="127092980">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="127745721">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="131557372">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="135535889">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="144053166">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="145630477">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="147216329">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="149685231">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -37828,154 +40708,284 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="158891507">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="160699441">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="160971265">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="163012594">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="163058273">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="163513421">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="165288717">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="166480012">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="175079368">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="176702413">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="178280979">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="179395195">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="184292364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="185410965">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="188184798">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="190075149">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="194969705">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="194975203">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="196311262">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="196504253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="202135350">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -37997,50 +41007,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="204946507">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="208150715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="210268233">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="211967846">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -38062,206 +41085,401 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="223685056">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="225186912">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="228460204">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="230653481">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="231353141">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="239801563">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="240217623">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="242572875">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="243539750">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="245112775">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="251625370">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="253513469">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="259216310">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="260183670">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="264457270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="276449910">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="276452495">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="277152022">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="277420911">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="282923670">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="284508364">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="285889877">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="287205536">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="289239911">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="293368798">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="293871107">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="294533813">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="295113573">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="296643643">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="298613161">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -38296,193 +41514,323 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="314800007">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="317926641">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="319044974">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="321004143">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="325325882">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="325672144">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="325714769">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="327175356">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="329724857">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="330642292">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="333073803">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="334260206">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335615504">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="340082354">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="341592615">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="343212918">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="353265305">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="353459090">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="360321938">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="362176150">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="369258055">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="370039182">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="370765275">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="371922363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -38504,310 +41852,531 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380709227">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="380716806">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="381026674">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="382607931">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="383607363">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="387264255">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="387270483">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="388113793">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="390544886">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="393747063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="397364142">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="398871898">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="402263562">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="406809949">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="407767886">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407771518">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="409474406">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="410153609">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="410349133">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="413742742">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="415784255">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="418672117">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="419105327">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="419715264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="420027558">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="425228735">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="426192613">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="427697982">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="431366104">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="432437370">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="433599637">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="438137794">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="439640307">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="442656080">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="442700022">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="444809677">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="446044763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="447167199">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="448360270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="452097300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -38829,193 +42398,336 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="461193621">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="461850364">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="462113462">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="467744506">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="468398444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="470252085">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="471094951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="472410328">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="482039295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="484778874">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="486945575">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="488833035">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="498739906">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="502167371">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="502814994">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="504366319">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="507141391">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="508521476">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="512383400">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="513346294">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="514272511">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="515265225">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="516583355">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="516625257">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="517427270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -39115,284 +42827,453 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="534075487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="534779202">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="536548828">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="537468644">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="537932661">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="538401438">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="538860516">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="539829084">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="542641462">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="547762429">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="548959056">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="549465791">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="550967718">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="557129378">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="558328608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="562105981">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="562838527">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="563027657">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="564418453">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="565604224">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="566189314">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="567956237">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="569537140">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="572160463">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="574705834">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="574826890">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="578517104">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="580911978">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="583494981">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="585457980">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="586155337">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="586157198">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="588002790">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="593788697">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -39440,50 +43321,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="604852882">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="606427778">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="606543737">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="614563284">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -39492,102 +43386,154 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="617561949">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="619456586">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="624194984">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="626737419">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="627053348">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="630330705">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="630745957">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="632910387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="636376918">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="640038708">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="641814770">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -39609,115 +43555,258 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="654838913">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="655114003">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="660429157">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="661157276">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="662389554">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="664361525">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="666371477">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="674889865">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="677540221">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="680090656">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="683365282">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="686101909">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="686905811">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="687366354">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="691079404">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="691540317">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="695500097">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="695733575">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="696006008">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -39791,141 +43880,258 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="712467109">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="713426891">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="718436834">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="721059565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="721296718">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="724720589">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="726687365">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="727069913">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="727652047">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="728923462">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="730739583">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="732192880">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="733822177">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="735318216">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="736173266">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="742873565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="743575057">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="745494945">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="746419105">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -39999,50 +44205,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="760880603">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="761951691">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="765081977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="765540927">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40064,50 +44283,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="777722113">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="780878176">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="785581648">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="789012411">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40129,50 +44361,76 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="794175115">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="797454761">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="797916808">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="804617298">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="807937815">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40207,206 +44465,518 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="817500447">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="817528572">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="821191058">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="821387063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="822770987">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="823425135">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="824399984">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="828135070">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="830213754">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="833685677">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="834225568">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="834301398">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="838271411">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="840660535">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="844976464">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="854150416">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="854419982">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="857237255">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="858202520">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="861672796">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="862939981">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="862942527">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="872613118">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="875433346">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="876117712">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="877353904">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="878935692">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="881675783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="882904498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="885144093">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="891695065">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="895121087">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="895818721">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="896744372">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="898630717">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="899023174">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="900405523">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="901137403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="901256193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40428,50 +44998,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="912589279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="916591174">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="917331004">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="926307119">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40480,271 +45063,596 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="928660683">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="934559087">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="935944186">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="936058503">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="939799175">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="947078002">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="949434782">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="953173659">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="958684572">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="963080668">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="963123070">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="963972809">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="966082092">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="970207315">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="972953143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="974216717">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="974801333">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="979190325">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="980615944">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="981695465">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="983852968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="985665132">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="990908946">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="991718397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="992173000">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="994145693">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="995498805">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1002274011">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1004940076">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1012992467">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1013532232">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1013874004">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1018242000">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1019354993">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1020543018">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1023366296">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1024210059">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1028137595">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1029836154">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1030181838">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1034312431">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1040587991">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1044057502">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1045908495">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1046560625">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40766,141 +45674,245 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1050763613">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1060178455">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1070351472">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1077048555">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1077437907">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1077821715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1079332491">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1084304269">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1087267332">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1089740487">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1094201741">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1097170917">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1097293271">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1098409512">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1099524818">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1100376356">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1103571500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1104229327">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40935,76 +45947,167 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1108893037">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1110516487">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1112702532">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1117944220">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1120994700">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1125582977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1126123782">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1126846903">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1132745826">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1135027476">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1135879354">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1140534640">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -41026,50 +46129,76 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1149856937">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1150058109">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1152141550">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1152406373">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1152913041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -41091,271 +46220,518 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1161651983">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1166017345">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1170407665">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1170489644">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1171800679">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1175341407">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1179537117">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181238765">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1184899863">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1185244240">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1189679093">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1192918007">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1192954234">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1193302744">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1194657378">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1201629240">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1202285703">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1206453008">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1211385674">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1217931008">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1220050538">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1220753163">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1221211718">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1223558744">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1224103140">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1224175969">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1224291639">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1231160283">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1232689248">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1232961347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1235626199">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1236667008">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1240407387">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1240942372">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1244099517">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1245069681">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1245650766">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1246374713">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1246959842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -41377,206 +46753,401 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1253582888">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1255163608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1262839213">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1264462526">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1264994083">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1275672030">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1275986822">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1276909460">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1277298059">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1277952327">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1279069495">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1280335798">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1284267956">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1294556210">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1295868254">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1296445207">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1303463254">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1304509209">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304970353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1305307540">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1306013214">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1313943638">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1319072787">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1321498461">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1326326234">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1327051139">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1327246381">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1330406801">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1333487507">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1336180186">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -41585,141 +47156,219 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1345472879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1346204327">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1347439174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1350794471">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1360357073">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1361668809">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1362048560">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1365055711">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1365716668">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1365788009">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1366368019">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368486702">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1370882436">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1370911826">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1372341537">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1373076752">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -41741,89 +47390,128 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1377437656">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1378044677">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1379888929">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1382289242">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1385367755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1390377686">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1399011519">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1399014486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1401057309">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -41858,206 +47546,336 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1409301447">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1412849005">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1414088839">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1416056311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1417282480">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1417822756">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1421831512">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1424034303">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1425418202">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1427535153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1436246824">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1440643027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1440763103">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1444495581">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1447894888">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1449743367">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1449936358">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1451364541">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1453095194">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1464738844">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1470518452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1471435305">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1472668556">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1474903731">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1479415604">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -42079,310 +47897,570 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1486584051">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1490637678">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1490749636">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1501234427">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1503542247">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1511986061">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1512794270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1513645240">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1515606814">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1520315380">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1521123135">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1525289325">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1526015785">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1530490427">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1537507030">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1538346843">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1539201208">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1541556043">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1544947124">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1547180403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1549881128">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1551842093">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1560247180">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1562596110">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1563177833">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1567062483">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1570649950">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1570769844">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1571888076">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1573082324">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1576476148">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1581520266">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1587768858">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1588540460">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1590309063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1590849103">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1596358594">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1597060604">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1599799790">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1612470994">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1612513492">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1614441237">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1615357015">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -42391,128 +48469,180 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1619871740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1621260961">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1621372165">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1621454933">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1625578317">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1626543660">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1627659828">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1627855472">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1627857891">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1631011111">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1631354508">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1632321086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1637761024">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -42573,141 +48703,258 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1649244768">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1651060837">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1651977191">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1652370451">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1652714467">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1655452481">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1658070351">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1663002860">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1669599179">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1671106095">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1672833194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1673413827">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1674262778">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1677151866">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1678264729">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1681004979">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1684816832">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1686052103">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1687176775">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -42729,50 +48976,89 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1706908033">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1709259557">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1716805783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1716926169">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1717512281">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1723169500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -42794,50 +49080,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1727416269">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1730377988">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1730760879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1731272718">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -42846,76 +49145,115 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1735589930">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1736120022">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1737125074">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1738284112">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1738820176">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1744834141">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1745450969">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1747415972">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -42989,141 +49327,206 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1764841990">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1767144949">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1768579726">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1773092572">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1776633643">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1778015494">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1779056750">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1784297972">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1787843466">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1788891590">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1803226295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1803573229">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1804151242">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1804425292">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1805846839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -43132,76 +49535,141 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1809010405">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1809400743">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1813938002">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1815218605">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1817644154">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1818183014">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1818374590">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1818565528">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1818721218">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1822113000">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -43210,193 +49678,310 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1826583197">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1828324681">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1835218078">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1837839560">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1841846557">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1846943505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1857386025">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1859736282">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1865632604">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1869023049">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1869760561">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1875650444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1876195510">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1877349143">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1878811203">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1882937589">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1883904946">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1887061296">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1888225554">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1890146302">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1891724785">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1895196443">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1904371889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -43418,76 +50003,115 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1913276164">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1913618015">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1915243143">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1916935287">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1917856093">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1919053858">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1921481276">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1924336948">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -43496,102 +50120,180 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1928922944">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1929534769">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1932274395">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1934048418">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1935089827">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1936548975">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1940329668">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1943293141">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1943339112">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1945377388">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1951010419">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1953391643">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1954094929">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -43626,115 +50328,206 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1957561956">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1959338812">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1962759286">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1963534433">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1963611760">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1972977898">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1979262258">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1981227296">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982423351">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1984196528">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1987126851">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1987465042">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1989631367">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1990087302">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1999989559">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -43769,50 +50562,89 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2007243591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2007588777">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2008362704">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2011252130">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2012752270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2016302358">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -43821,89 +50653,167 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2023781240">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2025009633">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2029984179">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2031103396">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2031829309">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2037846229">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2038189537">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2041852721">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2042901035">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2044086724">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2049062730">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2052411978">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -43938,50 +50848,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2070882137">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2071422964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2073429606">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2073506878">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -43990,89 +50913,141 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2074428159">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2077167348">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2077194765">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2084600795">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2085645181">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2087263299">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2087725570">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2092657332">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2093890510">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2094276913">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -44107,175 +51082,292 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2098356998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2099325075">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2105109634">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2109037475">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2113041173">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113159694">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2118520483">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2125077312">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2128310472">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2137529167">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2137866852">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2138184461">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2141218625">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2142843506">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2145849291">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146239048">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2146387931">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2147117433">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/app/diagram/0:459D2C9BB9E4451EA9587ED147795C56.058C3C8DA54E46168B4A5498BFB1B918" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/606BF420CECB4CD3ABDB0B2BEA688607.cwl?__id=webFile.save&amp;doc=C494EC0309DD4EB79BA9E2A02F10B9D5&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/40868A182AB84395A071201F1EA6A52E.cwl?__id=webFile.save&amp;doc=A29BEA6BEAEA48B4A5F103686C507EE0&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/53E6AFF58F8044E7ACEFAF41C0975089.cwl?__id=webFile.save&amp;doc=E5CFDC8C810E41A384919A6017E64CA5&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/4D4325189B60428AA6427B74E55A9073.cwl?__id=webFile.save&amp;doc=3CC81A324740461DAC28250D3EDF0F72&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hse.gov.uk/enforce/wrdp/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/B16BBADDB3554620981190AADDA9806F.cwl?__id=webFile.save&amp;doc=1C4151E923D54F77AFB4DFCA97D57707&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/232A495943B54D2D8A6F75E90C8B1466.cwl?__id=webFile.save&amp;doc=BBC60F55D68448B68E7D6F2024511B5B&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/0F3AA0B59E964AE4808D06B56E64867F.cwl?__id=webFile.save&amp;doc=946FA6AFDB384C229A9788E1F710843F&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/EDC1520821AD488C80E4C9E926178C3B.cwl?__id=webFile.save&amp;doc=718B4A09609C4872B2F46D7E92A808A1&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cm9.prod.onr.gov.uk/P1/ContentManager?uri=7712403&amp;t=record&amp;lang=ln_english&amp;mbd=false" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.powerbi.com/groups/me/reports/6e22728e-5ba6-4725-9454-4f0bb3d1d3f2/ReportSection?ctid=742775df-8077-48d6-81d0-1e82a1f52cb8&amp;experience=power-bi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/5DC8A008B6BA47FA9302DB0F769C6F98.cwl?__id=webFile.save&amp;doc=A11505E747DF43D9990B6757057AF844&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/4ABBDBC7E74843BE9DE1709EE00379F7.cwl?__id=webFile.save&amp;doc=05535E75196B4DC99D05FB887CF620C2&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/9E18FAF44AA14CC8B424A1CCE1F240F0.cwl?__id=webFile.save&amp;doc=BAF92E8C7E114A829F96733BB6029B03&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/FBD1E90D0C9349B0AFB4AAB2E0E5D7C9.cwl?__id=webFile.save&amp;doc=484A8E246FF5443BA8C33D9A58ECA153&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONRtechdiv@onr.gov.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/6C8540D6C9754CA484F7F844BB4E2A48.cwl?__id=webFile.save&amp;doc=9C139E049DA44E37BF6E1E9DD926CC87&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/12BD20FB385D4E72A5FF7FA3B3E74A8E.cwl?__id=webFile.save&amp;doc=10F7BB37213648508BB22B0C10A93218&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/E4F28B4599074B80A7280A538A522D6F.cwl?__id=webFile.save&amp;doc=4452AC01007F40CBAE328B494ED387BF&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/67614AD10E72421B9A7D63E83ECE4A4F.cwl?__id=webFile.save&amp;doc=C7F67C4AE3AC40199A77D6C4E35C7406&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/6D6969B9A6F64D1E9406AE85C56886F5.cwl?__id=webFile.save&amp;doc=F7B4A22294144327B6AB275D3543CEEC&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/CCFEFAC0340C4899A7CC8DB57943BF3B.cwl?__id=webFile.save&amp;doc=25A4276B0D1E454E931D6B385A2DD606&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/B0F1DD7D3CFF474690F750C750B2C7E7.cwl?__id=webFile.save&amp;doc=594D893EDEC7415DA1770F983B975C49&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/37F9502E134A4D8FAF464DF7339D6065.cwl?__id=webFile.save&amp;doc=9561EEA020AA4FFBB638FBBF1FC24EF7&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/96B21ED4F9A74202ACBCA08F4438EF37.cwl?__id=webFile.save&amp;doc=0819F2587E674EFA81A6E28CAE698F83&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/221C29994EBE4CDCAD115BF0C7B6A48F.cwl?__id=webFile.save&amp;doc=735537046A324E2C97EDEF60C976B15C&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onrtechdiv@onr.gov.uk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/387A879C08404049941F89558CF4231F.cwl?__id=webFile.save&amp;doc=DEB77350512B47B8B8F5160D9F804DA9&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/the-code-of-practice-for-victims-of-crime" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/.../attorney-generals-guidelines-on-disclosure" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/31304271284E4192AC59B65514858201.cwl?__id=webFile.save&amp;doc=8B9A000018924E8CBFD8528A4D5DC566&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/ACD514C14CEB47F8A59893CE49282C1B.cwl?__id=webFile.save&amp;doc=5A57CA570A4C41DAAB36F7E4A6A091C1&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/B0771D466CA14C84A638CAB52126A96B.cwl?__id=webFile.save&amp;doc=2928B993879847AC8350BC592F55167A&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/26FFD04AC8B54EB485345676D8537886.cwl?__id=webFile.save&amp;doc=6E40B9E9F58446609AD04A4B45DBAF21&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/15AC7B335EDB4EEB9EE776AF4BDC84A8.cwl?__id=webFile.save&amp;doc=69731DD5D784422399EC830020513C37&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/0A3EEAFA15A141C6BF968CA62CA91BB4.cwl?__id=webFile.save&amp;doc=C21394372AE94F19A33FEA2205972018&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/50BBD6D01A6F46B7A7D60DB6FEE2E838.cwl?__id=webFile.save&amp;doc=AC252510382442ABBC61785BF9042B29&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/A691F6E4E7704125B0CABF3F6A45DD38.cwl?__id=webFile.save&amp;doc=E04D1EDFB5C04CA8A601095F8B66F076&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cm9.prod.onr.gov.uk/P1/ContentManager?uri=7957128&amp;t=record&amp;lang=ln_english&amp;mbd=false" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/351EC47603E7482791CD262CAEC48ADD.cwl?__id=webFile.save&amp;doc=151C4A28442F4A4A9BB7DB40BA130016&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/BC615117146D4ABEB4A4679086F5AC44.cwl?__id=webFile.save&amp;doc=4679040E572A46DAA8B9E236FE76FF7B&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cps.gov.uk/publication/code-crown-prosecutors" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/3993FACE48E24EEBBAEF73F43AF41970.cwl?__id=webFile.save&amp;doc=8E8AC867CC8D4A89B69ECBBD8C1DC36D&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/8ABF75794CBA47DC8F4519272D3565D3.cwl?__id=webFile.save&amp;doc=891345876F1E4BA7BDF58F79BB9EC31B&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/7416CE1D6F914B809A98459E0FC1A2D9.cwl?__id=webFile.save&amp;doc=796662F7F4AC48388045461161E5FF27&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/EAED7F01DC3B4BDA9AEC5293C1475728.cwl?__id=webFile.save&amp;doc=83A771CEB4B146C9BA125122141A2E0D&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.operational.investigation@onr.gov.uk" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/2F5158E69B774C5C852CE1135D3A7072.cwl?__id=webFile.save&amp;doc=AE35272F6D7E411082E347755282AD26&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/827DBAB502BE40E2A448306595D2A6D0.cwl?__id=webFile.save&amp;doc=F33ACB286D9A473BB242402F69402ED0&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/1F19878EFFE847B3A02DC104571B10BC.cwl?__id=webFile.save&amp;doc=71CB480E35994E80BF3FA7ACCC121E1A&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/54C5FA88358140B1A74BB4ACF0D8896B.cwl?__id=webFile.save&amp;doc=581094F1B8074908BF53B887D8B766F4&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/F28CAEA9332F4EB3979BCFB64E893624.cwl?__id=webFile.save&amp;doc=6A01C46D85D8490F960D54F78E090563&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bing.com/ck/a?!&amp;&amp;p=e16eb106a65b63a7JmltdHM9MTcwMTEyOTYwMCZpZ3VpZD0yMjlhNzUzMy05MGUyLTYyYjAtM2NhMS02NmU0OTFjZTYzZTkmaW5zaWQ9NTY5Ng&amp;ptn=3&amp;ver=2&amp;hsh=3&amp;fclid=229a7533-90e2-62b0-3ca1-66e491ce63e9&amp;psq=crown+office+and+procurator+fiscal+service&amp;u=a1aHR0cHM6Ly9iaW5nLmNvbS9hbGluay9saW5rP3VybD1odHRwcyUzYSUyZiUyZnd3dy5jb3Bmcy5nb3YudWslMmYmc291cmNlPXNlcnAtcnImaD1HZTR0MXlLT1JvazNnJTJmMHBLNTdSbkNMVWtkWCUyZkJyY05EUXB5Wkc1UlV0QSUzZCZwPWtjb2ZmY2lhbHdlYnNpdGU&amp;ntb=1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/9559A4C5D68447DB8789DBB32C0C20DA.cwl?__id=webFile.save&amp;doc=DE3B9309B3D44FF5844EECA46BC95695&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/7C02255DEC414952B8C5A36CF98FF97C.cwl?__id=webFile.save&amp;doc=9CFBC9F5B008437A8C7B18F94D8BA431&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/webDocs/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/51237EC7299D435B9BE4A4D0A20E9AF8.cwl?__id=webFile.save&amp;doc=8B881508C177454385C7D8543673CC3D&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/15405ED756E4434A8BB1B9BE0FC1F384.cwl?__id=webFile.save&amp;doc=492012927FE243B2BAE704AE8FDB2E71&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/4CAE6F9C34714E9598E74D2E372FC049.cwl?__id=webFile.save&amp;doc=CE30F27DFF84455386004BC9478096BD&amp;dpt=1&amp;save=1" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/SitePages/Conducting%20investigations.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/SitePages/Conducting%20investigations.aspx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onrtechdiv@onr.gov.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/SitePages/Conducting%20investigations.aspx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dataprotection@onr.gov.uk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONRtechdiv@onr.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/SitePages/Conducting%20investigations.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/SitePages/Conducting%20investigations.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.operational.investigation@onr.gov.uk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ldunning\Downloads\ONR-DOC-TEMP-305%20-%20ONR%20Word%20Template%20-%20Generic.DOTX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5DC39C0-0CE5-4537-B89C-2FEA41A0420F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E318CE" w:rsidRDefault="007154C5" w:rsidP="007154C5">
           <w:pPr>
             <w:pStyle w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
           </w:pPr>
           <w:r w:rsidRPr="0069507A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -44348,237 +51440,274 @@
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91482595-A552-4826-943C-30779AA50C82}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
+        <w:name w:val="538EEFF46CD04A6D93AA7262F14C29F9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{97C860AC-0002-4AB3-96F9-106123B0F416}"/>
+        <w:guid w:val="{47DB6619-2E67-4F5D-A750-ED4BC2CC0842}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
+        <w:p w:rsidR="00A33FF2" w:rsidRDefault="000576C2" w:rsidP="000576C2">
+          <w:pPr>
+            <w:pStyle w:val="538EEFF46CD04A6D93AA7262F14C29F9"/>
+          </w:pPr>
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...24 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
+    <w:rsid w:val="000576C2"/>
+    <w:rsid w:val="00062E5D"/>
     <w:rsid w:val="0008434A"/>
+    <w:rsid w:val="001479E8"/>
+    <w:rsid w:val="00157FB6"/>
     <w:rsid w:val="00183F29"/>
+    <w:rsid w:val="001A1E52"/>
+    <w:rsid w:val="001E5AF9"/>
     <w:rsid w:val="002550FD"/>
+    <w:rsid w:val="0030288A"/>
     <w:rsid w:val="00315238"/>
+    <w:rsid w:val="0032304E"/>
     <w:rsid w:val="00333F8E"/>
     <w:rsid w:val="00350199"/>
     <w:rsid w:val="0035748F"/>
     <w:rsid w:val="00392400"/>
+    <w:rsid w:val="00476BAB"/>
+    <w:rsid w:val="005751D9"/>
+    <w:rsid w:val="00587814"/>
     <w:rsid w:val="00623CED"/>
+    <w:rsid w:val="006C2BC9"/>
     <w:rsid w:val="007154C5"/>
+    <w:rsid w:val="00771CB1"/>
+    <w:rsid w:val="008322ED"/>
     <w:rsid w:val="00835E07"/>
     <w:rsid w:val="00845DD1"/>
     <w:rsid w:val="00963245"/>
     <w:rsid w:val="00A03BE5"/>
     <w:rsid w:val="00A06457"/>
+    <w:rsid w:val="00A33FF2"/>
+    <w:rsid w:val="00AC61A8"/>
+    <w:rsid w:val="00B24F28"/>
+    <w:rsid w:val="00B70B46"/>
+    <w:rsid w:val="00BC2FEC"/>
+    <w:rsid w:val="00C127AA"/>
     <w:rsid w:val="00C41BCC"/>
     <w:rsid w:val="00CD73FB"/>
     <w:rsid w:val="00D21FD4"/>
     <w:rsid w:val="00DD7BA4"/>
+    <w:rsid w:val="00E152E9"/>
     <w:rsid w:val="00E318CE"/>
     <w:rsid w:val="00E35435"/>
+    <w:rsid w:val="00E42ABE"/>
     <w:rsid w:val="00E646E1"/>
+    <w:rsid w:val="00ED78E3"/>
+    <w:rsid w:val="00EF5B60"/>
+    <w:rsid w:val="00F362F0"/>
     <w:rsid w:val="00F93872"/>
+    <w:rsid w:val="00FE2FB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -44964,51 +52093,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007154C5"/>
+    <w:rsid w:val="000576C2"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F91DE249B2D64236B5C9B282FE9D467B">
     <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="90"/>
       <w:szCs w:val="88"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="71855CAFCD0440C4880AB5CD94A60020">
     <w:name w:val="71855CAFCD0440C4880AB5CD94A60020"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
@@ -45026,55 +52155,68 @@
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1773E824CD9F477BB864AD976AEFC2AE">
     <w:name w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="538EEFF46CD04A6D93AA7262F14C29F9">
+    <w:name w:val="538EEFF46CD04A6D93AA7262F14C29F9"/>
+    <w:rsid w:val="000576C2"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ONR colours">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="07716C"/>
       </a:accent1>
       <a:accent2>
@@ -45257,174 +52399,1091 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D4DFBED514CE1545AFF76711782B71B8" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="44c6eba4964029ba702eb0be91bf987c">
-[...2 lines deleted...]
-    <xsd:import namespace="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61"/>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="66693000-3e12-4b44-a742-9a2ba35b7d28" ContentTypeId="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C57" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
+  <b:Source>
+    <b:Tag>GD026</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{504DEBA5-A031-4B9D-8595-8A6CB7311CC2}</b:Guid>
+    <b:Title>ONR-ENF-GD-026 - Conducting Investigations Disclosure Guidance</b:Title>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>5</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GD027</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{4F13AA81-D1D7-4032-AA4E-1845AFE30659}</b:Guid>
+    <b:Title>ONR-ENF-GD-027 - The role and responsibilities of an Investigation Core Team Member</b:Title>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>7</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>EPS</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{24468A3F-073E-4FAD-BE7B-AF6FC8471693}</b:Guid>
+    <b:Title>ONR-ENF-POL-001 - Enforcement Policy Statement</b:Title>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ENF</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{94A029A2-0618-468D-B9D6-9E2F99B1CE24}</b:Guid>
+    <b:Title>ONR-ENF-GD-006 - Enforcement</b:Title>
+    <b:URL>Available HOW2 Hub.</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>2</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Diff</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{03F71C79-AEE4-4A20-962A-4E7CF639D308}</b:Guid>
+    <b:Title>NS-INSP-PROC-001 - Resolving Differences of Regulatory Opinion</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>29</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Placeholder1</b:Tag>
+    <b:SourceType>Misc</b:SourceType>
+    <b:Guid>{8B0DC316-B3E3-4F43-A0B9-F5BA3388AAD6}</b:Guid>
+    <b:Title>NS-INSP-PROC-001 Resolving Differences of Regulatory Opinion</b:Title>
+    <b:RefOrder>16</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR1</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{BB7CCEE3-16B5-4D46-88D0-8F0B7F50CAB9}</b:Guid>
+    <b:Title>ONR-RIO-PROC-004 - Governance and oversight of incidents</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>8</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR2</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{DA7E439B-EFD9-4565-8698-CA9C367EB23E}</b:Guid>
+    <b:Title>Concerns - Whistleblowing and complaints</b:Title>
+    <b:URL>https://www.onr.org.uk/complaints-concerns-whistleblowing.htm</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>9</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GIG</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{5DCD85F8-5F55-47FA-B8CB-16D3AAD19607}</b:Guid>
+    <b:Title>ONR-INSP-GD-064 - General Inspection Guide</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>10</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Whistle</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{35B1DECA-F0A1-4D90-91BE-F6FEBC871374}</b:Guid>
+    <b:Title>ONR-WB-PROC-001 - Whistleblowing</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>11</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>WRDPEW</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{B56BAA53-8CFA-4A9E-BB5C-F4CBA28B5DD7}</b:Guid>
+    <b:Title>Work Related Deaths: A protocol for liaison (England and Wales)</b:Title>
+    <b:URL>https://www.hse.gov.uk/pubns/wrdp1.pdf</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HSE</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>12</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Wor</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{491FF4C7-98A1-404C-A03B-8EDADEA8ECB5}</b:Guid>
+    <b:Title>Work related Deaths Protocol: Practical guide (England &amp; Wales)</b:Title>
+    <b:URL>https://www.hse.gov.uk/pubns/wrdp2.pdf</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HSE</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>13</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>WRDPSco</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{93ACCE49-3D7D-4244-8EFB-60E261E060F8}</b:Guid>
+    <b:Title>Work related Deaths: A protocol for liaison (Scotland)</b:Title>
+    <b:URL>https://www.hse.gov.uk/scotland/assets/docs/workreldeaths.pdf</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HSE</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>14</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>MECPMC</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{63F4262C-3839-443E-BF6F-3C439B32CA2D}</b:Guid>
+    <b:Title>NS-INSP-GD-051 - Dealing with matters of evident concern or potential major concern</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>15</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR556</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{138585E3-79DD-41FE-8F8D-61C5584DFDB9}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-DOC-TEMP-098 - Investigation Decision Record (IDR) Form</b:Title>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>17</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>RLI</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{C04980C1-33B9-4CA8-91AC-9EDF1A539285}</b:Guid>
+    <b:Title>ONR-RLI-GD-001 - Review Learn Improve (RLI)</b:Title>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>18</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>CJLSco</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{00804F46-3806-4998-AE49-EA1837620197}</b:Guid>
+    <b:Title>Code of practice for investigations (Version 1)</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>Social Security Scotland </b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>https://www.gov.scot/binaries/content/documents/govscot/publications</b:URL>
+    <b:RefOrder>4</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>InvRep</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{09C39834-50AC-4E6C-987E-61E086F15D21}</b:Guid>
+    <b:Title>ONR-DOC-TEMP-171 - Combined Investigation and Prosecution Report</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>19</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>KDL</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{DD4C265D-7B5B-453A-8EAF-C6910C5D55D3}</b:Guid>
+    <b:Title>ONR-DOC-TEMP-099 - Key Decision Log</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>20</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>FIN008</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{4F3F5891-FB85-47E1-8266-B715F6FF5069}</b:Guid>
+    <b:Title>ONR-FIN-GD-008 - ONR Investigation, Prosecution and Judicial Review Process - Finance Arrangements</b:Title>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>22</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{7ECADD5B-4643-4CCF-A603-89ED5F627E1F}</b:Guid>
+    <b:Title>ONR-DOC-TEMP-101 - Schedule of Material</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>23</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GD019</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{82F504E9-AD49-4BC3-93F0-04748576CA12}</b:Guid>
+    <b:Title>ONR-ENF-GD-019 - Working with the Health and Safety Laboratory</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>24</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GD004</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{B1E384C5-FA10-4C4C-B288-3272BCB46361}</b:Guid>
+    <b:Title>ONR-GEN-GD-004 - Accessing legal advice</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>25</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>CoPVoC</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{8A2E4CD5-CD10-4CCA-AF78-26249282231F}</b:Guid>
+    <b:Title>Statutory Guidance - Code of Practice for Victims of Crime in England and Wales (Victims' Code)</b:Title>
+    <b:Year>2025</b:Year>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>Ministry of Justice</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Month>January</b:Month>
+    <b:Day>29</b:Day>
+    <b:URL>https://www.gov.uk/government/publications/the-code-of-practice-for-victims-of-crime/code-of-practice-for-victims-of-crime-in-england-and-wales-victims-code</b:URL>
+    <b:RefOrder>3</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>CodeVfS</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{DCAAD65B-343F-4B28-AA1B-D5777D367B3D}</b:Guid>
+    <b:Title>Victims' Code for Scotland</b:Title>
+    <b:Year>2020</b:Year>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>The Scottish Government</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Month>February</b:Month>
+    <b:Day>20</b:Day>
+    <b:URL>https://www.mygov.scot/victims-code-for-scotland</b:URL>
+    <b:RefOrder>26</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GD023</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{24721F22-66DE-482F-903B-63D38C1B0E3F}</b:Guid>
+    <b:Title>ONR-ENF-GD-023 - Victims Personal satements in England and Wales</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>27</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GD013</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{FBD2EF39-E336-42B1-B589-50EB9F81A579}</b:Guid>
+    <b:Title>ONR-ENF-GD-013 - Witness Statement Taking</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>28</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GD008</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{A80D2BCF-9D0E-475A-A36E-7C70D1CA0670}</b:Guid>
+    <b:Title>ONR-ENF-GD-008 - Interviewing Suspects (withdrawn - seek IDT advice)</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>41</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>EDR</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{85332A1B-6D3F-422C-9922-346BCB4D8201}</b:Guid>
+    <b:Title>ONR-DOC-TEMP-128 - Enforcement Decision Record (EDR)</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>30</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>The</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{533B18A9-F442-465F-BB80-13AD9D958F5F}</b:Guid>
+    <b:Title>The CPS Code for Crown Prosecutors</b:Title>
+    <b:URL>https://www.cps.gov.uk/publication/code-crown-prosecutors</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>CPS</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>31</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Cro</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{1B5D8D12-A6AF-4968-8637-424452EF1A07}</b:Guid>
+    <b:Title>Crown Office and Procurator Fiscal Service Prosecution Code</b:Title>
+    <b:URL>https://www.copfs.gov.uk/publications/prosecution-code/</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>COPFS</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>32</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ENF31</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{B7C2B62F-B1EE-46F9-8C7F-CD00A87C78AE}</b:Guid>
+    <b:Title>ONR-ENF-IN-031 - Victims Right to Review</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>34</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>RegIss</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{7BC8B3BD-E90D-4667-9574-2D52B454B3AF}</b:Guid>
+    <b:Title>ONR-RIO-PROC-001 - Management of Regulatory Issues</b:Title>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>35</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR30</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{320BFECA-6C3A-4E16-9487-BA1FCA7947F8}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-OL-PROC-002 - Process for Incident Notifications to ONR</b:Title>
+    <b:URL>https://prodonrgov.sharepoint.com/sites/HOW2Hub</b:URL>
+    <b:RefOrder>39</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GD022</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{97B1B3D2-ECA5-4E0F-A161-6F9553C5116D}</b:Guid>
+    <b:Title>ONR-ENF-GD-022 - Investigation powers provided to inspectors by the Health and Safety at Work etc. Act 1974, and the Energy Act 2013</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>37</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR548</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{B28165F0-F5C2-489F-9979-9B122F0A60FE}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-RD-REF-002 - List of regulatory acronyms, abbreviations and initialisms</b:Title>
+    <b:RefOrder>40</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR509</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{9D9242DA-5B66-4DE8-BFED-BFCB05143178}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-HR-R2A2-023 - Process Owner</b:Title>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>6</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Placeholder2</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{864902C0-0CAE-49D0-AC2D-4A0D719CA4F9}</b:Guid>
+    <b:Title>ONR-ENF-GD-020 - The roles of the Approval Officer in enforcement decisions</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>33</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>CPIA</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{B94A3E1A-DAE0-40E4-BA76-778DF79A9562}</b:Guid>
+    <b:Title>Criminal Procedure and Investigations Act (CPIA) - Code of Practice</b:Title>
+    <b:Year>2015</b:Year>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>Ministry of Justice</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Month>February</b:Month>
+    <b:Day>16</b:Day>
+    <b:URL>https://www.gov.uk/government/publications/criminal-procedure-and-investigations-act-code-of-practice</b:URL>
+    <b:RefOrder>38</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR353</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{D0147CD5-DE77-48C9-95C2-03ABB1BB258D}</b:Guid>
+    <b:Title>ONR-ENF-GD-015 - Guide for Managing Investigation Grab Bags</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>36</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>DDSRole</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{5B99C410-F519-4573-AED7-58240785BCF6}</b:Guid>
+    <b:Title>ONR-DDS-IN-003 - DDS in an investigation</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Available via HOW2 Hub.</b:URL>
+    <b:RefOrder>21</b:RefOrder>
+  </b:Source>
+</b:Sources>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="HOW2 Hub Document" ma:contentTypeID="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227" ma:contentTypeVersion="220" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="fd2834adb9900770fd8ac47e48982e59">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4e2855-9588-4bc9-9890-af639bd565eb" xmlns:ns3="05350e14-297a-489c-ad04-faf6563b232c" xmlns:ns4="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3aaa22ad247f61109098272a7d3b0503" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <xsd:import namespace="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <xsd:import namespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...8 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueNo" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocType" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDirectorate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessSpecialismFunctionTopic" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerPostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegatePostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegateRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueHistoryComments" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalFirstPublicationDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldRecordRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalPublishStatus" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:dd2817321d504f1caee75a1112d299d4" minOccurs="0"/>
+                <xsd:element ref="ns4:PCR_x003f_" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="729a6f9d-3f32-42ac-acf1-d5ecfa3937de" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c4e2855-9588-4bc9-9890-af639bd565eb" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="PolicyPortalIssueNo" ma:index="2" nillable="true" ma:displayName="Issue No." ma:internalName="PolicyPortalIssueNo" ma:percentage="FALSE">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="PolicyPortalDocRef" ma:index="3" nillable="true" ma:displayName="Doc. Ref." ma:internalName="PolicyPortalDocRef">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="PolicyPortalDocType" ma:index="4" nillable="true" ma:displayName="Doc. Type" ma:format="Dropdown" ma:internalName="PolicyPortalDocType">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Framework/Strategy"/>
+          <xsd:enumeration value="Guidance (Gen.)"/>
+          <xsd:enumeration value="Handbook"/>
+          <xsd:enumeration value="HSW Standard"/>
+          <xsd:enumeration value="Instruction"/>
+          <xsd:enumeration value="Manual"/>
+          <xsd:enumeration value="MoU"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+          <xsd:enumeration value="Protocol"/>
+          <xsd:enumeration value="R2A2"/>
+          <xsd:enumeration value="Strategy"/>
+          <xsd:enumeration value="TAG"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="TIG"/>
+          <xsd:enumeration value="TOR"/>
+          <xsd:enumeration value="N/A"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="PolicyPortalDirectorate" ma:index="5" nillable="true" ma:displayName="Directorate" ma:format="Dropdown" ma:internalName="PolicyPortalDirectorate">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Corporate Security and Resilience Office"/>
+          <xsd:enumeration value="Finance"/>
+          <xsd:enumeration value="Governance and Private Office"/>
+          <xsd:enumeration value="HR"/>
+          <xsd:enumeration value="IT"/>
+          <xsd:enumeration value="New Reactors"/>
+          <xsd:enumeration value="Operating Facilities"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs"/>
+          <xsd:enumeration value="Technical"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="PolicyPortalProcessSpecialismFunctionTopic" ma:index="6" nillable="true" ma:displayName="Process / Specialism / Function / Topic" ma:format="Dropdown" ma:internalName="PolicyPortalProcessSpecialismFunctionTopic">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Academy - Training / L&amp;D"/>
+              <xsd:enumeration value="Accessibility"/>
+              <xsd:enumeration value="Accounting &amp; Budgeting"/>
+              <xsd:enumeration value="ALARP Working Group"/>
+              <xsd:enumeration value="Anti-Bribery and Corruption, and Fraud Prevention Compliance"/>
+              <xsd:enumeration value="Assessment (Nuclear safety)"/>
+              <xsd:enumeration value="Business Impact Target (BIT)"/>
+              <xsd:enumeration value="Business Travel"/>
+              <xsd:enumeration value="Change Management (Org.)"/>
+              <xsd:enumeration value="Chemistry &amp; Chemical Engineering"/>
+              <xsd:enumeration value="Civil Engineering"/>
+              <xsd:enumeration value="Civil Engineering and External Hazards (CEEH)"/>
+              <xsd:enumeration value="Civil Nuclear Security"/>
+              <xsd:enumeration value="Comms"/>
+              <xsd:enumeration value="Conducting Investigations"/>
+              <xsd:enumeration value="Compliance"/>
+              <xsd:enumeration value="Contractor Management"/>
+              <xsd:enumeration value="Cyber Security and Information Assurance"/>
+              <xsd:enumeration value="Data Protection"/>
+              <xsd:enumeration value="Defence - Propulsion"/>
+              <xsd:enumeration value="Delivery Lead - Technical Division (R&amp;TS)"/>
+              <xsd:enumeration value="Development of Regulations and Guides"/>
+              <xsd:enumeration value="Diversity &amp; Inclusion (HR)"/>
+              <xsd:enumeration value="Divisional Delivery Support (DDS)"/>
+              <xsd:enumeration value="EC&amp;I Engineering"/>
+              <xsd:enumeration value="Efficiency Framework"/>
+              <xsd:enumeration value="Emergency P&amp;R"/>
+              <xsd:enumeration value="Emergency Preparedness &amp; Response (EP&amp;R)"/>
+              <xsd:enumeration value="Environment and Sustainability"/>
+              <xsd:enumeration value="Estates"/>
+              <xsd:enumeration value="Expenses"/>
+              <xsd:enumeration value="Export Control"/>
+              <xsd:enumeration value="Fault Analysis"/>
+              <xsd:enumeration value="Freedom of Information (FOI) &amp; Gen. Enquiries"/>
+              <xsd:enumeration value="GDA"/>
+              <xsd:enumeration value="Gifts and Hospitality"/>
+              <xsd:enumeration value="Governance"/>
+              <xsd:enumeration value="Health, Safety and Wellbeing (HSW)"/>
+              <xsd:enumeration value="Human &amp; Organisational Capability"/>
+              <xsd:enumeration value="Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Information Management"/>
+              <xsd:enumeration value="Information Security"/>
+              <xsd:enumeration value="International Cooperation"/>
+              <xsd:enumeration value="Invoice Management"/>
+              <xsd:enumeration value="IT"/>
+              <xsd:enumeration value="Land Use Planning"/>
+              <xsd:enumeration value="Leadership and Management for Safety and Security"/>
+              <xsd:enumeration value="Learning &amp; Development"/>
+              <xsd:enumeration value="Legal Support"/>
+              <xsd:enumeration value="Management System"/>
+              <xsd:enumeration value="Mechanical Engineering"/>
+              <xsd:enumeration value="New build/construction"/>
+              <xsd:enumeration value="NHSS"/>
+              <xsd:enumeration value="Notification &amp; Authorisation"/>
+              <xsd:enumeration value="Nuclear Liabilities Regulation"/>
+              <xsd:enumeration value="Operating Reactors"/>
+              <xsd:enumeration value="Operational Inspection"/>
+              <xsd:enumeration value="Organisational Learning"/>
+              <xsd:enumeration value="People Services"/>
+              <xsd:enumeration value="Performance Management (HR)"/>
+              <xsd:enumeration value="Permissioning"/>
+              <xsd:enumeration value="PMO"/>
+              <xsd:enumeration value="Policy"/>
+              <xsd:enumeration value="Procurement"/>
+              <xsd:enumeration value="Radiological Protection &amp; Criticality"/>
+              <xsd:enumeration value="Regulations &amp; Regulatory Issues"/>
+              <xsd:enumeration value="Regulatory Assurance"/>
+              <xsd:enumeration value="Regulatory Oversight"/>
+              <xsd:enumeration value="Research &amp; Development"/>
+              <xsd:enumeration value="Risk Management"/>
+              <xsd:enumeration value="RITE"/>
+              <xsd:enumeration value="Safeguards"/>
+              <xsd:enumeration value="Safety Case Working Group"/>
+              <xsd:enumeration value="Security &amp; Information Regulatory Assurance"/>
+              <xsd:enumeration value="Sellafield"/>
+              <xsd:enumeration value="Shared Services"/>
+              <xsd:enumeration value="Structural Integrity"/>
+              <xsd:enumeration value="Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="Whistleblowing"/>
+              <xsd:enumeration value="WIReD"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="PolicyPortalProcessOwnerPostTitle" ma:index="7" nillable="true" ma:displayName="Process Owner (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalProcessOwnerPostTitle">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CIO"/>
+          <xsd:enumeration value="CISO"/>
+          <xsd:enumeration value="Data Protection Officer (DPO)"/>
+          <xsd:enumeration value="Finance Director"/>
+          <xsd:enumeration value="Head of Governance and Private Office"/>
+          <xsd:enumeration value="HR Director"/>
+          <xsd:enumeration value="New Reactors Director"/>
+          <xsd:enumeration value="Operating Facilities Director"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste Director"/>
+          <xsd:enumeration value="Senior Director of Regulation"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs Director"/>
+          <xsd:enumeration value="Technical Director"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...13 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="PolicyPortalProcessOwnerRoleHolder" ma:index="8" nillable="true" ma:displayName="Process Owner (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalProcessOwnerRoleHolder" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="PolicyPortalResponsibleDelegatePostTitle" ma:index="9" nillable="true" ma:displayName="Responsible Delegate (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalResponsibleDelegatePostTitle">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Chair of Accessibility Working Group (AWG)"/>
+              <xsd:enumeration value="Corporate Security Manager"/>
+              <xsd:enumeration value="Data Protection Compliance Lead"/>
+              <xsd:enumeration value="Deputy Regulatory Director (TD)"/>
+              <xsd:enumeration value="Deputy Director of Regulation"/>
+              <xsd:enumeration value="Executive Office Support"/>
+              <xsd:enumeration value="Export Control Manager"/>
+              <xsd:enumeration value="Governance and Compliance Lead"/>
+              <xsd:enumeration value="Governance Manager"/>
+              <xsd:enumeration value="Head of Academy"/>
+              <xsd:enumeration value="Head of Commercial Management and Procurement"/>
+              <xsd:enumeration value="Head of Communications"/>
+              <xsd:enumeration value="Head of Compliance"/>
+              <xsd:enumeration value="Head of Data and Analytics"/>
+              <xsd:enumeration value="Head of Governance and Compliance"/>
+              <xsd:enumeration value="Head of Executive Office"/>
+              <xsd:enumeration value="Head of Estates and Shared Services"/>
+              <xsd:enumeration value="Head of Finance and Commercial"/>
+              <xsd:enumeration value="Head of Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Head of International Strategy and Public Correspondence"/>
+              <xsd:enumeration value="Head of IT"/>
+              <xsd:enumeration value="Head of Legal Liaison"/>
+              <xsd:enumeration value="Head of Organisational Development (HR)"/>
+              <xsd:enumeration value="Head of Organisational Learning"/>
+              <xsd:enumeration value="Head of People Services"/>
+              <xsd:enumeration value="Head of PMO"/>
+              <xsd:enumeration value="Head of Policy"/>
+              <xsd:enumeration value="Head of Regulatory Policy and Standards"/>
+              <xsd:enumeration value="Head of Risk and Assurance"/>
+              <xsd:enumeration value="HoR - Advanced Nuclear Technologies (ANTs) and Holtec SMR-300 GDA"/>
+              <xsd:enumeration value="HoR - Development of Regulations and Guides"/>
+              <xsd:enumeration value="HoR - Emergency Preparedness and Response"/>
+              <xsd:enumeration value="HoR - Research and Development"/>
+              <xsd:enumeration value="HoR - Rolls-Royce SMR (GDA)"/>
+              <xsd:enumeration value="HoR - Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="HoR - Sellafield Compliance Intelligence and Enforcement"/>
+              <xsd:enumeration value="HoR - Sellafield Project Delivery"/>
+              <xsd:enumeration value="HoR - Sellafield Decommissioning"/>
+              <xsd:enumeration value="HoR - Regulatory Development"/>
+              <xsd:enumeration value="HoP - Civil Engineering and External Hazards"/>
+              <xsd:enumeration value="HoP - Cyber Security &amp; Information Assurance"/>
+              <xsd:enumeration value="HoP - Divisional Delivery Support"/>
+              <xsd:enumeration value="HoP - Electrical, Control and Instrumentation Engineering"/>
+              <xsd:enumeration value="HoP - Fault Analysis"/>
+              <xsd:enumeration value="HoP - Human and Organisational Capability"/>
+              <xsd:enumeration value="HoP - Innovation"/>
+              <xsd:enumeration value="HoP - Mechanical Engineering and Structural Integrity"/>
+              <xsd:enumeration value="HoP - Nuclear Internal Hazards and Site Safety"/>
+              <xsd:enumeration value="HoP - Nuclear Liabilities, Chemistry and Chemical Engineering"/>
+              <xsd:enumeration value="HoP - Operational Inspection"/>
+              <xsd:enumeration value="HoP - Protective Security"/>
+              <xsd:enumeration value="HoP - Radiological Protection and Criticality"/>
+              <xsd:enumeration value="HoP - Regulatory Programme and Business Management"/>
+              <xsd:enumeration value="HoP - Safeguards"/>
+              <xsd:enumeration value="HSW Manager"/>
+              <xsd:enumeration value="Information Management Manager"/>
+              <xsd:enumeration value="Legal Cell Lead"/>
+              <xsd:enumeration value="Regulatory Capability Lead"/>
+              <xsd:enumeration value="Regulatory Intelligence Lead"/>
+              <xsd:enumeration value="WIReD Product Owner"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegateRoleHolder" ma:index="10" nillable="true" ma:displayName="Responsible Delegate (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalResponsibleDelegateRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueDate" ma:index="11" nillable="true" ma:displayName="Issue Date" ma:format="DateOnly" ma:internalName="PolicyPortalIssueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalReviewDate" ma:index="12" nillable="true" ma:displayName="Review Date" ma:format="DateOnly" ma:internalName="PolicyPortalReviewDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueHistoryComments" ma:index="15" nillable="true" ma:displayName="Issue History/Comments" ma:internalName="PolicyPortalIssueHistoryComments">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalFirstPublicationDate" ma:index="16" nillable="true" ma:displayName="First Publication Date" ma:format="DateOnly" ma:internalName="PolicyPortalFirstPublicationDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldDocRef" ma:index="17" nillable="true" ma:displayName="Old Doc. Ref." ma:internalName="PolicyPortalOldDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldRecordRef" ma:index="18" nillable="true" ma:displayName="Old Record Ref." ma:internalName="PolicyPortalOldRecordRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalPublishStatus" ma:index="25" nillable="true" ma:displayName="Publish Status" ma:format="Dropdown" ma:internalName="PolicyPortalPublishStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Live"/>
+          <xsd:enumeration value="Unpublished"/>
+          <xsd:enumeration value="Withdrawn"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="05350e14-297a-489c-ad04-faf6563b232c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="26" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="27" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="28" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="30" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="31" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{85a4ca9d-4aea-456d-868e-8e20a97dbaed}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="05350e14-297a-489c-ad04-faf6563b232c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="dd2817321d504f1caee75a1112d299d4" ma:index="33" nillable="true" ma:taxonomy="true" ma:internalName="dd2817321d504f1caee75a1112d299d4" ma:taxonomyFieldName="Topic" ma:displayName="Topic" ma:default="" ma:fieldId="{dd281732-1d50-4f1c-aee7-5a1112d299d4}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="7b4e1cbc-bd02-4183-9474-8a15f7a1216f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PCR_x003f_" ma:index="34" nillable="true" ma:displayName="PCR?" ma:default="0" ma:description="Document forms part of the Policy Compliance Report for ARAC." ma:format="Dropdown" ma:internalName="PCR_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="23" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -45469,507 +53528,226 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...328 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <SharedWithUsers xmlns="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61">
+    <PolicyPortalProcessSpecialismFunctionTopic xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalFirstPublicationDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
       <UserInfo>
-        <DisplayName>Gideon York</DisplayName>
-        <AccountId>13</AccountId>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
+    </PolicyPortalProcessOwnerRoleHolder>
+    <PolicyPortalPublishStatus xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegatePostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="05350e14-297a-489c-ad04-faf6563b232c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">[Key words separated by commas]</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f43e2310-82d5-44d8-a731-b695dd9d1339</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <PolicyPortalDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocType xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueNo xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldRecordRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerPostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegateRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
       <UserInfo>
-        <DisplayName>Gillian Brannan</DisplayName>
-        <AccountId>17</AccountId>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
-    </SharedWithUsers>
+    </PolicyPortalResponsibleDelegateRoleHolder>
+    <PolicyPortalDirectorate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxCatchAll xmlns="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <dd2817321d504f1caee75a1112d299d4 xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </dd2817321d504f1caee75a1112d299d4>
+    <PolicyPortalReviewDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PCR_x003f_ xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">false</PCR_x003f_>
+    <PolicyPortalIssueHistoryComments xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9D132E8-796E-4362-9092-041326D33A65}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C35B8391-5251-422C-86F4-F9A8CD5E71FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF1D9C97-2536-45D4-A9EB-B3A045CEE4FA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA37B59A-7216-4275-B7AC-ED6CB8BB2CA7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEEB028B-8BA0-40DE-A42D-0F6882C67ABD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B75EC859-709F-4B3C-B088-10485DC8F3A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="729a6f9d-3f32-42ac-acf1-d5ecfa3937de"/>
-    <ds:schemaRef ds:uri="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3ED2B7C-200B-4F02-8D00-8E8565DF22DA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
+  <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic.DOTX</Template>
   <TotalTime></TotalTime>
-  <Pages>48</Pages>
-[...1 lines deleted...]
-  <Characters>85977</Characters>
+  <Pages>49</Pages>
+  <Words>13097</Words>
+  <Characters>74786</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>1306</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>1661</Lines>
+  <Paragraphs>751</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Process for Conducting Investigations</vt:lpstr>
+      <vt:lpstr>Process for conducting investigations</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>100592</CharactersWithSpaces>
+  <CharactersWithSpaces>87132</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Process for Conducting Investigations</dc:title>
+  <dc:title>Guidance on the process for conducting investigations</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
   <dc:creator>Liam Dunning</dc:creator>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>4.1</cp:contentStatus>
+  <cp:contentStatus>4.3</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-    <vt:lpwstr>0x010100D4DFBED514CE1545AFF76711782B71B8</vt:lpwstr>
+    <vt:lpwstr>0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227</vt:lpwstr>
   </property>
 </Properties>
 </file>