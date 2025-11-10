--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,167 +1,161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="198" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="198" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9156"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C20562" w:rsidRPr="00C20562" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00C20562" w:rsidRDefault="00C20562" w:rsidP="00323E71">
             <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0226A" w:rsidRPr="001E03E1" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2778"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F059A92" w14:textId="5883F379" w:rsidR="00595C8C" w:rsidRPr="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
             <w:pPr>
               <w:pStyle w:val="InnerCoverTitle"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00595C8C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
             <w:r w:rsidR="00D60BCB">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Technical Inspection Guide (TIG)</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="476F582F" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="006575AD" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="476F582F" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00235F63" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
                     <w:szCs w:val="90"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="40"/>
                       <w:szCs w:val="40"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
@@ -320,362 +314,369 @@
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="297D790E" w14:textId="5555A952" w:rsidR="00004C16" w:rsidRDefault="00624014" w:rsidP="00004C16">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Style2"/>
             </w:rPr>
             <w:t>Guidance to support the MoU between ONR and HSE on effective regulation of IRR17 in relation to the transport of radioactive material</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61A25C0F" w14:textId="77777777" w:rsidR="00004C16" w:rsidRDefault="00004C16" w:rsidP="00004C16">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D99E381" w14:textId="72839D99" w:rsidR="00004C16" w:rsidRPr="00004C16" w:rsidRDefault="00004C16" w:rsidP="00004C16">
+    <w:p w14:paraId="4D99E381" w14:textId="4D1597DA" w:rsidR="00004C16" w:rsidRPr="001C4713" w:rsidRDefault="00004C16" w:rsidP="00004C16">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00004C16">
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Authored by</w:t>
       </w:r>
-      <w:r w:rsidR="009269D5">
+      <w:r w:rsidR="009269D5" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00004C16">
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D76C3D">
+      <w:r w:rsidR="00D76C3D" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00196F04">
+      <w:r w:rsidR="00196F04" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rincipal Nuclear Safety Inspector</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B9A867" w14:textId="613A2578" w:rsidR="00004C16" w:rsidRDefault="00004C16" w:rsidP="00004C16">
+    <w:p w14:paraId="23B9A867" w14:textId="6A0817ED" w:rsidR="00004C16" w:rsidRPr="001C4713" w:rsidRDefault="00004C16" w:rsidP="00004C16">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00004C16">
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Approved by</w:t>
       </w:r>
-      <w:r w:rsidR="009269D5">
+      <w:r w:rsidR="009269D5" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00004C16">
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00196F04">
+      <w:r w:rsidR="00196F04" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Superintending Inspector, Transport Competent Authority </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B47EE">
+        <w:t xml:space="preserve">Transport Competent Authority </w:t>
+      </w:r>
+      <w:r w:rsidR="006B47EE" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(TCA) </w:t>
       </w:r>
-      <w:r w:rsidR="00196F04">
+      <w:r w:rsidR="00196F04" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(ONR) and S. Nicholson, North-west Operations and FOD Radiation Team (HSE)</w:t>
+        <w:t>(ONR) and North-west Operations and FOD Radiation Team (HSE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8C150A" w14:textId="77777777" w:rsidR="00196F04" w:rsidRDefault="00196F04" w:rsidP="00004C16">
+    <w:p w14:paraId="247E3769" w14:textId="396FC14C" w:rsidR="00004C16" w:rsidRPr="001C4713" w:rsidRDefault="00004C16" w:rsidP="00004C16">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>Issue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Issue No.: </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="Issue No."/>
           <w:tag w:val=""/>
           <w:id w:val="-894428327"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00196F04">
+          <w:r w:rsidR="00196F04" w:rsidRPr="001C4713">
             <w:rPr>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>1.1</w:t>
+            <w:t>1.</w:t>
+          </w:r>
+          <w:r w:rsidR="001C4713" w:rsidRPr="001C4713">
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>2</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="19206F45" w14:textId="236F3C18" w:rsidR="00004C16" w:rsidRDefault="00004C16" w:rsidP="00004C16">
+    <w:p w14:paraId="19206F45" w14:textId="4755C902" w:rsidR="00004C16" w:rsidRPr="001C4713" w:rsidRDefault="001C4713" w:rsidP="001C4713">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00004C16">
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Publication Date: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00196F04">
+        <w:t>Published</w:t>
+      </w:r>
+      <w:r w:rsidR="00004C16" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dec-2022</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4713">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22297511" w14:textId="3546EE30" w:rsidR="005C1E52" w:rsidRDefault="005C1E52" w:rsidP="00004C16">
+    <w:p w14:paraId="22297511" w14:textId="31FDDCBE" w:rsidR="005C1E52" w:rsidRPr="001C4713" w:rsidRDefault="005C1E52" w:rsidP="00004C16">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C1E52">
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Next Major Review Date</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Next</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00196F04">
+      <w:r w:rsidR="001C4713" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nov-2025</w:t>
+        <w:t>scheduled review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4713">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713" w:rsidRPr="001C4713">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>March 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6B9B2F" w14:textId="6362FB82" w:rsidR="006F7E5F" w:rsidRPr="00004C16" w:rsidRDefault="00196F04" w:rsidP="00004C16">
+    <w:p w14:paraId="5C6B9B2F" w14:textId="55424475" w:rsidR="006F7E5F" w:rsidRPr="001C4713" w:rsidRDefault="00196F04" w:rsidP="00004C16">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ONR </w:t>
       </w:r>
-      <w:r w:rsidR="006F7E5F">
+      <w:r w:rsidR="001C4713" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Doc. Ref.: </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>document reference</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7E5F" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ONR-INSP-GD-071</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00004C16">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ONR-INSP-GD-071 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55057C62" w14:textId="4A140EA5" w:rsidR="00004C16" w:rsidRPr="00004C16" w:rsidRDefault="00196F04" w:rsidP="00004C16">
+    <w:p w14:paraId="55057C62" w14:textId="60E724B7" w:rsidR="00004C16" w:rsidRPr="001C4713" w:rsidRDefault="00196F04" w:rsidP="001C4713">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ONR </w:t>
       </w:r>
-      <w:r w:rsidR="00004C16" w:rsidRPr="00004C16">
+      <w:r w:rsidR="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Record Ref. No.: </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00004C16" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2019/160692</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00004C16">
+        <w:t xml:space="preserve">ecord </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713" w:rsidRPr="001C4713">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>reference</w:t>
+      </w:r>
+      <w:r w:rsidR="00004C16" w:rsidRPr="001C4713">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:tooltip="ONRHH-822789359-20037" w:history="1">
+        <w:r w:rsidR="001C4713" w:rsidRPr="001C4713">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ONRHH-822789359-20037</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39BC0EA4" w14:textId="77777777" w:rsidR="00420A11" w:rsidRDefault="00420A11" w:rsidP="00323E71"/>
-    <w:p w14:paraId="60620DC1" w14:textId="587A9531" w:rsidR="00AB33C2" w:rsidRDefault="00AB33C2" w:rsidP="00AB33C2">
+    <w:p w14:paraId="60620DC1" w14:textId="2A07AC27" w:rsidR="00AB33C2" w:rsidRDefault="00AB33C2" w:rsidP="00AB33C2">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Table </w:t>
-[...8 lines deleted...]
-      </w:fldSimple>
+        <w:t xml:space="preserve">Revision </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:t>c</w:t>
+      </w:r>
       <w:r>
-        <w:t>: Revision Commentary</w:t>
+        <w:t>ommentary</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ONRTable1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="10" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1408"/>
-        <w:gridCol w:w="8328"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="7667"/>
       </w:tblGrid>
       <w:tr w:rsidR="00595C8C" w:rsidRPr="00196F04" w14:paraId="116B87DF" w14:textId="77777777" w:rsidTr="00AB33C2">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72366D01" w14:textId="5285E8FF" w:rsidR="00595C8C" w:rsidRPr="00196F04" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00196F04">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Issue</w:t>
             </w:r>
             <w:r w:rsidR="004E3932" w:rsidRPr="00196F04">
@@ -749,1112 +750,1194 @@
             <w:tcW w:w="1408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E3C3C9C" w14:textId="2B369877" w:rsidR="00AB33C2" w:rsidRDefault="00AB33C2" w:rsidP="00595C8C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57EDEE4F" w14:textId="476DA96E" w:rsidR="00AB33C2" w:rsidRPr="00AB33C2" w:rsidRDefault="00AB33C2" w:rsidP="00595C8C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>Format update – content transferred across to latest TIG template.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="001C4713" w14:paraId="113C063A" w14:textId="77777777" w:rsidTr="00AB33C2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1408" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FA4FD7" w14:textId="65AD55DC" w:rsidR="001C4713" w:rsidRDefault="001C4713" w:rsidP="00595C8C">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D5C6E4" w14:textId="7E5B1BB8" w:rsidR="001C4713" w:rsidRDefault="001C4713" w:rsidP="00595C8C">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Minor update to extend scheduled review date to account for internal review. Minor formatting updates.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="1FDB4B56" w14:textId="6C10B266" w:rsidR="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00323E71">
       <w:pPr>
-        <w:sectPr w:rsidR="00595C8C" w:rsidSect="004C4891">
-          <w:headerReference w:type="even" r:id="rId11"/>
+        <w:sectPr w:rsidR="00595C8C" w:rsidSect="001C4713">
           <w:headerReference w:type="default" r:id="rId12"/>
-          <w:footerReference w:type="even" r:id="rId13"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AE5EE98" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00EE0C77" w:rsidRDefault="00267815" w:rsidP="00EE0C77">
-[...22 lines deleted...]
-        </w:tabs>
+    <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="1" w:name="_Toc121820584" w:displacedByCustomXml="next"/>
+    <w:sdt>
+      <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
         </w:rPr>
-      </w:pPr>
-[...90 lines deleted...]
-        </w:tabs>
+        <w:id w:val="-860513234"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...785 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId20"/>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="210B27B9" w14:textId="1B174266" w:rsidR="001C4713" w:rsidRPr="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOCHeading"/>
+            <w:rPr>
+              <w:sz w:val="48"/>
+              <w:szCs w:val="48"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="001C4713">
+            <w:rPr>
+              <w:sz w:val="48"/>
+              <w:szCs w:val="48"/>
+            </w:rPr>
+            <w:t>Contents</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="521A3E4B" w14:textId="7B98E601" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc211521921" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521921 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="53D4A7CD" w14:textId="671D8ACE" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521922" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Purpose and scope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521922 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2036342C" w14:textId="32E78AF6" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521923" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>The Ionising Radiation Regulations 2017 (IRR17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521923 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5A7C4783" w14:textId="385E0192" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521924" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Working-level arrangements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521924 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6CD04A06" w14:textId="03870059" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521925" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Liaison</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521925 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0DB4B56E" w14:textId="420FCF33" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521926" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Enforcement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521926 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="68A0EA24" w14:textId="7463D883" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521927" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Exchange of information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521927 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0043553A" w14:textId="0CB76A4B" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521928" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Cost recovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521928 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="322945FF" w14:textId="7B601925" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521929" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Disclosure of information / media enquiries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521929 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="746F1CC1" w14:textId="26C08A78" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521930" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>References</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521930 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="65AF0D86" w14:textId="10792075" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521931" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>List of acronyms and abbreviations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521931 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="07A6BFCD" w14:textId="307B7D65" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc211521932" w:history="1">
+            <w:r w:rsidRPr="00321F56">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Appendix A - Working Level arrangements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc211521932 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="43FFABFD" w14:textId="0C866682" w:rsidR="001C4713" w:rsidRDefault="001C4713">
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="49A343A8" w14:textId="77777777" w:rsidR="001C4713" w:rsidRDefault="001C4713" w:rsidP="00223090">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="001C4713" w:rsidSect="001C4713">
+          <w:headerReference w:type="even" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:footerReference w:type="even" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A875A4" w14:textId="7F61F835" w:rsidR="008D49A5" w:rsidRPr="00223090" w:rsidRDefault="008D49A5" w:rsidP="00223090">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc121820584"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc211521921"/>
       <w:r w:rsidRPr="00223090">
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="09174348" w14:textId="37352BAB" w:rsidR="00741CF0" w:rsidRPr="00741CF0" w:rsidRDefault="00741CF0" w:rsidP="00741CF0">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc109727643"/>
-      <w:bookmarkStart w:id="3" w:name="_Hlk64448648"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc109727643"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk64448648"/>
       <w:r w:rsidRPr="00741CF0">
-        <w:t xml:space="preserve">In 2018, the Office for Nuclear Regulation (ONR) formally </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> a Memorandum of Understanding (MoU)</w:t>
+        <w:t>In 2018, the Office for Nuclear Regulation (ONR) formally entered into a Memorandum of Understanding (MoU)</w:t>
       </w:r>
       <w:r w:rsidR="007D25CE">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00741CF0">
         <w:t xml:space="preserve"> with the Health and Safety Executive (HSE) on effective regulation of the Ionising Radiations Regulations 2017 (IRR17) in relation to the transport of radioactive material arising from the transfer of enforcement responsibilities under IRR17 itself</w:t>
       </w:r>
       <w:r w:rsidR="00EF6BA0">
         <w:t xml:space="preserve"> (ref.</w:t>
       </w:r>
       <w:r w:rsidR="004C33BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1989287871"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004C33BA">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="004C33BA">
             <w:instrText xml:space="preserve"> CITATION ONR1814 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="004C33BA">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="004D30C3" w:rsidRPr="004D30C3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r w:rsidR="004C33BA">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF6BA0">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00741CF0">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="3BF61C86" w14:textId="77777777" w:rsidR="00741CF0" w:rsidRPr="00741CF0" w:rsidRDefault="00741CF0" w:rsidP="00741CF0">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00741CF0">
         <w:t xml:space="preserve">The MoU establishes the high-level working relationship between ONR and HSE. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E4C53D9" w14:textId="246479B1" w:rsidR="00741CF0" w:rsidRDefault="00741CF0" w:rsidP="00741CF0">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00741CF0">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="007D25CE">
         <w:t xml:space="preserve">Technical Inspection Guide (TIG) </w:t>
       </w:r>
       <w:r w:rsidRPr="00741CF0">
         <w:t xml:space="preserve">is for the reference of ONR and HSE staff to support effective cooperation and communication, and the delivery of both parties’ regulatory responsibilities. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9C4CF8" w14:textId="77777777" w:rsidR="004B00DA" w:rsidRPr="00AA78A4" w:rsidRDefault="004B00DA" w:rsidP="004B00DA">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="616F197D" w14:textId="10363FD1" w:rsidR="008D49A5" w:rsidRPr="00FA33FE" w:rsidRDefault="008D49A5" w:rsidP="004B00DA">
+    <w:p w14:paraId="616F197D" w14:textId="3203B069" w:rsidR="008D49A5" w:rsidRPr="00FA33FE" w:rsidRDefault="008D49A5" w:rsidP="004B00DA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc121820585"/>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc121820585"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc211521922"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00FA33FE">
         <w:t>Purpose</w:t>
       </w:r>
       <w:r w:rsidR="004B00DA">
-        <w:t xml:space="preserve"> and Scope</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004B00DA">
+        <w:t>cope</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="1983720C" w14:textId="22A9A2E3" w:rsidR="000C5F5A" w:rsidRDefault="000C5F5A" w:rsidP="00741CF0">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="008172D0">
         <w:t xml:space="preserve">To support inspectors undertaking compliance inspection, ONR produces a suite of guides to assist inspectors to make regulatory judgements and decisions in relation to the adequacy of compliance, and the safety of activities on the site. </w:t>
       </w:r>
       <w:r w:rsidR="005C3367" w:rsidRPr="005C3367">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="005C3367">
         <w:t>TIG</w:t>
       </w:r>
       <w:r w:rsidR="005C3367" w:rsidRPr="005C3367">
         <w:t xml:space="preserve"> has been prepared as a guide to inspections performed by ONR inspectors during which they judge the adequacy of licence condition compliance arrangements and their implementation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A16D238" w14:textId="3C8BB344" w:rsidR="004B00DA" w:rsidRPr="00C521B0" w:rsidRDefault="004B00DA" w:rsidP="004B00DA">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
@@ -1878,301 +1961,259 @@
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve"> relate principally to the enforcement responsibilities associated with IRR17 and the transport of radioactive material. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED9E361" w14:textId="7175DA27" w:rsidR="004B00DA" w:rsidRPr="00C521B0" w:rsidRDefault="004B00DA" w:rsidP="004B00DA">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">ONR and HSE will review the MoU </w:t>
       </w:r>
       <w:r w:rsidRPr="00B56285">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>no later than three years after signature</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D0474F" w14:textId="77777777" w:rsidR="00393151" w:rsidRDefault="004B00DA" w:rsidP="004B00DA">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-        <w:sectPr w:rsidR="00393151" w:rsidSect="00B82646">
+        <w:sectPr w:rsidR="00393151" w:rsidSect="001C4713">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="004828B0">
         <w:t>TIG</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve"> is subject to periodic amendment and review as appropriate, to ensure that working arrangements between ONR and HSE are relevant, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and proportionate. The ONR Team with responsibility for transport inspection activities will carry out any updating of this </w:t>
+        <w:t xml:space="preserve"> is subject to periodic amendment and review as appropriate, to ensure that working arrangements between ONR and HSE are relevant, deliverable and proportionate. The ONR Team with responsibility for transport inspection activities will carry out any updating of this </w:t>
       </w:r>
       <w:r w:rsidR="00B56285">
         <w:t>TIG</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C4C8ECC" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc115707860"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc121820586"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc115707860"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc121820586"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc211521923"/>
       <w:r w:rsidRPr="00C521B0">
         <w:lastRenderedPageBreak/>
         <w:t>The Ionising Radiation Regulations 2017 (IRR17)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="700EED91" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve">It is recognised that there are other regulatory bodies with enforcement responsibilities in relation to transport aspects of IRR17. This guidance relates only to HSE and ONR in relation to who takes the enforcement lead for IRR17 in relation to transport of radioactive material by road, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and inland waterway in Great Britain. </w:t>
+        <w:t xml:space="preserve">It is recognised that there are other regulatory bodies with enforcement responsibilities in relation to transport aspects of IRR17. This guidance relates only to HSE and ONR in relation to who takes the enforcement lead for IRR17 in relation to transport of radioactive material by road, rail and inland waterway in Great Britain. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07BCBC21" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve">In relation to IRR17, ONR is the enforcing authority in relation to civil transport of radioactive material in Great Britain by road, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and inland waterway. </w:t>
+        <w:t xml:space="preserve">In relation to IRR17, ONR is the enforcing authority in relation to civil transport of radioactive material in Great Britain by road, rail and inland waterway. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E89F98E" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve">In relation to IRR17, HSE is the enforcing authority in relation to defence transport of radioactive material in Great Britain by road, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and inland waterway.</w:t>
+        <w:t>In relation to IRR17, HSE is the enforcing authority in relation to defence transport of radioactive material in Great Britain by road, rail and inland waterway.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E37A5F0" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t>The overarching details relating to enforcement are laid out in the MoU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E5AAA5" w14:textId="3360958E" w:rsidR="00393151" w:rsidRPr="00393151" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">As independent regulators HSE and ONR is legally required by virtue of Section 96 of the Energy Act 2013 </w:t>
       </w:r>
       <w:r w:rsidR="0000531A">
         <w:t xml:space="preserve">(TEA13) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve">to </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and maintain arrangements to cooperate and exchange information with each other in connection with the carrying out of their respective regulatory functions. The MoU and actions arising from it are intended to fulfil that statutory requirement.</w:t>
+        <w:t>to enter into and maintain arrangements to cooperate and exchange information with each other in connection with the carrying out of their respective regulatory functions. The MoU and actions arising from it are intended to fulfil that statutory requirement.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2DED7C" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40D08091" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
+    <w:p w14:paraId="40D08091" w14:textId="51482A77" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc115707861"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc121820587"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc115707861"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc121820587"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc211521924"/>
       <w:r w:rsidRPr="00C521B0">
-        <w:t>Working-level Arrangements</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
+        <w:t xml:space="preserve">Working-level </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C521B0">
+        <w:t>rrangements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="19E101A3" w14:textId="366CD3E4" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">In accordance with Section 96(1) of </w:t>
       </w:r>
       <w:r w:rsidR="0000531A">
         <w:t>TEA13</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve">, ONR and HSE will seek to </w:t>
-[...3 lines deleted...]
-        <w:t>provide</w:t>
+        <w:t>, ONR and HSE will seek to provide</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
-        <w:t>assistance to</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> one another to support regulatory interventions, where appropriate.</w:t>
+        <w:t>assistance to one another to support regulatory interventions, where appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68087E37" w14:textId="14E304C5" w:rsidR="00393151" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">The detail of agreed working arrangements as they apply to a range of operational situations </w:t>
       </w:r>
       <w:r w:rsidR="00EF6BA0">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve"> detailed in Appendix A.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A7766D4" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28DEE012" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc115707862"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc121820588"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc115707862"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc121820588"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc211521925"/>
       <w:r w:rsidRPr="00C521B0">
         <w:t>Liaison</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="0946CF16" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve">It is vital that ONR and HSE inspectors liaise with one another </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> transport enforcement and matters arising where further action is required. This will be routinely achieved via the HSE/ONR Operational liaison forum which meets on a regular basis</w:t>
+        <w:t>It is vital that ONR and HSE inspectors liaise with one another in regard to transport enforcement and matters arising where further action is required. This will be routinely achieved via the HSE/ONR Operational liaison forum which meets on a regular basis</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:t>and directly as the situation dictates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C832979" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc115707863"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc121820589"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc115707863"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc121820589"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc211521926"/>
       <w:r w:rsidRPr="00C521B0">
         <w:lastRenderedPageBreak/>
         <w:t>Enforcement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="4EDB06C9" w14:textId="4B9E85F0" w:rsidR="00393151" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t>Both ONR and HSE will work together in line with the provisions of the Regulators’ Code to ensure that regulatory activities are consistent, coordinated and comprehensive and will ensure that</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:b/>
           <w:color w:val="4E4E4E"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:t>nforcement decisions relating to transport contraventions are made in consultation with the other, taking into account the others’ view and in accordance with the relevant organisations Enforcement Policy Statement</w:t>
       </w:r>
       <w:r w:rsidR="00EF6BA0">
         <w:t xml:space="preserve"> (ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2039354962"/>
           <w:citation/>
@@ -2230,61 +2271,69 @@
             </w:rPr>
             <w:t>[3]</w:t>
           </w:r>
           <w:r w:rsidR="00EF6BA0">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF6BA0">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3040721D" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43A0225D" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
+    <w:p w14:paraId="43A0225D" w14:textId="037AE2FA" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc115707864"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc121820590"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc115707864"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc121820590"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc211521927"/>
       <w:r w:rsidRPr="00C521B0">
-        <w:t>Exchange of Information</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+        <w:t xml:space="preserve">Exchange of </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C521B0">
+        <w:t>nformation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="71531F5A" w14:textId="5F78DAC3" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">The nature of information to be exchanged is detailed in </w:t>
       </w:r>
       <w:r w:rsidR="004D30C3">
         <w:t xml:space="preserve">ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1556042850"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004D30C3">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="004D30C3">
             <w:instrText xml:space="preserve"> CITATION ONR1813 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="004D30C3">
@@ -2345,264 +2394,276 @@
             <w:instrText xml:space="preserve"> CITATION ONR1813 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="008713FA">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="004D30C3" w:rsidRPr="004D30C3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[4]</w:t>
           </w:r>
           <w:r w:rsidR="008713FA">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00C521B0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2186F20A" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve">ONR and HSE do not share databases for the purposes of recording inspection or enforcement activity for respective </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> in relation to IRR17 and transport of radioactive material.  </w:t>
+        <w:t xml:space="preserve">ONR and HSE do not share databases for the purposes of recording inspection or enforcement activity for respective dutyholders in relation to IRR17 and transport of radioactive material.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51003A2E" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="008713FA">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10C4DAAB" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
+    <w:p w14:paraId="10C4DAAB" w14:textId="7A6B290F" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc115707865"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc121820591"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc115707865"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc121820591"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc211521928"/>
       <w:r w:rsidRPr="00C521B0">
-        <w:t>Cost Recovery</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+        <w:t xml:space="preserve">Cost </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C521B0">
+        <w:t>ecovery</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="6B05916F" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t>Although applicable to HSE, Fee for Intervention (FFI) is not applicable in relation to IRR17 transport enforcement undertaken by ONR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33668FCA" w14:textId="77777777" w:rsidR="00393151" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:sectPr w:rsidR="00393151" w:rsidSect="00B82646">
+        <w:sectPr w:rsidR="00393151" w:rsidSect="001C4713">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc115707866"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc115707866"/>
     </w:p>
-    <w:p w14:paraId="4FA93BD2" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
+    <w:p w14:paraId="4FA93BD2" w14:textId="2F171F51" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc121820592"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc121820592"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc211521929"/>
       <w:r w:rsidRPr="00C521B0">
         <w:lastRenderedPageBreak/>
-        <w:t>Disclosure of Information/Media Enquiries</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
+        <w:t xml:space="preserve">Disclosure of </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C521B0">
+        <w:t>nformation</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C521B0">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C521B0">
+        <w:t xml:space="preserve">edia </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C521B0">
+        <w:t>nquiries</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="2A68C1BB" w14:textId="77777777" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve">All requests for disclosure of information relevant to IRR17 </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> involved in transporting radioactive material should be directed to the relevant organisation based on enforcement responsibility. If either organisation is intending to disclose information relevant to the other, it will make the other aware of its intention prior to disclosure. </w:t>
+        <w:t xml:space="preserve">All requests for disclosure of information relevant to IRR17 dutyholders involved in transporting radioactive material should be directed to the relevant organisation based on enforcement responsibility. If either organisation is intending to disclose information relevant to the other, it will make the other aware of its intention prior to disclosure. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A64A76A" w14:textId="77777777" w:rsidR="00393151" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">For ONR, this is via </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00C521B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>contact@onr.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDCDFA1" w14:textId="2042B69F" w:rsidR="00393151" w:rsidRPr="00C521B0" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">For HSE, this is via </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00C521B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>http://www.hse.gov.uk/foi/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="60635A91" w14:textId="340C88F3" w:rsidR="001F492B" w:rsidRDefault="00393151" w:rsidP="00393151">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
-        <w:t xml:space="preserve">All media enquiries concerning ONR’s duty holders will be coordinated by ONR’s Communications Team. Similarly, media enquiries concerning HSE’s duty holders will be coordinated by HSE Media Centre. Where there is shared enforcement remit, considering the nature of the work undertaken, both organisations will liaise to ensure the other is aware </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> provide an appropriate response.</w:t>
+        <w:t>All media enquiries concerning ONR’s duty holders will be coordinated by ONR’s Communications Team. Similarly, media enquiries concerning HSE’s duty holders will be coordinated by HSE Media Centre. Where there is shared enforcement remit, considering the nature of the work undertaken, both organisations will liaise to ensure the other is aware so as to provide an appropriate response.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FEEAFA3" w14:textId="77777777" w:rsidR="009269D5" w:rsidRDefault="009269D5" w:rsidP="009269D5">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="19" w:name="_Toc121820593" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="28" w:name="_Toc211521930" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="29" w:name="_Toc121820593" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="1248839090"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Bibliographies"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="75F84B10" w14:textId="355BFE4D" w:rsidR="0053636D" w:rsidRDefault="0053636D" w:rsidP="0053636D">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="0"/>
             </w:numPr>
             <w:ind w:left="851" w:hanging="851"/>
           </w:pPr>
           <w:r>
             <w:t>References</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="29"/>
+          <w:bookmarkEnd w:id="28"/>
         </w:p>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-573587230"/>
             <w:bibliography/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="7E434ACB" w14:textId="77777777" w:rsidR="0053636D" w:rsidRDefault="0053636D">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:fldChar w:fldCharType="begin"/>
               </w:r>
               <w:r>
                 <w:instrText xml:space="preserve"> BIBLIOGRAPHY </w:instrText>
               </w:r>
               <w:r>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
             </w:p>
             <w:tbl>
               <w:tblPr>
                 <w:tblW w:w="5000" w:type="pct"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 <w:tblCellMar>
                   <w:top w:w="15" w:type="dxa"/>
                   <w:left w:w="15" w:type="dxa"/>
                   <w:bottom w:w="15" w:type="dxa"/>
                   <w:right w:w="15" w:type="dxa"/>
                 </w:tblCellMar>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPr>
               <w:tblGrid>
                 <w:gridCol w:w="342"/>
-                <w:gridCol w:w="9404"/>
+                <w:gridCol w:w="8684"/>
               </w:tblGrid>
               <w:tr w:rsidR="0053636D" w14:paraId="417A958A" w14:textId="77777777">
                 <w:trPr>
                   <w:divId w:val="2052921317"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
                   <w:p w14:paraId="42BA7E3B" w14:textId="47C57C6D" w:rsidR="0053636D" w:rsidRDefault="0053636D">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
                       <w:rPr>
                         <w:noProof/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[1] </w:t>
                     </w:r>
@@ -2776,128 +2837,121 @@
                   <w:noProof/>
                 </w:rPr>
               </w:pPr>
             </w:p>
             <w:p w14:paraId="51649A73" w14:textId="7272B378" w:rsidR="0053636D" w:rsidRDefault="0053636D">
               <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:noProof/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="597ED59B" w14:textId="77777777" w:rsidR="005F3442" w:rsidRDefault="005F3442" w:rsidP="00384A32">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:sectPr w:rsidR="005F3442" w:rsidSect="00B82646">
+        <w:sectPr w:rsidR="005F3442" w:rsidSect="001C4713">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B4C84D8" w14:textId="77777777" w:rsidR="00384A32" w:rsidRDefault="00384A32" w:rsidP="00384A32">
+    <w:p w14:paraId="1B4C84D8" w14:textId="69D9A200" w:rsidR="00384A32" w:rsidRDefault="001C4713" w:rsidP="00384A32">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc121820594"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc121820594"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc211521931"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Glossary and Abbreviations</w:t>
-[...21 lines deleted...]
-      </w:r>
+        <w:t>List of acronyms and a</w:t>
+      </w:r>
+      <w:r w:rsidR="00384A32">
+        <w:t>bbreviations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ONRTable1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="3" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2125"/>
-        <w:gridCol w:w="7621"/>
+        <w:gridCol w:w="1968"/>
+        <w:gridCol w:w="7058"/>
       </w:tblGrid>
       <w:tr w:rsidR="00384A32" w:rsidRPr="00384A32" w14:paraId="36640108" w14:textId="77777777" w:rsidTr="00384A32">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1090" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="420EC51C" w14:textId="6D8F1C77" w:rsidR="00384A32" w:rsidRPr="00384A32" w:rsidRDefault="00384A32" w:rsidP="00B605A9">
+          <w:p w14:paraId="420EC51C" w14:textId="6A25AB39" w:rsidR="00384A32" w:rsidRPr="00384A32" w:rsidRDefault="00384A32" w:rsidP="00B605A9">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00384A32">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Term/Acronym</w:t>
+              <w:t>Acronym</w:t>
+            </w:r>
+            <w:r w:rsidR="001C4713">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Abbrev.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3910" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4BAC91D9" w14:textId="4CF8575D" w:rsidR="00384A32" w:rsidRPr="00384A32" w:rsidRDefault="00384A32" w:rsidP="00B605A9">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00384A32">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
@@ -2956,65 +3010,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C521B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>BEIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3910" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="15CB8D80" w14:textId="77777777" w:rsidR="00384A32" w:rsidRPr="00C521B0" w:rsidRDefault="00384A32" w:rsidP="00B605A9">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C521B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Department for Business, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> and Industrial Strategy</w:t>
+              <w:t>Department for Business, Energy and Industrial Strategy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00384A32" w:rsidRPr="00C521B0" w14:paraId="0AF6E1E6" w14:textId="77777777" w:rsidTr="00384A32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1090" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="48F230AA" w14:textId="77777777" w:rsidR="00384A32" w:rsidRPr="00C521B0" w:rsidRDefault="00384A32" w:rsidP="00B605A9">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C521B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>CAA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3517,96 +3557,98 @@
           <w:p w14:paraId="20E0D75C" w14:textId="017ED743" w:rsidR="00CD438B" w:rsidRPr="00C521B0" w:rsidRDefault="00CD438B" w:rsidP="00B605A9">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD438B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Technical Inspection Guide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4960A7B1" w14:textId="1D31D1DB" w:rsidR="00384A32" w:rsidRDefault="00384A32" w:rsidP="00384A32">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
-        <w:sectPr w:rsidR="00384A32" w:rsidSect="00B82646">
+        <w:sectPr w:rsidR="00384A32" w:rsidSect="001C4713">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61F0B432" w14:textId="2C34157E" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
+    <w:p w14:paraId="61F0B432" w14:textId="73837E11" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc115707867"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc121820595"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc115707867"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc121820595"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc211521932"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="_Toc109727648"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc109727648"/>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">Working </w:t>
       </w:r>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:t xml:space="preserve">evel </w:t>
       </w:r>
-      <w:r>
-        <w:t>A</w:t>
+      <w:r w:rsidR="001C4713">
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:t>rrangements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="4023E332" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>TIG</w:t>
       </w:r>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> details a range of foreseeable operational circumstances and highlights where ONR and where HSE are likely to have the IRR17 enforcement lead in relation to radioactive material being transported or moved. </w:t>
@@ -3629,99 +3671,71 @@
     <w:p w14:paraId="616755BC" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">HSE has nominated operational leads for this work, as does ONR, and issues or concerns inspectors have should be channelled via their respective operational lead in the first instance.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5450FB84" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inspectors should consider the following general pointers when seeking to assess who (between HSE and ONR only) takes the enforcement lead for IRR17 in relation to transport of radioactive material by road, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and inland waterway in Great Britain. </w:t>
+        <w:t xml:space="preserve">Inspectors should consider the following general pointers when seeking to assess who (between HSE and ONR only) takes the enforcement lead for IRR17 in relation to transport of radioactive material by road, rail and inland waterway in Great Britain. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41CDD836" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="714" w:right="108" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Transport is defined in IRR17 Regulation 2(1) as carriage on a road or through another public place (whether on a conveyance or not) or by rail, inland waterway, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> or air. </w:t>
+        <w:t xml:space="preserve">Transport is defined in IRR17 Regulation 2(1) as carriage on a road or through another public place (whether on a conveyance or not) or by rail, inland waterway, sea or air. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10EC609E" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="714" w:right="108" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">In-transit storage is a “pause” in the journey and constitutes “transport”. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57434E6F" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -3757,227 +3771,194 @@
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Transport extends from any preparatory process (such as packaging) until the material has been unloaded at its destination, so this includes in-transit storage. Where transport ceases will be a matter of inspectors’ judgement, based on circumstances however it is likely that transport will continue until the goods have been properly received by the consignee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F70BAF6" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="714" w:right="108" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">ONR is the enforcing authority for civil transport of radioactive material transported by road, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and inland waterway, including in-transit storage. Civil transport is transport other than for the purposes of defence. ‘Road’ is defined in The Health and Safety (Enforcing Authority) Regulations 1998 (EAR) and relates to those which are accessible to the public. </w:t>
+        <w:t xml:space="preserve">ONR is the enforcing authority for civil transport of radioactive material transported by road, rail and inland waterway, including in-transit storage. Civil transport is transport other than for the purposes of defence. ‘Road’ is defined in The Health and Safety (Enforcing Authority) Regulations 1998 (EAR) and relates to those which are accessible to the public. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C134AD" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="714" w:right="108" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">HSE is the enforcing authority for all transport of radioactive material by road, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and inland waterway, including in-transit storage, where transport is for defence purposes. “Defence purposes” is not defined in relevant legislation, however; see (g) below.</w:t>
+        <w:t>HSE is the enforcing authority for all transport of radioactive material by road, rail and inland waterway, including in-transit storage, where transport is for defence purposes. “Defence purposes” is not defined in relevant legislation, however; see (g) below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290EAB5D" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
+    <w:p w14:paraId="03D57E26" w14:textId="77777777" w:rsidR="001C4713" w:rsidRDefault="001C4713" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="714" w:right="108" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-      </w:r>
+        <w:sectPr w:rsidR="001C4713" w:rsidSect="001C4713">
+          <w:headerReference w:type="even" r:id="rId20"/>
+          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:footerReference w:type="even" r:id="rId22"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="32D0D272" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
+    <w:p w14:paraId="290EAB5D" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="714" w:right="108" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Where intended civil transport of radioactive material involves transport by road at any stage, ONR is likely to be the enforcing authority.</w:t>
+        <w:t>In relation to IRR17 and what is and is not transport for defence purposes, it is irrelevant what is being transported – it is the purpose of the transport that is relevant. If an item can have both a civil or military use, the enforcing authority for any particular journey will depend on the purposes of the transport.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10263A15" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
+    <w:p w14:paraId="32D0D272" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="714" w:right="108" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>Where the intended journey relates to civil transport and involves only transport by pedestrian, with or without the use of any associated conveyance, HSE is likely to be the enforcing authority.</w:t>
+        <w:t>Where intended civil transport of radioactive material involves transport by road at any stage, ONR is likely to be the enforcing authority.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="017B05AE" w14:textId="77777777" w:rsidR="009E07AA" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
+    <w:p w14:paraId="10263A15" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="714" w:right="108" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E07AA">
+      <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>Whereas ‘transport’ is defined in Regulation 2, there is no IRR17 definition of ‘movement</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> but the terms are distinct and different. Transport covers all conveyance through public places. The inferred meaning of movement is conveyance through a place to which there is some public access restriction. </w:t>
+        <w:t>Where the intended journey relates to civil transport and involves only transport by pedestrian, with or without the use of any associated conveyance, HSE is likely to be the enforcing authority.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75A20AB4" w14:textId="084CB2FB" w:rsidR="001F492B" w:rsidRPr="009E07AA" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
+    <w:p w14:paraId="017B05AE" w14:textId="77777777" w:rsidR="009E07AA" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="714" w:right="108" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E07AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
+        <w:t xml:space="preserve">Whereas ‘transport’ is defined in Regulation 2, there is no IRR17 definition of ‘movement’ but the terms are distinct and different. Transport covers all conveyance through public places. The inferred meaning of movement is conveyance through a place to which there is some public access restriction. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A20AB4" w14:textId="084CB2FB" w:rsidR="001F492B" w:rsidRPr="009E07AA" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:left="714" w:right="108" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E07AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>HSE is likely to be the enforcing authority for movement other than where this takes place on nuclear premises. ONR is the enforcing authority for movement on nuclear premises.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64819419" w14:textId="6677AB36" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="005033AB" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>The following tables</w:t>
       </w:r>
       <w:r w:rsidR="001F492B" w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide a range of operational scenarios and likely enforcement roles, along with supplementary considerations to assist inspectors. Scenarios are based on collective operational experience. Although the discussion focuses on requirements of IRR17, other relevant radiation legislation is referenced as appropriate in the Basis of Understanding/Supplementary Information section to assist inspectors, although it should be noted that references to legislation are not exhaustive.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A1B74E6" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
@@ -4002,96 +3983,106 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>As well as being the enforcing authority for IRR17 in relation to defence transport by road and rail, HSE is also the enforcing authority for a range of other IRR17 practices (processing, production, storage, holding, use of radioactive substances) so where ONR inspectors have concerns in these areas, arising from inspections or otherwise, these should also be forwarded to HSE as appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11031B30" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Of relevance to transport, it should be noted that HSE is the appropriate authority in relation to suspected overexposure (Reg 26) and notification of certain occurrences (Reg 31) that involve spill or release of material, or loss or theft of radioactive substances, where these take place other than on nuclear premises. HSE is also clearly the authority in relation to a range of other regulatory requirements such as medical appeals, approval of dosimetry services, specifying criteria of competence for Radiation Protection Advisers (RPAs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E3F34E" w14:textId="77777777" w:rsidR="00384A32" w:rsidRDefault="00384A32" w:rsidP="001F492B">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00384A32" w:rsidSect="00B82646">
-[...2 lines deleted...]
-          <w:footerReference w:type="even" r:id="rId25"/>
+        <w:sectPr w:rsidR="00384A32" w:rsidSect="001C4713">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AD83E6B" w14:textId="023D6573" w:rsidR="00384A32" w:rsidRDefault="00384A32" w:rsidP="00384A32">
+    <w:p w14:paraId="2AD83E6B" w14:textId="00661022" w:rsidR="00384A32" w:rsidRDefault="00384A32" w:rsidP="00384A32">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00E26789">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F97D1D">
         <w:t>Operational scenarios typically relating to radioactive material at airports and seaports</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ONRTable1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2575"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4874"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="2122"/>
+        <w:gridCol w:w="4514"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C3771E" w:rsidRPr="00344153" w14:paraId="37E370BE" w14:textId="77777777" w:rsidTr="00C3771E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="733"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="768ECFB7" w14:textId="03AEB525" w:rsidR="001F492B" w:rsidRPr="00344153" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
@@ -4428,81 +4419,65 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>i.e.,</w:t>
             </w:r>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> airside through all </w:t>
             </w:r>
             <w:r w:rsidR="00933F8A" w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ground-based</w:t>
             </w:r>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> operations, until the recognised interface with CAA is reached (as detailed in current HSE/HSENI/CAA </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> operations, until the recognised interface with CAA is reached (as detailed in current HSE/HSENI/CAA MoU</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD4104">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MoU</w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> associated guidance CAP1484). This aligns with the BEIS policy intent for ONR to enforce where HSE did previously in relation to IRR99. </w:t>
+              <w:t xml:space="preserve"> and associated guidance CAP1484). This aligns with the BEIS policy intent for ONR to enforce where HSE did previously in relation to IRR99. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CF65C57" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00344153" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ONR would take the IRR17 enforcing remit in IRR17 in relation to exposure of ground handling staff and passengers. Crew exposure is a matter for CAA.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52414075" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00344153" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -4689,67 +4664,51 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>There are many reasons why a package containing radioactive material can get stuck; for example, it may be inappropriately labelled, radioactive contents have not been declared or declared incorrectly, or the package is damaged requiring re-packing. Assuming the package continues its intended journey, ONR would retain enforcement responsibility for IRR17 and transport.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FEA9780" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00344153" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Where a package can no longer make its original journey because a consignee no longer wishes to accept it, such as contaminated steel items, alternative transport arrangements may be required. ONR would retain enforcement responsibility for the new transport arrangements. Where it is clear material can neither make its original journey, nor are there alternative transport arrangements planned, then in these circumstances there is scope for enforcement responsibility to switch to HSE as material may </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> in temporary storage. </w:t>
+              <w:t xml:space="preserve">Where a package can no longer make its original journey because a consignee no longer wishes to accept it, such as contaminated steel items, alternative transport arrangements may be required. ONR would retain enforcement responsibility for the new transport arrangements. Where it is clear material can neither make its original journey, nor are there alternative transport arrangements planned, then in these circumstances there is scope for enforcement responsibility to switch to HSE as material may be considered to be in temporary storage. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35C2D15B" w14:textId="070AD318" w:rsidR="00344153" w:rsidRPr="00344153" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Note: May also involve Environment Agencies as storage could well exceed the 2-week period generally allowed to avoid the need for permit/authorisation under environmental legislation governing radioactive material.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00344153" w14:paraId="41FE787B" w14:textId="77777777" w:rsidTr="009E07AA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="297"/>
         </w:trPr>
@@ -4908,50 +4867,51 @@
           <w:trHeight w:val="2954"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="521FD240" w14:textId="6BB78467" w:rsidR="00150735" w:rsidRPr="00344153" w:rsidRDefault="00150735" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="306" w:hanging="284"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>b) Suspect package identified via Operation Cyclamen coming into country and quarantined by UK Border Force for further examination, package opened, and</w:t>
             </w:r>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>contents may be spilled</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1176" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
             </w:tcBorders>
@@ -5024,90 +4984,73 @@
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1A4AD2B3" w14:textId="00713095" w:rsidR="001F492B" w:rsidRPr="00344153" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>In connection with airports and seaports</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4381CA82" w14:textId="5356EE78" w:rsidR="001F492B" w:rsidRPr="00344153" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="596"/>
                 <w:tab w:val="left" w:pos="880"/>
                 <w:tab w:val="left" w:pos="1163"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="738"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00344153">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inappropriately packaged radioactive material in cargo hold on aircraft arriving </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> the UK</w:t>
+              <w:t>Inappropriately packaged radioactive material in cargo hold on aircraft arriving into the UK</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00344153" w14:paraId="2EAFDA5E" w14:textId="77777777" w:rsidTr="00C3771E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2954"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CEE67E8" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00344153" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -5547,66 +5490,57 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C3771E" w:rsidRPr="00344153" w14:paraId="5F0F113B" w14:textId="77777777" w:rsidTr="00C3771E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2954"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="666C3436" w14:textId="20A8A455" w:rsidR="00C3771E" w:rsidRPr="004450BB" w:rsidRDefault="00C3771E" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004450BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ulk</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> ore (zircon sands) arriving at UK port by sea for onward transport to manufacturing plant for use.</w:t>
+              <w:t>ulk ore (zircon sands) arriving at UK port by sea for onward transport to manufacturing plant for use.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="399E5BB3" w14:textId="77777777" w:rsidR="00C3771E" w:rsidRPr="00344153" w:rsidRDefault="00C3771E" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1176" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="601BE976" w14:textId="77777777" w:rsidR="00C3771E" w:rsidRPr="004450BB" w:rsidRDefault="00C3771E" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
@@ -5629,173 +5563,162 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="29D838A6" w14:textId="77777777" w:rsidR="00C3771E" w:rsidRPr="004450BB" w:rsidRDefault="00C3771E" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004450BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">HSE and ONR have agreed that ONR will generally have enforcement responsibility for the entirety of land-based civil transport of radioactive material where that transport involves an element of transport by public road in GB. This means that ONR will be the enforcing authority for transfer through a restricted access location, such as dockside, and onwards to the </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (and vice-versa).</w:t>
+              <w:t>HSE and ONR have agreed that ONR will generally have enforcement responsibility for the entirety of land-based civil transport of radioactive material where that transport involves an element of transport by public road in GB. This means that ONR will be the enforcing authority for transfer through a restricted access location, such as dockside, and onwards to the final destination (and vice-versa).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6701F78B" w14:textId="77777777" w:rsidR="00C3771E" w:rsidRPr="004450BB" w:rsidRDefault="00C3771E" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004450BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Inspectors should be mindful of requirements of the Dangerous Goods in Harbour Areas Regulations 2016 (DGHAR16). HSE and Harbour Authorities have enforcement responsibilities in relation to DGHAR16. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69619146" w14:textId="51827506" w:rsidR="00C3771E" w:rsidRPr="00344153" w:rsidRDefault="00C3771E" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004450BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>The Harbour Authority may need to regulate the movement of radioactive material within the harbour area where this creates a risk to health and safety. This may mean that IRR17 applies to these limited circumstances within an access restricted area and given there may be no journey by public road associated with the party moving the load at this time, such as a berth operator, HSE would enforce in relation to IRR17 and this movement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:tbl>
     <w:p w14:paraId="66ACA406" w14:textId="77777777" w:rsidR="00F601B8" w:rsidRDefault="00F601B8" w:rsidP="00F601B8">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69424568" w14:textId="77777777" w:rsidR="00F601B8" w:rsidRDefault="00F601B8" w:rsidP="00F601B8">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
-        <w:sectPr w:rsidR="00F601B8" w:rsidSect="00B82646">
+        <w:sectPr w:rsidR="00F601B8" w:rsidSect="001C4713">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AC8B201" w14:textId="79718D5B" w:rsidR="00F601B8" w:rsidRDefault="00F601B8" w:rsidP="00F601B8">
+    <w:p w14:paraId="2AC8B201" w14:textId="61598D19" w:rsidR="00F601B8" w:rsidRDefault="00F601B8" w:rsidP="00F601B8">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00E26789">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="008C2C0F">
-        <w:t xml:space="preserve">Operational scenarios typically relating to hospitals, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and research establishments</w:t>
+        <w:t>Operational scenarios typically relating to hospitals, universities and research establishments</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2638"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="51"/>
+        <w:gridCol w:w="2443"/>
+        <w:gridCol w:w="2175"/>
+        <w:gridCol w:w="4351"/>
+        <w:gridCol w:w="47"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="7429DD7F" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="633"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1355" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
           </w:tcPr>
           <w:p w14:paraId="4DCDCF32" w14:textId="7C589814" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
@@ -5870,115 +5793,95 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Basis of understanding/supplementary information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="410727FD" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:trHeight w:val="561"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="052349DA" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">In connection with hospitals, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and research establishments</w:t>
+              <w:t>In connection with hospitals, universities and research establishments</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35D4D549" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">           Routine inter-departmental transfer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="28A0310B" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1355" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A95DFEA" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>a) Where a package is prepared for transport, and subsequently placed on a vehicle and taken on access restricted roads (on a campus) then on public roads.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72BBE707" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -5997,51 +5900,50 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>c) where a pedestrian transfers a package containing radioactive material between two University buildings through a public place with or without use of a conveyance.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28DADD47" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1206" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F67C641" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">a) ONR will lead. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B2DA72B" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -6123,82 +6025,65 @@
               </w:rPr>
               <w:t xml:space="preserve">c) </w:t>
             </w:r>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>HSE will lead in relation to IRR17 and transport.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73FC3657" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2439" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DBD8D5C" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">A package containing radioactive material taken through a public place, whether on a conveyance or not, constitutes transport.  ONR enforce in relation to civil transport of radioactive material by road, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> and inland waterway only. ‘Road’ is defined in EAR. </w:t>
+              <w:t xml:space="preserve">A package containing radioactive material taken through a public place, whether on a conveyance or not, constitutes transport.  ONR enforce in relation to civil transport of radioactive material by road, rail and inland waterway only. ‘Road’ is defined in EAR. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BE4CFAC" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Movement relates to access restricted places which could be on company premises, or on a university campus. HSE enforce in relation to movement on non-nuclear premises.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73FFDDBC" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -6303,174 +6188,138 @@
             <w:r w:rsidRPr="009E07AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>HSE and ONR have agreed that para 597 will not be used as working guidance on this matter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="769D39AC" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4974" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24864831" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">In connection with hospitals, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>In connection with hospitals, universities and research establishments</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E8C476F" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> inspection</w:t>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           Routine Radiopharmacy inspection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="29427E78" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1355" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08BA7F36" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Where preparing patient doses/vials and hence the package for:</w:t>
+              <w:t xml:space="preserve">Where preparing patient doses/vials </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>and hence the package for:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75AEFAAE" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">a) movement to other areas of the same </w:t>
-[...7 lines deleted...]
-              <w:t>hospital on the same premises.</w:t>
+              <w:t>a) movement to other areas of the same hospital on the same premises.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54D3CAAA" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C12B37F" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">b) transport to local hospitals/vets </w:t>
@@ -6479,372 +6328,319 @@
           <w:p w14:paraId="547D03E0" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B0A8210" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1206" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D2C89E9" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>In relation to IRR17,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70B39146" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33D91E45" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">a) preparation of the package and associated </w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>movement will be enforced by HSE.</w:t>
+              <w:t>a) preparation of the package and associated movement will be enforced by HSE.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B6B1003" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">b) preparation of the package and associated transport will be enforced by ONR </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45521FDA" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A9CC316" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692258">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: Medical Exposures aspects of IRR17 moved to Department of Health and Devolved Administrations in relation to enforcement. </w:t>
+              <w:t xml:space="preserve">: Medical Exposures aspects of IRR17 moved to Department of Health </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">and Devolved Administrations in relation to enforcement. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AF51B79" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="582BF428" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="6849A735" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4974" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76FA968F" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">In connection with hospitals, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>In connection with hospitals, universities and research establishments</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="066EEB68" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> adverse events</w:t>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           Specific radiopharmacy adverse events</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="451F3390" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1355" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CA07F75" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>a) Failure in QA procedures, such as dose calibrator fails, which has dose consequences for employees during preparation, employees that are subsequent drivers/carriers when material moved by road, or 3</w:t>
             </w:r>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> party carriers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1206" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64469839" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Both HSE and ONR likely to have enforcing remits here. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="034AB221" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">HSE enforcing remit covers occupational exposure consequences for workers in the </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">HSE enforcing remit covers occupational exposure consequences for workers in the Radiopharmacy. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63A05349" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR remit includes preparatory process relating to subsequent transport. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18A7F350" w14:textId="4F0527E1" w:rsidR="00C34716" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="009E07AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -6858,233 +6654,180 @@
             </w:r>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> party or otherwise) could fall to either, but most obviously transport related so most likely to be ONR that lead in this area.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E2DFBBB" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">HSE and ONR have agreed that preparation of vial contents could be an appropriate starting point for the ‘transport’ practice, as this marks the start of preparation of packaging however a range of tasks within the range of </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> operations could readily be considered as practices as well; handling/storage of generators for instance. A task may not be just one practice in isolation. Both HSE and ONR will have a legitimate enforcement interest in these circumstances. To try to establish an absolute boundary between what HSE and ONR enforce here will result in unhelpful operational constraints.</w:t>
+              <w:t>HSE and ONR have agreed that preparation of vial contents could be an appropriate starting point for the ‘transport’ practice, as this marks the start of preparation of packaging however a range of tasks within the range of radiopharmacy operations could readily be considered as practices as well; handling/storage of generators for instance. A task may not be just one practice in isolation. Both HSE and ONR will have a legitimate enforcement interest in these circumstances. To try to establish an absolute boundary between what HSE and ONR enforce here will result in unhelpful operational constraints.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="186FDCCF" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4974" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5909F440" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">In connection with hospitals, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>In connection with hospitals, universities and research establishments</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DEC2C64" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> adverse events</w:t>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           Specific Radiopharmacy adverse events</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="2491F768" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="2434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1355" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56E30601" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">a) A patient dose/vial is prepared for transport, but the journey does not </w:t>
             </w:r>
             <w:r w:rsidR="00F601B8" w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>start,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> and material is subsequently decay stored instead pending disposal.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1676BB02" w14:textId="13D7BFBA" w:rsidR="009E07AA" w:rsidRPr="00F601B8" w:rsidRDefault="009E07AA" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1206" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1060B7EC" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">HSE takes the IRR17 lead in relation to this temporary storage. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D93FD53" w14:textId="77777777" w:rsidR="009E07AA" w:rsidRDefault="009E07AA" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -7119,207 +6862,183 @@
           <w:p w14:paraId="16782A42" w14:textId="77777777" w:rsidR="009E07AA" w:rsidRDefault="009E07AA" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63F0EBFB" w14:textId="1D6067BB" w:rsidR="009E07AA" w:rsidRPr="00F601B8" w:rsidRDefault="009E07AA" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C99D520" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00692258">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>This is not in-transit storage, so is not transport, as the package now has no planned transport associated with its preparation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="733E5B2A" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="541"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4974" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0ECD0EE6" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> and research establishments</w:t>
+              <w:t>In connection with hospitals, universities and research establishments</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BC15748" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">           Decommissioning of medical equipment and transport of associated sources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="326064AA" w14:textId="77777777" w:rsidTr="004E6D83">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="2534"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1355" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E27C495" w14:textId="28742F62" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Decommissioning a teletherapy unit, source transport and disposal project – shielding plug found to be missing after road transport to disposal facility.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1206" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34B0F779" w14:textId="7955BEC9" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR is the most likely enforcing authority for IRR17 and transport here given that the central issue surrounds inappropriate preparation of packaging.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0412B381" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Transport begins with any preparatory process (such as packaging) and ends with the package being unloaded at its destination in accordance with EAR. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C7D0778" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -7350,101 +7069,99 @@
             </w:r>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>: There could be scope for Health and Safety at Work etc Act 1974 Section 6 enforcement action to be taken by HSE depending on the facts of the case.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="59033B7C" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4974" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26979B60" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>In connection with hospitals, universities, and research establishments</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2130679A" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">          Collection of radioactive waste/spent generators</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="14469148" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1355" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C0DFB41" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>a) Radioactive waste collected by a carrier from hospitals, and according to transport documentation, consignee (with incinerator) located elsewhere. Carrier storing collected waste on own site for reasons unknown for protracted period.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F6CEC70" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
@@ -7456,51 +7173,50 @@
           <w:p w14:paraId="40B78065" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">b) Carrier deliberately decay storing radiation generators at request of supplier to enable bulk transport of excepted packages or exempt material </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1206" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AC57855" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">a) The reason the carrier is storing the waste needs to be understood, and until this time HSE and ONR should work together in any associated investigation. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64A64652" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -7539,477 +7255,459 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>b) HSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43B57C26" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>If this is deemed in-transit storage then IRR17 applies to the carrier when material is being transported from hospital, any in-transit storage and through to destination. ONR will have enforcement responsibility of IRR17 and transport.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E2388DE" w14:textId="6DB1E659" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>If the waste is being decay stored, or stored pending transport elsewhere for incineration, then this may not be in-transit storage, and HSE may be the relevant enforcing authority.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="6493A150" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="628"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4974" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72402875" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>In connection with hospitals, universities, and research establishments</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="225CFE47" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Patient taxi transfers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00F601B8" w14:paraId="1A78753F" w14:textId="77777777" w:rsidTr="004450BB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="26" w:type="pct"/>
           <w:trHeight w:val="628"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1355" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EA06AC2" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">A hospital administers radioactive material to patients who have travelled from abroad or from long distances within the UK. The patients are permitted to leave the hospital after a certain number of hours, but as they have </w:t>
-[...7 lines deleted...]
-              <w:t>travelled long distances for treatment, they are transferred by taxi to serviced apartments near to the hospital rather than return home immediately.</w:t>
+              <w:t>A hospital administers radioactive material to patients who have travelled from abroad or from long distances within the UK. The patients are permitted to leave the hospital after a certain number of hours, but as they have travelled long distances for treatment, they are transferred by taxi to serviced apartments near to the hospital rather than return home immediately.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1206" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B2C4F25" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>HSE and ONR have agreed that HSE, as the enforcing authority for IRR17 for hospitals will include RRAs and contingency plans for patient taxi transfers as part of their inspections.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DE520E6" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>This reflects ONR has IRR17 transport vires due to CDG09 (which does not apply to patient taxi transfers).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A2BE4F5" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F601B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">CDG09 applies to ‘carriage of goods’ by road. CDG09 Regulation 5 requires dutyholders to adhere to ADR plus some additional requirements. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10FB56D6" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CDG09 Reg 5: No person is to carry dangerous goods, or cause or permit dangerous goods to be carried, where that carriage is prohibited by ADR or RID, including where that carriage does not comply with any applicable requirement of ADR or RID.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="153EFC54" w14:textId="3F477E16" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>However, ADR 1.1.7.4 excludes:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C62D8EA" w14:textId="34BCDDBF" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(c) Radioactive material implanted or incorporated into a person or live animal for diagnosis or treatment; and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67285DE6" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(d) Radioactive material in or on a person who is to be transported for medical treatment because the person has been subject to accidental or deliberate intake of radioactive material or to contamination.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12A7390B" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Therefore, ADR does not apply to patient taxi transfers. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34441178" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>The additional requirements of CDG09 are as follows:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="325F0475" w14:textId="4F7C3440" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Regulation 24 and schedule 2 – radiation emergencies and notifiable events, which require a transport RRA be produced for transport of class 7 dangerous goods and used to inform the type of emergency arrangements. If a radiation emergency is possible (&gt;1mSv) a CDG09 emergency plan must be produced, if a radiation emergency is not possible IRR17 contingency arrangements are required.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="023ACA82" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The intent of CDG09 is not to consider patients to be ‘dangerous goods’ and therefore the requirements of Regulation 24 and schedule 2 of CDG09 do not apply. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24779413" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00F601B8" w:rsidRDefault="001F492B" w:rsidP="00F601B8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IRR17 requires a radiation risk assessment to be produced for patient taxi transfers and requires contingency plans to be produced. The Health and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F601B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">CDG09 applies to ‘carriage of goods’ by road. CDG09 Regulation 5 requires </w:t>
-[...167 lines deleted...]
-              <w:t xml:space="preserve">IRR17 requires a radiation risk assessment to be produced for patient taxi transfers and requires contingency plans to be produced. The Health and Safety (Enforcing Authority) Regulations 1998 states that ONR is the enforcing authority under IRR17 for the civil transport of radioactive material and therefore this applies to patients with radioactive material inside their bodies. </w:t>
+              <w:t xml:space="preserve">Safety (Enforcing Authority) Regulations 1998 states that ONR is the enforcing authority under IRR17 for the civil transport of radioactive material and therefore this applies to patients with radioactive material inside their bodies. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A36C24A" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41C8408A" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79D22791" w14:textId="77777777" w:rsidR="00C34716" w:rsidRDefault="00C34716" w:rsidP="00C34716">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
-        <w:sectPr w:rsidR="00C34716" w:rsidSect="00B82646">
+        <w:sectPr w:rsidR="00C34716" w:rsidSect="001C4713">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73E61035" w14:textId="1F00C621" w:rsidR="00C34716" w:rsidRDefault="00C34716" w:rsidP="00C34716">
+    <w:p w14:paraId="73E61035" w14:textId="4BBAAFA0" w:rsidR="00C34716" w:rsidRDefault="00C34716" w:rsidP="00C34716">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00E26789">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0076069C">
         <w:t>Operational scenarios relating to radioactive material in the public domain</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2765"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3721"/>
+        <w:gridCol w:w="2560"/>
+        <w:gridCol w:w="3010"/>
+        <w:gridCol w:w="3446"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F492B" w:rsidRPr="004E6D83" w14:paraId="3C1F79F3" w14:textId="77777777" w:rsidTr="004E6D83">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="865"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
           </w:tcPr>
           <w:p w14:paraId="2B270CB0" w14:textId="7DEFF7E2" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
@@ -8098,51 +7796,50 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>supplementary information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="004E6D83" w14:paraId="426C047C" w14:textId="77777777" w:rsidTr="004E6D83">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E962D6E" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>In connection with events in the public domain</w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
@@ -8168,215 +7865,179 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Package left in public place</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="004E6D83" w14:paraId="05DCB66A" w14:textId="77777777" w:rsidTr="004E6D83">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44F4E98F" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Package containing radioactive material left in public place </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (failed) in-transit transfer of packages between 3</w:t>
+              <w:t>Package containing radioactive material left in public place as a consequence of (failed) in-transit transfer of packages between 3</w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> party carrier vehicles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02B0DBA2" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR is most appropriate enforcing authority to lead investigation as this is transport, even though there has been an unintentional pause. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55E690AB" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1911" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0948E085" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">All in-transit storage or any pause remains “transport, and therefore ONR is the enforcing authority. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BDA041D" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692258">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>: Event would likely be notifiable to HSE as the “appropriate authority</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> and this would need to be shared with ONR as the enforcing authority. Similarly, it would likely be notifiable to ONR (by virtue of CDG obligations) and information similarly shared with HSE.</w:t>
+              <w:t>: Event would likely be notifiable to HSE as the “appropriate authority” and this would need to be shared with ONR as the enforcing authority. Similarly, it would likely be notifiable to ONR (by virtue of CDG obligations) and information similarly shared with HSE.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="004E6D83" w14:paraId="386286F1" w14:textId="77777777" w:rsidTr="004E6D83">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F4EA6DE" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>In connection with events in the public domain</w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
@@ -8402,202 +8063,182 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Package stolen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="004E6D83" w14:paraId="079440BB" w14:textId="77777777" w:rsidTr="004E6D83">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36DFABE9" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Package stolen from vehicle parked in a private driveway. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DD2D3C0" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C1238E0" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="421CD832" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR is most appropriate enforcing authority as this is transport. The package was yet to be unloaded at its destination. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="679EC270" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="50963F71" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1911" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F0CBC73" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">All in-transit storage or any pause remains “transport”, and therefore ONR is the enforcing authority. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16A65EEC" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Note: Event would likely be notifiable to HSE as the “appropriate authority</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> and this would need to be shared with ONR as the enforcing authority. Similarly, it would likely be notifiable to ONR (by virtue of CDG obligations) and would need similarly shared with HSE.</w:t>
+              <w:t>Note: Event would likely be notifiable to HSE as the “appropriate authority” and this would need to be shared with ONR as the enforcing authority. Similarly, it would likely be notifiable to ONR (by virtue of CDG obligations) and would need similarly shared with HSE.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="004E6D83" w14:paraId="73924967" w14:textId="77777777" w:rsidTr="004E6D83">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D83F3DD" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>In connection with events in the public domain</w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
@@ -8620,146 +8261,127 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Orphan sources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="004E6D83" w14:paraId="402D4D83" w14:textId="77777777" w:rsidTr="004E6D83">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="5064"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E16F3A5" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>In circumstances where an orphan source is:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="618DEB43" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C875FE1" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">a)  transported unknowingly within </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>a)  transported unknowingly within GB;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1075FBDB" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="194BAE1E" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">b) identified at metal recycling plant and subsequently transported </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>b) identified at metal recycling plant and subsequently transported elsewhere;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="07637929" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E2BDF95" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -8775,51 +8397,50 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="303797BB" w14:textId="162288F6" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>d) identified in the public domain and is subsequently stored.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BFC8ABB" w14:textId="77777777" w:rsidR="004E6D83" w:rsidRDefault="004E6D83" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1AD4DFC7" w14:textId="77777777" w:rsidR="004E6D83" w:rsidRDefault="004E6D83" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5FC4A0EC" w14:textId="739993B5" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
@@ -8933,51 +8554,50 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">d) Where an item needs to be transported by road for secure storage pending appropriate disposal etc, ONR will lead in relation to IRR17 transport. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FB1304B" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Assuming temporary storage follows until appropriate disposal route/transport plan identified, HSE will lead in relation to IRR17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1911" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6011290C" w14:textId="77777777" w:rsidR="004E6D83" w:rsidRDefault="004E6D83" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C41AFC4" w14:textId="77777777" w:rsidR="004E6D83" w:rsidRDefault="004E6D83" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B968F2D" w14:textId="0D608E59" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="00C34716">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
@@ -9121,90 +8741,103 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53AC7C95" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B343314" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="727D0437" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48DC719D" w14:textId="7E7A44FF" w:rsidR="004E6D83" w:rsidRDefault="004E6D83" w:rsidP="004E6D83">
+    <w:p w14:paraId="48DC719D" w14:textId="5C40208B" w:rsidR="004E6D83" w:rsidRDefault="004E6D83" w:rsidP="004E6D83">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00E26789">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="008F1B3F">
         <w:t>Operational scenarios involving industrial applications</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2546"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4296"/>
+        <w:gridCol w:w="2358"/>
+        <w:gridCol w:w="2680"/>
+        <w:gridCol w:w="3978"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E26789" w:rsidRPr="004E6D83" w14:paraId="037B59B3" w14:textId="77777777" w:rsidTr="00857A65">
         <w:trPr>
           <w:trHeight w:val="394"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1308" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
           </w:tcPr>
           <w:p w14:paraId="4C4D0783" w14:textId="4E4382F8" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br w:type="page"/>
@@ -9268,96 +8901,94 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Basis of understanding/supplementary information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="004E6D83" w14:paraId="579CB962" w14:textId="77777777" w:rsidTr="00E26789">
         <w:trPr>
           <w:trHeight w:val="541"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E2CE9BE" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Industrial applications</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0FDCF7" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">          Nuclear density gauge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00857A65" w:rsidRPr="004E6D83" w14:paraId="17632EFA" w14:textId="77777777" w:rsidTr="00857A65">
         <w:trPr>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1308" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3280D3A5" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>a) normal use</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13444220" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -9518,51 +9149,50 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00FF5E7B" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>d) Loss of NDG somewhere following use, and not discovered for 3 months.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1486" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FD84BE7" w14:textId="6DD28887" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>a) ONR has enforcement responsibility for IRR17 transport, and HSE has enforcement responsibility for gauge use.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40CC9D40" w14:textId="124FE9E4" w:rsidR="00E26789" w:rsidRPr="004E6D83" w:rsidRDefault="00351933" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -9627,98 +9257,81 @@
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="001F492B" w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">d) HSE likely to take enforcement lead </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A0F10F8" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Where a gauge is returned to its transport case, it may not be being prepared for transport, and may just be returned temporarily for shielding purposes. This will influence the enforcement lead. ONR leads in relation for preparation of packaging connected with transport. HSE will lead where a gauge is returned to its packaging for shielding purposes and is not being prepared for transport.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F0ABF2D" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Temporary storage is not the same as storage in transit. A temporary storage site is used when it is intended that a particular facility will provide suitable storage between periods of use of a gauge. Where material </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> in in-transit storage at a warehouse or depot or similar, this means the journey the radioactive material is taking is paused, along the route to its destination. In-transit storage is transport.</w:t>
+              <w:t>Temporary storage is not the same as storage in transit. A temporary storage site is used when it is intended that a particular facility will provide suitable storage between periods of use of a gauge. Where material is described as being in in-transit storage at a warehouse or depot or similar, this means the journey the radioactive material is taking is paused, along the route to its destination. In-transit storage is transport.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7391A84B" w14:textId="7CBBBD32" w:rsidR="004E6D83" w:rsidRDefault="001F492B" w:rsidP="004E6D83">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: Likely that Environment Agencies regulatory interest would be significant in relation to (b). </w:t>
@@ -9757,51 +9370,50 @@
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="001F492B" w:rsidRPr="004E6D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">d) Failure in source accountancy is likely to be the most significant issue so this sits most appropriately with HSE. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="6C2A7837" w14:textId="77777777" w:rsidTr="00E26789">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="561D9862" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Industrial applications</w:t>
             </w:r>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -9830,51 +9442,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Site radiography (for civil purposes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="000D92E4" w14:textId="77777777" w:rsidTr="00857A65">
         <w:trPr>
           <w:trHeight w:val="7641"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1308" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3452CFE4" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>a) Package not consigned properly (for example, an industrial radiography source not fully retracted once site work completed, then transported by road in GB resulting in excess dose while packing up equipment, during transport for driver/crew, and once unloaded back at base until issue discovered).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68CC7344" w14:textId="5A774480" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="00E26789" w:rsidP="00E26789">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
@@ -9882,51 +9493,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="001F492B" w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>b) Source disconnects from wind-out mechanism during site radiography, and subsequent retrieval operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1486" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="066EF97C" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a) Both ONR and HSE likely to be involved, taking forward enforcement action jointly. ONR would take enforcement responsibility for transport, with HSE taking enforcement responsibility for other relevant work practices.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79044790" w14:textId="77777777" w:rsidR="00E26789" w:rsidRDefault="00E26789" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -9949,79 +9559,60 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
           <w:p w14:paraId="217FE764" w14:textId="343A4A03" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">b) ONR has enforcement responsibility for preparation of packaging (such as an emergency source container being loaded with the retrieved source that the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> intends to transport by public road). HSE has enforcement responsibility for IRR17 in relation to the source retrieval.  </w:t>
+              <w:t xml:space="preserve">b) ONR has enforcement responsibility for preparation of packaging (such as an emergency source container being loaded with the retrieved source that the dutyholder intends to transport by public road). HSE has enforcement responsibility for IRR17 in relation to the source retrieval.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42DCB5DA" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a) ONR may lead based on failure to prepare the package or HSE may lead enforcement action based on the inappropriate work practices towards the end of site radiography. There could be scope for identifying the bigger failing if appropriate but clearly there is scope to consider taking forward joint enforcement action.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="283953D3" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
@@ -10063,51 +9654,50 @@
               <w:br/>
             </w:r>
             <w:r w:rsidR="001F492B" w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">b) ONR will have an enforcement responsibility from around the point the source is free to be transferred to the emergency packaging, assuming there is an associated journey to be made by public road. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="03168DAB" w14:textId="77777777" w:rsidTr="00E26789">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23C8D68C" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Industrial applications</w:t>
             </w:r>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -10124,178 +9714,185 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">        Site radiography (for defence purposes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="5F202BB3" w14:textId="77777777" w:rsidTr="00857A65">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1308" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13459DAF" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Site radiography carried out at a defence site, or for defence purposes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70BEFDC4" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A1A4C13" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1486" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DE5691F" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>During proactive site inspection work, HSE is likely to gather information relating to IRR17 transport issues, and pass this to ONR. This is a pragmatic approach to avoid vires issues.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34FE732C" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Care is required in reactive cases. HSE and ONR will liaise until the most appropriate enforcing authority becomes evident. </w:t>
+              <w:t xml:space="preserve">Care is required in reactive cases. HSE and ONR will liaise until the most appropriate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E26789">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">enforcing authority becomes evident. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20953F92" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Where an incident involves a source being prepared for transport, where that takes place will dictate the IRR17 transport enforcing authority. HSE has the remit for enforcing conventional health and safety, IRR17 and REPPIR on Crown sites so preparation of a package for transport at these locations would fall within HSE’s IRR17 transport remit.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18B47CB0" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00B605A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ONR is responsible for enforcing conventional health and safety, IRR17 and REPPIR on nuclear licensed and defence authorised sites so preparation of a package for transport at these </w:t>
+              <w:t xml:space="preserve">ONR is responsible for enforcing conventional health and safety, IRR17 and REPPIR on nuclear licensed and </w:t>
             </w:r>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">locations would fall within ONR’s IRR17 transport remit. </w:t>
+              <w:t xml:space="preserve">defence authorised sites so preparation of a package for transport at these locations would fall within ONR’s IRR17 transport remit. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="703961F8" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64704F2B" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="439A0A00" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -10415,99 +10012,112 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F27D4B0" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="661762F0" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C60CE2D" w14:textId="77777777" w:rsidR="00E26789" w:rsidRDefault="00E26789" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:sectPr w:rsidR="00E26789" w:rsidSect="00B82646">
+        <w:sectPr w:rsidR="00E26789" w:rsidSect="001C4713">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EE386BF" w14:textId="4D3B58E3" w:rsidR="00E26789" w:rsidRDefault="00E26789" w:rsidP="00E26789">
+    <w:p w14:paraId="0EE386BF" w14:textId="762841E5" w:rsidR="00E26789" w:rsidRDefault="00E26789" w:rsidP="00E26789">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00316F25">
         <w:t>Operational scenarios - miscellaneous</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2911"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4313"/>
+        <w:gridCol w:w="2696"/>
+        <w:gridCol w:w="2326"/>
+        <w:gridCol w:w="3994"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="11DF519E" w14:textId="77777777" w:rsidTr="00E26789">
         <w:trPr>
           <w:trHeight w:val="394"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1495" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
           </w:tcPr>
           <w:p w14:paraId="72766662" w14:textId="10EE318A" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
@@ -10571,51 +10181,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Basis of understanding/supplementary information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="357D7121" w14:textId="77777777" w:rsidTr="00E26789">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F4AD943" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Miscellaneous</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="357DC864" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
@@ -10623,51 +10232,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">             Rail transport </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="6DF498CA" w14:textId="77777777" w:rsidTr="00E26789">
         <w:trPr>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1495" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2869DFCC" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a) Rail transport of radioactive material associated with facilities/waste/disposal, typically relating to nuclear materials.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00BB62AA" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
@@ -10706,51 +10314,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>b) Installed tritium dials on train.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01E9E899" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="058CEBB9" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a) ONR is the enforcing authority for railways </w:t>
             </w:r>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
@@ -10779,188 +10386,186 @@
           <w:p w14:paraId="317C62C4" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>b) Installed dials form an integral part of conveyance so are not considered to be transport as defined in IRR17 regulation 2(1).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BE5BC68" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enforcement responsibility passed from ORR to ONR by virtue of amendment to the Health and Safety (Enforcing Authority for Railways and Other Guided Transport Systems) Regulations 2006. This includes tramways.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0779A9C1" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692258">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: ORR has no enforcement responsibility for IRR17. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61720347" w14:textId="6876E57A" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
+          <w:p w14:paraId="61720347" w14:textId="1F057D1D" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">In relation to defence transport generally, please refer to </w:t>
             </w:r>
             <w:r w:rsidR="003F70D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="003F70D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref121818932 \h </w:instrText>
             </w:r>
             <w:r w:rsidR="003F70D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="003F70D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003F70D1">
+            <w:r w:rsidR="001C4713">
               <w:t xml:space="preserve">Table </w:t>
             </w:r>
-            <w:r w:rsidR="003F70D1">
+            <w:r w:rsidR="001C4713">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="003F70D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="57C74AF6" w14:textId="77777777" w:rsidTr="00E26789">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B966562" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Miscellaneous</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33BC3EF0" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
@@ -10968,51 +10573,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      On access restricted premises</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="6A7162B3" w14:textId="77777777" w:rsidTr="00E26789">
         <w:trPr>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1495" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1393AE0A" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a) Radioactive material, for purposes other than defence, re-located between areas on nuclear premises. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="238873FA" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
@@ -11029,51 +10633,50 @@
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>b) Radioactive material for purposes other than defence re-located between areas on non-nuclear premises.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F4EBA01" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a) ONR, as on nuclear premises.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A42968C" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
@@ -11102,85 +10705,83 @@
           <w:p w14:paraId="7EC9B95B" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">b) HSE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BD8E261" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>This does not constitute transport – it is movement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00E26789" w14:paraId="12AA059F" w14:textId="77777777" w:rsidTr="00E26789">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AE46776" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00E26789" w:rsidRDefault="001F492B" w:rsidP="00E26789">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E26789">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
@@ -11275,93 +10876,106 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>This is not a pause in the journey. This is temporary storage for another purpose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="092B552C" w14:textId="3F71A315" w:rsidR="001F492B" w:rsidRPr="00C521B0" w:rsidRDefault="001F492B" w:rsidP="001F492B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C521B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F295D5" w14:textId="092A865F" w:rsidR="00E26789" w:rsidRDefault="00E26789" w:rsidP="00E26789">
+    <w:p w14:paraId="68F295D5" w14:textId="4BA0032B" w:rsidR="00E26789" w:rsidRDefault="00E26789" w:rsidP="00E26789">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Ref121818932"/>
+      <w:bookmarkStart w:id="36" w:name="_Ref121818932"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="001C4713">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1E06">
         <w:t>Operational scenarios in relation to defence</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2765"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4381"/>
+        <w:gridCol w:w="2561"/>
+        <w:gridCol w:w="2398"/>
+        <w:gridCol w:w="4057"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00EF1D59" w14:paraId="733C868D" w14:textId="77777777" w:rsidTr="00EF1D59">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
           </w:tcPr>
           <w:p w14:paraId="7599538F" w14:textId="4E0FE306" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br w:type="page"/>
@@ -11425,86 +11039,71 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Basis of understanding/supplementary information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00EF1D59" w14:paraId="5B4BCDA0" w14:textId="77777777" w:rsidTr="00EF1D59">
         <w:trPr>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7402D02C" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="000C6B22">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C6B22">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: HSE has the enforcing responsibility in relation to IRR17 and transport by road, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> and inland waterway, including in-transit storage, that is undertaken for defence purposes. It is the purpose of the transport that is key, and not the item that is being transported. </w:t>
+              <w:t xml:space="preserve">: HSE has the enforcing responsibility in relation to IRR17 and transport by road, rail and inland waterway, including in-transit storage, that is undertaken for defence purposes. It is the purpose of the transport that is key, and not the item that is being transported. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AF9190E" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="000C6B22">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">In relation to CDG, ONR undertakes a limited enforcement role in relation to defence, principally in relation to industrial items used by MoD. The Defence Nuclear Safety Regulator (DNSR) has the main role in ensuring that in relation to instruments of war and associated manufacturing, research, and production facilities, CDG obligations are met. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3142E54F" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="000C6B22">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
@@ -11520,136 +11119,116 @@
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>MoD use radioactive material spanning a range of civil and military applications. Gaseous tritium items (GTLSs and GTLDs), compasses, and items such as thorium coated lenses and thoriated engine components, are common.  Smoke detectors, site radiography and nuclear density gauges also feature. MoD publication JSP 392 contains more details of a range of uses of ionising radiation.  Defence transport could relate to MoD, MoD contractors or third-party carriers transporting any of these items (and others) for MoD’s defence purposes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="080FA579" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="000C6B22">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">It is not possible to indicate here how far removed from MoD transport can be before it stops being ‘for defence </w:t>
-[...17 lines deleted...]
-              <w:t>. It will depend on the facts of the case, and ONR and HSE inspectors will be expected to liaise and work together and seek legal advice as necessary until the position becomes clear.</w:t>
+              <w:t>It is not possible to indicate here how far removed from MoD transport can be before it stops being ‘for defence purposes’. It will depend on the facts of the case, and ONR and HSE inspectors will be expected to liaise and work together and seek legal advice as necessary until the position becomes clear.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00EF1D59" w14:paraId="4FC9E73C" w14:textId="77777777" w:rsidTr="00EF1D59">
         <w:trPr>
           <w:trHeight w:val="607"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="061C5596" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33" w:hanging="11"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Defence</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="080C0289" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33" w:firstLine="534"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Carriers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00EF1D59" w14:paraId="5C05D4A3" w14:textId="77777777" w:rsidTr="00EF1D59">
         <w:trPr>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FB8BBBF" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>a) A third-party carrier transporting radioactive material for MoD, such as GTLSs or waste.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D0744C9" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -11666,51 +11245,50 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5DC48E21" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="33"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>b) Third-party carrier transporting radioactive material for delivery to a “defence establishment” and a university (with no connection to defence).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="588D64D3" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>a) HSE is likely to be the enforcing authority.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4361CE84" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A3C6BF5" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
@@ -11739,171 +11317,156 @@
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>b) HSE has enforcing responsibility for the defence aspect, and ONR has the responsibility for the civil (university) aspect.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F7FDC21" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="572CA4B8" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Care is required in relation to reactive cases so HSE and ONR will liaise and work together until the most appropriate enforcing authority becomes evident. </w:t>
+              <w:t xml:space="preserve">Care is required in relation to reactive cases so HSE and ONR will liaise and work together until the most appropriate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF1D59">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">enforcing authority becomes evident. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66B812AA" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>a) Care is required to establish the circumstances, particularly associated with waste and whether there is any transfer of ownership of that waste associated with the service provided by a contractor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EB0EC35" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24628F0A" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">b) It is important at proactive inspections of carriers to identify the scope of their work (are there links to defence transport?) and be aware of them, highlighting vires to the </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>b) It is important at proactive inspections of carriers to identify the scope of their work (are there links to defence transport?) and be aware of them, highlighting vires to the dutyholder. It is more likely that ONR will routinely encounter these dutyholders given its CDG enforcement remit.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="741627AE" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B63BC2C" w14:textId="77777777" w:rsidR="001F492B" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>dutyholder</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">For investigation purposes, ONR likely to be involved in any case in relation to an incident from a CDG perspective but ONR and HSE may need to closely </w:t>
+            </w:r>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">. It is more likely that ONR will routinely encounter these </w:t>
-[...35 lines deleted...]
-              <w:t>For investigation purposes, ONR likely to be involved in any case in relation to an incident from a CDG perspective but ONR and HSE may need to closely liaise over IRR17 transport until facts of case established.</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>liaise over IRR17 transport until facts of case established.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10FD2F22" w14:textId="20E1A42B" w:rsidR="000C6B22" w:rsidRPr="00EF1D59" w:rsidRDefault="000C6B22" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00EF1D59" w14:paraId="10919A2B" w14:textId="77777777" w:rsidTr="00EF1D59">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66BB4E46" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Defence</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AB6C433" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -12055,51 +11618,50 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="43F0F2AB" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F492B" w:rsidRPr="00EF1D59" w14:paraId="53783222" w14:textId="77777777" w:rsidTr="00EF1D59">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78021A23" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Defence</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03B1B4F8" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="00EF1D59" w:rsidRDefault="001F492B" w:rsidP="00EF1D59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -12313,53 +11875,53 @@
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1D59">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>However, where the conveyance has been decommissioned and repurposed, IRR17 does apply.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17F4E492" w14:textId="69464895" w:rsidR="004B00DA" w:rsidRPr="00C521B0" w:rsidRDefault="004B00DA" w:rsidP="00E26789">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004B00DA" w:rsidRPr="00C521B0" w:rsidSect="00B82646">
+    <w:sectPr w:rsidR="004B00DA" w:rsidRPr="00C521B0" w:rsidSect="001C4713">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0074">
       <wne:acd wne:acdName="acd1"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0075">
       <wne:acd wne:acdName="acd2"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0076">
       <wne:acd wne:acdName="acd3"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0077">
       <wne:acd wne:acdName="acd4"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0078">
       <wne:acd wne:acdName="acd8"/>
     </wne:keymap>
@@ -12379,497 +11941,478 @@
       <wne:acdEntry wne:acdName="acd1"/>
       <wne:acdEntry wne:acdName="acd2"/>
       <wne:acdEntry wne:acdName="acd3"/>
       <wne:acdEntry wne:acdName="acd4"/>
       <wne:acdEntry wne:acdName="acd5"/>
       <wne:acdEntry wne:acdName="acd6"/>
       <wne:acdEntry wne:acdName="acd7"/>
       <wne:acdEntry wne:acdName="acd8"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAxAA==" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAyAA==" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAEwAaQBzAHQAIAAzAA==" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBGADkAIAAtACAAIwAgAFAAYQByAGEAZwByAGEAcABoAA==" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DC851F8" w14:textId="77777777" w:rsidR="008454C8" w:rsidRDefault="008454C8" w:rsidP="007D199A">
+    <w:p w14:paraId="56C66168" w14:textId="77777777" w:rsidR="005537F4" w:rsidRDefault="005537F4" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FD75BA" w14:textId="77777777" w:rsidR="008454C8" w:rsidRDefault="008454C8"/>
+    <w:p w14:paraId="1393B697" w14:textId="77777777" w:rsidR="005537F4" w:rsidRDefault="005537F4"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="701E24AD" w14:textId="77777777" w:rsidR="008454C8" w:rsidRDefault="008454C8" w:rsidP="007D199A">
+    <w:p w14:paraId="6B6E7C2B" w14:textId="77777777" w:rsidR="005537F4" w:rsidRDefault="005537F4" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F71F4FC" w14:textId="77777777" w:rsidR="008454C8" w:rsidRDefault="008454C8"/>
+    <w:p w14:paraId="089E7DAD" w14:textId="77777777" w:rsidR="005537F4" w:rsidRDefault="005537F4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5714E96E" w14:textId="380643BA" w:rsidR="007C3C1D" w:rsidRPr="006A525B" w:rsidRDefault="006A525B" w:rsidP="007C3C1D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006A525B">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>ONR-DOC-TEMP-</w:t>
     </w:r>
     <w:r w:rsidR="00821337">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>003</w:t>
     </w:r>
     <w:r w:rsidRPr="006A525B">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Issue </w:t>
     </w:r>
     <w:r w:rsidR="00821337">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="006A525B">
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="51A44C0D" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRDefault="00CE6198" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="02F9C0FA" w14:textId="77777777" w:rsidR="00261FB6" w:rsidRPr="008229BA" w:rsidRDefault="00261FB6" w:rsidP="00261FB6">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F2208BD" w14:textId="3CF3CBB1" w:rsidR="00CE6198" w:rsidRPr="001C4713" w:rsidRDefault="001C4713" w:rsidP="001C4713">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="22413A"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008229BA">
-      <w:t xml:space="preserve">Page </w:t>
+    <w:r w:rsidRPr="001C4713">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="22413A"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Page | </w:t>
     </w:r>
-    <w:r w:rsidRPr="008229BA">
+    <w:r w:rsidRPr="001C4713">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="22413A"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="008229BA">
-      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    <w:r w:rsidRPr="001C4713">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="22413A"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidRPr="008229BA">
+    <w:r w:rsidRPr="001C4713">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="22413A"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-      <w:t>4</w:t>
+    <w:r w:rsidRPr="001C4713">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="22413A"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="008229BA">
+    <w:r w:rsidRPr="001C4713">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="22413A"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-  </w:p>
-[...7 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E08C221" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="008C50C3" w:rsidRDefault="001F492B" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CB3DF78" w14:textId="77777777" w:rsidR="008454C8" w:rsidRPr="005E0344" w:rsidRDefault="008454C8" w:rsidP="005E0344">
+    <w:p w14:paraId="39158971" w14:textId="77777777" w:rsidR="005537F4" w:rsidRPr="005E0344" w:rsidRDefault="005537F4" w:rsidP="005E0344">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D44FD95" w14:textId="77777777" w:rsidR="008454C8" w:rsidRPr="005E0344" w:rsidRDefault="008454C8" w:rsidP="0090581D">
+    <w:p w14:paraId="4BC1C369" w14:textId="77777777" w:rsidR="005537F4" w:rsidRPr="005E0344" w:rsidRDefault="005537F4" w:rsidP="0090581D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC12DE6" w14:textId="77777777" w:rsidR="008454C8" w:rsidRDefault="008454C8"/>
+    <w:p w14:paraId="637271B4" w14:textId="77777777" w:rsidR="005537F4" w:rsidRDefault="005537F4"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="50974023" w14:textId="77777777" w:rsidR="008454C8" w:rsidRDefault="008454C8">
+    <w:p w14:paraId="447A39D8" w14:textId="77777777" w:rsidR="005537F4" w:rsidRDefault="005537F4">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55844C7D" w14:textId="77777777" w:rsidR="008454C8" w:rsidRDefault="008454C8"/>
+    <w:p w14:paraId="2009F94C" w14:textId="77777777" w:rsidR="005537F4" w:rsidRDefault="005537F4"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="25B2D852" w14:textId="7850ED2F" w:rsidR="007D25CE" w:rsidRPr="007D25CE" w:rsidRDefault="007D25CE" w:rsidP="007D25CE">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D25CE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">The MoU is available on the ONR website at </w:t>
       </w:r>
       <w:hyperlink w:history="1"/>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="007D25CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.onr.org.uk/documents/2021/mou-onr-hse-irr17.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007D25CE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="772EF771" w14:textId="592194A9" w:rsidR="007D25CE" w:rsidRDefault="007D25CE">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AF688BC" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00267815" w:rsidRDefault="00267815" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="62968E8A" w14:textId="2BFE75AD" w:rsidR="008713FA" w:rsidRPr="009E0E52" w:rsidRDefault="006575AD" w:rsidP="008713FA">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="62968E8A" w14:textId="1745F3D4" w:rsidR="008713FA" w:rsidRPr="009E0E52" w:rsidRDefault="00235F63" w:rsidP="008713FA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
         <w:placeholder>
           <w:docPart w:val="02346540754345C6B6E9F6FA30C585FE"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008713FA">
           <w:t>Guidance to support the MoU between ONR and HSE on effective regulation of IRR17 in relation to the transport of radioactive material</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="008713FA">
-      <w:t xml:space="preserve"> | Issue No.: </w:t>
+      <w:t xml:space="preserve"> | Issue: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
         <w:placeholder>
           <w:docPart w:val="41CCE1EDDEB34B5D880AE974C99AEE12"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="008713FA">
-          <w:t>1.1</w:t>
+        <w:r w:rsidR="001C4713">
+          <w:t>1.2</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7FF478A5" w14:textId="77777777" w:rsidR="001F492B" w:rsidRPr="008C50C3" w:rsidRDefault="001F492B" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="0C96EB12" w14:textId="27A1B91E" w:rsidR="001F492B" w:rsidRPr="009E0E52" w:rsidRDefault="006575AD" w:rsidP="009E0E52">
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C96EB12" w14:textId="2EC13539" w:rsidR="001F492B" w:rsidRPr="009E0E52" w:rsidRDefault="00235F63" w:rsidP="009E0E52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="992612506"/>
         <w:placeholder>
           <w:docPart w:val="71855CAFCD0440C4880AB5CD94A60020"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="001F492B">
           <w:t>Guidance to support the MoU between ONR and HSE on effective regulation of IRR17 in relation to the transport of radioactive material</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="001F492B">
       <w:t xml:space="preserve"> | Issue No.: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="911286599"/>
         <w:placeholder>
           <w:docPart w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="001F492B">
-          <w:t>1.1</w:t>
+        <w:r w:rsidR="001C4713">
+          <w:t>1.2</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A4B08F86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F04C420E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -14722,159 +14265,160 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1577595791">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="311493895">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1432359160">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="896011374">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1542814922">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1826506987">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2004039662">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1451509643">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1556624587">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1285766109">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1171605252">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1090005256">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1321078836">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="520511043">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="831988657">
     <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="79302054">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1576208747">
     <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="189539805">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1471050510">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="51009550">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1254824418">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="290988247">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1327437541">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="434398128">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1517843283">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="924533376">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="636229418">
     <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="940991529">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="581909964">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="246312401">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -14885,86 +14429,90 @@
     <w:rsid w:val="00011177"/>
     <w:rsid w:val="00014814"/>
     <w:rsid w:val="00022033"/>
     <w:rsid w:val="00024522"/>
     <w:rsid w:val="00024B2E"/>
     <w:rsid w:val="00027F4F"/>
     <w:rsid w:val="00030430"/>
     <w:rsid w:val="0003078E"/>
     <w:rsid w:val="00030DD6"/>
     <w:rsid w:val="00031B89"/>
     <w:rsid w:val="0003693D"/>
     <w:rsid w:val="0004440F"/>
     <w:rsid w:val="00052C8A"/>
     <w:rsid w:val="000548C8"/>
     <w:rsid w:val="00064A1B"/>
     <w:rsid w:val="00075605"/>
     <w:rsid w:val="00075C66"/>
     <w:rsid w:val="000817D4"/>
     <w:rsid w:val="00082879"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="0009225F"/>
     <w:rsid w:val="000A105C"/>
     <w:rsid w:val="000C2DDC"/>
     <w:rsid w:val="000C5F5A"/>
     <w:rsid w:val="000C6B22"/>
+    <w:rsid w:val="000C742C"/>
     <w:rsid w:val="000D2FD4"/>
     <w:rsid w:val="000D3232"/>
     <w:rsid w:val="000F1B7B"/>
     <w:rsid w:val="000F2ED4"/>
     <w:rsid w:val="001028E8"/>
     <w:rsid w:val="00122FCC"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00126752"/>
     <w:rsid w:val="00130B30"/>
     <w:rsid w:val="00140E1C"/>
     <w:rsid w:val="00147AE4"/>
     <w:rsid w:val="00150735"/>
     <w:rsid w:val="001545B0"/>
     <w:rsid w:val="001571E5"/>
     <w:rsid w:val="00177666"/>
     <w:rsid w:val="001849CA"/>
     <w:rsid w:val="00185410"/>
     <w:rsid w:val="00192352"/>
     <w:rsid w:val="00196F04"/>
     <w:rsid w:val="001B4D5A"/>
+    <w:rsid w:val="001C4713"/>
     <w:rsid w:val="001C4D63"/>
     <w:rsid w:val="001D0DE0"/>
     <w:rsid w:val="001D5AFF"/>
     <w:rsid w:val="001D74B4"/>
     <w:rsid w:val="001E03E1"/>
     <w:rsid w:val="001F059F"/>
     <w:rsid w:val="001F492B"/>
+    <w:rsid w:val="00200012"/>
     <w:rsid w:val="00200811"/>
     <w:rsid w:val="00200CA1"/>
     <w:rsid w:val="0021338D"/>
     <w:rsid w:val="00214D43"/>
     <w:rsid w:val="00223090"/>
     <w:rsid w:val="002238B4"/>
     <w:rsid w:val="002319AB"/>
     <w:rsid w:val="002319AC"/>
     <w:rsid w:val="00234342"/>
+    <w:rsid w:val="00235F63"/>
     <w:rsid w:val="0024040D"/>
     <w:rsid w:val="00251CD7"/>
     <w:rsid w:val="00255FA3"/>
     <w:rsid w:val="00257288"/>
     <w:rsid w:val="00261FB6"/>
     <w:rsid w:val="002629F8"/>
     <w:rsid w:val="00263396"/>
     <w:rsid w:val="002659FA"/>
     <w:rsid w:val="00267815"/>
     <w:rsid w:val="00280DDF"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="00292ADF"/>
     <w:rsid w:val="00296DBB"/>
     <w:rsid w:val="002A0DEC"/>
     <w:rsid w:val="002B1C53"/>
     <w:rsid w:val="002E0BE4"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
     <w:rsid w:val="002E6A6A"/>
     <w:rsid w:val="002F3397"/>
     <w:rsid w:val="00302259"/>
     <w:rsid w:val="0030380D"/>
     <w:rsid w:val="00312411"/>
     <w:rsid w:val="00323E71"/>
     <w:rsid w:val="00326F77"/>
@@ -14979,95 +14527,96 @@
     <w:rsid w:val="00393B78"/>
     <w:rsid w:val="003A01E9"/>
     <w:rsid w:val="003C0306"/>
     <w:rsid w:val="003C114C"/>
     <w:rsid w:val="003C465D"/>
     <w:rsid w:val="003D495D"/>
     <w:rsid w:val="003E098E"/>
     <w:rsid w:val="003E2FAE"/>
     <w:rsid w:val="003F70D1"/>
     <w:rsid w:val="00407CF7"/>
     <w:rsid w:val="00415ED6"/>
     <w:rsid w:val="00417CAF"/>
     <w:rsid w:val="00420A11"/>
     <w:rsid w:val="00422265"/>
     <w:rsid w:val="004373A7"/>
     <w:rsid w:val="00437D94"/>
     <w:rsid w:val="0044030C"/>
     <w:rsid w:val="004450BB"/>
     <w:rsid w:val="004648A4"/>
     <w:rsid w:val="00471380"/>
     <w:rsid w:val="004828B0"/>
     <w:rsid w:val="00494F0D"/>
     <w:rsid w:val="00496BFD"/>
     <w:rsid w:val="004A3DF2"/>
     <w:rsid w:val="004B00DA"/>
+    <w:rsid w:val="004C193B"/>
     <w:rsid w:val="004C33BA"/>
     <w:rsid w:val="004C361D"/>
     <w:rsid w:val="004C4891"/>
     <w:rsid w:val="004D2C89"/>
     <w:rsid w:val="004D30C3"/>
     <w:rsid w:val="004E3932"/>
     <w:rsid w:val="004E6D83"/>
     <w:rsid w:val="004F1E79"/>
     <w:rsid w:val="004F5F33"/>
     <w:rsid w:val="0050103A"/>
     <w:rsid w:val="005033AB"/>
     <w:rsid w:val="00511B0F"/>
     <w:rsid w:val="0053636D"/>
+    <w:rsid w:val="005537F4"/>
     <w:rsid w:val="0055388E"/>
     <w:rsid w:val="005754AE"/>
     <w:rsid w:val="00577FB5"/>
     <w:rsid w:val="005852D1"/>
     <w:rsid w:val="00587A22"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00595C8C"/>
     <w:rsid w:val="00597747"/>
     <w:rsid w:val="005A4CDD"/>
     <w:rsid w:val="005B57E4"/>
     <w:rsid w:val="005B5ABD"/>
     <w:rsid w:val="005B79EE"/>
     <w:rsid w:val="005C140A"/>
     <w:rsid w:val="005C1E52"/>
     <w:rsid w:val="005C3367"/>
     <w:rsid w:val="005C6763"/>
     <w:rsid w:val="005D3164"/>
     <w:rsid w:val="005E0344"/>
     <w:rsid w:val="005E440B"/>
     <w:rsid w:val="005F2C85"/>
     <w:rsid w:val="005F3442"/>
     <w:rsid w:val="00605ADB"/>
     <w:rsid w:val="00611C9F"/>
     <w:rsid w:val="00624014"/>
     <w:rsid w:val="006248DE"/>
     <w:rsid w:val="00627555"/>
     <w:rsid w:val="006322A0"/>
     <w:rsid w:val="006361FD"/>
     <w:rsid w:val="0064226F"/>
     <w:rsid w:val="00642DDB"/>
     <w:rsid w:val="00653298"/>
-    <w:rsid w:val="006575AD"/>
     <w:rsid w:val="00663A7C"/>
     <w:rsid w:val="00667DF2"/>
     <w:rsid w:val="00670DF1"/>
     <w:rsid w:val="00671345"/>
     <w:rsid w:val="00672A9B"/>
     <w:rsid w:val="00675884"/>
     <w:rsid w:val="00692258"/>
     <w:rsid w:val="0069479E"/>
     <w:rsid w:val="00696EE0"/>
     <w:rsid w:val="00697980"/>
     <w:rsid w:val="006A19EF"/>
     <w:rsid w:val="006A43D5"/>
     <w:rsid w:val="006A525B"/>
     <w:rsid w:val="006B47EE"/>
     <w:rsid w:val="006C045F"/>
     <w:rsid w:val="006C4196"/>
     <w:rsid w:val="006C63B0"/>
     <w:rsid w:val="006C76A2"/>
     <w:rsid w:val="006C792E"/>
     <w:rsid w:val="006D116C"/>
     <w:rsid w:val="006E7C42"/>
     <w:rsid w:val="006F168A"/>
     <w:rsid w:val="006F5076"/>
     <w:rsid w:val="006F6009"/>
     <w:rsid w:val="006F7E5F"/>
@@ -15097,51 +14646,50 @@
     <w:rsid w:val="007D25CE"/>
     <w:rsid w:val="007D2EBE"/>
     <w:rsid w:val="007E1C07"/>
     <w:rsid w:val="007F24B6"/>
     <w:rsid w:val="00803D94"/>
     <w:rsid w:val="00821337"/>
     <w:rsid w:val="008229BA"/>
     <w:rsid w:val="00824151"/>
     <w:rsid w:val="00845390"/>
     <w:rsid w:val="008454C8"/>
     <w:rsid w:val="0084601B"/>
     <w:rsid w:val="00857A65"/>
     <w:rsid w:val="008606F0"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
     <w:rsid w:val="008713FA"/>
     <w:rsid w:val="00874FEB"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="00884E43"/>
     <w:rsid w:val="00887EC6"/>
     <w:rsid w:val="0089084C"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
-    <w:rsid w:val="008A0DED"/>
     <w:rsid w:val="008A2379"/>
     <w:rsid w:val="008A4329"/>
     <w:rsid w:val="008A578E"/>
     <w:rsid w:val="008B1519"/>
     <w:rsid w:val="008B7BCC"/>
     <w:rsid w:val="008C50C3"/>
     <w:rsid w:val="008C7094"/>
     <w:rsid w:val="008D2B97"/>
     <w:rsid w:val="008D49A5"/>
     <w:rsid w:val="008D6C81"/>
     <w:rsid w:val="008E6CF0"/>
     <w:rsid w:val="008F1439"/>
     <w:rsid w:val="008F3E7E"/>
     <w:rsid w:val="008F7051"/>
     <w:rsid w:val="009033A9"/>
     <w:rsid w:val="0090581D"/>
     <w:rsid w:val="00905BC2"/>
     <w:rsid w:val="0091439C"/>
     <w:rsid w:val="00920572"/>
     <w:rsid w:val="00920BF2"/>
     <w:rsid w:val="009269D5"/>
     <w:rsid w:val="00933F8A"/>
     <w:rsid w:val="009349A9"/>
     <w:rsid w:val="00936C52"/>
     <w:rsid w:val="0095489B"/>
@@ -15224,50 +14772,51 @@
     <w:rsid w:val="00CD438B"/>
     <w:rsid w:val="00CD5401"/>
     <w:rsid w:val="00CE2709"/>
     <w:rsid w:val="00CE2D64"/>
     <w:rsid w:val="00CE6198"/>
     <w:rsid w:val="00CE6CD6"/>
     <w:rsid w:val="00CF6230"/>
     <w:rsid w:val="00D017FC"/>
     <w:rsid w:val="00D0226A"/>
     <w:rsid w:val="00D13147"/>
     <w:rsid w:val="00D463FF"/>
     <w:rsid w:val="00D5715A"/>
     <w:rsid w:val="00D60BCB"/>
     <w:rsid w:val="00D71687"/>
     <w:rsid w:val="00D74813"/>
     <w:rsid w:val="00D76C3D"/>
     <w:rsid w:val="00DA30BC"/>
     <w:rsid w:val="00DA69C2"/>
     <w:rsid w:val="00DA6D70"/>
     <w:rsid w:val="00DB6050"/>
     <w:rsid w:val="00DC2C34"/>
     <w:rsid w:val="00DE2C87"/>
     <w:rsid w:val="00DE459A"/>
     <w:rsid w:val="00DF27DA"/>
     <w:rsid w:val="00DF4DBE"/>
+    <w:rsid w:val="00E12336"/>
     <w:rsid w:val="00E26789"/>
     <w:rsid w:val="00E40820"/>
     <w:rsid w:val="00E4658F"/>
     <w:rsid w:val="00E54A67"/>
     <w:rsid w:val="00E61C0D"/>
     <w:rsid w:val="00E63EB4"/>
     <w:rsid w:val="00E66160"/>
     <w:rsid w:val="00E71329"/>
     <w:rsid w:val="00E8363B"/>
     <w:rsid w:val="00E84966"/>
     <w:rsid w:val="00E92383"/>
     <w:rsid w:val="00EA1B3A"/>
     <w:rsid w:val="00EA2109"/>
     <w:rsid w:val="00ED4D4E"/>
     <w:rsid w:val="00EE0C77"/>
     <w:rsid w:val="00EE4C7C"/>
     <w:rsid w:val="00EE4E54"/>
     <w:rsid w:val="00EF1D59"/>
     <w:rsid w:val="00EF4334"/>
     <w:rsid w:val="00EF6BA0"/>
     <w:rsid w:val="00F436BB"/>
     <w:rsid w:val="00F47145"/>
     <w:rsid w:val="00F545BF"/>
     <w:rsid w:val="00F601B8"/>
     <w:rsid w:val="00F71B56"/>
@@ -15279,67 +14828,67 @@
     <w:rsid w:val="00FA755A"/>
     <w:rsid w:val="00FB2B0F"/>
     <w:rsid w:val="00FB4F6B"/>
     <w:rsid w:val="00FB5FE1"/>
     <w:rsid w:val="00FC0E8D"/>
     <w:rsid w:val="00FC46EF"/>
     <w:rsid w:val="00FD31B3"/>
     <w:rsid w:val="00FD4104"/>
     <w:rsid w:val="00FD4204"/>
     <w:rsid w:val="00FF3CCB"/>
     <w:rsid w:val="00FF57B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26291BE1"/>
   <w15:docId w15:val="{1FFB1F25-DD3A-4304-B987-5C5BF61DD47B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16870,55 +16419,91 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TSNumberedParagraph11">
     <w:name w:val="TS Numbered Paragraph 1.1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00741CF0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="-31680"/>
       </w:tabs>
       <w:spacing w:after="220" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720" w:hanging="720"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C4713"/>
+    <w:rPr>
+      <w:color w:val="AA1C76" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001C4713"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="055450" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="34544998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="91169340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17209,67 +16794,67 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2134519822">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@onr.gov.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hse.gov.uk/foi/index.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@onr.gov.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/_layouts/15/DocIdRedir.aspx?ID=ONRHH-822789359-20037" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hse.gov.uk/foi/index.htm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/documents/2021/mou-onr-hse-irr17.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ldunning\Downloads\ONR-DOC-TEMP-305%20-%20ONR%20Word%20Template%20-%20Generic.DOTX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5DC39C0-0CE5-4537-B89C-2FEA41A0420F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E318CE" w:rsidRDefault="007154C5" w:rsidP="007154C5">
           <w:pPr>
             <w:pStyle w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
           </w:pPr>
           <w:r w:rsidRPr="0069507A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -17455,168 +17040,177 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{80FDDF51-AFF2-4EF1-8501-010D03F24D45}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E47268" w:rsidRDefault="000E4CD6" w:rsidP="000E4CD6">
           <w:pPr>
             <w:pStyle w:val="41CCE1EDDEB34B5D880AE974C99AEE12"/>
           </w:pPr>
           <w:r w:rsidRPr="00D1240B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
+    <w:rsid w:val="000C742C"/>
     <w:rsid w:val="000E4CD6"/>
     <w:rsid w:val="00183F29"/>
+    <w:rsid w:val="00200012"/>
     <w:rsid w:val="002550FD"/>
     <w:rsid w:val="00333F8E"/>
     <w:rsid w:val="00350199"/>
+    <w:rsid w:val="004C193B"/>
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00764F6F"/>
     <w:rsid w:val="00835E07"/>
     <w:rsid w:val="008D377E"/>
     <w:rsid w:val="00A657B0"/>
+    <w:rsid w:val="00BB1E64"/>
     <w:rsid w:val="00C17C1E"/>
     <w:rsid w:val="00C41BCC"/>
     <w:rsid w:val="00DD7BA4"/>
     <w:rsid w:val="00E27559"/>
     <w:rsid w:val="00E318CE"/>
     <w:rsid w:val="00E47268"/>
     <w:rsid w:val="00E646E1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18076,51 +17670,51 @@
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="02346540754345C6B6E9F6FA30C585FE">
     <w:name w:val="02346540754345C6B6E9F6FA30C585FE"/>
     <w:rsid w:val="000E4CD6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="41CCE1EDDEB34B5D880AE974C99AEE12">
     <w:name w:val="41CCE1EDDEB34B5D880AE974C99AEE12"/>
     <w:rsid w:val="000E4CD6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ONR colours">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="07716C"/>
       </a:accent1>
       <a:accent2>
@@ -18378,94 +17972,95 @@
     <b:RefOrder>3</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0E5A2BB-578A-4274-B414-EFD1BEECD024}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
   <TotalTime></TotalTime>
-  <Pages>26</Pages>
-[...1 lines deleted...]
-  <Characters>37774</Characters>
+  <Pages>27</Pages>
+  <Words>6648</Words>
+  <Characters>37895</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>314</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>315</Lines>
   <Paragraphs>88</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44312</CharactersWithSpaces>
+  <CharactersWithSpaces>44455</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Guidance to support the MoU between ONR and HSE on effective regulation of IRR17 in relation to the transport of radioactive material</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>1.1</cp:contentStatus>
+  <cp:contentStatus>1.2</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>