--- v0 (2025-10-18)
+++ v1 (2026-03-28)
@@ -1,11863 +1,8567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="198" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="198" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9156"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C20562" w:rsidRPr="00E93A50" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
+      <w:tr w:rsidR="00C20562" w:rsidRPr="00C20562" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00E93A50" w:rsidRDefault="00C20562" w:rsidP="00323E71">
+          <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00C20562" w:rsidRDefault="00C20562" w:rsidP="00323E71">
             <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0226A" w:rsidRPr="00E93A50" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00514285">
+      <w:tr w:rsidR="00D0226A" w:rsidRPr="001E03E1" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="3453"/>
+          <w:trHeight w:hRule="exact" w:val="2778"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F059A92" w14:textId="5883F379" w:rsidR="00595C8C" w:rsidRPr="00E93A50" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
+          <w:p w14:paraId="2F059A92" w14:textId="5883F379" w:rsidR="00595C8C" w:rsidRPr="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
             <w:pPr>
               <w:pStyle w:val="InnerCoverTitle"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
+            <w:r w:rsidRPr="00595C8C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
-            <w:r w:rsidR="00D60BCB" w:rsidRPr="00E93A50">
+            <w:r w:rsidR="00D60BCB">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Technical Inspection Guide (TIG)</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:sz w:val="72"/>
-                <w:szCs w:val="72"/>
+                <w:sz w:val="56"/>
+                <w:szCs w:val="56"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="6000ECF4" w:rsidR="00D0226A" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="7463B5D1" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00000000" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
                     <w:szCs w:val="90"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
-                      <w:sz w:val="56"/>
-                      <w:szCs w:val="56"/>
+                      <w:sz w:val="52"/>
+                      <w:szCs w:val="52"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="00D130E0" w:rsidRPr="00E93A50">
+                    <w:r w:rsidR="00C05EFE" w:rsidRPr="00621605">
                       <w:rPr>
-                        <w:sz w:val="56"/>
-                        <w:szCs w:val="56"/>
+                        <w:sz w:val="52"/>
+                        <w:szCs w:val="52"/>
                       </w:rPr>
                       <w:t>LC 28 – Examination, Inspection, Maintenance and Testing (EIMT)</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRPr="00E93A50" w:rsidRDefault="00D0226A">
+    <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00D0226A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB6425B" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRPr="00E93A50" w:rsidRDefault="00881B6F">
+    <w:p w14:paraId="6AB6425B" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00881B6F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="237341DD">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="237341DD">
             <wp:simplePos x="685800" y="914400"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7568280" cy="10692360"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7568280" cy="10692360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1C8B33" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00E93A50" w:rsidRDefault="00267815">
+    <w:p w14:paraId="6D1C8B33" w14:textId="77777777" w:rsidR="00267815" w:rsidRDefault="00267815">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A29B4CB" w14:textId="77777777" w:rsidR="00B23A5E" w:rsidRPr="00E93A50" w:rsidRDefault="00B23A5E" w:rsidP="00B23A5E">
-[...475 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId11"/>
+    <w:p w14:paraId="1FDB4B56" w14:textId="6C10B266" w:rsidR="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00323E71">
+      <w:pPr>
+        <w:sectPr w:rsidR="00595C8C" w:rsidSect="00B23A5E">
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="first" r:id="rId18"/>
+          <w:footerReference w:type="first" r:id="rId19"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AE5EE98" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00E93A50" w:rsidRDefault="00267815" w:rsidP="00EE0C77">
+    <w:p w14:paraId="3AE5EE98" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00EE0C77" w:rsidRDefault="00267815" w:rsidP="00EE0C77">
       <w:pPr>
         <w:pStyle w:val="ContentsHeading"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r w:rsidRPr="00EE0C77">
         <w:lastRenderedPageBreak/>
-        <w:t>Contents</w:t>
+        <w:t>Co</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00257288">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00420A11">
+        <w:t>ten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0C77">
+        <w:t>ts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3068FC21" w14:textId="04D4A14D" w:rsidR="00E93A50" w:rsidRDefault="00AD167C">
+    <w:p w14:paraId="2F637E17" w14:textId="725AFE86" w:rsidR="00621605" w:rsidRDefault="00621605">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00716AB1" w:rsidRPr="00E93A50">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
+        <w:instrText xml:space="preserve"> TOC \o "1-1" \h \z \u </w:instrText>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc172036171" w:history="1">
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+      <w:hyperlink w:anchor="_Toc224544841" w:history="1">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1.</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc172036171 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc224544841 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="469D4565" w14:textId="77D8D263" w:rsidR="00E93A50" w:rsidRDefault="00982853">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="16E90F80" w14:textId="582261D9" w:rsidR="00621605" w:rsidRDefault="00621605">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1100"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc172036172" w:history="1">
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+      <w:hyperlink w:anchor="_Toc224544842" w:history="1">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>1.1.</w:t>
+          <w:t>2.</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Purpose and scope</w:t>
+          <w:t>Licence Condition 28: Examination, Inspection, Maintenance and Testing</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc172036172 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc224544842 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A7C1181" w14:textId="0B2C84DF" w:rsidR="00E93A50" w:rsidRDefault="00982853">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="06045E7F" w14:textId="2B2AFBE8" w:rsidR="00621605" w:rsidRDefault="00621605">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1100"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc172036173" w:history="1">
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+      <w:hyperlink w:anchor="_Toc224544843" w:history="1">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>1.2.</w:t>
+          <w:t>3.</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Definitions</w:t>
+          <w:t>Purpose of the Licence Condition</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc172036173 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc224544843 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="24B8453A" w14:textId="6FCEE5A4" w:rsidR="00E93A50" w:rsidRDefault="00982853">
+    <w:p w14:paraId="70A9DC11" w14:textId="6FD1E799" w:rsidR="00621605" w:rsidRDefault="00621605">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc172036174" w:history="1">
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+      <w:hyperlink w:anchor="_Toc224544844" w:history="1">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>2.</w:t>
+          <w:t>4.</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Licence Condition 28 – Examination, Inspection, Maintenance and Testing</w:t>
+          <w:t>Guidance on arrangements for Licence Condition 28</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc172036174 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc224544844 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C4480DC" w14:textId="70449CD2" w:rsidR="00E93A50" w:rsidRDefault="00982853">
+    <w:p w14:paraId="3F6C5F47" w14:textId="66B7203F" w:rsidR="00621605" w:rsidRDefault="00621605">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc172036175" w:history="1">
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+      <w:hyperlink w:anchor="_Toc224544845" w:history="1">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>3.</w:t>
+          <w:t>5.</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Purpose of Licence Condition 28</w:t>
+          <w:t>Guidance on inspection of arrangements and their implementation</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc172036175 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc224544845 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B105A00" w14:textId="4A777931" w:rsidR="00E93A50" w:rsidRDefault="00982853">
+    <w:p w14:paraId="3B8FFE3C" w14:textId="7E379E9A" w:rsidR="00621605" w:rsidRDefault="00621605">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc172036176" w:history="1">
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+      <w:hyperlink w:anchor="_Toc224544846" w:history="1">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>4.</w:t>
+          <w:t>Appendix A – Guidance for joint EIMT inspections</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
-[...15 lines deleted...]
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc172036176 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc224544846 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D59A949" w14:textId="4AC01842" w:rsidR="00E93A50" w:rsidRDefault="00982853">
+    <w:p w14:paraId="1E191CAA" w14:textId="5F00A3C2" w:rsidR="00621605" w:rsidRDefault="00621605">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc172036177" w:history="1">
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+      <w:hyperlink w:anchor="_Toc224544847" w:history="1">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>5.</w:t>
+          <w:t>References</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
-[...15 lines deleted...]
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc172036177 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc224544847 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33C035F4" w14:textId="5D3D710D" w:rsidR="00E93A50" w:rsidRDefault="00982853">
+    <w:p w14:paraId="446D6991" w14:textId="60C23A1F" w:rsidR="00621605" w:rsidRDefault="00621605">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc172036178" w:history="1">
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+      <w:hyperlink w:anchor="_Toc224544848" w:history="1">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>References</w:t>
+          <w:t>List of acronyms / initialisms</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc172036178 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc224544848 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FE2A2B6" w14:textId="65AA004B" w:rsidR="00E93A50" w:rsidRDefault="00982853">
+    <w:p w14:paraId="3477C847" w14:textId="2CEAC05E" w:rsidR="00621605" w:rsidRDefault="00621605">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc172036179" w:history="1">
-        <w:r w:rsidR="00E93A50" w:rsidRPr="00894AE0">
+      <w:hyperlink w:anchor="_Toc224544849" w:history="1">
+        <w:r w:rsidRPr="00334BF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Appendix A – Guidance for joint EIMT inspections</w:t>
+          <w:t>Document control information</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc172036179 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc224544849 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00E93A50">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CC4B54A" w14:textId="64890E7C" w:rsidR="00267815" w:rsidRPr="00E93A50" w:rsidRDefault="00AD167C" w:rsidP="00267815">
-      <w:r w:rsidRPr="00E93A50">
+    <w:p w14:paraId="0CC4B54A" w14:textId="724B1525" w:rsidR="00267815" w:rsidRDefault="00621605" w:rsidP="00267815">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716B9A7E" w14:textId="77777777" w:rsidR="003E098E" w:rsidRPr="00E93A50" w:rsidRDefault="003E098E" w:rsidP="00267815"/>
-[...6 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId15"/>
+    <w:p w14:paraId="716B9A7E" w14:textId="77777777" w:rsidR="003E098E" w:rsidRDefault="003E098E" w:rsidP="00267815"/>
+    <w:p w14:paraId="4812BFF8" w14:textId="1D099CA0" w:rsidR="003E098E" w:rsidRDefault="003E098E" w:rsidP="00267815">
+      <w:pPr>
+        <w:sectPr w:rsidR="003E098E" w:rsidSect="00084ABE">
+          <w:headerReference w:type="even" r:id="rId20"/>
+          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:footerReference w:type="even" r:id="rId22"/>
+          <w:footerReference w:type="default" r:id="rId23"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43A875A4" w14:textId="7F61F835" w:rsidR="008D49A5" w:rsidRPr="00E93A50" w:rsidRDefault="008D49A5" w:rsidP="00D37C21">
+    <w:p w14:paraId="43A875A4" w14:textId="7F61F835" w:rsidR="008D49A5" w:rsidRPr="00223090" w:rsidRDefault="008D49A5" w:rsidP="00223090">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc172036171"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc224544841"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r w:rsidRPr="00223090">
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="4DE1980B" w14:textId="26C013D2" w:rsidR="008D49A5" w:rsidRPr="00E93A50" w:rsidRDefault="000C5F5A" w:rsidP="00D37C21">
+    <w:p w14:paraId="194316AE" w14:textId="77777777" w:rsidR="00AE596F" w:rsidRPr="00AE596F" w:rsidRDefault="00AE596F" w:rsidP="00AE596F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:t>who remains responsible for safety.</w:t>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE596F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Many licence conditions (LCs) require or imply that licensees establish arrangements to meet regulatory obligations. ONR inspects both compliance with the LCs and the adequacy of these arrangements. Most LCs are goal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE596F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>setting and do not specify the content of arrangements, leaving licensees responsible for defining them and ensuring safety</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="616F197D" w14:textId="2EDBD323" w:rsidR="008D49A5" w:rsidRPr="00E93A50" w:rsidRDefault="008D49A5" w:rsidP="00D37C21">
+    <w:p w14:paraId="616F197D" w14:textId="77777777" w:rsidR="008D49A5" w:rsidRPr="002042C2" w:rsidRDefault="008D49A5" w:rsidP="002042C2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc172036172"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E93A50">
+      <w:r w:rsidRPr="002042C2">
         <w:t>Purpose</w:t>
       </w:r>
-      <w:r w:rsidR="003516F7" w:rsidRPr="00E93A50">
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="1983720C" w14:textId="0F66D283" w:rsidR="000C5F5A" w:rsidRPr="00E93A50" w:rsidRDefault="000C5F5A" w:rsidP="00D37C21">
+    <w:p w14:paraId="4CE433A3" w14:textId="5BA646A6" w:rsidR="00630E83" w:rsidRDefault="000C5F5A" w:rsidP="002C0E88">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-      <w:r w:rsidR="005C3367" w:rsidRPr="00E93A50">
+      <w:r w:rsidRPr="008172D0">
+        <w:t xml:space="preserve">ONR produces guides to assist inspectors to make regulatory judgements and decisions in relation to the adequacy of compliance, and the safety of activities on the site. </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3367" w:rsidRPr="005C3367">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
-      <w:r w:rsidR="008F324F" w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-      <w:r w:rsidR="005C3367" w:rsidRPr="00E93A50">
+      <w:r w:rsidR="005C3367">
+        <w:t>Technical Inspection Guide (TIG)</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3367" w:rsidRPr="005C3367">
+        <w:t xml:space="preserve"> has been prepared </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5247">
+        <w:t xml:space="preserve">to support inspectors </w:t>
+      </w:r>
+      <w:r w:rsidR="00551C37">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3367" w:rsidRPr="005C3367">
+        <w:t xml:space="preserve"> judge the adequacy of </w:t>
+      </w:r>
+      <w:r w:rsidR="00150348">
+        <w:t>LC</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3367" w:rsidRPr="005C3367">
+        <w:t xml:space="preserve"> compliance arrangements and implementation</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E88">
+        <w:t xml:space="preserve"> related to </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21767">
+        <w:t>LC 28</w:t>
+      </w:r>
+      <w:r w:rsidR="00780EBF">
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00630E83">
+        <w:t xml:space="preserve">examination, inspection, maintenance and testing (EIMT) of plant important to safety. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699DD818" w14:textId="232C2826" w:rsidR="00630E83" w:rsidRDefault="00630E83" w:rsidP="00630E83">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LC 28 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04511">
+        <w:t xml:space="preserve">spans many topics, and this TIG </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7B02">
+        <w:t xml:space="preserve">does not duplicate </w:t>
+      </w:r>
+      <w:r>
+        <w:t>detailed guidance available elsewhere</w:t>
+      </w:r>
+      <w:r w:rsidR="0075727B">
+        <w:t>, such as</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ONR’s nuclear safety </w:t>
+      </w:r>
+      <w:r w:rsidR="0075727B">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">echnical </w:t>
       </w:r>
-      <w:r w:rsidR="008F324F" w:rsidRPr="00E93A50">
-[...91 lines deleted...]
-      <w:r w:rsidR="0033072E" w:rsidRPr="00E93A50">
+      <w:r w:rsidR="0075727B">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">ssessment </w:t>
       </w:r>
-      <w:r w:rsidR="008F324F" w:rsidRPr="00E93A50">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="0075727B">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">uide (TAG) on EIMT </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1860304728"/>
+          <w:id w:val="1481111139"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00240B88" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="009F6ABE">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00E01890" w:rsidRPr="00E93A50">
-            <w:instrText xml:space="preserve">CITATION eimtnewtag \l 2057 </w:instrText>
+          <w:r w:rsidR="009F6ABE">
+            <w:instrText xml:space="preserve"> CITATION eimtnewtag \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00240B88" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="009F6ABE">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
-          <w:r w:rsidR="00240B88" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="009F6ABE">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="0033072E" w:rsidRPr="00E93A50">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> and International Atomic Energy Agency (IAEA) guidance (for example, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1404643959"/>
+          <w:id w:val="-1158457408"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00DD31DB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00904BA4">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="0032298C" w:rsidRPr="00E93A50">
-            <w:instrText xml:space="preserve">CITATION tig28iaea \l 2057 </w:instrText>
+          <w:r w:rsidR="00904BA4">
+            <w:instrText xml:space="preserve"> CITATION tig28iaea \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00DD31DB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00904BA4">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
-          <w:r w:rsidR="00DD31DB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00904BA4">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BD74F5" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="404A7676" w14:textId="50070C4B" w:rsidR="001C46CC" w:rsidRPr="00E93A50" w:rsidRDefault="001E121F" w:rsidP="00D37C21">
+    <w:p w14:paraId="4D21A699" w14:textId="6A1906BA" w:rsidR="00630E83" w:rsidRDefault="00646882" w:rsidP="002F0035">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
-[...144 lines deleted...]
-        <w:t xml:space="preserve"> (Ref. </w:t>
+      <w:r>
+        <w:t>There is some alignment with</w:t>
+      </w:r>
+      <w:r w:rsidR="00630E83">
+        <w:t xml:space="preserve"> LC 28 and relevant legislation for ONR’s other purposes (</w:t>
+      </w:r>
+      <w:r w:rsidR="00621605">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00630E83">
+        <w:t xml:space="preserve"> nuclear security, safeguards, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nuclear site</w:t>
+      </w:r>
+      <w:r w:rsidR="00630E83">
+        <w:t xml:space="preserve"> health and safety)</w:t>
+      </w:r>
+      <w:r w:rsidR="00080F94">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00630E83">
+        <w:t xml:space="preserve"> Appendix A contains further details of topics where there may be </w:t>
+      </w:r>
+      <w:r w:rsidR="00080F94">
+        <w:t xml:space="preserve">cross purpose </w:t>
+      </w:r>
+      <w:r w:rsidR="0089147C">
+        <w:t xml:space="preserve">inspection </w:t>
+      </w:r>
+      <w:r w:rsidR="00080F94">
+        <w:t>synergies</w:t>
+      </w:r>
+      <w:r w:rsidR="00630E83">
+        <w:t xml:space="preserve">. Consideration should also be given to opportunities to cooperate with other external regulators in joint inspections in accordance with obligations under the regulators’ code </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...5 lines deleted...]
-          <w:id w:val="813065164"/>
+          <w:id w:val="1223797554"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00195AEC" w:rsidRPr="00E93A50">
-[...5 lines deleted...]
-            </w:rPr>
+          <w:r w:rsidR="001A7FC0">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00195AEC" w:rsidRPr="00E93A50">
-[...6 lines deleted...]
-            <w:instrText xml:space="preserve"> CITATION Regcode \l 2057 </w:instrText>
+          <w:r w:rsidR="001A7FC0">
+            <w:instrText xml:space="preserve"> CITATION GOV1 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00195AEC" w:rsidRPr="00E93A50">
-[...5 lines deleted...]
-            </w:rPr>
+          <w:r w:rsidR="001A7FC0">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>[3]</w:t>
           </w:r>
-          <w:r w:rsidR="00195AEC" w:rsidRPr="00E93A50">
-[...5 lines deleted...]
-            </w:rPr>
+          <w:r w:rsidR="001A7FC0">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00195AEC" w:rsidRPr="00E93A50">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00630E83">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28028CE6" w14:textId="77777777" w:rsidR="00E93A50" w:rsidRDefault="00E93A50" w:rsidP="00D37C21">
-[...5 lines deleted...]
-          <w:footerReference w:type="even" r:id="rId18"/>
+    <w:p w14:paraId="538A8C71" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00223090">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="00621605" w:rsidSect="00B23A5E">
+          <w:headerReference w:type="even" r:id="rId24"/>
+          <w:headerReference w:type="default" r:id="rId25"/>
+          <w:footerReference w:type="even" r:id="rId26"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc172036173"/>
     </w:p>
-    <w:p w14:paraId="5300D1EE" w14:textId="58CBF1CB" w:rsidR="007968CA" w:rsidRPr="00E93A50" w:rsidRDefault="008D49A5" w:rsidP="00D37C21">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E93A50">
+    <w:p w14:paraId="05AAE39A" w14:textId="168E3815" w:rsidR="008D49A5" w:rsidRDefault="00D60BCB" w:rsidP="00223090">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc224544842"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Definitions</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+        <w:t xml:space="preserve">Licence Condition </w:t>
+      </w:r>
+      <w:r w:rsidR="001A7FC0">
+        <w:t>28</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A7FC0">
+        <w:t>Examination, Inspection, Maintenance and Testing</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1AC3A327" w14:textId="77ABDCCC" w:rsidR="008D49A5" w:rsidRPr="00E93A50" w:rsidRDefault="008D49A5" w:rsidP="00E93A50">
-[...707 lines deleted...]
-    <w:p w14:paraId="78C61780" w14:textId="77777777" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="70D1EAF3" w14:textId="77777777" w:rsidR="00684928" w:rsidRDefault="00684928" w:rsidP="00684928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t xml:space="preserve">28(1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:tab/>
         <w:t>The licensee shall make and implement adequate arrangements for the regular and systematic examination, inspection, maintenance and testing of all plant which may affect safety.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6280946A" w14:textId="7813E419" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="0BD28BCF" w14:textId="77777777" w:rsidR="002628D1" w:rsidRPr="00E93A50" w:rsidRDefault="002628D1" w:rsidP="00684928">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402F64FD" w14:textId="77777777" w:rsidR="00684928" w:rsidRDefault="00684928" w:rsidP="00684928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t xml:space="preserve">28(2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:tab/>
         <w:t xml:space="preserve">The licensee shall submit to ONR for </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk138751421"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk138751421"/>
       <w:r w:rsidRPr="00E93A50">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="DAE49B"/>
         </w:rPr>
         <w:t xml:space="preserve">approval </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00E93A50">
         <w:t xml:space="preserve">such part or parts of the aforesaid arrangements as ONR may </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="A3D8E7"/>
         </w:rPr>
         <w:t>specify</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CA9DB7" w14:textId="0D3D4BFA" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="644F84A4" w14:textId="77777777" w:rsidR="002628D1" w:rsidRPr="00E93A50" w:rsidRDefault="002628D1" w:rsidP="00684928">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7542095C" w14:textId="77777777" w:rsidR="00684928" w:rsidRDefault="00684928" w:rsidP="00684928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t xml:space="preserve">28(3) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:tab/>
         <w:t xml:space="preserve">The licensee shall ensure that once approved no alteration or amendment is made to the approved arrangements unless ONR has </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk138751475"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk138751475"/>
       <w:r w:rsidRPr="00E93A50">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="DAE49B"/>
         </w:rPr>
         <w:t xml:space="preserve">approved </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00E93A50">
         <w:t>such alteration or amendment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D11754E" w14:textId="2FBDC961" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="7A13888A" w14:textId="77777777" w:rsidR="002628D1" w:rsidRPr="00E93A50" w:rsidRDefault="002628D1" w:rsidP="00684928">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="016E0B42" w14:textId="77777777" w:rsidR="00684928" w:rsidRDefault="00684928" w:rsidP="00684928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t xml:space="preserve">28(4) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:tab/>
         <w:t xml:space="preserve">The aforesaid arrangements shall provide for the preparation of a plant maintenance schedule for each plant. The licensee shall submit to ONR for its </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="DAE49B"/>
         </w:rPr>
         <w:t xml:space="preserve">approval </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:t xml:space="preserve">such part or parts of any plant maintenance schedule as ONR may </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="A3D8E7"/>
         </w:rPr>
         <w:t>specify</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51CE2D0B" w14:textId="5D9FEC7E" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="30301249" w14:textId="77777777" w:rsidR="002628D1" w:rsidRPr="00E93A50" w:rsidRDefault="002628D1" w:rsidP="00684928">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B287C3" w14:textId="77777777" w:rsidR="00684928" w:rsidRDefault="00684928" w:rsidP="00684928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t xml:space="preserve">28(5) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:tab/>
         <w:t xml:space="preserve">The licensee shall ensure that once approved no alteration or amendment is made to any approved part of any plant maintenance schedule unless ONR has </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="DAE49B"/>
         </w:rPr>
         <w:t xml:space="preserve">approved </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:t>such alteration or amendment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA2D4A3" w14:textId="77777777" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="3CB7741A" w14:textId="77777777" w:rsidR="002628D1" w:rsidRPr="00E93A50" w:rsidRDefault="002628D1" w:rsidP="00684928">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D0F4B29" w14:textId="77777777" w:rsidR="00684928" w:rsidRPr="00E93A50" w:rsidRDefault="00684928" w:rsidP="00684928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t xml:space="preserve">28(6) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:tab/>
         <w:t>The licensee shall ensure in the interests of safety that every examination, inspection, maintenance and test of a plant or any part thereof is carried out:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AC462A9" w14:textId="7A7DA761" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="2EC34AEC" w14:textId="77777777" w:rsidR="00684928" w:rsidRPr="00E93A50" w:rsidRDefault="00684928" w:rsidP="002628D1">
       <w:pPr>
         <w:pStyle w:val="NumList2"/>
-        <w:ind w:left="1418"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="1843" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t>by suitably qualified and experienced persons;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B09A12B" w14:textId="3E022E0F" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="151E1036" w14:textId="77777777" w:rsidR="00684928" w:rsidRPr="00E93A50" w:rsidRDefault="00684928" w:rsidP="002628D1">
       <w:pPr>
         <w:pStyle w:val="NumList2"/>
-        <w:ind w:left="1418"/>
+        <w:ind w:left="1843" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t>in accordance with schemes laid down in writing;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B78DC2B" w14:textId="27D5A10E" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="3D609E3E" w14:textId="77777777" w:rsidR="00684928" w:rsidRPr="00E93A50" w:rsidRDefault="00684928" w:rsidP="002628D1">
       <w:pPr>
         <w:pStyle w:val="NumList2"/>
-        <w:ind w:left="1418"/>
+        <w:ind w:left="1843" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t>within the intervals specified in the plant maintenance schedule; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A326AE" w14:textId="40503E40" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="3EA373F6" w14:textId="77777777" w:rsidR="00684928" w:rsidRPr="00E93A50" w:rsidRDefault="00684928" w:rsidP="002628D1">
       <w:pPr>
         <w:pStyle w:val="NumList2"/>
-        <w:ind w:left="1418"/>
+        <w:ind w:left="1843" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t>under the control and supervision of a suitably qualified and experienced person appointed by the licensee for that purpose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0F9882" w14:textId="37592536" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="1FA46A21" w14:textId="77777777" w:rsidR="00684928" w:rsidRDefault="00684928" w:rsidP="00684928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:t xml:space="preserve">28(7) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:tab/>
         <w:t xml:space="preserve">Notwithstanding the above paragraphs of this condition ONR may </w:t>
       </w:r>
-      <w:r w:rsidR="003516F7" w:rsidRPr="00E93A50">
+      <w:r w:rsidRPr="00E93A50">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="F9D1D6"/>
         </w:rPr>
         <w:t xml:space="preserve">agree </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93A50">
         <w:t>to an extension of any interval specified in the plant maintenance schedule.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5A8F03" w14:textId="77777777" w:rsidR="00EC7A86" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="076BA959" w14:textId="77777777" w:rsidR="002628D1" w:rsidRPr="00E93A50" w:rsidRDefault="002628D1" w:rsidP="00684928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2BFCEDB0" w14:textId="7B41B8BF" w:rsidR="00D60BCB" w:rsidRPr="00E93A50" w:rsidRDefault="00EC7A86" w:rsidP="00D37C21">
+    <w:p w14:paraId="56210C2E" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="002628D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...125 lines deleted...]
-        <w:sectPr w:rsidR="00D37C21" w:rsidRPr="00E93A50" w:rsidSect="00B23A5E">
+        <w:sectPr w:rsidR="00621605" w:rsidSect="00B23A5E">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53D9C933" w14:textId="3AE1DD73" w:rsidR="00241A9A" w:rsidRPr="00E93A50" w:rsidRDefault="00241A9A" w:rsidP="00D37C21">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc172036176"/>
+    <w:p w14:paraId="2BFCEDB0" w14:textId="6CA89279" w:rsidR="00D60BCB" w:rsidRDefault="00684928" w:rsidP="002628D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E93A50">
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">28(8) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93A50">
+        <w:tab/>
+        <w:t>When any examination, inspection, maintenance or test of any part of a plant reveals any matter indicating that the safe operation or safe condition of that plant may be affected, the suitably qualified and experienced person appointed to control or supervise such examination, inspection, maintenance or test shall bring it to the attention of the licensee forthwith who shall take appropriate action and ensure the matter is then notified, recorded, investigated and reported in accordance with arrangements made under Condition 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF3E680" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="002628D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19CBAE12" w14:textId="1BA4272D" w:rsidR="00140E1C" w:rsidRDefault="00D60BCB" w:rsidP="00D60BCB">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc224544843"/>
+      <w:r>
+        <w:t xml:space="preserve">Purpose of </w:t>
+      </w:r>
+      <w:r w:rsidR="00821337">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Licence Condition</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="52291B49" w14:textId="493D6B29" w:rsidR="00993B60" w:rsidRPr="00E93A50" w:rsidRDefault="00993B60" w:rsidP="00993B60">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:t>The purpose of LC 28, as expressed in sub-condition LC 28(1), is to ensure that all plant which may affect safety, receives regular and systematic EIMT. The purpose of this EIMT is to ensure the nuclear plant remains capable of performing its safety functions, with the required level of reliability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E089D55" w14:textId="16E21042" w:rsidR="00993B60" w:rsidRPr="00E93A50" w:rsidRDefault="00993B60" w:rsidP="00993B60">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:t>A number of other LCs have interactions with LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12061">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93A50">
+        <w:t>28. As detailed later</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93A50">
+        <w:t xml:space="preserve"> these include LC 6, LC 7, LC 12, LC 22, LC 24, LC 26 and LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12061">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93A50">
+        <w:t>30.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346AAC0D" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00D60BCB">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="00621605" w:rsidSect="00B23A5E">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="540E3FBF" w14:textId="77C8A1E5" w:rsidR="00D60BCB" w:rsidRDefault="00D60BCB" w:rsidP="00D60BCB">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc224544844"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Guidance on </w:t>
       </w:r>
-      <w:r w:rsidR="00D37C21" w:rsidRPr="00E93A50">
+      <w:r w:rsidR="002042C2">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:t xml:space="preserve">rrangements for </w:t>
       </w:r>
-      <w:r w:rsidR="00D37C21" w:rsidRPr="00E93A50">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="00821337">
+        <w:t>Licence Condition</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5F5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C5D37">
+        <w:t>28</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="29E577A6" w14:textId="4AE082DF" w:rsidR="006823D8" w:rsidRPr="00E93A50" w:rsidRDefault="00046D5E" w:rsidP="00D37C21">
+    <w:p w14:paraId="755E422F" w14:textId="77777777" w:rsidR="00EC3B10" w:rsidRPr="00EC3B10" w:rsidRDefault="00EC3B10" w:rsidP="00CB6626">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-[...67 lines deleted...]
-        <w:t>safety purpose.</w:t>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC3B10">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LC 28 requires regular, systematic EIMT for all plant that may affect safety. ONR interprets </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC3B10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>plant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC3B10">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as structures, systems and components (SSCs), including those with a direct safety role and those whose failure could impact safety.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262566F4" w14:textId="1BA20F6F" w:rsidR="003516F7" w:rsidRPr="00E93A50" w:rsidRDefault="002F60BD" w:rsidP="00D37C21">
+    <w:p w14:paraId="3C1DFAA3" w14:textId="77777777" w:rsidR="00EC3B10" w:rsidRPr="00EC3B10" w:rsidRDefault="00EC3B10" w:rsidP="00CB6626">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">icensees often divide their overall maintenance catalogue into subsets, for example a maintenance catalogue may comprise some or all of the following subsets: </w:t>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC3B10">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Licensees typically divide maintenance catalogues into subsets, such as:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06715F3E" w14:textId="49C227B8" w:rsidR="003516F7" w:rsidRPr="00E93A50" w:rsidRDefault="003516F7" w:rsidP="00373ADA">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00E93A50">
+    <w:p w14:paraId="652518E7" w14:textId="77777777" w:rsidR="00EC3B10" w:rsidRPr="00EC3B10" w:rsidRDefault="00EC3B10" w:rsidP="00CB6626">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs w:val="0"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Note</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> PMS.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC3B10">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>EIMT needed to meet safety case requirements (LC 23), forming the Plant Maintenance Schedule (PMS).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465F9096" w14:textId="01C77391" w:rsidR="003516F7" w:rsidRPr="00E93A50" w:rsidRDefault="003516F7" w:rsidP="00373ADA">
-[...23 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="5B394004" w14:textId="34A42C2E" w:rsidR="00EC3B10" w:rsidRPr="00EC3B10" w:rsidRDefault="00EC3B10" w:rsidP="00CB6626">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC3B10">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>EIMT required by other legislation (</w:t>
+      </w:r>
+      <w:r w:rsidR="00621605">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC3B10">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pressure systems, lifting equipment, environmental laws).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7143DF21" w14:textId="77777777" w:rsidR="003516F7" w:rsidRPr="00E93A50" w:rsidRDefault="003516F7" w:rsidP="006778FC">
-[...8 lines deleted...]
-        <w:t>EIMT to support the operational reliability of the plant (without a specific contribution to safety).</w:t>
+    <w:p w14:paraId="3E59BB16" w14:textId="77777777" w:rsidR="00EC3B10" w:rsidRPr="00EC3B10" w:rsidRDefault="00EC3B10" w:rsidP="00CB6626">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC3B10">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>EIMT supporting operational reliability of plant without a direct safety function.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D3EAC6" w14:textId="77777777" w:rsidR="003516F7" w:rsidRPr="00E93A50" w:rsidRDefault="003516F7" w:rsidP="00373ADA">
-[...8 lines deleted...]
-        <w:t>EIMT to support decommissioning.</w:t>
+    <w:p w14:paraId="136B0879" w14:textId="77777777" w:rsidR="00EC3B10" w:rsidRPr="00EC3B10" w:rsidRDefault="00EC3B10" w:rsidP="00CB6626">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC3B10">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>EIMT supporting decommissioning activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087AFBA1" w14:textId="1951A064" w:rsidR="00B87957" w:rsidRPr="00E93A50" w:rsidRDefault="00EC4626" w:rsidP="00D37C21">
+    <w:p w14:paraId="2C2C3672" w14:textId="3C466C02" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F" w:rsidP="00D63F8F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t>28(1).</w:t>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">SSCs important to safety under LC 28 should be included in the PMS. </w:t>
+      </w:r>
+      <w:r w:rsidR="00621605">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>The licensee’s arrangements must define how EIMT requirements are specified, controlled and changed. Where items of lower safety significance are excluded from the PMS, this must be justified, and adequate EIMT must still be carried out in line with LC 28(1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71140F79" w14:textId="55068D68" w:rsidR="00B87957" w:rsidRPr="00E93A50" w:rsidRDefault="00B87957" w:rsidP="00D37C21">
+    <w:p w14:paraId="37317E6B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F" w:rsidP="00D63F8F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">ssessment (PSA). </w:t>
+      <w:r>
+        <w:t>PMSs were traditionally based on deterministic assessments of SSCs needed to meet the safety case, with EIMT specified to ensure reliability and keep the plant within its safety envelope. More recent PMSs also consider each SSC’s contribution to overall site risk as assessed by the PSA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598E775D" w14:textId="6E97EC5F" w:rsidR="00057726" w:rsidRPr="00E93A50" w:rsidRDefault="00B87957" w:rsidP="00D37C21">
+    <w:p w14:paraId="00CBA1E5" w14:textId="193FB66E" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F" w:rsidP="00D63F8F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
-[...30 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:t>ONR may require approval of a high</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t xml:space="preserve">level PMS section (the preface). </w:t>
+      </w:r>
+      <w:r w:rsidR="00621605">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>Once approved, licensees may make changes to the main PMS through internal arrangements without further ONR approval. ONR currently approves PMS prefaces at reactor sites under LC 28(4).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A427428" w14:textId="60E9EFA5" w:rsidR="00B87957" w:rsidRPr="00E93A50" w:rsidRDefault="0026761F" w:rsidP="00D37C21">
+    <w:p w14:paraId="5BBD6838" w14:textId="77777777" w:rsidR="00E7206B" w:rsidRDefault="00B603DB" w:rsidP="00B603DB">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>The arrangements should ensure all EIMT on safety</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>related plant is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64733559" w14:textId="77777777" w:rsidR="00E7206B" w:rsidRDefault="00B603DB" w:rsidP="00E7206B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>performed by suitably qualified and experienced persons (SQEP);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CADD5CB" w14:textId="77777777" w:rsidR="00E7206B" w:rsidRDefault="00B603DB" w:rsidP="00E7206B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>completed in accordance with written schemes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6A2AC8" w14:textId="77777777" w:rsidR="00E7206B" w:rsidRDefault="00B603DB" w:rsidP="00E7206B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>carried out within PMS</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>specified intervals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6A040D" w14:textId="42A21771" w:rsidR="00B603DB" w:rsidRDefault="00B603DB" w:rsidP="00E7206B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>controlled and supervised by an SQEP appointed by the licensee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590C34F8" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00B603DB">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:sectPr w:rsidR="00621605" w:rsidSect="00B23A5E">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="342A261D" w14:textId="7B87E4BC" w:rsidR="00B603DB" w:rsidRDefault="00B603DB" w:rsidP="00B603DB">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>T</w:t>
-[...90 lines deleted...]
-        <w:t xml:space="preserve"> (Ref. </w:t>
+        <w:t>Under LC 1(1), “operations” includes maintenance, examination, testing and operation; therefore, written schemes for these activities fall under LC 24 operating instructions </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1378615143"/>
+          <w:id w:val="1803417589"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EE73BF" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00B21ECB" w:rsidRPr="00E93A50">
-            <w:instrText xml:space="preserve">CITATION ONR81 \l 2057 </w:instrText>
+          <w:r w:rsidR="00272307">
+            <w:instrText xml:space="preserve"> CITATION ONR81 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00EE73BF" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[4]</w:t>
           </w:r>
-          <w:r w:rsidR="00EE73BF" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00EE73BF" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> for further information.</w:t>
+      <w:r>
+        <w:t>. Time intervals must be specified in the PMS, and failure to complete work within them constitutes non</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>compliance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C6E876" w14:textId="77777777" w:rsidR="00B87957" w:rsidRPr="00E93A50" w:rsidRDefault="00B87957" w:rsidP="00D37C21">
+    <w:p w14:paraId="5137C672" w14:textId="74A588AB" w:rsidR="00FC079A" w:rsidRPr="00E93A50" w:rsidRDefault="00B603DB" w:rsidP="00E7206B">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> (Ref. </w:t>
+      <w:r>
+        <w:t>SQEP requirements for those supervising EIMT are described in the LC 12 TIG </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1550108273"/>
+          <w:id w:val="39639439"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EB4BE9" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="007F2302" w:rsidRPr="00E93A50">
-            <w:instrText xml:space="preserve">CITATION ONR263 \l 2057 </w:instrText>
+          <w:r w:rsidR="00272307">
+            <w:instrText xml:space="preserve"> CITATION ONR263 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00EB4BE9" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[5]</w:t>
           </w:r>
-          <w:r w:rsidR="00EB4BE9" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00EB4BE9" w:rsidRPr="00E93A50">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (Ref. </w:t>
+      <w:r>
+        <w:t>. TIG 26 also applies </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1931959156"/>
+          <w:id w:val="-280262702"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EB4BE9" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="007F2302" w:rsidRPr="00E93A50">
-            <w:instrText xml:space="preserve">CITATION ONR323 \l 2057 </w:instrText>
+          <w:r w:rsidR="008F6B70">
+            <w:instrText xml:space="preserve"> CITATION ONR323 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00EB4BE9" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[6]</w:t>
           </w:r>
-          <w:r w:rsidR="00EB4BE9" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00EB4BE9" w:rsidRPr="00E93A50">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t>, as EIMT activities are “operations” under LC 1(1). The supervising SQEP should form part of the licensee’s core safety capability as defined in </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-2118061782"/>
+          <w:id w:val="185340772"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000B6318" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="000B6318" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:instrText xml:space="preserve"> CITATION ICNEW \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="000B6318" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[7]</w:t>
           </w:r>
-          <w:r w:rsidR="000B6318" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00272307">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638F45E8" w14:textId="421013E5" w:rsidR="00710C95" w:rsidRPr="00E93A50" w:rsidRDefault="00B87957" w:rsidP="00D37C21">
-[...24 lines deleted...]
-    <w:p w14:paraId="3603D887" w14:textId="49525DE1" w:rsidR="008C2966" w:rsidRPr="00E93A50" w:rsidRDefault="0058206C" w:rsidP="00D37C21">
+    <w:p w14:paraId="19FAD3BB" w14:textId="67348BF2" w:rsidR="00CD6914" w:rsidRDefault="00CD6914" w:rsidP="00CD6914">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:rPr>
-          <w:color w:val="22413A"/>
-          <w:sz w:val="48"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">(Ref. </w:t>
+      <w:r>
+        <w:t xml:space="preserve">LC 1(1) defines </w:t>
+      </w:r>
+      <w:r w:rsidR="0092211B">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092211B">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>modification</w:t>
+      </w:r>
+      <w:r w:rsidR="0092211B">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092211B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>as any alteration to buildings, plant, operations, processes or safety cases. Therefore, changes to maintenance, examination or testing must be treated as modifications under the licensee’s LC 22 arrangements, and EIMT intervals may be altered through those arrangements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46997DA2" w14:textId="77777777" w:rsidR="00CD6914" w:rsidRDefault="00CD6914" w:rsidP="00CD6914">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The arrangements should also cover LC 28(8) requirements for notifying, recording, investigating and reporting defects or deficiencies found during EIMT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09757B62" w14:textId="6B37DE2E" w:rsidR="00CD6914" w:rsidRDefault="00CD6914" w:rsidP="00CD6914">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Records of EIMT on SSCs affecting safety (LC 28(9)) must be compiled and retained under LC 6. These records demonstrate compliance with licence conditions as defined in LC 6(1). Further guidance is provided in the LC 6 TIG </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1373148137"/>
+          <w:id w:val="1014655965"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00356C61" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00902597">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="007F2302" w:rsidRPr="00E93A50">
-            <w:instrText xml:space="preserve">CITATION ONR288 \l 2057 </w:instrText>
+          <w:r w:rsidR="00902597">
+            <w:instrText xml:space="preserve"> CITATION ONR288 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="00356C61" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00902597">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[8]</w:t>
           </w:r>
-          <w:r w:rsidR="00356C61" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00902597">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00356C61" w:rsidRPr="00E93A50">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> and the records management TAG </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-479932866"/>
+          <w:id w:val="-1415470888"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007B17FB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00902597">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="007B17FB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00902597">
             <w:instrText xml:space="preserve"> CITATION RecordNEW \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="007B17FB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00902597">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[9]</w:t>
           </w:r>
-          <w:r w:rsidR="007B17FB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00902597">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00356C61" w:rsidRPr="00E93A50">
-[...6 lines deleted...]
-        <w:br w:type="page"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF36955" w14:textId="71993265" w:rsidR="002A1556" w:rsidRPr="00E93A50" w:rsidRDefault="002A1556" w:rsidP="00D37C21">
+    <w:p w14:paraId="317A5897" w14:textId="2CB8D15E" w:rsidR="00D60BCB" w:rsidRDefault="00D60BCB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41C3DA1C" w14:textId="35444E9C" w:rsidR="00D60BCB" w:rsidRDefault="00D60BCB" w:rsidP="00D60BCB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc172036177"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="7" w:name="_Toc224544845"/>
+      <w:r>
         <w:t xml:space="preserve">Guidance on </w:t>
       </w:r>
-      <w:r w:rsidR="00D37C21" w:rsidRPr="00E93A50">
+      <w:r w:rsidR="002042C2">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:t xml:space="preserve">nspection of </w:t>
       </w:r>
-      <w:r w:rsidR="00D37C21" w:rsidRPr="00E93A50">
+      <w:r w:rsidR="002042C2">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:t xml:space="preserve">rrangements and their </w:t>
       </w:r>
-      <w:r w:rsidR="00D37C21" w:rsidRPr="00E93A50">
+      <w:r w:rsidR="002042C2">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:t>mplementation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="168E48DE" w14:textId="0E7402ED" w:rsidR="00064736" w:rsidRPr="00E93A50" w:rsidRDefault="00EE2824" w:rsidP="00D37C21">
+    <w:p w14:paraId="40A2B6A1" w14:textId="77777777" w:rsidR="008F6B70" w:rsidRDefault="002A409A" w:rsidP="006A53EF">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-[...58 lines deleted...]
-        <w:t xml:space="preserve">Ref. </w:t>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>LC 28 covers a wide range of topics, with IAEA definitions of EIMT including both technical and administrative aspects </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1133747884"/>
+          <w:id w:val="-854880981"/>
           <w:citation/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005E161E" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00B94D92">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="005E161E" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00B94D92">
             <w:instrText xml:space="preserve"> CITATION IAEANEW \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="005E161E" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00B94D92">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[10]</w:t>
           </w:r>
-          <w:r w:rsidR="005E161E" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00B94D92">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005C7E51" w:rsidRPr="00E93A50">
-[...27 lines deleted...]
-        <w:t>include:</w:t>
+      <w:r>
+        <w:t>. Key areas for LC 28 compliance inspections include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F322D25" w14:textId="27CD947D" w:rsidR="00064736" w:rsidRPr="00E93A50" w:rsidRDefault="00064736" w:rsidP="00D37C21">
+    <w:p w14:paraId="3A6E79A4" w14:textId="77777777" w:rsidR="008F6B70" w:rsidRDefault="002A409A" w:rsidP="008F6B70">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>the maintenance organisation;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4380081C" w14:textId="14C638BC" w:rsidR="00D037EA" w:rsidRPr="00E93A50" w:rsidRDefault="00064736" w:rsidP="00D37C21">
+    <w:p w14:paraId="05E3FA1B" w14:textId="77777777" w:rsidR="008F6B70" w:rsidRDefault="002A409A" w:rsidP="008F6B70">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>;</w:t>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>the PMS;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7069D566" w14:textId="6F7ECDF3" w:rsidR="00064736" w:rsidRPr="00E93A50" w:rsidRDefault="00064736" w:rsidP="00D37C21">
+    <w:p w14:paraId="53225E7D" w14:textId="77777777" w:rsidR="008F6B70" w:rsidRDefault="002A409A" w:rsidP="008F6B70">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>;</w:t>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>implementation of EIMT;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17ABD776" w14:textId="6EAFE799" w:rsidR="00064736" w:rsidRPr="00E93A50" w:rsidRDefault="00D037EA" w:rsidP="00D37C21">
+    <w:p w14:paraId="03E6F019" w14:textId="67481389" w:rsidR="002A409A" w:rsidRDefault="002A409A" w:rsidP="008F6B70">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>supporting aspects such as spares and test equipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A52CAC0" w14:textId="07770520" w:rsidR="008E780A" w:rsidRPr="00E93A50" w:rsidRDefault="00D37C21" w:rsidP="00D37C21">
+    <w:p w14:paraId="4D95AD59" w14:textId="10E82F15" w:rsidR="002A409A" w:rsidRDefault="00621605" w:rsidP="006A53EF">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00E93A50">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
+        <w:instrText xml:space="preserve"> REF _Ref224544805 \h </w:instrText>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93A50">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E93A50">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00227FCD" w:rsidRPr="00E93A50">
-[...57 lines deleted...]
-        <w:t xml:space="preserve">and will be subject to review and revision in light of operational experience. </w:t>
+      <w:r w:rsidR="002A409A">
+        <w:t xml:space="preserve"> provides further inspectable topics. Inspectors should apply a risk</w:t>
+      </w:r>
+      <w:r w:rsidR="002A409A">
+        <w:noBreakHyphen/>
+        <w:t>informed approach when selecting which areas to examine</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6B70">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC1CDA9" w14:textId="6F2D3458" w:rsidR="006A53C6" w:rsidRPr="00E93A50" w:rsidRDefault="006A32A8" w:rsidP="00D37C21">
-[...35 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5D6CDD21" w14:textId="77777777" w:rsidR="00F425A7" w:rsidRDefault="00F425A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="75E76F5A" w14:textId="4F3B0F7A" w:rsidR="004E7226" w:rsidRPr="00E93A50" w:rsidRDefault="004E7226" w:rsidP="00D37C21">
-[...57 lines deleted...]
-        <w:sectPr w:rsidR="00CA2AB1" w:rsidRPr="00E93A50" w:rsidSect="00B23A5E">
+    <w:p w14:paraId="60DA65EF" w14:textId="77777777" w:rsidR="00F425A7" w:rsidRDefault="00F425A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="00F425A7" w:rsidSect="00B23A5E">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78C6FF55" w14:textId="209B30F0" w:rsidR="00E77FE1" w:rsidRPr="00E93A50" w:rsidRDefault="00E77FE1" w:rsidP="00E93A50">
+    <w:p w14:paraId="3B827D33" w14:textId="1C2C4715" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E93A50">
+        <w:keepNext/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Table_2_–"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref224544805"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-[...21 lines deleted...]
-        <w:t>28 Inspection Guidance</w:t>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715624">
+        <w:t>LC 28 Inspection guidance</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ONRTable1"/>
         <w:tblW w:w="13948" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="9355"/>
         <w:gridCol w:w="1904"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F458DA" w:rsidRPr="00E93A50" w14:paraId="3EFEEF8C" w14:textId="696BAF87" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="01737048" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F13F7F5" w14:textId="397DA118" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00F458DA" w:rsidP="00E93A50">
+          <w:p w14:paraId="2875DC5E" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7265DD" w14:textId="00B3499A" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00F458DA" w:rsidP="00E93A50">
+          <w:p w14:paraId="4C93C49C" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Topic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1C2687" w14:textId="7E75E8A1" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00F458DA" w:rsidP="00E93A50">
+          <w:p w14:paraId="5BEA72EE" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...19 lines deleted...]
-              <w:t>uidance</w:t>
+              </w:rPr>
+              <w:t>Supporting guidance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6339C314" w14:textId="639D8112" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00F458DA" w:rsidP="00E93A50">
+          <w:p w14:paraId="4C4801A2" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">uidance </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Further guidance </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F458DA" w:rsidRPr="00E93A50" w14:paraId="13BC7C01" w14:textId="3740B7D0" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="6848B1E7" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="553893EB" w14:textId="21BDC4BC" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00F31DBE" w:rsidP="00E93A50">
+          <w:p w14:paraId="44A7381F" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1917BC3B" w14:textId="77777777" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00F458DA" w:rsidP="00E93A50">
+          <w:p w14:paraId="5E20DF6B" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Organisational Capability</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51A0E492" w14:textId="01384AC5" w:rsidR="00BB7117" w:rsidRPr="00E93A50" w:rsidRDefault="00BB7117" w:rsidP="00E93A50">
+          <w:p w14:paraId="2E27EF3A" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>(links to LC 36)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00ECB3DB" w14:textId="34D55670" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00F458DA" w:rsidP="00E93A50">
+          <w:p w14:paraId="4D11585D" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...172 lines deleted...]
-              <w:t>These should be captured on the nuclear baseline.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee’s organisation should have sufficient resources to implement the EIMT programme. This should include assigning roles and responsibilities associated with EIMT and identification of the resources required to fulfil the EIMT programme (for example, numbers of SQEP personnel from each engineering discipline). These should be captured on the nuclear baseline.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48D88293" w14:textId="40B559F9" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="2D77CEE3" w14:textId="213A548A" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="1422904923"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EB691D" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="0032298C" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION tig28iaea \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00EB691D" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[2]</w:t>
                 </w:r>
-                <w:r w:rsidR="00EB691D" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007C2EB1" w:rsidRPr="00E93A50">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="1361012867"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00713333" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="00713333" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION ICNEW \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00713333" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[7]</w:t>
                 </w:r>
-                <w:r w:rsidR="00713333" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00EB691D" w:rsidRPr="00E93A50">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="260960546"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B22617" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="00B22617" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION NB \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00B22617" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[11]</w:t>
                 </w:r>
-                <w:r w:rsidR="00B22617" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F458DA" w:rsidRPr="00E93A50" w14:paraId="452E7CBB" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="1B4FCC36" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52A1FDE8" w14:textId="08312862" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00F31DBE" w:rsidP="00E93A50">
+          <w:p w14:paraId="47DDEA25" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75193D0D" w14:textId="28F34A07" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00F458DA" w:rsidP="00E93A50">
+          <w:p w14:paraId="276C779E" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Governance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B968A32" w14:textId="6F41EAAE" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="004F29D7" w:rsidP="00E93A50">
+          <w:p w14:paraId="0735AAA4" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...102 lines deleted...]
-              <w:t xml:space="preserve">governance of system health processes. </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The licensee should have appropriate governance and oversight of EIMT performance. This may be through use of metrics to monitor delivery of EIMT activities and trend backlogs or through governance of system health processes. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49405CA2" w14:textId="31BEB2BC" w:rsidR="00F458DA" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="30DFF892" w14:textId="5F5F6A72" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="644166001"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="0032298C" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION tig28iaea \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[2]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="6C48F28D" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="0F8028C9" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05FDD493" w14:textId="1871C2E2" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="5F59FEEB" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C426D9" w14:textId="53B3126D" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="1A956C44" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Interfaces between different groups</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75D0AE77" w14:textId="5F2B2C0C" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="71673FF2" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The licensee’s EIMT programme will involve interfaces between different groups (for example, operations, one or more engineering disciplines, radiation protection, contractors). The interfaces between these groups should be clear with roles and responsibilities and any handover arrangements defined.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C20BBB" w14:textId="584FA2EA" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="210D1F8D" w14:textId="63A0956A" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="1233508857"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="0032298C" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION tig28iaea \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[2]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="0BB3F09E" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="5510EBF1" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48BA31A6" w14:textId="5F4E2547" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="42A96237" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F32B5F3" w14:textId="7339A8B1" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="77299E7C" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">SSC classification </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5264B98D" w14:textId="42D24B76" w:rsidR="00E1568A" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="12B1F854" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The licensee’s arrangements should describe the methods and criteria for identifying the safety significance of all SSCs with clear linkage to the safety case. These SSCs may comprise the PMS. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A0F880B" w14:textId="57D56F42" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="50907CF7" w14:textId="5D358771" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:t>Where a graded approach is used there should be a proportionate approach within the arrangements for control of EIMT.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Where a graded approach is used there should be a proportionate approach within the arrangements for control of EIMT. If there are categories of lesser safety significant SSCs that are not included on the PMS (</w:t>
             </w:r>
-            <w:r w:rsidR="00E1568A" w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="008C0CA9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93A50">
-[...46 lines deleted...]
-              <w:t xml:space="preserve">28(1)). </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> emergency equipment) then there should still be appropriate EIMT (a requirement of LC 28(1)). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30E2E690" w14:textId="729B481C" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="5216F063" w14:textId="2ABE45B3" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-872149808"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION CATCLASS \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[12]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="6ECC32BF" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="0177DC64" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE478E8" w14:textId="10F23E53" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="05385E90" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="647F57BD" w14:textId="7C4C29F3" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="5E905DE7" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>EIMT requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37918E14" w14:textId="34C7D2C0" w:rsidR="001C4BED" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="636F4B78" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...74 lines deleted...]
-              <w:t>on the PMS.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee’s PMS should state the EIMT required to support the safety case with the activity and frequency (including applicable tolerance(s)) underpinned and evidenced by suitable engineering substantiation and/or operational experience. This is also applicable for any lesser safety significant SSCs not included on the PMS.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DFF5AC3" w14:textId="5C9DA14C" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="3FAF31A8" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Where the contents of the PMS are based on demonstrations of operability/availability and continuing plant reliability, the EIMT activity identified should be sufficient to achieve adequate compliance with the assumptions contained in the site PSA.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6849B5B1" w14:textId="720D4E47" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="3F10C58F" w14:textId="76DC4228" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-997883049"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00240B88" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="00E01890" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION eimtnewtag \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00240B88" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[1]</w:t>
                 </w:r>
-                <w:r w:rsidR="00240B88" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="952751081"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00CA7525" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="0032298C" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION tig28iaea \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00CA7525" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[2]</w:t>
                 </w:r>
-                <w:r w:rsidR="00CA7525" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="0D1ED70A" w14:textId="2388CF1D" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="49FE1E7B" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C40D0BC" w14:textId="384DB11F" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="6E4E88D8" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F5E131" w14:textId="3EAFA8F5" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="55E4C03A" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...18 lines deleted...]
-              <w:t>22)</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>PMS suspensions (links to LC 22)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F646B34" w14:textId="2DC9F502" w:rsidR="00D629ED" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="43AF5CE4" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">arrangements should set expectations for the level of justification as well as identify the potential need to request agreement from ONR under LC 28(7). </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where an extension of the interval for EIMT is required, the licensee’s arrangements should set expectations for the level of justification as well as identify the potential need to request agreement from ONR under LC 28(7). </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="562CFC30" w14:textId="77777777" w:rsidR="00E93A50" w:rsidRPr="00E93A50" w:rsidRDefault="007C4BF7" w:rsidP="00E93A50">
+          <w:p w14:paraId="398B7F47" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the PMS is not approved, then the intervals may be extended by following the licensee’s LC 22 arrangements. The arrangements should describe the appropriate control and authorisation measures with the justification for extensions giving consideration to operational experience and engineering substantiation. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D94B635" w14:textId="52968DAA" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00960D1F" w:rsidP="00E93A50">
+          <w:p w14:paraId="379EA893" w14:textId="1631F82A" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-              <w:rPr>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93A50">
-              <w:t xml:space="preserve">: </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>: If the licensee defers an LC 28 inspection they should confirm that they remain compliant with other legally binding inspection requirements (</w:t>
             </w:r>
-            <w:r w:rsidR="00584D7E" w:rsidRPr="00E93A50">
-              <w:t>If the licensee defers an LC</w:t>
+            <w:r w:rsidR="004D7307">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
             </w:r>
-            <w:r w:rsidR="007D1679" w:rsidRPr="00E93A50">
-[...39 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pressure Systems Safety Regulations (2000) or Lifting Operations and Lifting Equipment Regulations 1998).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="527E3FFC" w14:textId="0E06ACB1" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="5CB5EAD0" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="18CBBD25" w14:textId="5237E14B" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="3502F28B" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9EE080" w14:textId="0F55B454" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="34E42442" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B46AF51" w14:textId="73F190E6" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="2F4FCE12" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...18 lines deleted...]
-              <w:t>22)</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>EIMT Modifications (links to LC 22)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1617595B" w14:textId="1A00C62C" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="23A15711" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...39 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee should have an appropriate level of control on changes to EIMT for plant that may affect safety. The licensee’s arrangements should require a safety justification that is graded according to the safety significance of the SSC and in accordance with its LC 22 arrangements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44CAE505" w14:textId="34D8A448" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="7F95E86F" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="19F49A73" w14:textId="6ADD05D4" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="264575C5" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BEE50FC" w14:textId="27550020" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="4D1FA107" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="183FF87D" w14:textId="78D8B976" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="51715DE9" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Periodic Shutdown (links to LC 30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09C233F9" w14:textId="7A507FB1" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="052CA1B8" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Where work activities that are specified in the PMS can only be carried out with the plant shutdown, the arrangements should define the maximum operating period between periodic shutdowns.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70A58BE4" w14:textId="495E739E" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="1C44BCCE" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...18 lines deleted...]
-              <w:t>28(5).</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>In the case of operational reactor power stations, ONR has approved part of the maintenance schedule referred to as the ‘preface’ under LC 28(4). In such cases the preface specifies the duration of operation between periodic shutdowns. Therefore, should the licensee wish to permanently amend such an interval, as defined within the preface, its arrangements should reflect the requirement for an approval to be sought from ONR in accordance with LC 28(5).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C359492" w14:textId="24C16720" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="140BDDB7" w14:textId="4B431942" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-1334064318"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION LC30 \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[13]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="0DD463CE" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="4806BE0C" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C88B023" w14:textId="0AB562D4" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="51C3DA8F" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2785A106" w14:textId="4CED7FDA" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="61A4918A" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Maintenance Optimisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="112A8592" w14:textId="43F761A5" w:rsidR="002963EC" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="01704310" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...32 lines deleted...]
-              <w:t>defects) to optimise maintenance operations.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee should have a process that uses operating experience (for example, from EIMT findings or defects) to optimise maintenance operations.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42D9E291" w14:textId="59ACBB62" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="4AC96DD1" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...60 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>For facilities where safety cases have been updated or renewed the licensee should review the PMS to ensure that the contents reflect the current safety case and hazard.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD5A2D4" w14:textId="19C1B314" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="2C86BCD3" w14:textId="2D67628A" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-750658983"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00CA7525" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="0032298C" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION tig28iaea \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00CA7525" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[2]</w:t>
                 </w:r>
-                <w:r w:rsidR="00CA7525" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="2D93B863" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="3D35EBB3" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="467A5266" w14:textId="062B62CF" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="45B5B291" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF9E266" w14:textId="66E7ABCA" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="66904734" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Ageing, degradation and obsolescence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DB7FCDA" w14:textId="73B0B5C1" w:rsidR="00D932BF" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="4808909F" w14:textId="7ABC20A0" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">The licensee’s arrangements should </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee’s arrangements should take consideration of asset management requirements (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93A50">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">take due consideration of asset management requirements </w:t>
+            <w:r w:rsidR="00A87D44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
             </w:r>
-            <w:r w:rsidR="00D37C21" w:rsidRPr="00E93A50">
-[...37 lines deleted...]
-              <w:t>EIMT methods and frequency of application should be effective in detecting or mitigating ageing and degradation mechanisms before they adversely impact safety.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ageing, degradation, obsolescence) including the strategies for reviewing and managing the obsolescence of SSCs important to safety. EIMT methods and frequency of application should be effective in detecting or mitigating ageing and degradation mechanisms before they adversely impact safety.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="766C2350" w14:textId="3822AED2" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="0BA111D6" w14:textId="055036B5" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="446201954"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="00166532" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION ONRageingtag \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[14]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="06CBF51E" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="657D95FC" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1067"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9E12F0" w14:textId="62F8D0D3" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="58A00B44" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44496AB0" w14:textId="77777777" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="0EDD165C" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Maintenance backlogs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8EB22F" w14:textId="566C4663" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="52AF750D" w14:textId="2BEE7147" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> any backlogs do not have an adverse effect on the safety of the plant.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee should have a process to prevent maintenance backlogs and ensure any backlogs do not have an adverse effect on the safety of the plant.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3056A385" w14:textId="4349B57F" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="302A6551" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="0354658C" w14:textId="33A23700" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="337B8C46" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="742A00D8" w14:textId="2C054FCF" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="1DEFE247" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52AED7F6" w14:textId="57175DB7" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="16C88FB1" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
-              <w:pStyle w:val="Bulletlist2"/>
-[...3 lines deleted...]
-              </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Defects (links to LC7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64D2BAC8" w14:textId="55BB047F" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="273D413C" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
-              <w:pStyle w:val="Bulletlist2"/>
-[...3 lines deleted...]
-              </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...33 lines deleted...]
-              <w:t>appropriate corrective actions.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee should have a process for reporting and investigating defects, determining the urgency and any remedial actions required to ensure continued safe operation of the plant. Defect records should identify the implications of the defect and appropriate corrective actions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7124BCA2" w14:textId="0947AB68" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="73FC5CA8" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
-              <w:pStyle w:val="Bulletlist2"/>
-[...3 lines deleted...]
-              </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="6BCDE74A" w14:textId="2A1C0A2E" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="5D9ED416" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72A84D67" w14:textId="65AE084F" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="25C11AFE" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B576587" w14:textId="380A4056" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="7C3559A3" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Condition monitoring</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="639BDBA2" w14:textId="77777777" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="25BCBA7A" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Condition monitoring can be used to inform the requirement for maintenance. This maybe through walkdowns at an appropriate frequency or by use of diagnostic methods. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="298B9B34" w14:textId="4EE71C01" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="002476D2" w:rsidP="00E93A50">
+          <w:p w14:paraId="544AA253" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">echniques and diagnostic methods need to be appropriate for the situation. The parameters to be monitored, the acceptance criteria and whether all potential failure modes are addressed should be clear. </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The licensee’s techniques and diagnostic methods need to be appropriate for the situation. The parameters to be monitored, the acceptance criteria and whether all potential failure modes are addressed should be clear. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10BF40EF" w14:textId="07B2A035" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="4E423958" w14:textId="17923DD2" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="1137756309"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E55248" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="00E55248" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION eimtnewtag \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00E55248" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[1]</w:t>
                 </w:r>
-                <w:r w:rsidR="00E55248" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">and </w:t>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="1112021353"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E55248" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="0032298C" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION tig28iaea \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00E55248" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[2]</w:t>
                 </w:r>
-                <w:r w:rsidR="00E55248" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="44AB22BA" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="2E96D812" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2479E4FB" w14:textId="3C7A84B3" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="313B3825" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10F5D80A" w14:textId="14B8B7D7" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="47E5A959" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Plant safety during maintenance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7352366A" w14:textId="40B910F2" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="509EA73A" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...86 lines deleted...]
-              <w:t xml:space="preserve"> recorded, assessed and drawn to the attention of staff responsible for operating the plant.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>If plant is required to be taken out of service for EIMT then the minimum plant configuration should be specified by the licensee’s safety case and this should be defined as a condition / limit under LC 23. This may be informed by assessments of risk using PSA. The SSCs unavailability should be recorded, assessed and drawn to the attention of staff responsible for operating the plant.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33FE7A6B" w14:textId="5EF056C4" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="71824B7C" w14:textId="0883F979" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-772480547"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002464B0" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="002464B0" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION eimtnewtag \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="002464B0" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[1]</w:t>
                 </w:r>
-                <w:r w:rsidR="002464B0" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="4B94B822" w14:textId="0BA5A8B0" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="170AC733" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71AAC427" w14:textId="5792B84E" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="6BEC0679" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A8F4D8" w14:textId="0D717B44" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="58C14B4A" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Setting to work and workplace standards</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31B74AD8" w14:textId="2F60A87B" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="0A722F20" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> include:</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Inspectors should consider inspecting EIMT work that is about to commence or is ongoing. Aspects of interest may include:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F7AAADC" w14:textId="77777777" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="59869EEA" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
-              <w:pStyle w:val="Bulletlist1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="457"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>the setting to work briefing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42BF6EFB" w14:textId="67D9DA71" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="1C8B4B01" w14:textId="680D38A8" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
-              <w:pStyle w:val="Bulletlist1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="457"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-              <w:t xml:space="preserve">confirming appropriate isolations are in place and that appropriate authorisation has been given for the work to commence </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">confirming appropriate isolations </w:t>
             </w:r>
-            <w:r w:rsidR="00D37C21" w:rsidRPr="00E93A50">
-              <w:t>(for example,</w:t>
+            <w:r w:rsidR="00A3375F" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">and authorisation </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93A50">
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>are in place for the work to commence (</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3375F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> via a permit to work system)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="494568B4" w14:textId="4184B591" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="26C93098" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
-              <w:pStyle w:val="Bulletlist1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="457"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> controls</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>the requirement for and adherence to foreign material exclusion controls</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BCCC2AB" w14:textId="2A074695" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="0F59F8C9" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
-              <w:pStyle w:val="Bulletlist1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="457"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> in calibration</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>the use of test equipment that is in calibration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F34119E" w14:textId="097A4DAC" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="09A9E807" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
-              <w:pStyle w:val="Bulletlist1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="457"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve">the written instructions in use. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4526BA" w14:textId="0CFADDE0" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="56370013" w14:textId="7E9F3B3C" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-2132552059"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION Mech \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[15]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="6A5EDE41" w14:textId="4B1F4B35" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="66FD3146" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21CD8225" w14:textId="44694C15" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="1388B164" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E99759B" w14:textId="1A0CD444" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="7E0A1633" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> contractors) (links to LCs 10, 12 and 26)</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>SQEP (inc contractors) (links to LCs 10, 12 and 26)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28B35E08" w14:textId="77490985" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="6402B0AA" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...39 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee’s arrangements should require that EIMT is carried out by SQEP (LC 28(6)(a)) and under the control and supervision of a SQEP person appointed for that purpose by the licensee (LC 28(6)(d)). Control and supervision arrangements should be reflective of the specific task and how the activity may affect wider safe operation of the plant.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="045B4A17" w14:textId="7937F00B" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="564059A0" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...74 lines deleted...]
-              <w:t xml:space="preserve"> qualifications and experience of such workers prior to the work being authorised. The contractors should be SQEP for the work assigned.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Licensees may use contractors to carry out EIMT. The licensee should act as the intelligent customer and check and approve the qualifications and experience of such workers prior to the work being authorised. The contractors should be SQEP for the work assigned.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64068D12" w14:textId="6C0AA693" w:rsidR="00F73AB7" w:rsidRPr="00E93A50" w:rsidRDefault="00674333" w:rsidP="00E93A50">
+          <w:p w14:paraId="7DBB303B" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...74 lines deleted...]
-              <w:t>, as well as reviewing training/competence records.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>In order to determine the suitability of those undertaking EIMT work, consider discussions with person(s) carrying out work, their team leaders and section heads, as well as reviewing training/competence records.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A95175C" w14:textId="7B925ED6" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="113630DC" w14:textId="5827D387" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="39868010"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="007F2302" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION ONR263 \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[5]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-1510438004"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="007F2302" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION ONR323 \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[6]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="004B7F47" w:rsidRPr="00E93A50">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="348069182"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0031098A" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="0031098A" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION ICNEW \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="0031098A" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[7]</w:t>
                 </w:r>
-                <w:r w:rsidR="0031098A" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00F14E5B" w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="0D752FC1" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="4876C24F" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BECD5FD" w14:textId="02F21E8F" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="1A5843F7" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23A72A60" w14:textId="5394A206" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="47342609" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Written schemes (or procedures) (links to LC 24)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF67360" w14:textId="423411A8" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="36A3EFCD" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...102 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee’s arrangements should require all activities to be carried out in accordance with written schemes (LC 28(6)(b)). There should be a clear auditable trail from the safety case to the specified EIMT requirements and the operating instruction.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="516EF80E" w14:textId="785E3EA8" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="4A335EB8" w14:textId="734F6B42" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">The procedures should be </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The procedures should be reflective of the safety significance of the SSC, appropriately categorised (</w:t>
             </w:r>
-            <w:r w:rsidR="00101FB8" w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">reflective of the safety significance of the SSC, </w:t>
+            <w:r w:rsidR="00174B07">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
             </w:r>
-            <w:r w:rsidR="00A11990" w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:t>appropriately</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reference vs continuous use) and used correctly. There should be consideration of potential shortfalls in human performance, quality assurance proportionate to the safety significance (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> categorised </w:t>
+            <w:r w:rsidR="00062D23">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
             </w:r>
-            <w:r w:rsidR="00D37C21" w:rsidRPr="00E93A50">
-[...51 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> use of independent verification checks &amp; hold points) and a clear pass/fail criteria for the EIMT being undertaken.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="292F0F92" w14:textId="262E0351" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="2FC58B1E" w14:textId="2D51BA10" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-636035992"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="00B21ECB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION ONR81 \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[4]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="806667631"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION Mech \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[15]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="0D524272" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="770D7B79" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3ED4CF" w14:textId="35CA466B" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="0F092453" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="597F9CF4" w14:textId="489E1C79" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="6CC32C89" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Return to service </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E76EAAF" w14:textId="6700A15F" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="1690804E" w14:textId="3916662B" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Following EIMT it is important that the plant/equipment/system is returned to service in a controlled manner with its operational functionality proven prior to reinstatement. SSCs that have had maintenance carried out should be reinstated, tested and accepted by an appropriate person </w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Following EIMT it is important that the plant/equipment/system is returned to service in a controlled manner with its operational functionality proven prior to reinstatement. SSCs that have had maintenance carried out should be reinstated, tested and accepted by an appropriate person (</w:t>
             </w:r>
-            <w:r w:rsidR="00D37C21" w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:t>(for example,</w:t>
+            <w:r w:rsidR="00963424">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93A50">
-[...53 lines deleted...]
-              <w:t>before being declared operable and available.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a duly authorised person appointed under LC 12(2)) before being declared operable and available.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5315FB30" w14:textId="722135B3" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00F14E5B" w:rsidP="00E93A50">
+          <w:p w14:paraId="4096DF9E" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="48542EB3" w14:textId="3484A1F6" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="457A8F1D" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7CD27A" w14:textId="156546C8" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="5B46D14F" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42140192" w14:textId="4628CCD7" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="46D8A362" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Records (links to LC6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06DC3119" w14:textId="11486328" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="0000BEB9" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...74 lines deleted...]
-              <w:t>28(8) requirement).</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Records (LC 28(9)) of EIMT carried out on SSCs which may affect safety should be compiled and retained in an appropriate manner by the licensee under its arrangements for compliance with LC 6. These should be commensurate with the safety significance of the SSCs to which they relate, reflecting the work completed, tasks left outstanding, and issues identified and should be signed off by the SQEP who controls and supervises the work. Where there are failures to meet PMS requirements these should be reported under LC 7 (LC 28(8) requirement).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F461CAD" w14:textId="0D84E654" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="37A163B3" w14:textId="6F1FD37E" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-500194915"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="007F2302" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">CITATION ONR288 \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[8]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00C92147" w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-725762359"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C92147" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="00C92147" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION RecordNEW \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00C92147" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[9]</w:t>
                 </w:r>
-                <w:r w:rsidR="00C92147" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="3B8A2B86" w14:textId="74CD2BB1" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="21852157" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09036A37" w14:textId="607DE7B5" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="09D11EEF" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="717EDF6B" w14:textId="33337B20" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="369C70AB" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Spares &amp; Stores </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2AB355" w14:textId="1BA2774A" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="2A9B32A7" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...60 lines deleted...]
-              <w:t>. This should include an acceptability check by a SQEP on receipt of the item and prior to use.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Control of spares and appropriate storage is important in ensuring replacement SSC’s provide the required safety function. The licensee should have processes that ensure that correct stores items have been received, appropriately stored and with a suitable level of control on issue. This should include an acceptability check by a SQEP on receipt of the item and prior to use.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B74A62E" w14:textId="77777777" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="1EF3050A" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...109 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The licensee should be able to demonstrate understanding of minimum stock levels required for critical spares, the shelf life for stored SSCs and any necessary environmental conditions for storage. Personnel should be aware of the potential for counterfeit, fraudulent and suspect items with arrangements in place, to quarantine, investigate and sentence suspect items.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="630E6D76" w14:textId="0FC67E94" w:rsidR="00AF0296" w:rsidRPr="00E93A50" w:rsidRDefault="00AF0296" w:rsidP="00E93A50">
+          <w:p w14:paraId="6C151856" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Replacement and configuration of plant items should be controlled with respect to design, specification, manufacture, function, procurement, storage, issue, fitness for purpose and installation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E120F2C" w14:textId="0577DD6B" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00982853" w:rsidP="00E93A50">
+          <w:p w14:paraId="005394EE" w14:textId="038A3201" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="00000000" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-470282115"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION Mech \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[15]</w:t>
                 </w:r>
-                <w:r w:rsidR="007B7D8B" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00AD75D2" w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="654106134"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008E2A65" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="008E2A65" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION Supplychain \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="008E2A65" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[16]</w:t>
                 </w:r>
-                <w:r w:rsidR="008E2A65" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008E2A65" w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="298423989"/>
                 <w:citation/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008E2A65" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r w:rsidR="008E2A65" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> CITATION CFSI \l 2057 </w:instrText>
                 </w:r>
-                <w:r w:rsidR="008E2A65" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+                <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:noProof/>
-                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>[17]</w:t>
                 </w:r>
-                <w:r w:rsidR="008E2A65" w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-                  </w:rPr>
+                <w:r w:rsidR="009A3F69" w:rsidRPr="009A3F69">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="3EE8B730" w14:textId="069BAC76" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="61B2BB5F" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7F407C" w14:textId="7B7C796A" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="0B5CC6E6" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E1EB659" w14:textId="575FB2CE" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="01472194" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Test Equipment </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD9BB06" w14:textId="548403CA" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00591355" w:rsidP="00E93A50">
+          <w:p w14:paraId="20DFCAD6" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...60 lines deleted...]
-              <w:t>Appropriate facilities for undertaking the testing should also be in place.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Test equipment is used to confirm equipment is within calibration (or specification). Specific considerations for this topic include how the equipment is calibrated and controlled. This includes ensuring any equipment used is within calibration and the licensee’s controls over use of third party test equipment. Appropriate facilities for undertaking the testing should also be in place.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D33DA26" w14:textId="0F043E54" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="447543B1" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w14:paraId="260A411E" w14:textId="77777777" w:rsidTr="00E93A50">
+      <w:tr w:rsidR="009A3F69" w:rsidRPr="009A3F69" w14:paraId="240749DD" w14:textId="77777777" w:rsidTr="009C3662">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2965F790" w14:textId="609B2358" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="20CB1A68" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03DC764C" w14:textId="0751C126" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="2AC0DB07" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Specialisms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47D7228F" w14:textId="679234F2" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="00B51A29" w:rsidP="00E93A50">
+          <w:p w14:paraId="439F6DD0" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93A50">
-[...53 lines deleted...]
-              <w:t>For example, corrosion management or the maintenance of passive components.</w:t>
+            <w:r w:rsidRPr="009A3F69">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Specialisms may identify topics of interest or themes for inspections, through sub-divisional plans or based on operational experience. For example, corrosion management or the maintenance of passive components.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23559A39" w14:textId="30D7C773" w:rsidR="007B7D8B" w:rsidRPr="00E93A50" w:rsidRDefault="007B7D8B" w:rsidP="00E93A50">
+          <w:p w14:paraId="5644AF56" w14:textId="77777777" w:rsidR="009A3F69" w:rsidRPr="009A3F69" w:rsidRDefault="009A3F69" w:rsidP="00621605">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0789E3EB" w14:textId="1D8C3377" w:rsidR="00ED5678" w:rsidRPr="00E93A50" w:rsidRDefault="00ED5678" w:rsidP="00D37C21">
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00ED5678" w:rsidRPr="00E93A50" w:rsidSect="00CA2AB1">
+    <w:p w14:paraId="58F8A490" w14:textId="77777777" w:rsidR="00F425A7" w:rsidRDefault="00F425A7" w:rsidP="00F425A7"/>
+    <w:p w14:paraId="25B0DAC6" w14:textId="77777777" w:rsidR="00F425A7" w:rsidRPr="00F425A7" w:rsidRDefault="00F425A7" w:rsidP="00F425A7">
+      <w:pPr>
+        <w:sectPr w:rsidR="00F425A7" w:rsidRPr="00F425A7" w:rsidSect="00F425A7">
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="13" w:name="_Toc172036178" w:displacedByCustomXml="next"/>
+    <w:p w14:paraId="1B038B42" w14:textId="553E767C" w:rsidR="00B82646" w:rsidRDefault="009E0E52" w:rsidP="00FA33FE">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc224544846"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Appendix A – </w:t>
+      </w:r>
+      <w:r w:rsidR="00382542" w:rsidRPr="00E93A50">
+        <w:t>Guidance for joint EIMT inspections</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="0F6F5536" w14:textId="7FF4AD1D" w:rsidR="00A82210" w:rsidRDefault="00A82210" w:rsidP="00A82210">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82210">
+        <w:t>Many LC 28 expectations align with other legislative requirements when SSCs serve both nuclear safety and other functions (</w:t>
+      </w:r>
+      <w:r w:rsidR="00621605">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82210">
+        <w:t xml:space="preserve"> security, safeguards, site health and safety). This appendix highlights common areas to consider when planning LC 28 interventions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22EEB16E" w14:textId="6385648D" w:rsidR="00A82210" w:rsidRPr="00A82210" w:rsidRDefault="00A82210" w:rsidP="00A82210">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82210">
+        <w:t>Where such alignment exists, it may be appropriate to seek assurance on the system’s EIMT for relevant ONR purposes through a single, combined inspection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AA6403" w14:textId="77777777" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00AA2A1B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Safeguards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1651640C" w14:textId="6D7F70B1" w:rsidR="00F462D1" w:rsidRPr="00F462D1" w:rsidRDefault="00F462D1" w:rsidP="00F462D1">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F462D1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>If a system provides both a nuclear safety and safeguards function, many LC 28 expectations also apply to compliance with the Nuclear Safeguards (EU Exit) Regulations 2019 (NSR19) and ONR’s Guidance for Nuclear Material Accountancy, Control and Safeguards (ONMACS) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:id w:val="-2062009773"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006629A3">
+            <w:rPr>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="006629A3">
+            <w:rPr>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> CITATION ONMACS \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="006629A3">
+            <w:rPr>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:t>[18]</w:t>
+          </w:r>
+          <w:r w:rsidR="006629A3">
+            <w:rPr>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F462D1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C1962">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00621605">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F462D1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>NSR19 Regulation 6(1) requires operators to maintain an accountancy and control system for qualifying nuclear material at each facility.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B001C9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F462D1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Guidance on EIMT for safeguards systems is provided in ONMACS, MACE 5.2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EA637A" w14:textId="77777777" w:rsidR="00E47BDA" w:rsidRDefault="00E47BDA" w:rsidP="00E47BDA">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Key aspects of MACE 5.2 that align with this TIG include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF7236C" w14:textId="77777777" w:rsidR="00E47BDA" w:rsidRDefault="00E47BDA" w:rsidP="00E756C2">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Systems and components with an NMACS function should receive regular, systematic EIMT, supported by processes for in</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>service testing, inspection and maintenance. Where systems also support safety functions, this aligns directly with LC 28.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2616D9DA" w14:textId="77777777" w:rsidR="00E47BDA" w:rsidRDefault="00E47BDA" w:rsidP="00E756C2">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Maintenance requirements should be identified and included in an appropriate maintenance schedule. Licensees may use separate schedules for safety and safeguards, but all maintenance supporting either purpose must be captured.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B03E29" w14:textId="77777777" w:rsidR="00E47BDA" w:rsidRDefault="00E47BDA" w:rsidP="00E756C2">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>EIMT frequency for safeguards or safety should reflect the required NMACS performance or claimed safety function. Safeguards may demand higher measurement precision than safety, requiring more frequent maintenance, while safety</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>critical equipment may require more rigorous EIMT due to potential consequences of failure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654D8D0C" w14:textId="77777777" w:rsidR="00E47BDA" w:rsidRDefault="00E47BDA" w:rsidP="00E876EE">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>When plant is taken out of service, arrangements must ensure enough equipment remains available to maintain safety as justified in the safety case. Likewise, safeguards operators must maintain NMACS capability at all times, applying compensatory measures when systems are offline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5247F7ED" w14:textId="77777777" w:rsidR="00B90AAB" w:rsidRDefault="00B90AAB" w:rsidP="00B90AAB">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FABAE26" w14:textId="77777777" w:rsidR="00D43D83" w:rsidRDefault="00D43D83" w:rsidP="00AA2A1B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DFB2552" w14:textId="1A4B23DE" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00621605">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Protective security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A73882F" w14:textId="747D6882" w:rsidR="000A639D" w:rsidRDefault="000A639D" w:rsidP="000A639D">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>The Nuclear Industries Security Regulations (NISR) 2003 </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1642254872"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="009A1465">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="009A1465">
+            <w:instrText xml:space="preserve"> CITATION NISR \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="009A1465">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[19]</w:t>
+          </w:r>
+          <w:r w:rsidR="009A1465">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> require dutyholders to maintain an approved Security Plan (SP) and comply with its standards, procedures and arrangements. Plans are assessed and approved using the Security Assessment Principles (SyAPs) framework, supported by TAGs such as CNS</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>TAST</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>GD</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>5.2 for EIMT </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="198750803"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00204BD9">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00204BD9">
+            <w:instrText xml:space="preserve"> CITATION CNSTAG52 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00204BD9">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[20]</w:t>
+          </w:r>
+          <w:r w:rsidR="00204BD9">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3C395C" w14:textId="00A140F3" w:rsidR="000A639D" w:rsidRDefault="000A639D" w:rsidP="000A639D">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The relevant SyAPs </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1474817954"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001E0D83">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="001E0D83">
+            <w:instrText xml:space="preserve"> CITATION SyAPs \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="001E0D83">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[21]</w:t>
+          </w:r>
+          <w:r w:rsidR="001E0D83">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="001E0D83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>section is Security Delivery Principle (SyDP) 5.2 – Examination, Inspection, Maintenance and Testing, part of Fundamental Security Principle (FSyP) 5 on reliability, resilience and sustainability. SyDP 5.2 (para. 147) states that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE02114" w14:textId="77777777" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00AA2A1B">
+      <w:pPr>
+        <w:pStyle w:val="QuoteText"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>“A process for in-service testing, inspection and other maintenance procedures of security structures, systems and components should be identified in the security plan.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6761BA01" w14:textId="01060035" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00AA2A1B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:t>Inspecting EIMT of security SSCs is one area in which joint inspections and specialist support would be beneficial. ONR’s Nuclear Security Inspections TIG (CNS-INSP-GD-001) (Ref.</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-501511332"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00E93A50">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00E93A50">
+            <w:instrText xml:space="preserve">CITATION CNSTIG \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00E93A50">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="008F6B70" w:rsidRPr="008F6B70">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[22]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E93A50">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00E93A50">
+        <w:t>) encourages security inspectors to consider a cross-purpose approach for FSyP 5 (Section 4.3, paragraph 37).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B29ABFB" w14:textId="77777777" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00AA2A1B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:t xml:space="preserve">SyAPs (para.150) states that: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B77A12" w14:textId="77777777" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00AA2A1B">
+      <w:pPr>
+        <w:pStyle w:val="QuoteText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:t xml:space="preserve">“EIMT is part of normal operation and it should be possible to carry out these tests without any loss of any security function.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE2610F" w14:textId="77777777" w:rsidR="008D4938" w:rsidRPr="008D4938" w:rsidRDefault="008D4938" w:rsidP="008D4938">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D4938">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Although this may seem obvious, there have been cases where security functions were unintentionally disabled during EIMT on non</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D4938">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>security SSCs (e.g., isolating an electrical board that also powers the Perimeter Intrusion Detection System). Such errors typically arise from stove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D4938">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>piped EIMT arrangements and inadequate supervision or control of security</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D4938">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>related EIMT. To prevent these safety and security risks, an integrated dutyholder approach to EIMT is essential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBBDDF5" w14:textId="77777777" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00AA2A1B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>SyAPs (para.150) states that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253ED0DA" w14:textId="77777777" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00AA2A1B">
+      <w:pPr>
+        <w:pStyle w:val="QuoteText"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“…the potential for EIMT to be exploited by an adversary should be analysed and the risks so arising mitigated.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780FA4EE" w14:textId="68A22632" w:rsidR="003A7FCB" w:rsidRPr="003A7FCB" w:rsidRDefault="003A7FCB" w:rsidP="003A7FCB">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003A7FCB">
+        <w:t xml:space="preserve">Security inspectors consider deliberate, malicious acts that could lead to sabotage or theft of nuclear or other radioactive material. Safety inspectors should share planned EIMT inspection scope with the site Security Inspector, who can confirm whether SSCs have security relevance. </w:t>
+      </w:r>
+      <w:r w:rsidR="00621605">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003A7FCB">
+        <w:t>One example is applying a “two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7FCB">
+        <w:noBreakHyphen/>
+        <w:t>person rule” for maintenance on critical systems vulnerable to insider sabotage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B55785" w14:textId="77777777" w:rsidR="003A7FCB" w:rsidRDefault="003A7FCB" w:rsidP="003A7FCB">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003A7FCB">
+        <w:lastRenderedPageBreak/>
+        <w:t>Inspectors should also check that security is routinely embedded in the dutyholder’s EIMT arrangements. This may include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5235CE96" w14:textId="77777777" w:rsidR="003A7FCB" w:rsidRDefault="003A7FCB" w:rsidP="005838D5">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003A7FCB">
+        <w:t>advance notice of EIMT affecting security</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7FCB">
+        <w:noBreakHyphen/>
+        <w:t>related SSCs, allowing contingency planning or submission of a Temporary Security Plan to ONR;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B373D9E" w14:textId="4D4459CC" w:rsidR="003A7FCB" w:rsidRPr="003A7FCB" w:rsidRDefault="003A7FCB" w:rsidP="005838D5">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003A7FCB">
+        <w:t>recognising that EIMT on one safety SSC may increase the security importance or vulnerability of another, requiring dynamic security measures such as temporary armed guarding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61439350" w14:textId="77777777" w:rsidR="003A7FCB" w:rsidRPr="003A7FCB" w:rsidRDefault="003A7FCB" w:rsidP="003A7FCB">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003A7FCB">
+        <w:t>Where any security aspect is involved, the first point of contact should be the site Security Inspector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC00C01" w14:textId="77777777" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00AA2A1B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Cyber security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28997CB9" w14:textId="294DAEF1" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00BC0C32" w:rsidP="00F03881">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0C32">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>As operational technology becomes more widespread on nuclear sites, EIMT requirements may be shaped by both nuclear safety and cyber security needs. This is likely to increase the need and opportunities for joint inspections where equipment requires EIMT to satisfy both LC 28 and cyber security requirements.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2A1B" w:rsidRPr="00F03881">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317EBA1F" w14:textId="77777777" w:rsidR="00AA2A1B" w:rsidRPr="00E93A50" w:rsidRDefault="00AA2A1B" w:rsidP="00621605">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Site safety</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10139ADD" w14:textId="77777777" w:rsidR="006748D5" w:rsidRDefault="006748D5" w:rsidP="006748D5">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>EIMT may be required on SSCs to meet both nuclear safety and health and safety legislation, creating opportunities to inspect LC 28 compliance alongside conventional safety requirements. Examples include lifting equipment and pressure systems that must be maintained under their respective regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F99301" w14:textId="65ABFDD0" w:rsidR="001B4D5A" w:rsidRDefault="006748D5" w:rsidP="006748D5">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>There are also opportunities for themed inspections where LC 28 and wider maintenance topics are reviewed together. For example, a maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>themed inspection could include control of work and the permit</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>work system, both important for protecting personnel undertaking maintenance activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E29C979" w14:textId="77777777" w:rsidR="002042C2" w:rsidRDefault="002042C2" w:rsidP="002042C2">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02DA1C3F" w14:textId="77777777" w:rsidR="003E56EC" w:rsidRDefault="003E56EC" w:rsidP="003E56EC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:sectPr w:rsidR="003E56EC" w:rsidSect="00B23A5E">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="11" w:name="_Toc224544847" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="-652758001"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Bibliographies"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="7C314F13" w14:textId="3CB0FAA4" w:rsidR="00140E1C" w:rsidRPr="00E93A50" w:rsidRDefault="00140E1C" w:rsidP="00E93A50">
+        <w:p w14:paraId="5F37DAE5" w14:textId="77777777" w:rsidR="002042C2" w:rsidRDefault="002042C2" w:rsidP="002042C2">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="0"/>
             </w:numPr>
+            <w:ind w:left="851" w:hanging="851"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E93A50">
+          <w:r>
             <w:t>References</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="11"/>
         </w:p>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-573587230"/>
             <w:bibliography/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="0B413607" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="00140E1C">
+            <w:p w14:paraId="16DA0D4F" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="002042C2" w:rsidP="002042C2">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
                 </w:rPr>
               </w:pPr>
-              <w:r w:rsidRPr="00E93A50">
+              <w:r>
                 <w:fldChar w:fldCharType="begin"/>
               </w:r>
-              <w:r w:rsidRPr="00E93A50">
+              <w:r>
                 <w:instrText xml:space="preserve"> BIBLIOGRAPHY </w:instrText>
               </w:r>
-              <w:r w:rsidRPr="00E93A50">
+              <w:r>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
             </w:p>
             <w:tbl>
               <w:tblPr>
                 <w:tblW w:w="5000" w:type="pct"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 <w:tblCellMar>
                   <w:top w:w="15" w:type="dxa"/>
                   <w:left w:w="15" w:type="dxa"/>
                   <w:bottom w:w="15" w:type="dxa"/>
                   <w:right w:w="15" w:type="dxa"/>
                 </w:tblCellMar>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPr>
               <w:tblGrid>
                 <w:gridCol w:w="476"/>
                 <w:gridCol w:w="8550"/>
               </w:tblGrid>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="2C9F8530" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="7742AFE6" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="338820F5" w14:textId="2DC8CBDA" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="2038EB16" w14:textId="1700DAE4" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[1] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="08652DED" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="429F606B" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-TAST-GD-009, Examination, Inspection, Maintenance &amp; Testing of Items Important to Safety. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="761747B9" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="1ACB7622" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="7EC53CBA" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="54631240" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[2] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="6FB7B7E9" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="77BFF94A" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">IAEA, SSG-74, Maintenance, Testing, Surveillance and Inspection in Nuclear Power Plants. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="4A82192A" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="75EF3066" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="76277B91" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="0A7FBFB6" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[3] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="63BC5126" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="61EA55EC" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Department for Business Innovation &amp; Skills, Regulators’ Code, April 2014. </w:t>
+                      <w:t>GOV, “Department for Business Innovation &amp; Skills, Regulators’ Code, April 2014.”.</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="1856F6E7" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="2D002F07" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="7C0C2B7C" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="7420A7F2" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[4] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="79ED1BF8" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="23D7E886" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-INSP-GD-024 - LC 24 Operating Instructions. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="5103DD7C" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="4395DFFF" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="5B4AAE7E" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="7B18EAEB" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[5] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="5B1508EA" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="05F92F3D" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-INSP-GD-012, LC 12 Duly authorised and other suitably qualified and experienced person. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="31295EA2" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="7B6EABFD" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="1C54CE24" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="67BF1340" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[6] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="7C750AB9" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="28526162" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-INSP-GD-026, LC 26 Control and Supervision of Operations. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="494F5927" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="194AAC1B" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="1B203768" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="5FC8FC5F" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[7] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="3DFA605B" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="3C86C545" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-TAST-GD-049, Licensee Use of Contractors and Intelligent Customer Capability. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="79F811F3" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="2E991A21" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="041BFBB2" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="60B93896" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[8] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="40939CED" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="3CBCB5D9" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-INSP-GD-006, LC 6 Documents, Records, Authorities and Certificates. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="518152DB" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="169E0AF5" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="3CD5A006" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="428C24BA" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[9] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="6A68CCAF" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="1569CB04" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-TAST-GD-033, Licensee Management of Records. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="7F1C2893" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="12DF549E" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="69546A02" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="48171CD0" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[10] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="6673AF62" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="39B9402A" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">IAEA Nuclear Safety and Security Glossary - Terminology Used in Nuclear Safety, Nuclear Security, Radiation Protection and Emergency Preparedness and Response, 2022 (Interim) Edition. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="1B5FD2BC" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="658BD07A" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="764D97C5" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="1CBDDE35" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[11] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="19C450E3" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="3B02628F" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-TAST-GD-065, Function and Content of the Nuclear Baseline. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="25D08882" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="31F015B5" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="4624279A" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="3FC9D1EE" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[12] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="74100659" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="3C8769BC" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-TAST-GD-094, Categorisation of Safety Functions and Classification of Structures, Systems and Components. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="52827506" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="7428D14A" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="4C11A696" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="627D945F" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[13] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="5C30ADA5" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="06B1F5A1" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-INSP-GD-030, LC 30 - Periodic Shutdown. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="4B5811E3" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="7B56E25B" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="71D03819" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="5CF1FFBD" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[14] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="5C051DE0" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="4AECD93D" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-TAST-GD-109, Ageing and Degradation Management. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="7D1108F7" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="20D6740A" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="0CB30071" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="4F36BE29" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[15] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="4A24B3C2" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="022A038A" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-TAST-GD-102, General Guidance for Mechanical Engineering Specialism Group. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="1685AEA8" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="7B6ED292" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="1191F6BA" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="5E2E723C" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[16] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="27B2EEF3" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="36E14708" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR, NS-TAST-GD-077, Supply Chain Management Arrangements for the Procurement of Nuclear Safety Related Items or Services. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="164F5F2A" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="3AC2EC36" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="218A165C" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="659134FB" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:lastRenderedPageBreak/>
                       <w:t xml:space="preserve">[17] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="49888B28" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="0EAA6A76" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR Advice Note, Supply Chain Management - Counterfeit, Fraudulent and Suspect Items (CFSI, 2022/73725). </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="1049BD9F" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="6D35569B" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="7E029BBB" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="62ECA80F" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[18] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="451D4E18" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="2BF83C7D" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">ONR Nuclear Material Accountancy, Control, and Safeguards, ONR-CNSS-MAN-001. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="6CA520DD" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="7F9DA50E" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="77FC3A80" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="3248784A" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[19] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="225D341E" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="213B6BA7" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t xml:space="preserve">ONR, SG-INSP-GD-001, Safeguards. </w:t>
+                      <w:t xml:space="preserve">HMG, Nuclear Industries Security Regulations 2003/403. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="2DC3479B" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="75CDD16E" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="15EAA072" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="5DD1FD8D" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[20] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="6519E717" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="5BF8E09D" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t xml:space="preserve">HMG, Nuclear Industries Security Regulations 2003/403. </w:t>
+                      <w:t xml:space="preserve">ONR, CNS-TAST-GD-5.2 - Examination, Inspection, Maintenance and Testing of Physical Protection Systems. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="669AFBFB" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="33651CBC" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="379ECE84" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="73E86677" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[21] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="6265632F" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="35AFC6A9" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t xml:space="preserve">ONR, CNS-TAST-GD-5.2 - Examination, Inspection, Maintenance and Testing of Physical Protection Systems. </w:t>
+                      <w:t xml:space="preserve">ONR, Security Assessment Principles for the Civil Nuclear Industry, 2022 Edition, Version 1. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="10766DF5" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="58D7E7D3" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="62C1BA54" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="490C1BE2" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[22] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="3D1602CE" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="709680CB" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t xml:space="preserve">ONR, Security Assessment Principles for the Civil Nuclear Industry, 2022 Edition, Version 1. </w:t>
+                      <w:t xml:space="preserve">ONR, CNS-INSP-GD-001 - Nuclear Security Inspections. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="006955EB" w:rsidRPr="00E93A50" w14:paraId="02E3E435" w14:textId="77777777">
+              <w:tr w:rsidR="00621605" w14:paraId="6A9E7457" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1016083254"/>
+                  <w:divId w:val="856574635"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="2A6510AB" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="6DE5820F" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[23] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="023D4099" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+                  <w:p w14:paraId="18BB75AF" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00621605">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E93A50">
+                    <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t xml:space="preserve">ONR, CNS-INSP-GD-001 - Nuclear Security Inspections. </w:t>
+                      <w:t xml:space="preserve">ONR, SG-INSP-GD-001, Safeguards. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
             </w:tbl>
-            <w:p w14:paraId="7BB688B0" w14:textId="77777777" w:rsidR="006955EB" w:rsidRPr="00E93A50" w:rsidRDefault="006955EB">
+            <w:p w14:paraId="5BE22F88" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605">
               <w:pPr>
-                <w:divId w:val="1016083254"/>
+                <w:divId w:val="856574635"/>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:noProof/>
                 </w:rPr>
               </w:pPr>
             </w:p>
-            <w:p w14:paraId="0AB37AA6" w14:textId="566CEB72" w:rsidR="00140E1C" w:rsidRPr="00E93A50" w:rsidRDefault="00140E1C">
-              <w:r w:rsidRPr="00E93A50">
+            <w:p w14:paraId="7CD57A40" w14:textId="704892DE" w:rsidR="002042C2" w:rsidRDefault="002042C2" w:rsidP="002042C2">
+              <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:noProof/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="5A5193B3" w14:textId="77777777" w:rsidR="00140E1C" w:rsidRPr="00E93A50" w:rsidRDefault="00140E1C" w:rsidP="00D37C21">
+    <w:p w14:paraId="6F46D183" w14:textId="4CA4E8AF" w:rsidR="002042C2" w:rsidRDefault="00621605" w:rsidP="002042C2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:sectPr w:rsidR="00140E1C" w:rsidRPr="00E93A50" w:rsidSect="00B23A5E">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc224544848"/>
+      <w:r>
+        <w:t>List of acronyms / initialisms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="7040"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="55258BCD" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30319206" w14:textId="439385FB" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Acronym</w:t>
+            </w:r>
+            <w:r w:rsidR="00621605">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / initialism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BBBBEE" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="797AEA30" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C711882" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>EIMT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C5EF52" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Examination, Inspection, Maintenance and Testing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="7578D328" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7725A0" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:rPr>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>FSyP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="24EB6470" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:rPr>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Fundamental Security Principle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="12BA6447" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3749A7C2" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>IAEA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB58BA1" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>International Atomic Energy Agency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="34133144" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A5A188" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>LC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5432988D" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Licence Condition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="617A360B" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F55C196" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>MACE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F0870F" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Material Accountancy and Control Expectation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="188E011B" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="28783DE8" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>NISR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="27EBB510" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:rPr>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Nuclear Industries Security Regulations 2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="32E49814" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACD1791" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>NMACS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="490DD657" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Nuclear Material Accountancy, Control, and Safeguards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="3F78497B" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="06AB1441" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>NSR19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C34C50C" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>The Nuclear Safeguards (EU Exit) Regulations 2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="74B202F6" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A7D1B9" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>ONMACS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3525581C" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>ONR Guidance for Nuclear Material Accountancy, Control and Safeguards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="751644E4" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C287A92" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>ONR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F31FC2" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Office for Nuclear Regulation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="76366A64" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="725DE2D9" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>PMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D4A123" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Plant Maintenance Schedule</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="4A706252" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="209C84C0" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>PSA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9D8E7F" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Probabilistic Safety Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="0A0258E3" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5478C8DE" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>SQEP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="38BEC7C3" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Suitably Qualified and Experienced Person</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="6CBEF305" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1718B62A" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>SSC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A11177E" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Structure, System and Component</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="2064644D" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="747DF422" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>SP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0BBD28" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Security Plan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="12D96BC9" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="46689D5D" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>SyAPs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3669C5E3" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Security Assessment Principles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="5DA89E98" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A08BB16" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:rPr>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>SyDP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFE1640" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:rPr>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Security Delivery Principle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="7E7B697E" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D9051D" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>TAG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A5DF7C" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Technical Assessment Guide</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A312C" w:rsidRPr="00E93A50" w14:paraId="504B7611" w14:textId="77777777" w:rsidTr="009C3662">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8AF19F" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>TIG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70643B7F" w14:textId="77777777" w:rsidR="008A312C" w:rsidRPr="00E93A50" w:rsidRDefault="008A312C" w:rsidP="009C3662">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93A50">
+              <w:t>Technical Inspection Guide</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4BDBCE98" w14:textId="77777777" w:rsidR="00621605" w:rsidRDefault="00621605" w:rsidP="00930E37">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:sectPr w:rsidR="00621605" w:rsidSect="00B23A5E">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B2F8F7D" w14:textId="4338EA37" w:rsidR="007162CF" w:rsidRPr="00E93A50" w:rsidRDefault="00164E40" w:rsidP="00D37C21">
+    <w:p w14:paraId="07D791C5" w14:textId="77777777" w:rsidR="00930E37" w:rsidRPr="00595C8C" w:rsidRDefault="00930E37" w:rsidP="00930E37">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E93A50">
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc224544849"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Appendix A – </w:t>
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+        <w:t>Document control information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="7ED557A3" w14:textId="4FA7A78C" w:rsidR="00B222CB" w:rsidRPr="00E93A50" w:rsidRDefault="00CF7DFB" w:rsidP="00E93A50">
-[...93 lines deleted...]
-        <w:ind w:left="851"/>
+    <w:p w14:paraId="47B60150" w14:textId="19929E66" w:rsidR="00930E37" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
+        <w:t>Authored by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="0045640C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuclear Safety Inspector</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B20F25" w14:textId="6DC609E1" w:rsidR="00621605" w:rsidRPr="00196ADB" w:rsidRDefault="00621605" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621605">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Safe</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00542DB8" w:rsidRPr="00E93A50">
+        <w:t>Approved by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Head of Profession for the Operational Inspection </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930E37">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Specialism</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D33D1E" w14:textId="6E02F533" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>guards</w:t>
-[...30 lines deleted...]
-      <w:r w:rsidR="006D3D82" w:rsidRPr="00E93A50">
+        <w:t>Issue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1409193849"/>
-          <w:citation/>
+          <w:rPr>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Issue No."/>
+          <w:tag w:val=""/>
+          <w:id w:val="-894428327"/>
+          <w:placeholder>
+            <w:docPart w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
+          </w:placeholder>
+          <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+          <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006D3D82" w:rsidRPr="00E93A50">
-[...8 lines deleted...]
-          <w:r w:rsidR="006955EB" w:rsidRPr="00E93A50">
+          <w:r w:rsidR="00084278">
             <w:rPr>
-              <w:noProof/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>[18]</w:t>
-[...2 lines deleted...]
-            <w:fldChar w:fldCharType="end"/>
+            <w:t>9.1</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="0049513B" w:rsidRPr="00E93A50">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="23342171" w14:textId="08F596F0" w:rsidR="00164E40" w:rsidRPr="00E93A50" w:rsidRDefault="00164E40" w:rsidP="00D37C21">
-[...128 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="12DC54B5" w14:textId="1B400DE9" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
+        <w:t>Published</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00084278">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>March</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00084278">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AA6F0F" w14:textId="1A000738" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protective </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E93A50" w:rsidRPr="00E93A50">
+        <w:t xml:space="preserve">Next </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC702F" w:rsidRPr="00E93A50">
+        <w:t>scheduled review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00084278">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00084278">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2027</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A735AFC" w14:textId="582ECE26" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...78 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>CNS-TAST-GD-5.2 for EIMT</w:t>
-[...330 lines deleted...]
-        <w:ind w:left="851"/>
+        <w:t>Doc</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E93A50">
+        <w:t>ument reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00621605">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NS-INSP-GD-028</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B90CF3F" w14:textId="77777777" w:rsidR="003D038B" w:rsidRDefault="003D038B" w:rsidP="00930E37">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7629CA34" w14:textId="4C4DB11F" w:rsidR="00930E37" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r>
+        <w:t>Revision commentary</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="10" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1124"/>
+        <w:gridCol w:w="7892"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00930E37" w:rsidRPr="00B23A5E" w14:paraId="1216A18F" w14:textId="77777777" w:rsidTr="00621605">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3F26F3" w14:textId="77777777" w:rsidR="00930E37" w:rsidRPr="00B23A5E" w:rsidRDefault="00930E37" w:rsidP="00CF24A9">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC60E12" w14:textId="77777777" w:rsidR="00930E37" w:rsidRPr="00B23A5E" w:rsidRDefault="00930E37" w:rsidP="00CF24A9">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>pdate(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B50D1" w14:paraId="1D25BD44" w14:textId="77777777" w:rsidTr="00621605">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09409656" w14:textId="2F65BF42" w:rsidR="007B50D1" w:rsidRDefault="007B50D1" w:rsidP="007B50D1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00865AE0">
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD41B3D" w14:textId="6D672502" w:rsidR="007B50D1" w:rsidRDefault="007B50D1" w:rsidP="007B50D1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00865AE0">
+              <w:t>Guidance on inspection of arrangements and implementation of them revised. TIG moved to latest template.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B50D1" w14:paraId="34466747" w14:textId="77777777" w:rsidTr="00621605">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E48732" w14:textId="776003A7" w:rsidR="007B50D1" w:rsidRPr="00865AE0" w:rsidRDefault="007B50D1" w:rsidP="007B50D1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47236780" w14:textId="463D572E" w:rsidR="007B50D1" w:rsidRPr="00865AE0" w:rsidRDefault="00062ED9" w:rsidP="007B50D1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TIG moved to the latest template and check of content</w:t>
+            </w:r>
+            <w:r w:rsidR="00084278">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00621605">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00084278">
+              <w:t>No significant changes to the guidance.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5AB38FA4" w14:textId="77777777" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="002042C2">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cyber </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E93A50" w:rsidRPr="00E93A50">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17669631" w14:textId="5BB8C6E8" w:rsidR="00930E37" w:rsidRPr="002042C2" w:rsidRDefault="00084ABE" w:rsidP="002042C2">
+      <w:r w:rsidRPr="00084ABE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E93A50">
+        <w:t>Template reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084ABE">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ecurity</w:t>
+        <w:t>: ONR-DOC-TEMP-003</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F740B1A" w14:textId="6D379273" w:rsidR="00DF12DD" w:rsidRPr="00E93A50" w:rsidRDefault="00DF12DD" w:rsidP="00D37C21">
-[...198 lines deleted...]
-    <w:sectPr w:rsidR="005E27BD" w:rsidRPr="00E93A50" w:rsidSect="00163DAC">
+    <w:sectPr w:rsidR="00930E37" w:rsidRPr="002042C2" w:rsidSect="00B23A5E">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
+<wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <wne:keymaps>
+    <wne:keymap wne:kcmPrimary="0074">
+      <wne:acd wne:acdName="acd1"/>
+    </wne:keymap>
+    <wne:keymap wne:kcmPrimary="0075">
+      <wne:acd wne:acdName="acd2"/>
+    </wne:keymap>
+    <wne:keymap wne:kcmPrimary="0076">
+      <wne:acd wne:acdName="acd3"/>
+    </wne:keymap>
+    <wne:keymap wne:kcmPrimary="0077">
+      <wne:acd wne:acdName="acd4"/>
+    </wne:keymap>
+    <wne:keymap wne:kcmPrimary="0078">
+      <wne:acd wne:acdName="acd8"/>
+    </wne:keymap>
+    <wne:keymap wne:kcmPrimary="0079">
+      <wne:acd wne:acdName="acd5"/>
+    </wne:keymap>
+    <wne:keymap wne:kcmPrimary="007A">
+      <wne:acd wne:acdName="acd6"/>
+    </wne:keymap>
+    <wne:keymap wne:kcmPrimary="007B">
+      <wne:acd wne:acdName="acd7"/>
+    </wne:keymap>
+  </wne:keymaps>
+  <wne:toolbars>
+    <wne:acdManifest>
+      <wne:acdEntry wne:acdName="acd0"/>
+      <wne:acdEntry wne:acdName="acd1"/>
+      <wne:acdEntry wne:acdName="acd2"/>
+      <wne:acdEntry wne:acdName="acd3"/>
+      <wne:acdEntry wne:acdName="acd4"/>
+      <wne:acdEntry wne:acdName="acd5"/>
+      <wne:acdEntry wne:acdName="acd6"/>
+      <wne:acdEntry wne:acdName="acd7"/>
+      <wne:acdEntry wne:acdName="acd8"/>
+    </wne:acdManifest>
+  </wne:toolbars>
+  <wne:acds>
+    <wne:acd wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
+    <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
+    <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
+    <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
+    <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
+    <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAxAA==" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
+    <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAyAA==" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
+    <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAEwAaQBzAHQAIAAzAA==" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
+    <wne:acd wne:argValue="AgBGADkAIAAtACAAIwAgAFAAYQByAGEAZwByAGEAcABoAA==" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
+  </wne:acds>
+</wne:tcg>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11C21CC3" w14:textId="77777777" w:rsidR="006D744F" w:rsidRDefault="006D744F" w:rsidP="007D199A">
+    <w:p w14:paraId="6FEF44E4" w14:textId="77777777" w:rsidR="00D450E8" w:rsidRDefault="00D450E8" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED625F3" w14:textId="77777777" w:rsidR="006D744F" w:rsidRDefault="006D744F"/>
+    <w:p w14:paraId="4932DE0E" w14:textId="77777777" w:rsidR="00D450E8" w:rsidRDefault="00D450E8"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B5FB992" w14:textId="77777777" w:rsidR="006D744F" w:rsidRDefault="006D744F" w:rsidP="007D199A">
+    <w:p w14:paraId="52D8F151" w14:textId="77777777" w:rsidR="00D450E8" w:rsidRDefault="00D450E8" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225F0216" w14:textId="77777777" w:rsidR="006D744F" w:rsidRDefault="006D744F"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="67AE97E6" w14:textId="77777777" w:rsidR="00D450E8" w:rsidRDefault="00D450E8"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="LAJLMB+TimesNewRoman">
-[...30 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5714E96E" w14:textId="52BB8873" w:rsidR="007C3C1D" w:rsidRPr="006A525B" w:rsidRDefault="006A525B" w:rsidP="007C3C1D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5714E96E" w14:textId="47AC9C34" w:rsidR="007C3C1D" w:rsidRPr="00196ADB" w:rsidRDefault="006A525B" w:rsidP="007C3C1D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="left"/>
       <w:rPr>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="006A525B">
+    <w:r w:rsidRPr="00196ADB">
       <w:rPr>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:t>ONR-DOC-TEMP-</w:t>
     </w:r>
-    <w:r w:rsidR="00821337">
+    <w:r w:rsidR="00821337" w:rsidRPr="00196ADB">
       <w:rPr>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:t>003</w:t>
     </w:r>
-    <w:r w:rsidRPr="006A525B">
+    <w:r w:rsidRPr="00196ADB">
       <w:rPr>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Issue </w:t>
     </w:r>
-    <w:r w:rsidR="00821337">
+    <w:r w:rsidR="00821337" w:rsidRPr="00196ADB">
       <w:rPr>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="00B23A5E">
+    <w:r w:rsidR="00B23A5E" w:rsidRPr="00196ADB">
       <w:rPr>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>.1</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidRPr="006A525B">
+    <w:r w:rsidR="00EB6ECB">
       <w:rPr>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00196ADB">
+      <w:rPr>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="037DD047" w14:textId="61416359" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="00084ABE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+      <w:t xml:space="preserve">Page | </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="51A44C0D" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRDefault="00CE6198" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F2208BD" w14:textId="71E303B1" w:rsidR="00CE6198" w:rsidRPr="00B23A5E" w:rsidRDefault="00B23A5E" w:rsidP="00B23A5E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="22413A"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B23A5E">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="22413A"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page | </w:t>
     </w:r>
     <w:r w:rsidRPr="00B23A5E">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="22413A"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -11877,226 +8581,1010 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00B23A5E">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:color w:val="22413A"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00B23A5E">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:color w:val="22413A"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="515DBB12" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57780415" w14:textId="77777777" w:rsidR="006D744F" w:rsidRPr="005E0344" w:rsidRDefault="006D744F" w:rsidP="005E0344">
+    <w:p w14:paraId="2C74818F" w14:textId="77777777" w:rsidR="00D450E8" w:rsidRPr="005E0344" w:rsidRDefault="00D450E8" w:rsidP="005E0344">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="139018ED" w14:textId="77777777" w:rsidR="006D744F" w:rsidRPr="005E0344" w:rsidRDefault="006D744F" w:rsidP="0090581D">
+    <w:p w14:paraId="34D6E277" w14:textId="77777777" w:rsidR="00D450E8" w:rsidRPr="005E0344" w:rsidRDefault="00D450E8" w:rsidP="0090581D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A18EA08" w14:textId="77777777" w:rsidR="006D744F" w:rsidRDefault="006D744F"/>
+    <w:p w14:paraId="32BAB344" w14:textId="77777777" w:rsidR="00D450E8" w:rsidRDefault="00D450E8"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="799A9261" w14:textId="77777777" w:rsidR="006D744F" w:rsidRDefault="006D744F">
+    <w:p w14:paraId="155257D4" w14:textId="77777777" w:rsidR="00D450E8" w:rsidRDefault="00D450E8">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39EE9278" w14:textId="77777777" w:rsidR="006D744F" w:rsidRDefault="006D744F"/>
+    <w:p w14:paraId="13000DF3" w14:textId="77777777" w:rsidR="00D450E8" w:rsidRDefault="00D450E8"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77435CE5" w14:textId="77777777" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="00084ABE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:pBdr>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AF688BC" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00267815" w:rsidRDefault="00267815" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2346A3E0" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRDefault="00CE6198" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="47FFC75F" w14:textId="2CE41494" w:rsidR="00177666" w:rsidRPr="009E0E52" w:rsidRDefault="00982853" w:rsidP="009E0E52">
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47FFC75F" w14:textId="574E8111" w:rsidR="00177666" w:rsidRPr="00196ADB" w:rsidRDefault="00000000" w:rsidP="009E0E52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
         <w:placeholder>
           <w:docPart w:val="71855CAFCD0440C4880AB5CD94A60020"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00D130E0">
+        <w:r w:rsidR="00C05EFE">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
           <w:t>LC 28 – Examination, Inspection, Maintenance and Testing (EIMT)</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="004E3932">
+    <w:r w:rsidR="004E3932" w:rsidRPr="00196ADB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
       <w:t xml:space="preserve"> | Issue: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
         <w:placeholder>
           <w:docPart w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00D130E0">
-          <w:t>9</w:t>
+        <w:r w:rsidR="00084278">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>9.1</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F98744E"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090011">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A4B08F86"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F04C420E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A412F594"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A3406A2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3B78D91A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="778CC252"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="60004E98"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E8BAEE80"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="740E971C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F53A331A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08857875"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0742C6BA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17542A77"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4C12AB78"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1117"/>
+        </w:tabs>
+        <w:ind w:left="1117" w:hanging="397"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1514"/>
+        </w:tabs>
+        <w:ind w:left="1514" w:hanging="397"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="224C6DB9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAB65E54"/>
+    <w:lvl w:ilvl="0" w:tplc="13AAB4A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DA560BF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0809001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="306D14A2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="26E68F70"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading2"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading3"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading4"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37225036"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="001224F2"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D35E473E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
@@ -12119,54 +9607,403 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1757223D"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BB70C27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="76AE67D0"/>
+    <w:tmpl w:val="6658CF8E"/>
+    <w:lvl w:ilvl="0" w:tplc="B1301426">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="757" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="07716C" w:themeColor="accent1"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44E83E54"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBB0C0C8"/>
+    <w:lvl w:ilvl="0" w:tplc="51300A06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="F9-Paragraph"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46CE0110"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37144888"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52610E5F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A72110C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -12232,54 +10069,305 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25F97751"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56251AC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D8E41A24"/>
+    <w:tmpl w:val="336C4152"/>
+    <w:lvl w:ilvl="0" w:tplc="3148E282">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1072" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="106470"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65971AA2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C63EE6D6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:shadow w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:effect w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+        <w:specVanish w:val="0"/>
+        <w14:glow w14:rad="0">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:glow>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:reflection w14:blurRad="0" w14:stA="0" w14:stPos="0" w14:endA="0" w14:endPos="0" w14:dist="0" w14:dir="0" w14:fadeDir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none"/>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+        <w14:scene3d>
+          <w14:camera w14:prst="orthographicFront"/>
+          <w14:lightRig w14:rig="threePt" w14:dir="t">
+            <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+          </w14:lightRig>
+        </w14:scene3d>
+        <w14:props3d w14:extrusionH="0" w14:contourW="0" w14:prstMaterial="none"/>
+        <w14:ligatures w14:val="none"/>
+        <w14:numForm w14:val="default"/>
+        <w14:numSpacing w14:val="default"/>
+        <w14:stylisticSets/>
+        <w14:cntxtAlts w14:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6770736F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7200D942"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -12345,157 +10433,181 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="306D14A2"/>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C902408"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7AE63B6C"/>
+    <w:tmpl w:val="5EE4A70A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="NumList1"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="left"/>
-[...2 lines deleted...]
-      </w:pPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="792" w:hanging="432"/>
-      </w:pPr>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1224" w:hanging="504"/>
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading4"/>
-      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlText w:val="(%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1728" w:hanging="648"/>
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2232" w:hanging="792"/>
-      </w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2736" w:hanging="936"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="1080"/>
-      </w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3744" w:hanging="1224"/>
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="1440"/>
-      </w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="32897CF7"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F420B15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DBF837D8"/>
+    <w:tmpl w:val="9AF4F0BE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -12548,2089 +10660,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...2037 lines deleted...]
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="718A0F99"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="241CA254"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="NumList2"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
@@ -14700,255 +10774,55 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-[...198 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75F46359"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="78001BA0"/>
-    <w:lvl w:ilvl="0" w:tplc="0AFA78E2">
+    <w:tmpl w:val="1E284A8C"/>
+    <w:lvl w:ilvl="0" w:tplc="76260F14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlist1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="07716C" w:themeColor="accent1"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AE78E28A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlist2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -15021,2590 +10895,873 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="792B4A5A"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:nsid w:val="79447535"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC8AD34E"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1085146277">
+  <w:num w:numId="1" w16cid:durableId="2065443409">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="823543523">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2085639988">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1262179006">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1002776976">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2131317494">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1578203617">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="995184146">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="348718920">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1368944693">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="816150589">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1085146277">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="802893121">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="13" w16cid:durableId="989944809">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="874538197">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="14" w16cid:durableId="1148547717">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1864591591">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="15" w16cid:durableId="1619264317">
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1568417243">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="16" w16cid:durableId="1717772705">
+    <w:abstractNumId w:val="16"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="692150041">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="17" w16cid:durableId="1421370352">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2061321255">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="18" w16cid:durableId="802893121">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1385981121">
+  <w:num w:numId="19" w16cid:durableId="1666081420">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="874538197">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2057311976">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="689793726">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="96828351">
+  <w:num w:numId="23" w16cid:durableId="48653822">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1603800266">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1864591591">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1304653065">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="26" w16cid:durableId="832574242">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="895118702">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="27" w16cid:durableId="1391732823">
+    <w:abstractNumId w:val="17"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="413862609">
-[...14 lines deleted...]
-  <w:num w:numId="19" w16cid:durableId="1326938329">
+  <w:num w:numId="28" w16cid:durableId="1996372157">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="454981191">
-[...32 lines deleted...]
-  <w:num w:numId="31" w16cid:durableId="1588230519">
+  <w:num w:numId="29" w16cid:durableId="655769229">
     <w:abstractNumId w:val="25"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:numIdMacAtCleanup w:val="22"/>
+  <w:num w:numId="30" w16cid:durableId="1189178093">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1568417243">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1304653065">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="604385427">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C4196"/>
-    <w:rsid w:val="00001C0C"/>
     <w:rsid w:val="00002F03"/>
-    <w:rsid w:val="0000393A"/>
     <w:rsid w:val="00004C16"/>
-    <w:rsid w:val="00005FB5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000107AD"/>
+    <w:rsid w:val="0001016F"/>
     <w:rsid w:val="00011177"/>
     <w:rsid w:val="00014814"/>
-    <w:rsid w:val="00014C5F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00021063"/>
     <w:rsid w:val="00022033"/>
-    <w:rsid w:val="0002370F"/>
     <w:rsid w:val="00024522"/>
+    <w:rsid w:val="00024A20"/>
     <w:rsid w:val="00024B2E"/>
-    <w:rsid w:val="0002678D"/>
     <w:rsid w:val="00027F4F"/>
     <w:rsid w:val="00030430"/>
-    <w:rsid w:val="00030591"/>
-    <w:rsid w:val="0003059B"/>
     <w:rsid w:val="0003078E"/>
-    <w:rsid w:val="0003101E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000319E2"/>
     <w:rsid w:val="00031B89"/>
-    <w:rsid w:val="000336C0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00036182"/>
     <w:rsid w:val="0003693D"/>
-    <w:rsid w:val="000370C8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00044114"/>
+    <w:rsid w:val="00036B35"/>
     <w:rsid w:val="0004440F"/>
-    <w:rsid w:val="00045D2A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00052BC7"/>
     <w:rsid w:val="00052C8A"/>
-    <w:rsid w:val="0005349E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00053C92"/>
     <w:rsid w:val="000548C8"/>
-    <w:rsid w:val="0005575D"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00064885"/>
+    <w:rsid w:val="00055850"/>
+    <w:rsid w:val="00062D23"/>
+    <w:rsid w:val="00062ED9"/>
     <w:rsid w:val="00064A1B"/>
-    <w:rsid w:val="00064D09"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00072B8C"/>
     <w:rsid w:val="00075605"/>
     <w:rsid w:val="00075C66"/>
-    <w:rsid w:val="0007669E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00080CEB"/>
+    <w:rsid w:val="00080F94"/>
     <w:rsid w:val="000817D4"/>
-    <w:rsid w:val="000823FC"/>
+    <w:rsid w:val="000825F3"/>
     <w:rsid w:val="00082879"/>
-    <w:rsid w:val="00085312"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00091A01"/>
+    <w:rsid w:val="0008352C"/>
+    <w:rsid w:val="00084278"/>
+    <w:rsid w:val="00084ABE"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="0009225F"/>
-    <w:rsid w:val="00095036"/>
-    <w:rsid w:val="00097668"/>
     <w:rsid w:val="000A105C"/>
-    <w:rsid w:val="000A213A"/>
-[...17 lines deleted...]
-    <w:rsid w:val="000C16DB"/>
+    <w:rsid w:val="000A639D"/>
     <w:rsid w:val="000C2DDC"/>
-    <w:rsid w:val="000C3D25"/>
-    <w:rsid w:val="000C5C10"/>
     <w:rsid w:val="000C5F5A"/>
-    <w:rsid w:val="000C60B8"/>
-    <w:rsid w:val="000C73F1"/>
+    <w:rsid w:val="000D06EA"/>
     <w:rsid w:val="000D2FD4"/>
     <w:rsid w:val="000D3232"/>
-    <w:rsid w:val="000D3A7F"/>
-[...10 lines deleted...]
-    <w:rsid w:val="000F11DF"/>
+    <w:rsid w:val="000D6C9C"/>
     <w:rsid w:val="000F1B7B"/>
-    <w:rsid w:val="000F21D2"/>
     <w:rsid w:val="000F2ED4"/>
-    <w:rsid w:val="000F3EE7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00101FB8"/>
     <w:rsid w:val="001028E8"/>
-    <w:rsid w:val="00102F07"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00122C68"/>
+    <w:rsid w:val="00103043"/>
     <w:rsid w:val="00122FCC"/>
-    <w:rsid w:val="001233EF"/>
-    <w:rsid w:val="001240E5"/>
     <w:rsid w:val="00124C2B"/>
-    <w:rsid w:val="00124DF1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00125F61"/>
     <w:rsid w:val="00126752"/>
     <w:rsid w:val="00130B30"/>
-    <w:rsid w:val="001316A2"/>
-    <w:rsid w:val="00131BCC"/>
+    <w:rsid w:val="001358F6"/>
     <w:rsid w:val="00140E1C"/>
-    <w:rsid w:val="00142B34"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0014785E"/>
+    <w:rsid w:val="00147909"/>
     <w:rsid w:val="00147AE4"/>
-    <w:rsid w:val="00151C8C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00156663"/>
+    <w:rsid w:val="00150348"/>
     <w:rsid w:val="001571E5"/>
-    <w:rsid w:val="00157818"/>
-[...10 lines deleted...]
-    <w:rsid w:val="001727F2"/>
+    <w:rsid w:val="00174B07"/>
+    <w:rsid w:val="00176DB5"/>
     <w:rsid w:val="00177666"/>
-    <w:rsid w:val="001801C3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001841B6"/>
+    <w:rsid w:val="00184125"/>
     <w:rsid w:val="001849CA"/>
     <w:rsid w:val="00185410"/>
-    <w:rsid w:val="00185442"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00192227"/>
     <w:rsid w:val="00192352"/>
-    <w:rsid w:val="0019244F"/>
-[...25 lines deleted...]
-    <w:rsid w:val="001B4C0A"/>
+    <w:rsid w:val="00196ADB"/>
+    <w:rsid w:val="001A7FC0"/>
     <w:rsid w:val="001B4D5A"/>
-    <w:rsid w:val="001B5FE9"/>
-[...10 lines deleted...]
-    <w:rsid w:val="001C4BED"/>
     <w:rsid w:val="001C4D63"/>
-    <w:rsid w:val="001C685E"/>
     <w:rsid w:val="001D0DE0"/>
-    <w:rsid w:val="001D2B99"/>
-[...5 lines deleted...]
-    <w:rsid w:val="001D4B47"/>
     <w:rsid w:val="001D5AFF"/>
-    <w:rsid w:val="001D6813"/>
     <w:rsid w:val="001D74B4"/>
-    <w:rsid w:val="001E0136"/>
     <w:rsid w:val="001E03E1"/>
-    <w:rsid w:val="001E0AA2"/>
-[...7 lines deleted...]
-    <w:rsid w:val="001E799C"/>
+    <w:rsid w:val="001E0D83"/>
+    <w:rsid w:val="001E356E"/>
     <w:rsid w:val="001F059F"/>
-    <w:rsid w:val="001F062D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="001F65D4"/>
     <w:rsid w:val="00200811"/>
     <w:rsid w:val="00200CA1"/>
-    <w:rsid w:val="00200D98"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00212979"/>
+    <w:rsid w:val="002042C2"/>
+    <w:rsid w:val="00204BD9"/>
+    <w:rsid w:val="00210F4F"/>
     <w:rsid w:val="0021338D"/>
-    <w:rsid w:val="0021362C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00214723"/>
     <w:rsid w:val="00214D43"/>
-    <w:rsid w:val="00215BD6"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0022102B"/>
     <w:rsid w:val="00223090"/>
     <w:rsid w:val="002238B4"/>
-    <w:rsid w:val="00223F6D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00231554"/>
     <w:rsid w:val="002319AB"/>
     <w:rsid w:val="002319AC"/>
-    <w:rsid w:val="0023201B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0023326C"/>
     <w:rsid w:val="00234342"/>
-    <w:rsid w:val="002345B7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00237E7D"/>
     <w:rsid w:val="0024040D"/>
-    <w:rsid w:val="00240B88"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00247C00"/>
     <w:rsid w:val="00251CD7"/>
-    <w:rsid w:val="00253297"/>
+    <w:rsid w:val="0025248E"/>
     <w:rsid w:val="00255FA3"/>
-    <w:rsid w:val="002567CE"/>
-    <w:rsid w:val="00256CCA"/>
     <w:rsid w:val="00257288"/>
-    <w:rsid w:val="0026144A"/>
+    <w:rsid w:val="0026065B"/>
     <w:rsid w:val="00261FB6"/>
+    <w:rsid w:val="002628D1"/>
     <w:rsid w:val="002629F8"/>
-    <w:rsid w:val="00262FCD"/>
     <w:rsid w:val="00263396"/>
-    <w:rsid w:val="0026405B"/>
-    <w:rsid w:val="00264EA0"/>
     <w:rsid w:val="002659FA"/>
-    <w:rsid w:val="0026714F"/>
-    <w:rsid w:val="0026761F"/>
     <w:rsid w:val="00267815"/>
-    <w:rsid w:val="00267DD6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0027793A"/>
+    <w:rsid w:val="00272307"/>
     <w:rsid w:val="00280DDF"/>
-    <w:rsid w:val="00282CE0"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00290E18"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="00292ADF"/>
-    <w:rsid w:val="0029326D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00296500"/>
     <w:rsid w:val="00296DBB"/>
-    <w:rsid w:val="00296E05"/>
-    <w:rsid w:val="00297B76"/>
     <w:rsid w:val="002A0DEC"/>
-    <w:rsid w:val="002A1556"/>
-[...6 lines deleted...]
-    <w:rsid w:val="002B1374"/>
+    <w:rsid w:val="002A409A"/>
     <w:rsid w:val="002B1C53"/>
-    <w:rsid w:val="002B24F4"/>
-[...16 lines deleted...]
-    <w:rsid w:val="002D661F"/>
+    <w:rsid w:val="002B6666"/>
+    <w:rsid w:val="002C0E88"/>
+    <w:rsid w:val="002C1962"/>
+    <w:rsid w:val="002D3F81"/>
     <w:rsid w:val="002E0BE4"/>
-    <w:rsid w:val="002E218D"/>
-    <w:rsid w:val="002E2F8D"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
-    <w:rsid w:val="002E4626"/>
-[...5 lines deleted...]
-    <w:rsid w:val="002E5EF1"/>
     <w:rsid w:val="002E6A6A"/>
+    <w:rsid w:val="002F0035"/>
+    <w:rsid w:val="002F10A0"/>
     <w:rsid w:val="002F3397"/>
-    <w:rsid w:val="002F476F"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00303442"/>
+    <w:rsid w:val="002F58C4"/>
+    <w:rsid w:val="002F7722"/>
     <w:rsid w:val="0030380D"/>
-    <w:rsid w:val="00306ACC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00310A23"/>
     <w:rsid w:val="00312411"/>
-    <w:rsid w:val="00312A65"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00323CF9"/>
+    <w:rsid w:val="003236D2"/>
     <w:rsid w:val="00323E71"/>
-    <w:rsid w:val="003258B7"/>
     <w:rsid w:val="00326F77"/>
-    <w:rsid w:val="00327D70"/>
-[...10 lines deleted...]
-    <w:rsid w:val="003365C7"/>
     <w:rsid w:val="003401B0"/>
-    <w:rsid w:val="00341F37"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00346B54"/>
+    <w:rsid w:val="00345D54"/>
     <w:rsid w:val="00346C8E"/>
-    <w:rsid w:val="00347883"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00366C35"/>
+    <w:rsid w:val="00367B30"/>
     <w:rsid w:val="00367BD5"/>
-    <w:rsid w:val="00367F49"/>
-[...10 lines deleted...]
-    <w:rsid w:val="003869C9"/>
+    <w:rsid w:val="00382542"/>
     <w:rsid w:val="00390327"/>
-    <w:rsid w:val="00390AAE"/>
-    <w:rsid w:val="003933A9"/>
     <w:rsid w:val="00393B78"/>
-    <w:rsid w:val="00393EDD"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00397A53"/>
     <w:rsid w:val="003A01E9"/>
-    <w:rsid w:val="003A05E7"/>
-[...14 lines deleted...]
-    <w:rsid w:val="003B7BB9"/>
+    <w:rsid w:val="003A7FCB"/>
+    <w:rsid w:val="003B0C9A"/>
+    <w:rsid w:val="003B41B0"/>
     <w:rsid w:val="003C0306"/>
     <w:rsid w:val="003C114C"/>
-    <w:rsid w:val="003C1674"/>
-    <w:rsid w:val="003C43F0"/>
     <w:rsid w:val="003C465D"/>
-    <w:rsid w:val="003C46EB"/>
-[...5 lines deleted...]
-    <w:rsid w:val="003D04A0"/>
+    <w:rsid w:val="003D038B"/>
     <w:rsid w:val="003D0718"/>
-    <w:rsid w:val="003D14D8"/>
-[...4 lines deleted...]
-    <w:rsid w:val="003D3C07"/>
     <w:rsid w:val="003D495D"/>
-    <w:rsid w:val="003D654F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003E06F8"/>
+    <w:rsid w:val="003D5793"/>
     <w:rsid w:val="003E098E"/>
-    <w:rsid w:val="003E1393"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003E2878"/>
     <w:rsid w:val="003E2FAE"/>
-    <w:rsid w:val="003E4B39"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0040645E"/>
+    <w:rsid w:val="003E56EC"/>
     <w:rsid w:val="00407CF7"/>
-    <w:rsid w:val="00407F8A"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00415E1A"/>
     <w:rsid w:val="00415ED6"/>
-    <w:rsid w:val="00416E4D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00417C40"/>
+    <w:rsid w:val="00416431"/>
     <w:rsid w:val="00417CAF"/>
-    <w:rsid w:val="00417E4D"/>
-    <w:rsid w:val="0042020E"/>
     <w:rsid w:val="00420A11"/>
-    <w:rsid w:val="004215A5"/>
-    <w:rsid w:val="00421A0A"/>
     <w:rsid w:val="00422265"/>
-    <w:rsid w:val="0042344E"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00435A85"/>
     <w:rsid w:val="004373A7"/>
     <w:rsid w:val="00437D94"/>
+    <w:rsid w:val="00437E65"/>
     <w:rsid w:val="0044030C"/>
-    <w:rsid w:val="00441266"/>
-[...13 lines deleted...]
-    <w:rsid w:val="0046446C"/>
+    <w:rsid w:val="0045640C"/>
     <w:rsid w:val="004648A4"/>
-    <w:rsid w:val="00466C97"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00470368"/>
     <w:rsid w:val="00471380"/>
-    <w:rsid w:val="0047150C"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00493A63"/>
+    <w:rsid w:val="0049069A"/>
     <w:rsid w:val="00494F0D"/>
-    <w:rsid w:val="0049513B"/>
-    <w:rsid w:val="00495EE6"/>
     <w:rsid w:val="00496BFD"/>
-    <w:rsid w:val="004A0852"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004A39F9"/>
     <w:rsid w:val="004A3DF2"/>
-    <w:rsid w:val="004A6017"/>
-[...7 lines deleted...]
-    <w:rsid w:val="004C2625"/>
     <w:rsid w:val="004C361D"/>
     <w:rsid w:val="004C4891"/>
-    <w:rsid w:val="004C5CEB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004C785A"/>
     <w:rsid w:val="004D2C89"/>
-    <w:rsid w:val="004D34D1"/>
-[...6 lines deleted...]
-    <w:rsid w:val="004E3762"/>
+    <w:rsid w:val="004D7307"/>
     <w:rsid w:val="004E3932"/>
-    <w:rsid w:val="004E3FA4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004E7226"/>
     <w:rsid w:val="004F1E79"/>
-    <w:rsid w:val="004F29D7"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004F477D"/>
     <w:rsid w:val="004F5F33"/>
-    <w:rsid w:val="00500FE4"/>
     <w:rsid w:val="0050103A"/>
-    <w:rsid w:val="00502A34"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00506CDF"/>
     <w:rsid w:val="00511B0F"/>
-    <w:rsid w:val="00514285"/>
-[...19 lines deleted...]
-    <w:rsid w:val="0055113A"/>
+    <w:rsid w:val="00551C37"/>
     <w:rsid w:val="0055388E"/>
-    <w:rsid w:val="00554D6A"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00575248"/>
     <w:rsid w:val="005754AE"/>
-    <w:rsid w:val="00576EF9"/>
     <w:rsid w:val="00577FB5"/>
-    <w:rsid w:val="005817C6"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00584D7E"/>
+    <w:rsid w:val="005838D5"/>
     <w:rsid w:val="005852D1"/>
-    <w:rsid w:val="00586E30"/>
     <w:rsid w:val="00587A22"/>
-    <w:rsid w:val="005907A8"/>
-    <w:rsid w:val="00591355"/>
     <w:rsid w:val="0059299D"/>
-    <w:rsid w:val="00593BE8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0059575D"/>
     <w:rsid w:val="00595C8C"/>
     <w:rsid w:val="00597747"/>
-    <w:rsid w:val="005A066D"/>
-    <w:rsid w:val="005A4CA0"/>
+    <w:rsid w:val="005A49B8"/>
     <w:rsid w:val="005A4CDD"/>
-    <w:rsid w:val="005A50E5"/>
-[...7 lines deleted...]
-    <w:rsid w:val="005B51A2"/>
     <w:rsid w:val="005B57E4"/>
-    <w:rsid w:val="005B59FC"/>
     <w:rsid w:val="005B5ABD"/>
-    <w:rsid w:val="005B63D6"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005C0F51"/>
     <w:rsid w:val="005C140A"/>
-    <w:rsid w:val="005C1CC9"/>
     <w:rsid w:val="005C1E52"/>
-    <w:rsid w:val="005C1EEA"/>
     <w:rsid w:val="005C3367"/>
-    <w:rsid w:val="005C3981"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005C6730"/>
+    <w:rsid w:val="005C5D37"/>
     <w:rsid w:val="005C6763"/>
-    <w:rsid w:val="005C7E51"/>
-    <w:rsid w:val="005D20EF"/>
     <w:rsid w:val="005D3164"/>
-    <w:rsid w:val="005D54F0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005D7F33"/>
     <w:rsid w:val="005E0344"/>
-    <w:rsid w:val="005E0B5A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005E3425"/>
+    <w:rsid w:val="005E2228"/>
     <w:rsid w:val="005E440B"/>
-    <w:rsid w:val="005E71B6"/>
-[...4 lines deleted...]
-    <w:rsid w:val="005F239D"/>
     <w:rsid w:val="005F2C85"/>
-    <w:rsid w:val="005F38D6"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0060559A"/>
     <w:rsid w:val="00605ADB"/>
-    <w:rsid w:val="00607407"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0061199B"/>
     <w:rsid w:val="00611C9F"/>
-    <w:rsid w:val="00614BBD"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00621CB0"/>
+    <w:rsid w:val="00621605"/>
     <w:rsid w:val="006248DE"/>
-    <w:rsid w:val="00624A65"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0062616F"/>
     <w:rsid w:val="00627555"/>
+    <w:rsid w:val="00630E83"/>
     <w:rsid w:val="006322A0"/>
-    <w:rsid w:val="0063353C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006360D5"/>
     <w:rsid w:val="006361FD"/>
-    <w:rsid w:val="00641A21"/>
-    <w:rsid w:val="00641E0F"/>
     <w:rsid w:val="0064226F"/>
-    <w:rsid w:val="00642A86"/>
     <w:rsid w:val="00642DDB"/>
-    <w:rsid w:val="00642E95"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006523C6"/>
+    <w:rsid w:val="00646882"/>
     <w:rsid w:val="00653298"/>
-    <w:rsid w:val="00653EB2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00663284"/>
+    <w:rsid w:val="006540E3"/>
+    <w:rsid w:val="006629A3"/>
     <w:rsid w:val="00663A7C"/>
-    <w:rsid w:val="00664A7A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006677DE"/>
+    <w:rsid w:val="006662FD"/>
     <w:rsid w:val="00667DF2"/>
-    <w:rsid w:val="00670BCB"/>
     <w:rsid w:val="00670DF1"/>
     <w:rsid w:val="00671345"/>
     <w:rsid w:val="00672A9B"/>
-    <w:rsid w:val="00673CE5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006750CD"/>
+    <w:rsid w:val="006748D5"/>
     <w:rsid w:val="00675884"/>
-    <w:rsid w:val="00676ADD"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00695E00"/>
+    <w:rsid w:val="00676845"/>
+    <w:rsid w:val="00684928"/>
     <w:rsid w:val="00696EE0"/>
     <w:rsid w:val="00697980"/>
-    <w:rsid w:val="00697B4E"/>
+    <w:rsid w:val="006A0D70"/>
     <w:rsid w:val="006A19EF"/>
-    <w:rsid w:val="006A1D01"/>
-    <w:rsid w:val="006A32A8"/>
     <w:rsid w:val="006A43D5"/>
-    <w:rsid w:val="006A43DF"/>
     <w:rsid w:val="006A525B"/>
-    <w:rsid w:val="006A53C6"/>
-[...9 lines deleted...]
-    <w:rsid w:val="006B51B2"/>
+    <w:rsid w:val="006A53EF"/>
     <w:rsid w:val="006C045F"/>
-    <w:rsid w:val="006C0A3C"/>
-[...8 lines deleted...]
-    <w:rsid w:val="006C345D"/>
+    <w:rsid w:val="006C0679"/>
     <w:rsid w:val="006C4196"/>
-    <w:rsid w:val="006C5D0F"/>
     <w:rsid w:val="006C63B0"/>
-    <w:rsid w:val="006C6AA9"/>
     <w:rsid w:val="006C76A2"/>
     <w:rsid w:val="006C792E"/>
+    <w:rsid w:val="006D0858"/>
     <w:rsid w:val="006D116C"/>
-    <w:rsid w:val="006D1689"/>
-[...9 lines deleted...]
-    <w:rsid w:val="006E624A"/>
+    <w:rsid w:val="006D21D5"/>
     <w:rsid w:val="006E7C42"/>
     <w:rsid w:val="006F168A"/>
-    <w:rsid w:val="006F3AA5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F3E8E"/>
     <w:rsid w:val="006F5076"/>
-    <w:rsid w:val="006F556E"/>
     <w:rsid w:val="006F6009"/>
-    <w:rsid w:val="006F6E8F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F7DEE"/>
+    <w:rsid w:val="006F6514"/>
     <w:rsid w:val="006F7E5F"/>
-    <w:rsid w:val="00700E91"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00702DC3"/>
     <w:rsid w:val="0070321D"/>
-    <w:rsid w:val="00703757"/>
-    <w:rsid w:val="007045FD"/>
     <w:rsid w:val="007068BA"/>
-    <w:rsid w:val="00706D59"/>
-[...10 lines deleted...]
-    <w:rsid w:val="007162CF"/>
+    <w:rsid w:val="00707930"/>
     <w:rsid w:val="00716AB1"/>
+    <w:rsid w:val="00721049"/>
     <w:rsid w:val="00721D63"/>
-    <w:rsid w:val="007244D3"/>
+    <w:rsid w:val="00723B63"/>
     <w:rsid w:val="00724B2B"/>
-    <w:rsid w:val="00724FA5"/>
-[...4 lines deleted...]
-    <w:rsid w:val="007324C5"/>
     <w:rsid w:val="00732C7B"/>
     <w:rsid w:val="00734D2B"/>
-    <w:rsid w:val="00734E60"/>
-    <w:rsid w:val="00736447"/>
+    <w:rsid w:val="00736B3D"/>
     <w:rsid w:val="00737705"/>
-    <w:rsid w:val="0074038B"/>
     <w:rsid w:val="007408D4"/>
-    <w:rsid w:val="00740BB8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00741FE6"/>
     <w:rsid w:val="007420AC"/>
     <w:rsid w:val="00742617"/>
-    <w:rsid w:val="007453EF"/>
-[...26 lines deleted...]
-    <w:rsid w:val="00782BA4"/>
+    <w:rsid w:val="0075727B"/>
+    <w:rsid w:val="00760B99"/>
+    <w:rsid w:val="00780EBF"/>
     <w:rsid w:val="00783AFA"/>
     <w:rsid w:val="00785427"/>
-    <w:rsid w:val="00786A21"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00790076"/>
     <w:rsid w:val="00790540"/>
-    <w:rsid w:val="007916AE"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00795875"/>
     <w:rsid w:val="007968CA"/>
-    <w:rsid w:val="00796B2E"/>
-[...6 lines deleted...]
-    <w:rsid w:val="007A31CF"/>
     <w:rsid w:val="007A43FF"/>
-    <w:rsid w:val="007A47B9"/>
-[...9 lines deleted...]
-    <w:rsid w:val="007B345A"/>
+    <w:rsid w:val="007A72FA"/>
+    <w:rsid w:val="007A7B02"/>
     <w:rsid w:val="007B3918"/>
-    <w:rsid w:val="007B5E95"/>
-[...7 lines deleted...]
-    <w:rsid w:val="007C2EB1"/>
+    <w:rsid w:val="007B50D1"/>
     <w:rsid w:val="007C3C1D"/>
-    <w:rsid w:val="007C4BF7"/>
-[...5 lines deleted...]
-    <w:rsid w:val="007D1679"/>
     <w:rsid w:val="007D199A"/>
     <w:rsid w:val="007D2EBE"/>
-    <w:rsid w:val="007D610A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007E0C56"/>
     <w:rsid w:val="007E1C07"/>
-    <w:rsid w:val="007E27DF"/>
-[...7 lines deleted...]
-    <w:rsid w:val="007F2302"/>
     <w:rsid w:val="007F24B6"/>
-    <w:rsid w:val="007F4216"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00803C5D"/>
     <w:rsid w:val="00803D94"/>
-    <w:rsid w:val="0080699C"/>
-[...7 lines deleted...]
-    <w:rsid w:val="0081697F"/>
     <w:rsid w:val="00821337"/>
-    <w:rsid w:val="008214C7"/>
     <w:rsid w:val="008229BA"/>
     <w:rsid w:val="00824151"/>
-    <w:rsid w:val="008243CA"/>
-[...15 lines deleted...]
-    <w:rsid w:val="008419BA"/>
     <w:rsid w:val="00845390"/>
-    <w:rsid w:val="008459A1"/>
+    <w:rsid w:val="00845CA4"/>
     <w:rsid w:val="0084601B"/>
-    <w:rsid w:val="008464CA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00855FE9"/>
     <w:rsid w:val="008606F0"/>
-    <w:rsid w:val="00862BF4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00864905"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
-    <w:rsid w:val="00870A8E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00874859"/>
     <w:rsid w:val="00874FEB"/>
-    <w:rsid w:val="00877109"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="00884E43"/>
-    <w:rsid w:val="00885825"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00887DB5"/>
     <w:rsid w:val="00887EC6"/>
     <w:rsid w:val="0089084C"/>
-    <w:rsid w:val="00890A98"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008926B9"/>
+    <w:rsid w:val="0089147C"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
-    <w:rsid w:val="00894519"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008A145B"/>
+    <w:rsid w:val="008962CA"/>
     <w:rsid w:val="008A2379"/>
-    <w:rsid w:val="008A3CBC"/>
+    <w:rsid w:val="008A312C"/>
     <w:rsid w:val="008A4329"/>
     <w:rsid w:val="008A578E"/>
-    <w:rsid w:val="008A7652"/>
-    <w:rsid w:val="008A7F8E"/>
+    <w:rsid w:val="008B015A"/>
     <w:rsid w:val="008B1519"/>
-    <w:rsid w:val="008B1C73"/>
-[...11 lines deleted...]
-    <w:rsid w:val="008B547F"/>
+    <w:rsid w:val="008B26BA"/>
+    <w:rsid w:val="008B4B94"/>
     <w:rsid w:val="008B7BCC"/>
-    <w:rsid w:val="008B7FA6"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008C4989"/>
+    <w:rsid w:val="008C0CA9"/>
     <w:rsid w:val="008C50C3"/>
-    <w:rsid w:val="008C5C0B"/>
-    <w:rsid w:val="008C6C44"/>
     <w:rsid w:val="008C7094"/>
-    <w:rsid w:val="008C76FF"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008D25AB"/>
     <w:rsid w:val="008D2B97"/>
-    <w:rsid w:val="008D3B45"/>
-    <w:rsid w:val="008D3F52"/>
+    <w:rsid w:val="008D4938"/>
     <w:rsid w:val="008D49A5"/>
-    <w:rsid w:val="008D5562"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008D5806"/>
     <w:rsid w:val="008D6C81"/>
-    <w:rsid w:val="008D7434"/>
-[...10 lines deleted...]
-    <w:rsid w:val="008E5F48"/>
     <w:rsid w:val="008E6CF0"/>
-    <w:rsid w:val="008E7096"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008F0281"/>
     <w:rsid w:val="008F1439"/>
-    <w:rsid w:val="008F2F71"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008F59B0"/>
+    <w:rsid w:val="008F5247"/>
+    <w:rsid w:val="008F6B70"/>
     <w:rsid w:val="008F7051"/>
-    <w:rsid w:val="00900A18"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009012ED"/>
+    <w:rsid w:val="00902597"/>
     <w:rsid w:val="009033A9"/>
-    <w:rsid w:val="00903CBE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009055E7"/>
+    <w:rsid w:val="00904BA4"/>
     <w:rsid w:val="0090581D"/>
-    <w:rsid w:val="00905F00"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00911F15"/>
+    <w:rsid w:val="00912FEB"/>
     <w:rsid w:val="0091439C"/>
-    <w:rsid w:val="00915147"/>
     <w:rsid w:val="00920572"/>
     <w:rsid w:val="00920BF2"/>
-    <w:rsid w:val="00920E5D"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00934620"/>
+    <w:rsid w:val="0092211B"/>
+    <w:rsid w:val="00930E37"/>
     <w:rsid w:val="009349A9"/>
-    <w:rsid w:val="00934F5D"/>
-    <w:rsid w:val="00935E86"/>
     <w:rsid w:val="00936C52"/>
-    <w:rsid w:val="00940D76"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00953D4C"/>
+    <w:rsid w:val="009436C1"/>
     <w:rsid w:val="0095489B"/>
-    <w:rsid w:val="009572BF"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00966DCE"/>
+    <w:rsid w:val="00963424"/>
     <w:rsid w:val="00966FB9"/>
     <w:rsid w:val="009671CD"/>
-    <w:rsid w:val="0097130F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00974FC2"/>
+    <w:rsid w:val="00972936"/>
     <w:rsid w:val="009751A9"/>
     <w:rsid w:val="00980F9C"/>
-    <w:rsid w:val="00982853"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00983B28"/>
     <w:rsid w:val="0098632B"/>
-    <w:rsid w:val="00986778"/>
-[...8 lines deleted...]
-    <w:rsid w:val="0099727A"/>
+    <w:rsid w:val="00993B60"/>
+    <w:rsid w:val="00996B60"/>
     <w:rsid w:val="00997BFB"/>
-    <w:rsid w:val="009A049E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009A5216"/>
+    <w:rsid w:val="009A1465"/>
+    <w:rsid w:val="009A3F69"/>
     <w:rsid w:val="009A7348"/>
-    <w:rsid w:val="009B228B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009B3B73"/>
     <w:rsid w:val="009B462C"/>
-    <w:rsid w:val="009B5730"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009C10F9"/>
     <w:rsid w:val="009C15F3"/>
-    <w:rsid w:val="009C1A9C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009C2D77"/>
     <w:rsid w:val="009C3689"/>
-    <w:rsid w:val="009C39F9"/>
-[...13 lines deleted...]
-    <w:rsid w:val="009D6E70"/>
     <w:rsid w:val="009E07C2"/>
-    <w:rsid w:val="009E09F2"/>
     <w:rsid w:val="009E0E52"/>
-    <w:rsid w:val="009E1CDF"/>
-[...7 lines deleted...]
-    <w:rsid w:val="009F64FD"/>
+    <w:rsid w:val="009F6ABE"/>
     <w:rsid w:val="009F72F9"/>
     <w:rsid w:val="00A00205"/>
-    <w:rsid w:val="00A00274"/>
-    <w:rsid w:val="00A009D5"/>
     <w:rsid w:val="00A00AF0"/>
-    <w:rsid w:val="00A01AF0"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00A1399B"/>
+    <w:rsid w:val="00A04511"/>
     <w:rsid w:val="00A14B5A"/>
-    <w:rsid w:val="00A167BA"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00A34D1F"/>
+    <w:rsid w:val="00A22965"/>
+    <w:rsid w:val="00A3375F"/>
     <w:rsid w:val="00A3567F"/>
-    <w:rsid w:val="00A36E2A"/>
     <w:rsid w:val="00A37698"/>
-    <w:rsid w:val="00A40F27"/>
-    <w:rsid w:val="00A415E7"/>
     <w:rsid w:val="00A41ED3"/>
-    <w:rsid w:val="00A434E8"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00A80FD0"/>
     <w:rsid w:val="00A81D82"/>
-    <w:rsid w:val="00A836AB"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00A9016E"/>
+    <w:rsid w:val="00A82210"/>
+    <w:rsid w:val="00A87D44"/>
     <w:rsid w:val="00A9118F"/>
     <w:rsid w:val="00A93E33"/>
-    <w:rsid w:val="00A94E17"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00AB2AEF"/>
+    <w:rsid w:val="00AA0B69"/>
+    <w:rsid w:val="00AA2A1B"/>
     <w:rsid w:val="00AB3129"/>
-    <w:rsid w:val="00AB34E8"/>
-    <w:rsid w:val="00AB370C"/>
+    <w:rsid w:val="00AB4C23"/>
     <w:rsid w:val="00AB6970"/>
-    <w:rsid w:val="00AB718B"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00AC16FA"/>
+    <w:rsid w:val="00AB7B61"/>
     <w:rsid w:val="00AC1939"/>
-    <w:rsid w:val="00AC1C86"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00AC74F6"/>
     <w:rsid w:val="00AC7C05"/>
-    <w:rsid w:val="00AD0356"/>
-    <w:rsid w:val="00AD046F"/>
     <w:rsid w:val="00AD167C"/>
     <w:rsid w:val="00AD17C7"/>
-    <w:rsid w:val="00AD2DA9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AD3C84"/>
     <w:rsid w:val="00AD4041"/>
-    <w:rsid w:val="00AD6CDB"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00AE1569"/>
     <w:rsid w:val="00AE302B"/>
-    <w:rsid w:val="00AE3772"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00B01AD1"/>
+    <w:rsid w:val="00AE3A51"/>
+    <w:rsid w:val="00AE596F"/>
+    <w:rsid w:val="00B001C9"/>
     <w:rsid w:val="00B0248D"/>
-    <w:rsid w:val="00B05849"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00B15F37"/>
+    <w:rsid w:val="00B13075"/>
     <w:rsid w:val="00B16BE5"/>
-    <w:rsid w:val="00B17752"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B229AE"/>
+    <w:rsid w:val="00B1769C"/>
     <w:rsid w:val="00B23A5E"/>
-    <w:rsid w:val="00B23CFD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B24F56"/>
+    <w:rsid w:val="00B257ED"/>
     <w:rsid w:val="00B259DF"/>
-    <w:rsid w:val="00B3037F"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00B43A8F"/>
     <w:rsid w:val="00B44B1F"/>
-    <w:rsid w:val="00B44CCE"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00B62E1A"/>
+    <w:rsid w:val="00B46689"/>
+    <w:rsid w:val="00B603DB"/>
+    <w:rsid w:val="00B6357F"/>
     <w:rsid w:val="00B64141"/>
     <w:rsid w:val="00B64E72"/>
-    <w:rsid w:val="00B66906"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B763D7"/>
     <w:rsid w:val="00B77913"/>
-    <w:rsid w:val="00B8071E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B823D2"/>
     <w:rsid w:val="00B824FB"/>
     <w:rsid w:val="00B82646"/>
-    <w:rsid w:val="00B829F5"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00B91DA7"/>
+    <w:rsid w:val="00B875F8"/>
+    <w:rsid w:val="00B90AAB"/>
+    <w:rsid w:val="00B922B5"/>
+    <w:rsid w:val="00B94D92"/>
     <w:rsid w:val="00B97359"/>
     <w:rsid w:val="00B97A8F"/>
-    <w:rsid w:val="00BA0080"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BA3ED4"/>
     <w:rsid w:val="00BA4E58"/>
     <w:rsid w:val="00BA7074"/>
-    <w:rsid w:val="00BA74A1"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BB7117"/>
     <w:rsid w:val="00BB7829"/>
-    <w:rsid w:val="00BC06F2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BC6F60"/>
+    <w:rsid w:val="00BC0C32"/>
+    <w:rsid w:val="00BC698D"/>
     <w:rsid w:val="00BD1457"/>
-    <w:rsid w:val="00BD2EA7"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BE05EB"/>
+    <w:rsid w:val="00BD7E63"/>
     <w:rsid w:val="00BE2AD9"/>
-    <w:rsid w:val="00BE2B2D"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BE7C11"/>
+    <w:rsid w:val="00BE662E"/>
     <w:rsid w:val="00BF27FE"/>
-    <w:rsid w:val="00BF3A0A"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00C03DAB"/>
+    <w:rsid w:val="00BF4F08"/>
     <w:rsid w:val="00C043B3"/>
-    <w:rsid w:val="00C06520"/>
-    <w:rsid w:val="00C07971"/>
+    <w:rsid w:val="00C043FC"/>
+    <w:rsid w:val="00C05EFE"/>
     <w:rsid w:val="00C079AB"/>
-    <w:rsid w:val="00C105D8"/>
     <w:rsid w:val="00C10E61"/>
-    <w:rsid w:val="00C12B05"/>
-    <w:rsid w:val="00C14232"/>
     <w:rsid w:val="00C14787"/>
-    <w:rsid w:val="00C1544F"/>
     <w:rsid w:val="00C1596D"/>
     <w:rsid w:val="00C15B8D"/>
-    <w:rsid w:val="00C15F37"/>
     <w:rsid w:val="00C17010"/>
     <w:rsid w:val="00C20562"/>
     <w:rsid w:val="00C215C3"/>
-    <w:rsid w:val="00C21CF8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C22B54"/>
     <w:rsid w:val="00C23A96"/>
     <w:rsid w:val="00C249C6"/>
-    <w:rsid w:val="00C25287"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C301FA"/>
+    <w:rsid w:val="00C31985"/>
     <w:rsid w:val="00C32CC1"/>
-    <w:rsid w:val="00C34163"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C41D01"/>
     <w:rsid w:val="00C426EC"/>
-    <w:rsid w:val="00C431A1"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00C62E79"/>
     <w:rsid w:val="00C6483C"/>
-    <w:rsid w:val="00C64947"/>
     <w:rsid w:val="00C64AE9"/>
-    <w:rsid w:val="00C66447"/>
-    <w:rsid w:val="00C70CBC"/>
+    <w:rsid w:val="00C70BC5"/>
     <w:rsid w:val="00C70CFF"/>
     <w:rsid w:val="00C718FE"/>
-    <w:rsid w:val="00C74811"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00C8699E"/>
     <w:rsid w:val="00C86CEC"/>
     <w:rsid w:val="00C8773D"/>
-    <w:rsid w:val="00C878C5"/>
     <w:rsid w:val="00C87ABB"/>
     <w:rsid w:val="00C91831"/>
-    <w:rsid w:val="00C92147"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00C944FC"/>
     <w:rsid w:val="00C953DF"/>
-    <w:rsid w:val="00C95CFB"/>
-    <w:rsid w:val="00C962C2"/>
+    <w:rsid w:val="00C95D92"/>
     <w:rsid w:val="00C963E6"/>
-    <w:rsid w:val="00C97714"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00CD31A2"/>
+    <w:rsid w:val="00CB6626"/>
+    <w:rsid w:val="00CB6A44"/>
+    <w:rsid w:val="00CB7248"/>
+    <w:rsid w:val="00CC454B"/>
     <w:rsid w:val="00CD5401"/>
-    <w:rsid w:val="00CD583A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CE1A41"/>
+    <w:rsid w:val="00CD6914"/>
     <w:rsid w:val="00CE2709"/>
-    <w:rsid w:val="00CE2D41"/>
     <w:rsid w:val="00CE2D64"/>
+    <w:rsid w:val="00CE5624"/>
     <w:rsid w:val="00CE6198"/>
     <w:rsid w:val="00CE6CD6"/>
-    <w:rsid w:val="00CE735D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CF611C"/>
     <w:rsid w:val="00CF6230"/>
-    <w:rsid w:val="00CF7DFB"/>
-    <w:rsid w:val="00D01460"/>
+    <w:rsid w:val="00D015BC"/>
     <w:rsid w:val="00D017FC"/>
     <w:rsid w:val="00D0226A"/>
-    <w:rsid w:val="00D02985"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D130E0"/>
+    <w:rsid w:val="00D12061"/>
     <w:rsid w:val="00D13147"/>
-    <w:rsid w:val="00D173C7"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00D446D9"/>
+    <w:rsid w:val="00D21767"/>
+    <w:rsid w:val="00D34B7A"/>
+    <w:rsid w:val="00D43235"/>
+    <w:rsid w:val="00D43D83"/>
+    <w:rsid w:val="00D450E8"/>
     <w:rsid w:val="00D463FF"/>
-    <w:rsid w:val="00D46809"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00D56DD7"/>
     <w:rsid w:val="00D5715A"/>
-    <w:rsid w:val="00D576E9"/>
-    <w:rsid w:val="00D5790A"/>
     <w:rsid w:val="00D60BCB"/>
-    <w:rsid w:val="00D60DC9"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00D65560"/>
+    <w:rsid w:val="00D638E2"/>
+    <w:rsid w:val="00D63F8F"/>
+    <w:rsid w:val="00D6524C"/>
     <w:rsid w:val="00D71687"/>
-    <w:rsid w:val="00D7192C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D7465E"/>
+    <w:rsid w:val="00D72BC2"/>
     <w:rsid w:val="00D74813"/>
-    <w:rsid w:val="00D75FF9"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00D97AB2"/>
+    <w:rsid w:val="00D85CC5"/>
     <w:rsid w:val="00DA30BC"/>
-    <w:rsid w:val="00DA3A14"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DA69AC"/>
     <w:rsid w:val="00DA69C2"/>
-    <w:rsid w:val="00DA6A1D"/>
-    <w:rsid w:val="00DA6D06"/>
     <w:rsid w:val="00DA6D70"/>
-    <w:rsid w:val="00DA7716"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00DB1E3C"/>
     <w:rsid w:val="00DB6050"/>
-    <w:rsid w:val="00DC006F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DC1D3F"/>
     <w:rsid w:val="00DC2C34"/>
-    <w:rsid w:val="00DC40BF"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00DE120D"/>
     <w:rsid w:val="00DE2C87"/>
-    <w:rsid w:val="00DE3D9D"/>
     <w:rsid w:val="00DE459A"/>
-    <w:rsid w:val="00DF0BA9"/>
-    <w:rsid w:val="00DF12DD"/>
     <w:rsid w:val="00DF27DA"/>
-    <w:rsid w:val="00DF2FCA"/>
     <w:rsid w:val="00DF4DBE"/>
-    <w:rsid w:val="00DF5801"/>
-[...31 lines deleted...]
-    <w:rsid w:val="00E36D2F"/>
+    <w:rsid w:val="00DF6B98"/>
     <w:rsid w:val="00E40820"/>
-    <w:rsid w:val="00E432B5"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E44060"/>
     <w:rsid w:val="00E4658F"/>
-    <w:rsid w:val="00E46643"/>
-    <w:rsid w:val="00E46C2E"/>
+    <w:rsid w:val="00E47BDA"/>
     <w:rsid w:val="00E54A67"/>
-    <w:rsid w:val="00E54A86"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00E612BC"/>
+    <w:rsid w:val="00E607CD"/>
     <w:rsid w:val="00E61C0D"/>
-    <w:rsid w:val="00E61C52"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E63E69"/>
     <w:rsid w:val="00E63EB4"/>
-    <w:rsid w:val="00E64D70"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E65F4A"/>
     <w:rsid w:val="00E66160"/>
-    <w:rsid w:val="00E704AF"/>
-    <w:rsid w:val="00E70819"/>
     <w:rsid w:val="00E71329"/>
-    <w:rsid w:val="00E72693"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E82A9D"/>
+    <w:rsid w:val="00E7206B"/>
+    <w:rsid w:val="00E74FE0"/>
+    <w:rsid w:val="00E756C2"/>
     <w:rsid w:val="00E8363B"/>
     <w:rsid w:val="00E84966"/>
-    <w:rsid w:val="00E85478"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00E920F8"/>
+    <w:rsid w:val="00E876EE"/>
     <w:rsid w:val="00E92383"/>
-    <w:rsid w:val="00E92CD4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E96F18"/>
+    <w:rsid w:val="00E923CD"/>
+    <w:rsid w:val="00E94168"/>
+    <w:rsid w:val="00E9680D"/>
     <w:rsid w:val="00EA1B3A"/>
-    <w:rsid w:val="00EA1B4B"/>
     <w:rsid w:val="00EA2109"/>
-    <w:rsid w:val="00EA50B4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EA7B26"/>
+    <w:rsid w:val="00EA66FA"/>
     <w:rsid w:val="00EB057A"/>
-    <w:rsid w:val="00EB0691"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00ED3B5F"/>
+    <w:rsid w:val="00EB6ECB"/>
+    <w:rsid w:val="00EC3B10"/>
     <w:rsid w:val="00ED4D4E"/>
-    <w:rsid w:val="00ED5678"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EE0B87"/>
     <w:rsid w:val="00EE0C77"/>
-    <w:rsid w:val="00EE1760"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EE44DF"/>
     <w:rsid w:val="00EE4E54"/>
-    <w:rsid w:val="00EE5058"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00EF3CDF"/>
     <w:rsid w:val="00EF4334"/>
-    <w:rsid w:val="00EF6780"/>
-[...35 lines deleted...]
-    <w:rsid w:val="00F420D7"/>
+    <w:rsid w:val="00F03881"/>
+    <w:rsid w:val="00F2162A"/>
+    <w:rsid w:val="00F425A7"/>
     <w:rsid w:val="00F436BB"/>
-    <w:rsid w:val="00F458DA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F4668A"/>
+    <w:rsid w:val="00F462D1"/>
     <w:rsid w:val="00F47145"/>
-    <w:rsid w:val="00F50294"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F538BA"/>
     <w:rsid w:val="00F545BF"/>
-    <w:rsid w:val="00F54827"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00F711DA"/>
     <w:rsid w:val="00F71B56"/>
-    <w:rsid w:val="00F731BE"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F8221F"/>
     <w:rsid w:val="00F832C8"/>
-    <w:rsid w:val="00F833F6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F8431A"/>
+    <w:rsid w:val="00F83BE5"/>
     <w:rsid w:val="00F873B3"/>
-    <w:rsid w:val="00F949A0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F96A5D"/>
     <w:rsid w:val="00FA00BE"/>
-    <w:rsid w:val="00FA0158"/>
     <w:rsid w:val="00FA33FE"/>
-    <w:rsid w:val="00FA355A"/>
     <w:rsid w:val="00FA42B9"/>
-    <w:rsid w:val="00FA4F4D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA6BDB"/>
     <w:rsid w:val="00FA755A"/>
-    <w:rsid w:val="00FA7A08"/>
-    <w:rsid w:val="00FB01C5"/>
     <w:rsid w:val="00FB2B0F"/>
-    <w:rsid w:val="00FB3402"/>
-    <w:rsid w:val="00FB4D19"/>
     <w:rsid w:val="00FB4F6B"/>
-    <w:rsid w:val="00FB59F2"/>
     <w:rsid w:val="00FB5FE1"/>
-    <w:rsid w:val="00FB647D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FC0862"/>
+    <w:rsid w:val="00FC079A"/>
     <w:rsid w:val="00FC0E8D"/>
-    <w:rsid w:val="00FC14BB"/>
     <w:rsid w:val="00FC46EF"/>
-    <w:rsid w:val="00FC48A8"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00FD2150"/>
     <w:rsid w:val="00FD31B3"/>
-    <w:rsid w:val="00FD411D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FD41F5"/>
     <w:rsid w:val="00FD4204"/>
-    <w:rsid w:val="00FD5346"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FF15B7"/>
+    <w:rsid w:val="00FD69F7"/>
+    <w:rsid w:val="00FE17B9"/>
     <w:rsid w:val="00FF3CCB"/>
-    <w:rsid w:val="00FF4123"/>
-    <w:rsid w:val="00FF5059"/>
     <w:rsid w:val="00FF57B5"/>
-    <w:rsid w:val="00FF68EA"/>
-[...11 lines deleted...]
-    <w:rsid w:val="7F33E270"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26291BE1"/>
-  <w15:docId w15:val="{16B1186D-4041-41A2-A0D6-3FD0D0BCCEE0}"/>
+  <w15:docId w15:val="{1FFB1F25-DD3A-4304-B987-5C5BF61DD47B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17951,95 +12108,95 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003B3D51"/>
+    <w:rsid w:val="00881B6F"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D37C21"/>
+    <w:rsid w:val="00223090"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="20"/>
       </w:numPr>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:before="240"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="22413A"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00D37C21"/>
+    <w:rsid w:val="002042C2"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="20"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="22413A"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00D463FF"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
@@ -18190,51 +12347,51 @@
     <w:semiHidden/>
     <w:rsid w:val="008229BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD4204"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
-    <w:rsid w:val="00D37C21"/>
+    <w:rsid w:val="002042C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00D463FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="003401B0"/>
     <w:rPr>
@@ -18243,86 +12400,86 @@
       <w:bCs/>
       <w:color w:val="22413A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:rsid w:val="00F47145"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:noProof/>
       <w:color w:val="22413A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D37C21"/>
+    <w:rsid w:val="00223090"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BB7829"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletlist1">
     <w:name w:val="Bullet list 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D37C21"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="12"/>
       </w:numPr>
-      <w:ind w:left="1276"/>
+      <w:ind w:left="1134"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletlist2">
     <w:name w:val="Bullet list 2"/>
     <w:basedOn w:val="Bulletlist1"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:ind w:left="1560"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableandChartNote">
     <w:name w:val="Table and Chart Note"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
@@ -18744,165 +12901,168 @@
       <w:rPr>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="QuoteText">
     <w:name w:val="Quote Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E93A50"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
       </w:pBdr>
       <w:spacing w:before="240"/>
       <w:ind w:left="851"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="22413A"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="30"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumList1">
     <w:name w:val="Num List 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="26"/>
       </w:numPr>
       <w:ind w:left="1276" w:hanging="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:bCs/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumList2">
     <w:name w:val="Num List 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="2"/>
+        <w:numId w:val="18"/>
       </w:numPr>
       <w:ind w:left="1276" w:hanging="425"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:bCs/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletList3">
     <w:name w:val="Bullet List 3"/>
     <w:basedOn w:val="Bulletlist2"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
       <w:ind w:left="1985"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD31B3"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD31B3"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:rsid w:val="00FD31B3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00D37C21"/>
+    <w:rsid w:val="00FD31B3"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="120"/>
-      <w:ind w:left="851"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="004648A4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="22413A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="004648A4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -18979,51 +13139,51 @@
     </w:pPr>
     <w:rPr>
       <w:color w:val="22413A"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C4196"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E93A50"/>
+    <w:rsid w:val="00C215C3"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009E0E52"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
@@ -19064,27363 +13224,4961 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00004C16"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="auto"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00004C16"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="auto"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9-Paragraph">
     <w:name w:val="F9 - # Paragraph"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="F9-ParagraphChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00D37C21"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="30"/>
+        <w:numId w:val="25"/>
       </w:numPr>
+      <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="851" w:hanging="851"/>
+      <w:contextualSpacing w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="F9-ParagraphChar">
     <w:name w:val="F9 - # Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="F9-Paragraph"/>
-    <w:rsid w:val="00D37C21"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FA00BE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="00FA00BE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="field-content">
-[...105 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00DF12DD"/>
+    <w:rsid w:val="00AA2A1B"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EC3B10"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="209731">
-[...987 lines deleted...]
-    <w:div w:id="90666672">
+    <w:div w:id="1444222">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="3632815">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="9455441">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="16466766">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="30082736">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="47345266">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="61802363">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="70392926">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="72555395">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="80613170">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="91169340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="91825439">
-[...1375 lines deleted...]
-    <w:div w:id="202140435">
+    <w:div w:id="112097532">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="116489998">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="122115912">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="125054333">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="128133590">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="133566551">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="138156353">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="139544526">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="144975689">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="170224071">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="173689564">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="175196976">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="178668844">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="188303023">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="199897687">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="201476279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="202256884">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="202912512">
-[...1897 lines deleted...]
-    <w:div w:id="333920530">
+    <w:div w:id="214388122">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="233517802">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="238907214">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="238910278">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="239486726">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="246355203">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="251160799">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="259148125">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="264308315">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="272906016">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="274798741">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="287515850">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="291635769">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="292367156">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="292952579">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="299580520">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="306588671">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="312684658">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="315456100">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="321396733">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="325397475">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="334190038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="334260206">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="334378190">
-[...1846 lines deleted...]
-    <w:div w:id="456602991">
+    <w:div w:id="340619385">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="342051025">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="352347559">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="360087183">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="364019359">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="366834944">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="373042776">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="387462452">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="402600940">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="406732686">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="409431508">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="413821143">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="414741499">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="421998060">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="425074847">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="441994669">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="456877141">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="458497180">
-[...831 lines deleted...]
-    <w:div w:id="531267201">
+    <w:div w:id="465315539">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="466824773">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="476410437">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="478498363">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="494078527">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="499394742">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="502936374">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="503983034">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="513760879">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="514802883">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="520507908">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="521866988">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="525561513">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="527304492">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="533887462">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="534581912">
-[...5524 lines deleted...]
-    <w:div w:id="972099389">
+    <w:div w:id="536433180">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="543641167">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="546457297">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="547112369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="549727964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="557515368">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="568157484">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="574628963">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="583413245">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="588973075">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="598802849">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="602229938">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="610942408">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="613441086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="616835229">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="620956793">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="623005625">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="634218891">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="638068803">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="641348592">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="642932260">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="645668574">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="649408661">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="668366811">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="670333944">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="683094209">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="683627934">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="688068183">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="691616112">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="697044791">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="697196277">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="709695864">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="715542301">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="716592583">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="731731203">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="735709746">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="750079281">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="751774642">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="752624942">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="753748593">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="785999796">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="786239589">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="790048988">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="798113881">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="805703436">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="806748992">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="815269427">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="815297523">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="825903149">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="829954094">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="831917091">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="846594835">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="856574635">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="860437389">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="884217280">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="887570134">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="888027880">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="893078376">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="895896345">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="920718689">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="923950642">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="927035529">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="928851844">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="929463503">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="929508205">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="934174488">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="952594865">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="972953143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="973408536">
-[...1897 lines deleted...]
-    <w:div w:id="1135754897">
+    <w:div w:id="975338646">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="983046881">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="984317761">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="989095943">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="994259493">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="994724344">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="996105930">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="996223230">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1009408236">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1012225213">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1013148541">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1013454949">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1014501029">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1062371272">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1072847117">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1085880342">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1090084638">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1093160785">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1099837801">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1105538666">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1121846026">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1123230580">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1126703808">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1135879354">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1138382650">
-[...3431 lines deleted...]
-    <w:div w:id="1408766498">
+    <w:div w:id="1140152570">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1144472291">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1145319133">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1146164078">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1149321470">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1155533064">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1170027699">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1172719940">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1175338160">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1180001278">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1189950144">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1191604426">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1191841177">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1196231972">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1206984351">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1209957559">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1210075458">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1214779199">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217353931">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1225873181">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1234896485">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1237936400">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1244339827">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1245455458">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1260066371">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1263414573">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1266235645">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1268005431">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1271156910">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1274509202">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1280919667">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1287735477">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289045913">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289314048">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1290435731">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1292714494">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1308246034">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1313952014">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1317491156">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1317997003">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1318025796">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1332488720">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1335183739">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1340355354">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1347320435">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1349871875">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1350138452">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1356076269">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1358695642">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1374231506">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1376009506">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1377267872">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1387070936">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1387490361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1390880425">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1394621567">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1397776842">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1408652583">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1408839961">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1409303950">
-[...350 lines deleted...]
-    <w:div w:id="1440374384">
+    <w:div w:id="1416904570">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1424691129">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1436825807">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1440763103">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1441611072">
-[...2209 lines deleted...]
-    <w:div w:id="1625967167">
+    <w:div w:id="1447919063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1447970205">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1450196824">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1469742023">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1471632582">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1476754232">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1482500985">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1496917814">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1510175757">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1512641031">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1512914126">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1516265744">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1517815474">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1526361387">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1527406654">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1527478545">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1533608568">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1534154088">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1539051492">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1543203892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1550147715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1555040553">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1555463382">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1555509136">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1560440155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1562910424">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1571501226">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1574046949">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1575046597">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1575117365">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1590657001">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1592666674">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1604873745">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1612317420">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1613170412">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1617591806">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1619995194">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1624580096">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1627659828">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1627731983">
-[...2170 lines deleted...]
-    <w:div w:id="1801800644">
+    <w:div w:id="1632325668">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1633704601">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1636717703">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1638103608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1644500600">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1646203252">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1659923681">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1661272568">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1688866198">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1694846203">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1699624010">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1700010488">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1714427508">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1714773443">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1715233341">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1717775278">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1723095694">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1727410205">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1730222745">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1737850166">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1738091653">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1745030158">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1747150005">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1749494907">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1752267069">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1754469916">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1755277399">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1782992831">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1784224123">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1785997314">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1786344513">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1789398125">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1791195111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1795320101">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1800760748">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1803226295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1803962822">
-[...220 lines deleted...]
-    <w:div w:id="1820882480">
+    <w:div w:id="1815246679">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1816340393">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1816412497">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1819111607">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1822113000">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1822691491">
-[...3289 lines deleted...]
-    <w:div w:id="2085175748">
+    <w:div w:id="1826315066">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1828666888">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1832679494">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1856378298">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1876232362">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1877617449">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1880048272">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1885095141">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1901018240">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1904481591">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1908608711">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1916544523">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1927690946">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1933932218">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1950358341">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1958872727">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1965189603">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1969701878">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1972393009">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1972662758">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1973318705">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1974284888">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1980264007">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1984775434">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1986884701">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1988124320">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1996297333">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1998533387">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2001345414">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2005275802">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2006201060">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2008710033">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2011371021">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2011987174">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2022313876">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2040936710">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2045667698">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2050376560">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2050522115">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2054383082">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2056730787">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2057076117">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2070959404">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2085645181">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2086145956">
-[...233 lines deleted...]
-    <w:div w:id="2112703508">
+    <w:div w:id="2086108188">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2095080194">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2100634113">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113041173">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2113277656">
-[...480 lines deleted...]
-    <w:div w:id="2146701223">
+    <w:div w:id="2126923954">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2130313310">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2135099632">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2137873972">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2142112972">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ldunning\Downloads\ONR-DOC-TEMP-305%20-%20ONR%20Word%20Template%20-%20Generic.DOTX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5DC39C0-0CE5-4537-B89C-2FEA41A0420F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E318CE" w:rsidRDefault="007154C5" w:rsidP="007154C5">
           <w:pPr>
             <w:pStyle w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
           </w:pPr>
           <w:r w:rsidRPr="0069507A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -46493,308 +18251,218 @@
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91482595-A552-4826-943C-30779AA50C82}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
+        <w:name w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{97C860AC-0002-4AB3-96F9-106123B0F416}"/>
+        <w:guid w:val="{7CD666C1-130E-4748-A724-97987CA52528}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
+        <w:p w:rsidR="00EB73F1" w:rsidRDefault="00EB73F1" w:rsidP="00EB73F1">
+          <w:pPr>
+            <w:pStyle w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
+          </w:pPr>
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...24 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="LAJLMB+TimesNewRoman">
-[...9 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...29 lines deleted...]
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
-    <w:rsid w:val="000E0AC7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00145542"/>
+    <w:rsid w:val="001101B7"/>
+    <w:rsid w:val="00160C64"/>
+    <w:rsid w:val="00176DB5"/>
     <w:rsid w:val="00183F29"/>
-    <w:rsid w:val="001C55C3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00241800"/>
     <w:rsid w:val="002550FD"/>
-    <w:rsid w:val="002872A9"/>
+    <w:rsid w:val="003236D2"/>
     <w:rsid w:val="00333F8E"/>
     <w:rsid w:val="00350199"/>
-    <w:rsid w:val="003964CD"/>
-[...5 lines deleted...]
-    <w:rsid w:val="0070436F"/>
+    <w:rsid w:val="003D5793"/>
+    <w:rsid w:val="004D3E6C"/>
+    <w:rsid w:val="005A49B8"/>
+    <w:rsid w:val="006D0858"/>
     <w:rsid w:val="007154C5"/>
-    <w:rsid w:val="00732D84"/>
     <w:rsid w:val="00764F6F"/>
-    <w:rsid w:val="0083073F"/>
+    <w:rsid w:val="0083336C"/>
     <w:rsid w:val="00835E07"/>
-    <w:rsid w:val="008C6A49"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A10883"/>
+    <w:rsid w:val="00A009A6"/>
     <w:rsid w:val="00A657B0"/>
-    <w:rsid w:val="00A65C57"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C04FFE"/>
+    <w:rsid w:val="00B13075"/>
     <w:rsid w:val="00C17C1E"/>
+    <w:rsid w:val="00C31985"/>
     <w:rsid w:val="00C41BCC"/>
-    <w:rsid w:val="00C67B20"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D606E0"/>
     <w:rsid w:val="00DD7BA4"/>
-    <w:rsid w:val="00DE383E"/>
-    <w:rsid w:val="00DE730E"/>
     <w:rsid w:val="00E27559"/>
     <w:rsid w:val="00E318CE"/>
-    <w:rsid w:val="00E44F16"/>
+    <w:rsid w:val="00E527A3"/>
     <w:rsid w:val="00E646E1"/>
-    <w:rsid w:val="00E90B9F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FA051A"/>
+    <w:rsid w:val="00E923CD"/>
+    <w:rsid w:val="00EB73F1"/>
+    <w:rsid w:val="00FE0601"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -47180,51 +18848,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007154C5"/>
+    <w:rsid w:val="00EB73F1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F91DE249B2D64236B5C9B282FE9D467B">
     <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="90"/>
       <w:szCs w:val="88"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="71855CAFCD0440C4880AB5CD94A60020">
     <w:name w:val="71855CAFCD0440C4880AB5CD94A60020"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
@@ -47242,55 +18910,68 @@
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1773E824CD9F477BB864AD976AEFC2AE">
     <w:name w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BFF33CE9ACF45B4BD9D9653F86AF5B6">
+    <w:name w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
+    <w:rsid w:val="00EB73F1"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ONR colours">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="07716C"/>
       </a:accent1>
       <a:accent2>
@@ -47461,331 +19142,1048 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <PolicyPortalProcessSpecialismFunctionTopic xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalFirstPublicationDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalProcessOwnerRoleHolder>
+    <PolicyPortalPublishStatus xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegatePostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocType xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldRecordRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueNo xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerPostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegateRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalResponsibleDelegateRoleHolder>
+    <PolicyPortalDirectorate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalReviewDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueHistoryComments xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="05350e14-297a-489c-ad04-faf6563b232c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">[Key words separated by commas]</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f43e2310-82d5-44d8-a731-b695dd9d1339</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <TaxCatchAll xmlns="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <dd2817321d504f1caee75a1112d299d4 xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </dd2817321d504f1caee75a1112d299d4>
+    <PCR_x003f_ xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">false</PCR_x003f_>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="HOW2 Hub Document" ma:contentTypeID="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227" ma:contentTypeVersion="220" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="5b57e419ffb840abb95ac6618f3e3a8b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4e2855-9588-4bc9-9890-af639bd565eb" xmlns:ns3="05350e14-297a-489c-ad04-faf6563b232c" xmlns:ns4="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f04dd8d70902c340475265b30303215b" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <xsd:import namespace="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <xsd:import namespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:PolicyPortalIssueNo" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocType" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDirectorate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessSpecialismFunctionTopic" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerPostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegatePostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegateRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueHistoryComments" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalFirstPublicationDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldRecordRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalPublishStatus" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:dd2817321d504f1caee75a1112d299d4" minOccurs="0"/>
+                <xsd:element ref="ns4:PCR_x003f_" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c4e2855-9588-4bc9-9890-af639bd565eb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="PolicyPortalIssueNo" ma:index="2" nillable="true" ma:displayName="Issue No." ma:internalName="PolicyPortalIssueNo" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocRef" ma:index="3" nillable="true" ma:displayName="Doc. Ref." ma:internalName="PolicyPortalDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocType" ma:index="4" nillable="true" ma:displayName="Doc. Type" ma:format="Dropdown" ma:internalName="PolicyPortalDocType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Framework/Strategy"/>
+          <xsd:enumeration value="Guidance (Gen.)"/>
+          <xsd:enumeration value="Handbook"/>
+          <xsd:enumeration value="HSW Standard"/>
+          <xsd:enumeration value="Instruction"/>
+          <xsd:enumeration value="Manual"/>
+          <xsd:enumeration value="MoU"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+          <xsd:enumeration value="Protocol"/>
+          <xsd:enumeration value="R2A2"/>
+          <xsd:enumeration value="Strategy"/>
+          <xsd:enumeration value="TAG"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="TIG"/>
+          <xsd:enumeration value="TOR"/>
+          <xsd:enumeration value="N/A"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDirectorate" ma:index="5" nillable="true" ma:displayName="Directorate" ma:format="Dropdown" ma:internalName="PolicyPortalDirectorate">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Corporate Security and Resilience Office"/>
+              <xsd:enumeration value="Finance"/>
+              <xsd:enumeration value="Governance and Private Office"/>
+              <xsd:enumeration value="HR"/>
+              <xsd:enumeration value="IT"/>
+              <xsd:enumeration value="New Reactors"/>
+              <xsd:enumeration value="Operating Facilities"/>
+              <xsd:enumeration value="Sellafield Decommissioning and Waste"/>
+              <xsd:enumeration value="Strategy and Corporate Affairs"/>
+              <xsd:enumeration value="Technical"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessSpecialismFunctionTopic" ma:index="6" nillable="true" ma:displayName="Process / Specialism / Function / Topic" ma:format="Dropdown" ma:internalName="PolicyPortalProcessSpecialismFunctionTopic">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Academy - Training / L&amp;D"/>
+              <xsd:enumeration value="Accessibility"/>
+              <xsd:enumeration value="Accounting &amp; Budgeting"/>
+              <xsd:enumeration value="ALARP Working Group"/>
+              <xsd:enumeration value="Anti-Bribery and Corruption, and Fraud Prevention Compliance"/>
+              <xsd:enumeration value="Assessment (Nuclear safety)"/>
+              <xsd:enumeration value="Business Impact Target (BIT)"/>
+              <xsd:enumeration value="Business Travel"/>
+              <xsd:enumeration value="Change Management (Org.)"/>
+              <xsd:enumeration value="Chemistry &amp; Chemical Engineering"/>
+              <xsd:enumeration value="Civil Engineering"/>
+              <xsd:enumeration value="Civil Engineering and External Hazards (CEEH)"/>
+              <xsd:enumeration value="Civil Nuclear Security"/>
+              <xsd:enumeration value="Comms"/>
+              <xsd:enumeration value="Conducting Investigations"/>
+              <xsd:enumeration value="Compliance"/>
+              <xsd:enumeration value="Contractor Management"/>
+              <xsd:enumeration value="Cyber Security and Information Assurance"/>
+              <xsd:enumeration value="Data Protection"/>
+              <xsd:enumeration value="Defence - Propulsion"/>
+              <xsd:enumeration value="Delivery Lead - Technical Division (R&amp;TS)"/>
+              <xsd:enumeration value="Development of Regulations and Guides"/>
+              <xsd:enumeration value="Diversity &amp; Inclusion (HR)"/>
+              <xsd:enumeration value="Divisional Delivery Support (DDS)"/>
+              <xsd:enumeration value="EC&amp;I Engineering"/>
+              <xsd:enumeration value="Efficiency Framework"/>
+              <xsd:enumeration value="Emergency P&amp;R"/>
+              <xsd:enumeration value="Emergency Preparedness &amp; Response (EP&amp;R)"/>
+              <xsd:enumeration value="Environment and Sustainability"/>
+              <xsd:enumeration value="Estates"/>
+              <xsd:enumeration value="Expenses"/>
+              <xsd:enumeration value="Export Control"/>
+              <xsd:enumeration value="Fault Analysis"/>
+              <xsd:enumeration value="Freedom of Information (FOI) &amp; Gen. Enquiries"/>
+              <xsd:enumeration value="GDA"/>
+              <xsd:enumeration value="Gifts and Hospitality"/>
+              <xsd:enumeration value="Governance"/>
+              <xsd:enumeration value="Health, Safety and Wellbeing (HSW)"/>
+              <xsd:enumeration value="Human &amp; Organisational Capability"/>
+              <xsd:enumeration value="Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Information Management"/>
+              <xsd:enumeration value="Information Security"/>
+              <xsd:enumeration value="International Cooperation"/>
+              <xsd:enumeration value="Invoice Management"/>
+              <xsd:enumeration value="IT"/>
+              <xsd:enumeration value="Land Use Planning"/>
+              <xsd:enumeration value="Leadership and Management for Safety and Security"/>
+              <xsd:enumeration value="Learning &amp; Development"/>
+              <xsd:enumeration value="Legal Support"/>
+              <xsd:enumeration value="Management System"/>
+              <xsd:enumeration value="Mechanical Engineering"/>
+              <xsd:enumeration value="New build/construction"/>
+              <xsd:enumeration value="NHSS"/>
+              <xsd:enumeration value="Notification &amp; Authorisation"/>
+              <xsd:enumeration value="Nuclear Liabilities Regulation"/>
+              <xsd:enumeration value="Operating Reactors"/>
+              <xsd:enumeration value="Operational Inspection"/>
+              <xsd:enumeration value="Organisational Learning"/>
+              <xsd:enumeration value="People Services"/>
+              <xsd:enumeration value="Performance Management (HR)"/>
+              <xsd:enumeration value="Permissioning"/>
+              <xsd:enumeration value="PMO"/>
+              <xsd:enumeration value="Policy"/>
+              <xsd:enumeration value="Procurement"/>
+              <xsd:enumeration value="Radiological Protection &amp; Criticality"/>
+              <xsd:enumeration value="Regulations &amp; Regulatory Issues"/>
+              <xsd:enumeration value="Regulatory Assurance"/>
+              <xsd:enumeration value="Regulatory Oversight"/>
+              <xsd:enumeration value="Research &amp; Development"/>
+              <xsd:enumeration value="Risk Management"/>
+              <xsd:enumeration value="RITE"/>
+              <xsd:enumeration value="Safeguards"/>
+              <xsd:enumeration value="Safety Case Working Group"/>
+              <xsd:enumeration value="Security &amp; Information Regulatory Assurance"/>
+              <xsd:enumeration value="Sellafield"/>
+              <xsd:enumeration value="Shared Services"/>
+              <xsd:enumeration value="Structural Integrity"/>
+              <xsd:enumeration value="Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="Whistleblowing"/>
+              <xsd:enumeration value="WIReD"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerPostTitle" ma:index="7" nillable="true" ma:displayName="Process Owner (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalProcessOwnerPostTitle">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="CIO"/>
+              <xsd:enumeration value="CISO"/>
+              <xsd:enumeration value="Data Protection Officer (DPO)"/>
+              <xsd:enumeration value="Finance Director"/>
+              <xsd:enumeration value="Head of Governance and Private Office"/>
+              <xsd:enumeration value="HR Director"/>
+              <xsd:enumeration value="New Reactors Director"/>
+              <xsd:enumeration value="Operating Facilities Director"/>
+              <xsd:enumeration value="Sellafield Decommissioning and Waste Director"/>
+              <xsd:enumeration value="Senior Director of Regulation"/>
+              <xsd:enumeration value="Strategy and Corporate Affairs Director"/>
+              <xsd:enumeration value="Technical Director"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerRoleHolder" ma:index="8" nillable="true" ma:displayName="Process Owner (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalProcessOwnerRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegatePostTitle" ma:index="9" nillable="true" ma:displayName="Responsible Delegate (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalResponsibleDelegatePostTitle">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Chair of Accessibility Working Group (AWG)"/>
+              <xsd:enumeration value="Corporate Security Manager"/>
+              <xsd:enumeration value="Data Protection Compliance Lead"/>
+              <xsd:enumeration value="Deputy Director of Regulation (TD)"/>
+              <xsd:enumeration value="Executive Office Support"/>
+              <xsd:enumeration value="Export Control Manager"/>
+              <xsd:enumeration value="Governance and Compliance Lead"/>
+              <xsd:enumeration value="Governance Manager"/>
+              <xsd:enumeration value="Head of Academy"/>
+              <xsd:enumeration value="Head of Commercial Management and Procurement"/>
+              <xsd:enumeration value="Head of Communications"/>
+              <xsd:enumeration value="Head of Compliance"/>
+              <xsd:enumeration value="Head of Data and Analytics"/>
+              <xsd:enumeration value="Head of Governance and Compliance"/>
+              <xsd:enumeration value="Head of Private Office"/>
+              <xsd:enumeration value="Head of Estates and Shared Services"/>
+              <xsd:enumeration value="Head of Finance and Commercial"/>
+              <xsd:enumeration value="Head of Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Head of International Strategy and Public Correspondence"/>
+              <xsd:enumeration value="Head of IT"/>
+              <xsd:enumeration value="Head of Legal Liaison"/>
+              <xsd:enumeration value="Head of Organisational Development (HR)"/>
+              <xsd:enumeration value="Head of Organisational Learning"/>
+              <xsd:enumeration value="Head of People Services"/>
+              <xsd:enumeration value="Head of PMO"/>
+              <xsd:enumeration value="Head of Policy"/>
+              <xsd:enumeration value="Head of Regulatory Policy and Standards"/>
+              <xsd:enumeration value="Head of Risk and Assurance"/>
+              <xsd:enumeration value="HoR - Advanced Nuclear Technologies (ANTs) and Holtec SMR-300 GDA"/>
+              <xsd:enumeration value="HoR - Emergency Preparedness and Response"/>
+              <xsd:enumeration value="HoR - Rolls-Royce SMR (GDA)"/>
+              <xsd:enumeration value="HoR - Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="HoR - Sellafield Compliance Intelligence and Enforcement"/>
+              <xsd:enumeration value="HoR - Sellafield Project Delivery"/>
+              <xsd:enumeration value="HoR - Sellafield Decommissioning"/>
+              <xsd:enumeration value="HoP - Civil Engineering and External Hazards"/>
+              <xsd:enumeration value="HoP - Cyber Security &amp; Information Assurance"/>
+              <xsd:enumeration value="HoP - DDS"/>
+              <xsd:enumeration value="HoP - Electrical, Control and Instrumentation Engineering"/>
+              <xsd:enumeration value="HoP - Fault Analysis"/>
+              <xsd:enumeration value="HoP - Human and Organisational Capability"/>
+              <xsd:enumeration value="HoP - Mechanical Engineering and Structural Integrity"/>
+              <xsd:enumeration value="HoP - Nuclear Internal Hazards and Site Safety"/>
+              <xsd:enumeration value="HoP - Nuclear Liabilities, Chemistry and Chemical Engineering"/>
+              <xsd:enumeration value="HoP - Operational Inspection"/>
+              <xsd:enumeration value="HoP - Protective Security"/>
+              <xsd:enumeration value="HoP - Radiological Protection and Criticality"/>
+              <xsd:enumeration value="HoP - Regulatory Programme and Business Management"/>
+              <xsd:enumeration value="HoP - Safeguards"/>
+              <xsd:enumeration value="HSW Manager"/>
+              <xsd:enumeration value="Information Management Manager"/>
+              <xsd:enumeration value="WIReD Product Owner"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegateRoleHolder" ma:index="10" nillable="true" ma:displayName="Responsible Delegate (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalResponsibleDelegateRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueDate" ma:index="11" nillable="true" ma:displayName="Issue Date" ma:format="DateOnly" ma:internalName="PolicyPortalIssueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalReviewDate" ma:index="12" nillable="true" ma:displayName="Review Date" ma:format="DateOnly" ma:internalName="PolicyPortalReviewDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueHistoryComments" ma:index="15" nillable="true" ma:displayName="Issue History/Comments" ma:internalName="PolicyPortalIssueHistoryComments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalFirstPublicationDate" ma:index="16" nillable="true" ma:displayName="First Publication Date" ma:format="DateOnly" ma:internalName="PolicyPortalFirstPublicationDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldDocRef" ma:index="17" nillable="true" ma:displayName="Old Doc. Ref." ma:internalName="PolicyPortalOldDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldRecordRef" ma:index="18" nillable="true" ma:displayName="Old Record Ref." ma:internalName="PolicyPortalOldRecordRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalPublishStatus" ma:index="25" nillable="true" ma:displayName="Publish Status" ma:format="Dropdown" ma:internalName="PolicyPortalPublishStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Live"/>
+          <xsd:enumeration value="Unpublished"/>
+          <xsd:enumeration value="Withdrawn"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="05350e14-297a-489c-ad04-faf6563b232c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="26" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="27" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="28" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="30" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="31" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{85a4ca9d-4aea-456d-868e-8e20a97dbaed}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="05350e14-297a-489c-ad04-faf6563b232c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="dd2817321d504f1caee75a1112d299d4" ma:index="33" nillable="true" ma:taxonomy="true" ma:internalName="dd2817321d504f1caee75a1112d299d4" ma:taxonomyFieldName="Topic" ma:displayName="Topic" ma:default="" ma:fieldId="{dd281732-1d50-4f1c-aee7-5a1112d299d4}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="7b4e1cbc-bd02-4183-9474-8a15f7a1216f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PCR_x003f_" ma:index="34" nillable="true" ma:displayName="PCR?" ma:default="0" ma:description="Document forms part of the Policy Compliance Report for ARAC." ma:format="Dropdown" ma:internalName="PCR_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="23" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="66693000-3e12-4b44-a742-9a2ba35b7d28" ContentTypeId="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C57" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
+  <b:Source>
+    <b:Tag>ONR81</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{03AB74E8-560D-4D16-AB4A-E1AA79036D85}</b:Guid>
+    <b:Title>ONR, NS-INSP-GD-024 - LC 24 Operating Instructions</b:Title>
+    <b:RefOrder>4</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR263</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{FE26858E-7312-4A53-AC28-A778ADA55936}</b:Guid>
+    <b:Title>ONR, NS-INSP-GD-012, LC 12 Duly authorised and other suitably qualified and experienced person</b:Title>
+    <b:RefOrder>5</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR323</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{F79F1B5A-F2C6-47CB-AF84-CA9EF68B0D62}</b:Guid>
+    <b:Title>ONR, NS-INSP-GD-026, LC 26 Control and Supervision of Operations</b:Title>
+    <b:RefOrder>6</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ICNEW</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{C5F18145-8928-4FEF-AF5D-F3BBB15CD411}</b:Guid>
+    <b:Title>ONR, NS-TAST-GD-049, Licensee Use of Contractors and Intelligent Customer Capability</b:Title>
+    <b:RefOrder>7</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR288</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{53DA14B8-009B-426A-9855-3526C759C5CD}</b:Guid>
+    <b:Title>ONR, NS-INSP-GD-006, LC 6 Documents, Records, Authorities and Certificates</b:Title>
+    <b:RefOrder>8</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>RecordNEW</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{3F6B9AB3-5DB0-49F3-8A37-4B1BAADC8A2B}</b:Guid>
+    <b:Title>ONR, NS-TAST-GD-033, Licensee Management of Records</b:Title>
+    <b:RefOrder>9</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>IAEANEW</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{8F434ECC-E9E6-45EA-B187-ED985E9C0F47}</b:Guid>
+    <b:Title>IAEA Nuclear Safety and Security Glossary - Terminology Used in Nuclear Safety, Nuclear Security, Radiation Protection and Emergency Preparedness and Response, 2022 (Interim) Edition</b:Title>
+    <b:RefOrder>10</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>tig28iaea</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{98D8A9FD-D17F-4971-8B4A-CF01E5E76864}</b:Guid>
+    <b:Title>IAEA, SSG-74, Maintenance, Testing, Surveillance and Inspection in Nuclear Power Plants</b:Title>
+    <b:RefOrder>2</b:RefOrder>
+  </b:Source>
   <b:Source>
     <b:Tag>NB</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{BC2F28FC-E76E-42D0-A1C5-0BC46F88B598}</b:Guid>
     <b:Title>ONR, NS-TAST-GD-065, Function and Content of the Nuclear Baseline </b:Title>
     <b:RefOrder>11</b:RefOrder>
   </b:Source>
   <b:Source>
-    <b:Tag>LC30</b:Tag>
-[...12 lines deleted...]
-  <b:Source>
     <b:Tag>CATCLASS</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{5DD95E6E-3889-41BE-AC79-96595406622A}</b:Guid>
     <b:Title>ONR, NS-TAST-GD-094, Categorisation of Safety Functions and Classification of Structures, Systems and Components</b:Title>
     <b:RefOrder>12</b:RefOrder>
-  </b:Source>
-[...5 lines deleted...]
-    <b:RefOrder>14</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>eimtnewtag</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{14876224-D87E-464E-916B-01C054409C66}</b:Guid>
     <b:Title>ONR, NS-TAST-GD-009, Examination, Inspection, Maintenance &amp; Testing of Items Important to Safety</b:Title>
     <b:LCID>en-GB</b:LCID>
     <b:RefOrder>1</b:RefOrder>
   </b:Source>
   <b:Source>
-    <b:Tag>IAEANEW</b:Tag>
+    <b:Tag>LC30</b:Tag>
     <b:SourceType>Book</b:SourceType>
-    <b:Guid>{8F434ECC-E9E6-45EA-B187-ED985E9C0F47}</b:Guid>
-[...1 lines deleted...]
-    <b:RefOrder>10</b:RefOrder>
+    <b:Guid>{CC3D1A3D-A996-4DC9-9E64-4073264E6F6D}</b:Guid>
+    <b:Title>ONR, NS-INSP-GD-030, LC 30 - Periodic Shutdown</b:Title>
+    <b:RefOrder>13</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONRageingtag</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{12366EEC-FAFD-4B2F-B04D-0C21A4C73356}</b:Guid>
+    <b:Title>ONR, NS-TAST-GD-109, Ageing and Degradation Management </b:Title>
+    <b:RefOrder>14</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Mech</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{8A48E93D-A2B2-4EE8-9960-427929718F02}</b:Guid>
+    <b:Title>ONR, NS-TAST-GD-102, General Guidance for Mechanical Engineering Specialism Group</b:Title>
+    <b:RefOrder>15</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>Supplychain</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{433F687C-5049-4857-83C9-93ECA6A84095}</b:Guid>
     <b:Title>ONR, NS-TAST-GD-077, Supply Chain Management Arrangements for the Procurement of Nuclear Safety Related Items or Services</b:Title>
     <b:RefOrder>16</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>CFSI</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{0D8537BA-D9D1-4265-8E60-C8872BD41F18}</b:Guid>
     <b:Title>ONR Advice Note, Supply Chain Management - Counterfeit, Fraudulent and Suspect Items (CFSI, 2022/73725)</b:Title>
     <b:RefOrder>17</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>ONMACS</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{74E7FA6A-3A19-464A-8B0B-C33BD1F5EC24}</b:Guid>
     <b:Title>ONR Nuclear Material Accountancy, Control, and Safeguards, ONR-CNSS-MAN-001</b:Title>
     <b:RefOrder>18</b:RefOrder>
   </b:Source>
   <b:Source>
-    <b:Tag>ONR81</b:Tag>
-[...19 lines deleted...]
-  <b:Source>
     <b:Tag>safenew</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{D892BF05-F1B6-4091-AB1C-68298F5B6016}</b:Guid>
     <b:Title>ONR, SG-INSP-GD-001, Safeguards</b:Title>
-    <b:RefOrder>19</b:RefOrder>
-[...27 lines deleted...]
-    <b:RefOrder>3</b:RefOrder>
+    <b:RefOrder>23</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>NISR</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{12172F39-65A5-4BB0-9D39-58AA09753664}</b:Guid>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>HMG</b:Last>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Nuclear Industries Security Regulations 2003/403</b:Title>
-    <b:RefOrder>20</b:RefOrder>
+    <b:RefOrder>19</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>CNSTAG52</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{A5BAFED8-BD5A-43BF-9992-27CC4A3746B3}</b:Guid>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>ONR</b:Last>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>CNS-TAST-GD-5.2 - Examination, Inspection, Maintenance and Testing of Physical Protection Systems</b:Title>
-    <b:RefOrder>21</b:RefOrder>
+    <b:RefOrder>20</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>SyAPs</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{1447FC68-8947-4117-82B3-085FA5FE016B}</b:Guid>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>ONR</b:Last>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Security Assessment Principles for the Civil Nuclear Industry, 2022 Edition, Version 1</b:Title>
-    <b:RefOrder>22</b:RefOrder>
+    <b:RefOrder>21</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>CNSTIG</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{3C1738D2-040A-466B-9E17-5B3285E09DF5}</b:Guid>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>ONR</b:Last>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>CNS-INSP-GD-001 - Nuclear Security Inspections</b:Title>
-    <b:RefOrder>23</b:RefOrder>
+    <b:RefOrder>22</b:RefOrder>
   </b:Source>
   <b:Source>
-    <b:Tag>tig28iaea</b:Tag>
-[...3 lines deleted...]
-    <b:RefOrder>2</b:RefOrder>
+    <b:Tag>GOV1</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{1D69F3BC-EE45-461B-B2C9-367CA058710B}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>GOV</b:Last>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Title>Department for Business Innovation &amp; Skills, Regulators’ Code, April 2014.</b:Title>
+    <b:RefOrder>3</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB5F2630-8550-4567-8253-FC24198C2E65}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{302464A8-7BA5-4131-8D06-4B18A77BE91D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87427ED4-E1D1-4621-822E-C52BB6ABEB52}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{490ED5B9-84BB-4E11-AB53-C0B8C211310C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F1E7696-64D0-4E76-BD09-5F47C27AB98C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9419ACF-FD9B-4EEB-B545-BB3F91B9B619}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BFF7D9A-DADD-469E-B926-5AF4A01DBC54}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
   <TotalTime></TotalTime>
-  <Pages>23</Pages>
-[...1 lines deleted...]
-  <Characters>31126</Characters>
+  <Pages>20</Pages>
+  <Words>4531</Words>
+  <Characters>25830</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>250</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>215</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LC 28 – Examination, Inspection, Maintenance and Testing (EIMT)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36336</CharactersWithSpaces>
+  <CharactersWithSpaces>30301</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>LC 28 – Examination, Inspection, Maintenance and Testing (EIMT)</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>9</cp:contentStatus>
+  <cp:contentStatus>9.1</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227</vt:lpwstr>
+  </property>
 </Properties>
 </file>