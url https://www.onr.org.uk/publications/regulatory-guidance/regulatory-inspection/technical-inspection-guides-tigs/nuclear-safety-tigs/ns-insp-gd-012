--- v0 (2025-10-20)
+++ v1 (2026-02-20)
@@ -1,5470 +1,3846 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="198" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="198" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9156"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C20562" w:rsidRPr="00C20562" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00C20562" w:rsidRDefault="00C20562" w:rsidP="00323E71">
+          <w:p w14:paraId="35C1F1C6" w14:textId="03508A8D" w:rsidR="00C20562" w:rsidRPr="00C20562" w:rsidRDefault="00C20562" w:rsidP="00323E71">
             <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0226A" w:rsidRPr="001E03E1" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
+      <w:tr w:rsidR="00D0226A" w:rsidRPr="002E6A3A" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2778"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F059A92" w14:textId="5883F379" w:rsidR="00595C8C" w:rsidRPr="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
+          <w:p w14:paraId="2F059A92" w14:textId="5883F379" w:rsidR="00595C8C" w:rsidRPr="00A5229C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
             <w:pPr>
               <w:pStyle w:val="InnerCoverTitle"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00595C8C">
+            <w:r w:rsidRPr="00A5229C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
-            <w:r w:rsidR="00D60BCB">
+            <w:r w:rsidR="00D60BCB" w:rsidRPr="00A5229C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Technical Inspection Guide (TIG)</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="5389A63B" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00ED7856" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="6E700294" w:rsidR="00D0226A" w:rsidRPr="002E6A3A" w:rsidRDefault="000875C2" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
-                    <w:szCs w:val="90"/>
+                    <w:sz w:val="48"/>
+                    <w:szCs w:val="48"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="48"/>
                       <w:szCs w:val="48"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="00137707">
+                    <w:r w:rsidR="00F40A6B" w:rsidRPr="002E6A3A">
                       <w:rPr>
                         <w:sz w:val="48"/>
                         <w:szCs w:val="48"/>
                       </w:rPr>
-                      <w:t>Licence Condition 12 – Duly authorised and other suitably qualified and experienced persons</w:t>
+                      <w:t xml:space="preserve">Licence Condition 12 – Duly </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00A5229C">
+                      <w:rPr>
+                        <w:sz w:val="48"/>
+                        <w:szCs w:val="48"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00F40A6B" w:rsidRPr="002E6A3A">
+                      <w:rPr>
+                        <w:sz w:val="48"/>
+                        <w:szCs w:val="48"/>
+                      </w:rPr>
+                      <w:t>uthorised and other sui</w:t>
+                    </w:r>
+                    <w:r w:rsidR="002E6A3A">
+                      <w:rPr>
+                        <w:sz w:val="48"/>
+                        <w:szCs w:val="48"/>
+                      </w:rPr>
+                      <w:t>tably qualified and experienced persons</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00D0226A">
+    <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRPr="002E6A3A" w:rsidRDefault="00D0226A">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AB6425B" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00881B6F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="237341DD">
             <wp:simplePos x="685800" y="914400"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7568280" cy="10692360"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7568280" cy="10692360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1C8B33" w14:textId="77777777" w:rsidR="00267815" w:rsidRDefault="00267815">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108F43C7" w14:textId="3A6CC438" w:rsidR="00004C16" w:rsidRPr="00004C16" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...516 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="1FDB4B56" w14:textId="6C10B266" w:rsidR="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00323E71">
       <w:pPr>
-        <w:sectPr w:rsidR="00595C8C" w:rsidSect="004C4891">
-[...5 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+        <w:sectPr w:rsidR="00595C8C" w:rsidSect="00777CB4">
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="first" r:id="rId18"/>
+          <w:footerReference w:type="first" r:id="rId19"/>
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AE5EE98" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00EE0C77" w:rsidRDefault="00267815" w:rsidP="00EE0C77">
-[...1156 lines deleted...]
-    <w:p w14:paraId="43A875A4" w14:textId="7F61F835" w:rsidR="008D49A5" w:rsidRPr="00223090" w:rsidRDefault="008D49A5" w:rsidP="00223090">
+    <w:p w14:paraId="14306098" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00223090" w:rsidRDefault="002C301C" w:rsidP="002C301C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc121911537"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc216427441"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc220242305"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00223090">
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="4DE1980B" w14:textId="63797F44" w:rsidR="008D49A5" w:rsidRDefault="000C5F5A" w:rsidP="00BC7DB8">
+    <w:p w14:paraId="1EF66842" w14:textId="098F4292" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-        <w:ind w:left="851" w:hanging="851"/>
-[...34 lines deleted...]
-      </w:r>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="851" w:hanging="709"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk64448648"/>
       <w:r>
-        <w:t>y.</w:t>
+        <w:t xml:space="preserve">Technical Inspection Guides (TIGs) assist inspectors in making regulatory judgments and providing advice on licence conditions (LCs). Most LCs are goal setting, leaving the specifics of arrangements to the dutyholder, who is responsible for safety. This guidance aims to support consistent inspection of LC 12 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A60DE">
+        <w:t>Duly authorised and other suitably qualified and experienced persons</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="616F197D" w14:textId="5869E89F" w:rsidR="008D49A5" w:rsidRPr="00FA33FE" w:rsidRDefault="008D49A5" w:rsidP="00C12E33">
-[...12 lines deleted...]
-    <w:p w14:paraId="1983720C" w14:textId="2AD94740" w:rsidR="000C5F5A" w:rsidRPr="00E0406C" w:rsidRDefault="000C5F5A" w:rsidP="00BC7DB8">
+    <w:p w14:paraId="6E0A78ED" w14:textId="40C9ED3C" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-        <w:ind w:left="851" w:hanging="851"/>
-[...24 lines deleted...]
-      </w:r>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="851" w:hanging="709"/>
+      </w:pPr>
       <w:r>
-        <w:t>Technical Assessment Guidance</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00925DBC">
+        <w:t>While not exhaustive or mandatory, the guidance offers a clear framework for inspectors to assess the adequacy of compliance. Additional relevant guidance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is available in the Technical Assessment Guide (TAG) on </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Training and Assuring Personnel Competence</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="2061130528"/>
-[...1492 lines deleted...]
-          <w:id w:val="-1393657574"/>
+          <w:id w:val="439420315"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
-            <w:instrText xml:space="preserve"> CITATION ONR51 \l 2057 </w:instrText>
+          <w:r w:rsidR="00777CB4">
+            <w:instrText xml:space="preserve">CITATION ONR51 \l 2057 </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00DE668B" w:rsidRPr="00DE668B">
+          <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00A65EDA">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317A5897" w14:textId="1E51C373" w:rsidR="00D60BCB" w:rsidRDefault="00D60BCB">
+    <w:p w14:paraId="22CE0AD8" w14:textId="745B1995" w:rsidR="002C301C" w:rsidRPr="00AA78A4" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="851" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Inspectors should also refer to the ONR policy on </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Risk-Informed and Targeted Engagements</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (RITE) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1204134584"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00777CB4">
+            <w:instrText xml:space="preserve">CITATION ONR33 \l 2057 </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[2]</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t>, which guides risk-based prioritisation in regulatory interventions and supports decisions on engaging with dutyholders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD15C8D" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="00777CB4" w:rsidSect="00777CB4">
+          <w:headerReference w:type="even" r:id="rId20"/>
+          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:footerReference w:type="even" r:id="rId22"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc216427442"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc220242306"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="5582C5ED" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Licence Condition 12 – </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk216358780"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Duly authorised and other suitably qualified and experienced persons</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="14EFFD8D" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1800" w:hanging="954"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">12(1) </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>The licensee shall make and implement adequate arrangements to ensure that only suitably qualified and experienced persons perform any duties which may affect the safety of operations on the site or any other duties assigned by or under these condition or any arrangements required under these conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DEC5A4" w14:textId="11633BED" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1800" w:hanging="954"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">12(2) </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB698E">
+        <w:t>aforesaid</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> arrangements shall also provide for the appointment, in appropriate cases, of duly authorised persons to control and supervise operations which may affect plant safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E50FFFD" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1800" w:hanging="954"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">12(3) </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">The licensee shall submit to ONR for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46689">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="D2E7B5" w:themeFill="accent4" w:themeFillTint="66"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approval </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">such part or parts of the aforesaid arrangements as ONR may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46689">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="B6E6E9" w:themeFill="accent3" w:themeFillTint="66"/>
+        </w:rPr>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64797DD3" w14:textId="703F03B5" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1800" w:hanging="954"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12(4)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">The licensee shall ensure that once approved no alteration or amendment is made to the approved </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB698E">
+        <w:t>arrangements</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> unless ONR has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00605FAF">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="D2E7B5" w:themeFill="accent4" w:themeFillTint="66"/>
+        </w:rPr>
+        <w:t>approved</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> such alteration or amendment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DCFD97" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1800" w:hanging="954"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12(5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">The licensee shall ensure that no person continues to act as a duly authorised person if, in the opinion of ONR, he is unfit to act in that capacity and ONR has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C69F3">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
+        </w:rPr>
+        <w:t>notified</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the licensee to that effect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0CC4D8" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="00777CB4" w:rsidSect="00777CB4">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc216427443"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc220242307"/>
+    </w:p>
+    <w:p w14:paraId="6FF95FF2" w14:textId="10608A70" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Purpose and </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t>utcomes of LC12</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="4CE2BBCD" w14:textId="27159471" w:rsidR="002C301C" w:rsidRDefault="0059100E" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1336E">
+        <w:t>The purpose of LC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1336E">
+        <w:t>12 is to ensure that only suitably qualified and experienced persons (SQEP), appointed or otherwise, perform duties which may affect the safety of operations on the site, or any other duties assigned by or under the licence conditions, or any arrangements required under the licence conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="002C301C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314B8F1A" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The regulatory outcomes being sought by LC 12, are that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABD93F0" w14:textId="59B74CAB" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="306"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00807607">
+        <w:t>The safety of operations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00807607">
+        <w:t xml:space="preserve"> is dependent on the individuals who design, construct, operate, maintain, modify and decommission it. </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00807607">
+        <w:t xml:space="preserve">The Licensee is therefore required to establish, and implement, arrangements to ensure that individuals who perform these activities, and any other activities pertinent to safety, are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086203">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>competent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086203">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E14092" w14:textId="6EE4C71B" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="306"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">persons conducting and directly supervising specified operations of the highest safety significance should be appointed as ‘duly authorised persons’ (DAP) in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>LC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 12(2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D76E778" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="306"/>
+      </w:pPr>
+      <w:r>
+        <w:t>posts requiring a DAP should be specified in the arrangements and a formal system for the assessment, authorisation, notification and periodic re-authorisation and re-notification should be in existence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559ADCE8" w14:textId="2A4FE031" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Roles requiring appointment can be found in LC 21, 26, and 28: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311982EE" w14:textId="55587491" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="447"/>
+      </w:pPr>
+      <w:r>
+        <w:t>LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21 requires the appointment of a SQEP for the purpose of controlling, witnessing, recording, and assessing the results of commissioning tests. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC0A559" w14:textId="3D7CC46E" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="447"/>
+      </w:pPr>
+      <w:r>
+        <w:t>LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">26 requires that no operations (including commissioning) which may affect safety are carried out unless under the control and supervision of a SQEP specifically appointed for that purpose by the licensee. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B942CB7" w14:textId="76887D0F" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="447"/>
+      </w:pPr>
+      <w:r>
+        <w:t>LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>28 requires that examination, inspection, maintenance and test of a plant or any part thereof be conducted under the control and supervision of a SQEP appointed by the licensee for that purpose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799A882D" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="567"/>
+        <w:sectPr w:rsidR="00777CB4" w:rsidSect="00777CB4">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E8412BD" w14:textId="38B95F5E" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003A1644">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A1644">
+        <w:t>icensee’s LC 36</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> (O</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rganisational capability</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A1644">
+        <w:t>arrangements should ensure that roles which could affect safety are identified and placed on the nuclear baseline.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A1644">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A1644">
+        <w:t xml:space="preserve">icensee’s LC 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve">(Training) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A1644">
+        <w:t xml:space="preserve">arrangements should be used to support the identification of the competence requirements for that role (and develop a training programme to provide the knowledge and skills required to deliver that role, including the assessment of the individual). </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003A1644">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A1644">
+        <w:t>icensee’s LC 12 arrangements should be used to ensure that only SQEPs fulfil those roles identified through LC 36 and provide for the formal appointment of individuals to appointed roles as required by the relevant licence conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCFC795" w14:textId="5CC78002" w:rsidR="002C301C" w:rsidRPr="00491323" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00491323">
+        <w:t xml:space="preserve">It is recommended that </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00842A6C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>LC 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00491323">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1825472984"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00777CB4">
+            <w:instrText xml:space="preserve">CITATION ONR36 \l 2057 </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[3]</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00491323">
+        <w:t>and LC 12 compliance inspection are conducted in parallel due to the significant overlap between the two topic areas. Both LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00491323">
+        <w:t>10 and LC12 are usually an integral part of targeted themed inspections</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1707026529"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00491323">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00777CB4">
+            <w:instrText xml:space="preserve">CITATION ONR34 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00491323">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00777CB4">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[4]</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00491323">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00491323">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DDA673" w14:textId="42A0DB7A" w:rsidR="002C301C" w:rsidRDefault="00777CB4" w:rsidP="00614773">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:hanging="567"/>
+      </w:pPr>
+      <w:r>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="002C301C" w:rsidRPr="00803E00">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Training and Assuring Personnel Competence</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>’</w:t>
+        </w:r>
+        <w:r w:rsidR="002C301C" w:rsidRPr="00803E00">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (NS-TAST-GD-027)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002C301C" w:rsidRPr="00803E00">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1046957595"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C301C" w:rsidRPr="00803E00">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve">CITATION ONR51 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="002C301C" w:rsidRPr="00803E00">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidRPr="00777CB4">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[1]</w:t>
+          </w:r>
+          <w:r w:rsidR="002C301C" w:rsidRPr="00803E00">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002C301C" w:rsidRPr="00803E00">
+        <w:t xml:space="preserve"> provides additional guidance to inform inspection activities carried out to judge compliance with </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">LC </w:t>
+      </w:r>
+      <w:r w:rsidR="002C301C" w:rsidRPr="00803E00">
+        <w:t>10 and LC 12. Similarities with other purposes are identified in section 5 of this TIG to support inspectors in identifying any inspection synergies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23473A55" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C3DA1C" w14:textId="39027F11" w:rsidR="00D60BCB" w:rsidRDefault="00D60BCB" w:rsidP="00D60BCB">
+    <w:p w14:paraId="7E959D53" w14:textId="5E66B96A" w:rsidR="002C301C" w:rsidRPr="00803E00" w:rsidRDefault="002C301C" w:rsidP="002C301C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc121911543"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc216427444"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc220242308"/>
+      <w:r w:rsidRPr="00803E00">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Guidance on </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00803E00">
+        <w:t>nspection for LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00803E00">
+        <w:t>12 - Duly authorised and other suitably qualified and experienced persons</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="4CC1802C" w14:textId="362D47BA" w:rsidR="002C301C" w:rsidRPr="0048491B" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0048491B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Inspection of a licensee’s LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048491B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>12 arrangements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048491B">
+        <w:t xml:space="preserve"> should provide the inspector with assurance that roles which affect safety </w:t>
+      </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048491B">
+        <w:t xml:space="preserve"> identified, that only persons with requisite qualifications, training and experience carry out such tasks, </w:t>
+      </w:r>
       <w:r>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048491B">
+        <w:t xml:space="preserve">that there are </w:t>
+      </w:r>
+      <w:r>
+        <w:t>controls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048491B">
+        <w:t xml:space="preserve"> for the appointment of individuals for specific roles required by the licence conditions. The inspection sample </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to support an inspector’s judgement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048491B">
+        <w:t>may include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365EFE1D" w14:textId="4CC5880D" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>Confirm that the Licensee’s has arrangements in place for LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, and:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="27DF8690" w14:textId="2BD27B38" w:rsidR="00B67A5F" w:rsidRDefault="00B67A5F" w:rsidP="00BC7DB8">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Hlk121143820"/>
+    <w:p w14:paraId="7547681D" w14:textId="79889C11" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1843"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>make provision for submission to the ONR for approval of those part or parts of the arrangements that the ONR may specify, under LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve">12(3).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F72089C" w14:textId="4CAF3B73" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1843"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>if any parts of the LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>12 arrangements under LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve">12(3) are approved and, if so, confirm that the approved arrangements are in place, implemented and subject to configuration control and oversight.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C12E0C" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1843"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>enable the withdrawal of an appointment by the Licensee or if ONR notify the Licensee that it deems a DAP is unfit to act in that capacity (LC 12(5)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62107958" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve">Check that the arrangements specify that only SQEPs; (a) perform any duties which may affect the safety of operations or, (b) perform any other duties assigned by or under the Licence Conditions or, (c) perform any arrangements required under the Licence Conditions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0C0FE5" w14:textId="67E6CAC7" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>Check that there is a formal process to identify SQEP and DAP roles (this may be a part of LC36 arrangements), and that competencies of these roles have been defined. Confirm that these roles are evident on the Licensee’s nuclear baseline (LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>36).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CA7F63" w14:textId="1BFE3206" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>Check that the arrangements differentiate between SQEP and DAP roles. The arrangements may include a definition of SQEP and DAP to di</w:t>
+      </w:r>
       <w:r>
-        <w:t>This section</w:t>
-[...270 lines deleted...]
-      <w:r w:rsidR="00137707">
+        <w:t>stinguish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve"> between the roles and their responsibilities. </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EB3BAC">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00137707">
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve">The following are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>examples</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB3BAC">
-[...6 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve"> of a definition for SQEP and DAP:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04794608" w14:textId="2D4C856F" w:rsidR="00B67A5F" w:rsidRPr="00EB3BAC" w:rsidRDefault="00B67A5F" w:rsidP="00C702C5">
-[...7 lines deleted...]
-      <w:r w:rsidR="00F348D7">
+    <w:p w14:paraId="6D85BF78" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00777CB4" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+      <w:pPr>
+        <w:pStyle w:val="QuoteText"/>
+        <w:ind w:left="1560"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777CB4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"A SQEP is an individual who has the necessary competence to perform the duties which may affect safety as defined as part of their role; as demonstrated by their training and experience”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0F5BE0" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+      <w:pPr>
+        <w:pStyle w:val="QuoteText"/>
+        <w:ind w:left="1560"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777CB4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>"A DAP is an individual who has direct control and supervision of operations or activities which may affect plant safety. A DAP needs to have, and demonstrated, knowledge of the plant and its associated safety case, to ensure that operations under their control and supervision are carried out safely".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B446ED3" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>Check that the arrangements provide a process for ensuring only SQEP individuals fill roles which may affect safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5C7550" w14:textId="5F414D22" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>Check that the arrangements support an appointment process for DAPs to control and supervise operations which may affect safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>, for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve"> under LC 21 Commissioning, LC 26 Control and supervision of operations, and LC 28 Examination, inspection, maintenance and testing.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC" w:rsidDel="00E32462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB3BAC">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> as demonstrated by their training and experience”.</w:t>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B80605F" w14:textId="77777777" w:rsidR="00B67A5F" w:rsidRPr="00EB3BAC" w:rsidRDefault="00B67A5F" w:rsidP="00C702C5">
-[...8 lines deleted...]
-        <w:t>"A DAP is an individual who has direct control and supervision of operations or activities which may affect plant safety. A DAP needs to have, and demonstrated, knowledge of the plant and its associated safety case, to ensure that operations under their control and supervision are carried out safely".</w:t>
+    <w:p w14:paraId="450D3DAD" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>Check that the arrangements provide for the management of individuals who do not meet the full competence requirements for a role.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t>This could be through restrict</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ed duties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve"> or additional supervision requirements until such a time that they are deemed competent to discharge those duties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46FDF095" w14:textId="65E1E5F5" w:rsidR="00B67A5F" w:rsidRPr="00137707" w:rsidRDefault="00B67A5F" w:rsidP="00C702C5">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00137707">
+    <w:p w14:paraId="2803F7DB" w14:textId="0EDA1183" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Check if the licensee utilises training waivers as part of their arrangements. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D848A4">
+        <w:t xml:space="preserve">Such waivers should be kept to a minimum. </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D848A4">
+        <w:t xml:space="preserve">Where training is waived, the licensee should ensure that the affected person is assessed to the same, or an equivalent, standard. </w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D848A4">
+        <w:t>This provides a basis for demonstrating that the person is competent, despite not receiving the waived part of training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B485683" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve">The arrangements should state whether contractors are able to fulfil SQEP or DAP roles, and should: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612BC424" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1985"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve">identify the competence requirements for contractors to meet in order to fulfil those roles, and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67109023" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1985"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve">require provision of, or access to, the contractor’s demonstration of competence prior to work / appointment.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0176809C" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve">The arrangements for LC 12 should be supported by, and support, LC 36 in order to enable identification of any roles which may affect safety. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3097BF" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00C55EAC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1560" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55EAC">
+        <w:t xml:space="preserve">The arrangements for LC 12 should be supported by, and support, LC 10 to ensure competence requirements are adequately identified and to enable the provision of training as required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0DEDE4" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Note</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00137707">
+        <w:sectPr w:rsidR="00777CB4" w:rsidSect="00777CB4">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753A4144" w14:textId="5EDE87D5" w:rsidR="002C301C" w:rsidRPr="00274222" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85E38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:</w:t>
-[...232 lines deleted...]
-      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Guidance on Inspection of Implementation of Arrangements</w:t>
-[...273 lines deleted...]
-      <w:r w:rsidRPr="00137707">
+        <w:t>Inspection of a licensee’s LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Note</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85E38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00137707">
+        <w:t>12 implementation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274222">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:tab/>
-[...2 lines deleted...]
-        <w:t>This could be conducted by checking the individuals training and competence assessment records to check the elements are current and have not expired.</w:t>
+        <w:t xml:space="preserve">of arrangements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274222">
+        <w:t xml:space="preserve">should provide the inspector with assurance that roles which affect safety are identified, that only persons with requisite qualifications, training and experience </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274222">
+        <w:t>conducting such tasks</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274222">
+        <w:t xml:space="preserve"> that there are controls for the</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274222">
+        <w:t xml:space="preserve"> appointment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274222">
+        <w:t>The inspection sample</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274222">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to support an inspector’s judgement, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274222">
+        <w:t>may include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="334B8577" w14:textId="7D0C88B0" w:rsidR="00E14300" w:rsidRPr="00E14300" w:rsidRDefault="00E14300" w:rsidP="00DE668B">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="56E6D2ED" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1418" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t>Check that the roles which may affect safety have a written role profile/ description that includes the competence requirements to fulfil the role (this could be checked as part of an LC 10 inspection focusing on the analysis of the role).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7036A66F" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1418" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t xml:space="preserve">Check that: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9BF671" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1985" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t xml:space="preserve">a schedule exists listing the roles that require appointment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294A52A6" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1985" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t xml:space="preserve">a name is identified against each role in the schedule and includes the list of the holders authorised duties, qualifications, training and experience. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23517F0D" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1985" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t>those on the register still hold valid appointments. In addition, check that any LC 12(5) notifications have been acted upon by the Licensee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0883D9E9" w14:textId="6F632A0B" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1418" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t xml:space="preserve">Confirm that role holders (staff and contractors) are SQEP to conduct operations which may affect safety in line with the Licensee’s competence </w:t>
+      </w:r>
+      <w:r w:rsidR="007B384D" w:rsidRPr="0047107E">
+        <w:t>requirements. This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047107E">
+        <w:t xml:space="preserve"> could be conducted by checking the individuals training and competence assessment records to check the elements are current and have not expired.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454B7E5C" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1418" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
         <w:t xml:space="preserve">Request a demonstration from the dutyholder of how they determine an individual (staff or contractor) is SQEP before the individual performs any duties which may affect safety. The dutyholder should be able to positively confirm the individual is SQEP against the competencies required of the role.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734BF32E" w14:textId="688CA985" w:rsidR="00E14300" w:rsidRPr="00E14300" w:rsidRDefault="00C702C5" w:rsidP="00C702C5">
-[...9 lines deleted...]
-        <w:t>Note</w:t>
+    <w:p w14:paraId="7C3B6A88" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1418" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t xml:space="preserve">Check that the Licensee’s appointment process is being used effectively to appoint DAPs, and that competence assessments of DAPs are conducted prior to appointment. The </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">competence </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047107E">
+        <w:t>assessments</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00137707">
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="0047107E">
+        <w:t xml:space="preserve"> should be challenging and reflect the significance of the role and conducted by SQEPs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E72DED1" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1418" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Confirm, via sample, that SQEPs and DAPs understand their responsibilities and authorities for the specific role they are undertaking. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DAB1B2" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1843" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t>Check that the DAP has an appointment letter (or equivalent) and that this is in date. Additionally, check if the appointment identifies any limitations that currently apply to the DAP and how the limitations are being managed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDFD53A" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="0047107E" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1843" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t>Check that Licensee has a process for reviewing compliance against LC 12, and that it has a process in place to action any findings in a timely manner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6503EA8F" w14:textId="0A77902F" w:rsidR="002C301C" w:rsidRPr="00850F1A" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:ind w:left="1843" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047107E">
+        <w:t>Walk down the plant with the SQEPs and DAPs. Request them to explain their role, and compare this with the written role profile</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="0047107E">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047107E">
+        <w:t>description and defined competencies. This comparison should enable the inspector to determine whether the individual understands the role requirements.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2185B">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48ACBFF6" w14:textId="1BDB6B27" w:rsidR="00E14300" w:rsidRPr="00E14300" w:rsidRDefault="009103D2" w:rsidP="00DE668B">
-[...170 lines deleted...]
-    <w:p w14:paraId="00E2D32D" w14:textId="17464F4E" w:rsidR="00981533" w:rsidRDefault="00E14300" w:rsidP="00137707">
+    <w:p w14:paraId="624A5DA4" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00B05735" w:rsidRDefault="002C301C" w:rsidP="002C301C">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1134"/>
-[...12 lines deleted...]
-        <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
-          <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00821337" w:rsidSect="00B82646">
+        <w:sectPr w:rsidR="002C301C" w:rsidRPr="00B05735" w:rsidSect="00777CB4">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="37" w:name="_Toc121911550" w:displacedByCustomXml="next"/>
+    <w:p w14:paraId="59F759C8" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00ED02CC" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc216427445"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc220242309"/>
+      <w:r w:rsidRPr="00ED02CC">
+        <w:lastRenderedPageBreak/>
+        <w:t>Similarities with other purposes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2319"/>
+        <w:gridCol w:w="4019"/>
+        <w:gridCol w:w="11420"/>
+        <w:gridCol w:w="3173"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00777CB4" w:rsidRPr="00777CB4" w14:paraId="592FF1FC" w14:textId="77777777" w:rsidTr="00777CB4">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="554" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="013C3B81" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00777CB4" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00777CB4">
+              <w:t>Purpose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC38246" w14:textId="7274C20A" w:rsidR="002C301C" w:rsidRPr="00777CB4" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00777CB4">
+              <w:t>Legislation / Guidance similar to LC</w:t>
+            </w:r>
+            <w:r w:rsidR="00777CB4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777CB4">
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2728" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D69C366" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00777CB4" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00777CB4">
+              <w:t>Aspect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D79EAC2" w14:textId="1C3CB517" w:rsidR="002C301C" w:rsidRPr="00777CB4" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00777CB4">
+              <w:t xml:space="preserve">Relevant </w:t>
+            </w:r>
+            <w:r w:rsidR="00777CB4">
+              <w:t>TIG</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777CB4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C301C" w:rsidRPr="00B05735" w14:paraId="4DCCEC56" w14:textId="77777777" w:rsidTr="00777CB4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="554" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6344C3" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00ED02CC" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED02CC">
+              <w:t>Safeguards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C1AEE9" w14:textId="08363C10" w:rsidR="002C301C" w:rsidRPr="00ED02CC" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED02CC">
+              <w:t>Nuclear Material Accountancy,</w:t>
+            </w:r>
+            <w:r w:rsidR="00777CB4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED02CC">
+              <w:t>Control and Safeguards Assessment</w:t>
+            </w:r>
+            <w:r w:rsidR="00777CB4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED02CC">
+              <w:t xml:space="preserve">Principles (ONMACS) </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-38217667"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00ED02CC">
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:instrText xml:space="preserve">CITATION ONR232 \l 2057 </w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="00ED02CC">
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[5]</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00ED02CC">
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2728" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="095FE06A" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00ED02CC" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED02CC">
+              <w:t xml:space="preserve">Fundamental Safeguards Expectations (FSE) 3 - Competency Management </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E30E5B9" w14:textId="66AB736C" w:rsidR="002C301C" w:rsidRPr="00ED02CC" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED02CC">
+              <w:t>‘Operators should implement and maintain effective arrangements to manage the competence of those with assigned NMACS roles and responsibilities.</w:t>
+            </w:r>
+            <w:r w:rsidR="00777CB4">
+              <w:t>’</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E9D248" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00ED02CC" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED02CC">
+              <w:t>Material Accountancy and Control Expectations (MACEs):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7742973B" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="497"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00777CB4">
+              <w:t>MACE 3.1 - Analysis of NMACS roles and associated competencies.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1052ED86" w14:textId="652C804B" w:rsidR="002C301C" w:rsidRPr="00ED02CC" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="497"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED02CC">
+              <w:t>MACE 3.3 - Measurement of competence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="586EF65C" w14:textId="016517C9" w:rsidR="002C301C" w:rsidRPr="00ED02CC" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED02CC">
+              <w:t>Safeguards (SG-INSP-001</w:t>
+            </w:r>
+            <w:r w:rsidR="00777CB4">
+              <w:t>)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1928340894"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:instrText xml:space="preserve">CITATION ONR37 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[6]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="33EE089B" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00ED02CC" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C301C" w:rsidRPr="00B05735" w14:paraId="3AE47AEB" w14:textId="77777777" w:rsidTr="00777CB4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="554" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="49938AC4" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00030F0D" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>Security</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3F4DC8" w14:textId="63E8682A" w:rsidR="002C301C" w:rsidRPr="00030F0D" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>Security Assessment Principles for the Civil Nuclear Industry (SyAPs)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1932039550"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00030F0D">
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:instrText xml:space="preserve">CITATION ONR35 \l 2057 </w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="00030F0D">
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[7]</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00030F0D">
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2728" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6397BD8F" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00030F0D" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>Fundamental Security Principle (FSyP) 3 – Management of Human Performance</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F4FF0DD" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00030F0D" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>‘Dutyholders must implement and maintain effective arrangements to ensure the human contribution to delivery of security is understood and appropriately designed (to include tasks, competence staffing, workspace, equipment and administrative control), implemented and resourced.’</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D826ED" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00030F0D" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>Security Delivery Principles (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>SyDP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="275A275E" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00030F0D" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="497"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>SyDP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t xml:space="preserve"> 3.1 – Identification and Analysis of Security Tasks and Roles</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A50FBF" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00030F0D" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="497"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>SyDP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t xml:space="preserve"> 3.2 - Sufficiency and Competence of Persons Delivering Security</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5A00FA" w14:textId="03366BFE" w:rsidR="002C301C" w:rsidRPr="00030F0D" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00030F0D">
+              <w:t>Nuclear Security Inspections (CNS-INSP-GD-001</w:t>
+            </w:r>
+            <w:r w:rsidR="00777CB4">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="580176957"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:instrText xml:space="preserve">CITATION ONR38 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[8]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C301C" w:rsidRPr="00B05735" w14:paraId="326E8112" w14:textId="77777777" w:rsidTr="00777CB4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="554" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4C6C33" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00566A0B" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00566A0B">
+              <w:t>Transport</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10DFD0C6" w14:textId="1C98E640" w:rsidR="002C301C" w:rsidRPr="00566A0B" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00566A0B">
+              <w:t>Ionising Radiation Regulations 2017 (IRR17)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-2021931072"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:instrText xml:space="preserve">CITATION GOV \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[9]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="7558F326" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00566A0B" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00566A0B">
+              <w:t>Agreement concerning the International Carriage of Dangerous Goods by Road (ADR) (for road) and the Regulations concerning the International Carriage of Dangerous Goods by Rail (RID) (for rail) (ADR/RID)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2728" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7074F3FC" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00566A0B" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00566A0B">
+              <w:t>IRR17 Regulation 14 – Radiation protection adviser (2) ‘…..the employer must appoint that radiation protection adviser in writing and must include in that appointment the scope of the advice which the radiation protection adviser is required to give.’</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51C0FC10" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00566A0B" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00566A0B">
+              <w:t>ADR/ RID §1.3.1 requires persons whose duties concern the carriage of dangerous goods, shall be trained in the requirements governing the carriage of such goods appropriate to their responsibilities and duties.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7392D2D8" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00566A0B" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00566A0B">
+              <w:t>ADR/ RID § 1.7.2.5 requires workers to be appropriately trained in radiation protection (including the protection of others that may be affected by their actions).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="037173A7" w14:textId="01C3FAF6" w:rsidR="002C301C" w:rsidRPr="00566A0B" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00566A0B">
+              <w:t>Compliance Inspection of Transport Arrangements (NS-INSP-GD-069</w:t>
+            </w:r>
+            <w:r w:rsidR="00777CB4">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1938365523"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:instrText xml:space="preserve">CITATION ONR39 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[10]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C301C" w:rsidRPr="00B05735" w14:paraId="4BCF39C3" w14:textId="77777777" w:rsidTr="00777CB4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="554" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="545A5A3E" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:lastRenderedPageBreak/>
+              <w:t>Nuclear Site Health and Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2944DA09" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>Health and Safety at Work etc Act 1974 (HSWA)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="516D591F" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t xml:space="preserve">Most RSPs of HSWA also relate specifically to </w:t>
+            </w:r>
+            <w:r>
+              <w:t>competence and or appointment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t xml:space="preserve"> some examples are identified here.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2728" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B00C989" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E276B3">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>HSWA § 2 General duties of employers to their employees</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t xml:space="preserve"> (2) Without prejudice to the generality of an employer’s duty under the preceding subsection, the matters to which that duty extends include in particular—</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18406D5B" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>(c)the provision of such information, instruction, training, and supervision as is necessary to ensure, so far as is reasonably practicable, the health and safety at work of his employees;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AAFF4C7" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E276B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E276B3">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>CDM15 §8 General duties</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B4E6363" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>(1) A designer (including a principal designer) or contractor (including a principal contractor) appointed to work on a project must have the skills, knowledge and experience, and, if they are an organisation, the organisational capability, necessary to fulfil the role that they are appointed to undertake, in a manner that secures the health and safety of any person affected by the project.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1947B8CA" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>(2) A designer or contractor must not accept an appointment to a project unless they fulfil the conditions in paragraph (1).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F88DF78" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>(3) A person who is responsible for appointing a designer or contractor to carry out work on a project must take reasonable steps to satisfy themselves that the designer or contractor fulfils the conditions in paragraph (1).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F1E05F" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t xml:space="preserve">Regulatory Reform (Fire Safety) Order 2005 §13 Firefighting and fire detection </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A399E5E" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>(3) The responsible person must, where necessary—</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F7D2761" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>(b) nominate competent persons to implement those measures and ensure that the number of such persons, their training, and the equipment available to them are adequate, taking into account the size of, and the specific hazards involved in, the premises concerned; and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F5CAD05" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>(4) A person is to be regarded as competent for the purposes of paragraph (3)(b) where he has sufficient training and experience or knowledge and other qualities to enable him properly to implement the measures referred to in that paragraph.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01669188" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56E9B36B" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E9505BC" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1609D7E3" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12ABEA19" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68407142" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B45E951" w14:textId="420168E4" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>Construction (Design and Management) Regulations (NS-INSP-GD-074</w:t>
+            </w:r>
+            <w:r w:rsidR="00777CB4">
+              <w:t>)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1582566716"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:instrText xml:space="preserve">CITATION ONR40 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[11]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="141470F7" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F3E7178" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4993FC35" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D3F6195" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="138F734A" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01468F6A" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AF88B76" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C0AD8F3" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4731D8A0" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E505B66" w14:textId="2C8A74A8" w:rsidR="002C301C" w:rsidRPr="00E360B3" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E360B3">
+              <w:t>The regulation of Life Fire Safety on Nuclear Licensed Sites (TIG) NS-INSP-GD-073</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1756325743"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4">
+                  <w:instrText xml:space="preserve">CITATION ONR41 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00777CB4" w:rsidRPr="00777CB4">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[12]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="67E7C248" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="00B05735" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002C301C" w:rsidRPr="00B05735" w:rsidSect="00777CB4">
+          <w:pgSz w:w="23811" w:h="16838" w:orient="landscape" w:code="8"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="13" w:name="_Toc220242310" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="-652758001"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Bibliographies"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="7C314F13" w14:textId="3CB0FAA4" w:rsidR="00140E1C" w:rsidRDefault="00140E1C" w:rsidP="00FA33FE">
+        <w:p w14:paraId="5F37DAE5" w14:textId="77777777" w:rsidR="002042C2" w:rsidRDefault="002042C2" w:rsidP="002042C2">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="0"/>
             </w:numPr>
             <w:ind w:left="851" w:hanging="851"/>
           </w:pPr>
           <w:r>
             <w:t>References</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkEnd w:id="13"/>
         </w:p>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-573587230"/>
             <w:bibliography/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="13F8D502" w14:textId="77777777" w:rsidR="00DE668B" w:rsidRDefault="00140E1C">
+            <w:p w14:paraId="6D9B14AA" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="002042C2" w:rsidP="002042C2">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:fldChar w:fldCharType="begin"/>
               </w:r>
               <w:r>
                 <w:instrText xml:space="preserve"> BIBLIOGRAPHY </w:instrText>
               </w:r>
               <w:r>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
             </w:p>
             <w:tbl>
               <w:tblPr>
                 <w:tblW w:w="5000" w:type="pct"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 <w:tblCellMar>
                   <w:top w:w="15" w:type="dxa"/>
                   <w:left w:w="15" w:type="dxa"/>
                   <w:bottom w:w="15" w:type="dxa"/>
                   <w:right w:w="15" w:type="dxa"/>
                 </w:tblCellMar>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPr>
               <w:tblGrid>
-                <w:gridCol w:w="342"/>
-                <w:gridCol w:w="9404"/>
+                <w:gridCol w:w="476"/>
+                <w:gridCol w:w="8550"/>
               </w:tblGrid>
-              <w:tr w:rsidR="00DE668B" w14:paraId="2BB22AE5" w14:textId="77777777">
+              <w:tr w:rsidR="00777CB4" w14:paraId="047F4A94" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="20865874"/>
+                  <w:divId w:val="648022370"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="6927FEBC" w14:textId="7545DB3E" w:rsidR="00DE668B" w:rsidRDefault="00DE668B">
+                  <w:p w14:paraId="72437995" w14:textId="4400CBE6" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[1] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="3E645F8B" w14:textId="77777777" w:rsidR="00DE668B" w:rsidRDefault="00DE668B">
+                  <w:p w14:paraId="219C4E94" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t>ONR, “NS-TAST-GD-027 - Training and Assuring Personnel Competence”.</w:t>
+                      <w:t>ONR, “NS-TAST-GD-027 - Training and Assuring Personnel Competence,” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00DE668B" w14:paraId="7D7270EA" w14:textId="77777777">
+              <w:tr w:rsidR="00777CB4" w14:paraId="12D49421" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="20865874"/>
+                  <w:divId w:val="648022370"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="6D244D09" w14:textId="77777777" w:rsidR="00DE668B" w:rsidRDefault="00DE668B">
+                  <w:p w14:paraId="225CB5D5" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[2] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="24AC34CD" w14:textId="77777777" w:rsidR="00DE668B" w:rsidRDefault="00DE668B">
+                  <w:p w14:paraId="59B86A58" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t>ONR, “NS-INSP-GD-036 - LC36 - Organisational Capability”.</w:t>
+                      <w:t>ONR, “ONR-RD-POL-002 - Risk-Informed and Targeted Engagements (RITE) Policy,” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00DE668B" w14:paraId="0C573C4F" w14:textId="77777777">
+              <w:tr w:rsidR="00777CB4" w14:paraId="1F417527" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="20865874"/>
+                  <w:divId w:val="648022370"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="2A62B60C" w14:textId="77777777" w:rsidR="00DE668B" w:rsidRDefault="00DE668B">
+                  <w:p w14:paraId="00436785" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[3] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="27EEB9B6" w14:textId="77777777" w:rsidR="00DE668B" w:rsidRDefault="00DE668B">
+                  <w:p w14:paraId="34E70F44" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t>ONR, “ONR Nuclear Material Accountancy Control &amp; Safeguards (ONMACS)”.</w:t>
+                      <w:t>ONR, “NS-INSP-GD-010 - LC 10 Training,” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00DE668B" w14:paraId="131D39AE" w14:textId="77777777">
+              <w:tr w:rsidR="00777CB4" w14:paraId="5D869B9C" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="20865874"/>
+                  <w:divId w:val="648022370"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="09B1573A" w14:textId="77777777" w:rsidR="00DE668B" w:rsidRDefault="00DE668B">
+                  <w:p w14:paraId="2D382C0A" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[4] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="736C0C35" w14:textId="77777777" w:rsidR="00DE668B" w:rsidRDefault="00DE668B">
+                  <w:p w14:paraId="5EFE516D" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t>ONR, “NS-INSP-GD-010 - LC10 Training”.</w:t>
+                      <w:t>ONR, “ONR-INSP-GD-064 - General Inspection Guide,” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00777CB4" w14:paraId="600E578E" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="648022370"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="100CA7C9" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[5] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="508D8403" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR Nuclear Material Accountancy Control &amp; Safeguards (ONMACS),” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00777CB4" w14:paraId="695F0D7B" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="648022370"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2141D514" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[6] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="759828B8" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “SG-INSP-GD-001 - Safeguards,” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00777CB4" w14:paraId="14A64211" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="648022370"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="7E952496" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[7] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3AA986D4" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “Security Assessment Principles for the Civil Nuclear Industry (SyAPs),” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00777CB4" w14:paraId="6B0BB6AD" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="648022370"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="494151DA" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[8] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="69EE0391" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “CNS-INSP-GD-001 - Nuclear Security Inspections,” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00777CB4" w14:paraId="04A04344" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="648022370"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3B6C055B" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[9] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3A164D4D" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>HM Government, “The Ionising Radiation Regulations 2017,” 2017.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00777CB4" w14:paraId="109AB686" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="648022370"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="13413556" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[10] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="47A7EF78" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-INSP-GD-069 - Compliance Inspection of Transport Arrangements,” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00777CB4" w14:paraId="705123E3" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="648022370"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="1A58E3AF" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[11] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="5F238278" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-INSP-GD-074 - Construction (Design and Management) Regulations,” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00777CB4" w14:paraId="4CB2A812" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="648022370"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="73DAA3B0" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[12] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="25C68A41" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-INSP-GD-073 - The regulation of Life Fire Safety on Nuclear Licensed Sites,” [Online]. Available: Available internally via HOW2 Hub and externally via the ONR website..</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
             </w:tbl>
-            <w:p w14:paraId="633A7564" w14:textId="77777777" w:rsidR="00DE668B" w:rsidRDefault="00DE668B">
+            <w:p w14:paraId="7CE686D0" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4">
               <w:pPr>
-                <w:divId w:val="20865874"/>
+                <w:divId w:val="648022370"/>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:noProof/>
                 </w:rPr>
               </w:pPr>
             </w:p>
-            <w:p w14:paraId="0AB37AA6" w14:textId="1C7C391D" w:rsidR="00140E1C" w:rsidRDefault="00140E1C">
+            <w:p w14:paraId="7CD57A40" w14:textId="5F43FB94" w:rsidR="002042C2" w:rsidRDefault="002042C2" w:rsidP="002042C2">
               <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:noProof/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="5A5193B3" w14:textId="77777777" w:rsidR="00140E1C" w:rsidRDefault="00140E1C" w:rsidP="00223090">
-[...10 lines deleted...]
-    <w:p w14:paraId="1B038B42" w14:textId="7B39B0D1" w:rsidR="00B82646" w:rsidRDefault="009E0E52" w:rsidP="00FA33FE">
+    <w:p w14:paraId="03973FCE" w14:textId="77777777" w:rsidR="00930E37" w:rsidRDefault="00930E37" w:rsidP="002042C2"/>
+    <w:p w14:paraId="6DB6E9BC" w14:textId="77777777" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="00930E37">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc121911551"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:sectPr w:rsidR="00084ABE" w:rsidSect="00777CB4">
+          <w:headerReference w:type="even" r:id="rId25"/>
+          <w:headerReference w:type="default" r:id="rId26"/>
+          <w:footerReference w:type="even" r:id="rId27"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336D4958" w14:textId="77777777" w:rsidR="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00930E37">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:sectPr w:rsidR="00777CB4" w:rsidSect="00777CB4">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc220242311"/>
+    </w:p>
+    <w:p w14:paraId="07D791C5" w14:textId="77777777" w:rsidR="00930E37" w:rsidRPr="00595C8C" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Appendix A – </w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
+        <w:t>Document control information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="6EBB36DD" w14:textId="3F832267" w:rsidR="006D6401" w:rsidRDefault="006D6401" w:rsidP="00BC7DB8">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Many of the expectations for LC </w:t>
+    <w:p w14:paraId="52FB8A73" w14:textId="77777777" w:rsidR="004E6568" w:rsidRPr="004E6568" w:rsidRDefault="004E6568" w:rsidP="004E6568">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6568">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Authored by: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777CB4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuclear Safety Inspector</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6568">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FB3EAA" w14:textId="77777777" w:rsidR="004E6568" w:rsidRPr="004E6568" w:rsidRDefault="004E6568" w:rsidP="004E6568">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6568">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Approved by: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777CB4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Head of Profession – Operational Inspection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D33D1E" w14:textId="300BBA06" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Issue</w:t>
       </w:r>
       <w:r>
-        <w:t>12</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">(ref. </w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1438060830"/>
-          <w:citation/>
+          <w:rPr>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Issue No."/>
+          <w:tag w:val=""/>
+          <w:id w:val="-894428327"/>
+          <w:placeholder>
+            <w:docPart w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
+          </w:placeholder>
+          <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+          <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
-[...8 lines deleted...]
-          <w:r w:rsidR="00DE668B" w:rsidRPr="00DE668B">
+          <w:r w:rsidR="004E6568">
             <w:rPr>
-              <w:noProof/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>[3]</w:t>
-[...2 lines deleted...]
-            <w:fldChar w:fldCharType="end"/>
+            <w:t>4.1</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+    </w:p>
+    <w:p w14:paraId="12DC54B5" w14:textId="1E53A504" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>)</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Published</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6568">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>January</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">NSR19 does not contain explicit requirements regarding appointment of competent safeguards staff, only that defined roles and responsibilities be assigned and communicated. However, ONR has produced guidance in the form of ONMACS that sets out ONR expectation that only demonstrably competent, or </w:t>
-[...2 lines deleted...]
-        <w:t>suitably qualified and experienced person</w:t>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6568">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AA6F0F" w14:textId="000052EC" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Next </w:t>
       </w:r>
       <w:r>
-        <w:t>, individuals</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D31001">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scheduled review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6568">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>February</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="004E6568">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2029</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A735AFC" w14:textId="7A331BD2" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Doc</w:t>
+      </w:r>
       <w:r>
-        <w:t>perform roles with direct</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ument reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00151945">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NS-INSP-GD-012</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0676226F" w14:textId="0EF79BF7" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00151945">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00151945">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Record reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00151945">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:tooltip="ONRHH-822789359-20421" w:history="1">
+        <w:r w:rsidR="00151945" w:rsidRPr="00151945">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ONRHH-822789359-20421</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7D13A83B" w14:textId="77777777" w:rsidR="00930E37" w:rsidRDefault="00930E37" w:rsidP="00930E37"/>
+    <w:p w14:paraId="7629CA34" w14:textId="77777777" w:rsidR="00930E37" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>Revision commentary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4480811F" w14:textId="54B6604D" w:rsidR="006D6401" w:rsidRDefault="006D6401" w:rsidP="00BC7DB8">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="10" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1550"/>
+        <w:gridCol w:w="7466"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00930E37" w:rsidRPr="00B23A5E" w14:paraId="1216A18F" w14:textId="77777777" w:rsidTr="008C73D2">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3F26F3" w14:textId="77777777" w:rsidR="00930E37" w:rsidRPr="00B23A5E" w:rsidRDefault="00930E37" w:rsidP="00CF24A9">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC60E12" w14:textId="77777777" w:rsidR="00930E37" w:rsidRPr="00B23A5E" w:rsidRDefault="00930E37" w:rsidP="00CF24A9">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>pdate(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C73D2" w14:paraId="73CEADC7" w14:textId="77777777" w:rsidTr="008C73D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE6CD04" w14:textId="77777777" w:rsidR="008C73D2" w:rsidRDefault="008C73D2" w:rsidP="006B364D">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4753C58E" w14:textId="77777777" w:rsidR="008C73D2" w:rsidRDefault="008C73D2" w:rsidP="006B364D">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Revision of content to align with NS-TAST-GD-027 revision and update to new TIG format.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C73D2" w14:paraId="73F77328" w14:textId="77777777" w:rsidTr="008C73D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AED9949" w14:textId="77777777" w:rsidR="008C73D2" w:rsidRDefault="008C73D2" w:rsidP="006B364D">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="681E783C" w14:textId="77777777" w:rsidR="008C73D2" w:rsidRDefault="008C73D2" w:rsidP="006B364D">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F53A0">
+              <w:t xml:space="preserve">Minor update - </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Format</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F53A0">
+              <w:t xml:space="preserve"> simplified and duplication removed, no change to outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F53A0">
+              <w:t>intent</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> or alignment with NS-TAST-GD-027, added a table related to similar guidance across ONR’s purposes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F53A0">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5AB38FA4" w14:textId="77777777" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="002042C2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17669631" w14:textId="5BB8C6E8" w:rsidR="00930E37" w:rsidRPr="002042C2" w:rsidRDefault="00084ABE" w:rsidP="002042C2">
+      <w:r w:rsidRPr="00084ABE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Template reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084ABE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ONR-DOC-TEMP-003</w:t>
+      </w:r>
       <w:r>
-        <w:t>Safeguards roles are only considered relevant to LC12 where the role affects both safeguards and safety. For this reason, the inspectors should carefully consider the scope of any joint inspection that focuses on these types of roles. Where such an inspection is appropriate the inspector should consider both the safeguards guidance in Fundamental Safeguards Expectation (FSE) 3 of ONMACS and the subsequent Material Accountancy and Control Expectations (MACEs) 3.1, 3.3, and 3.4, and the inspection guidance in this document.</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">12 is a legal requirement for licensees, whereas ONMACS represents relevant good practice for operators, except where it reiterates a requirement of NSR19. </w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDB4974" w14:textId="08919965" w:rsidR="006D6401" w:rsidRDefault="006D6401" w:rsidP="00C702C5">
-[...246 lines deleted...]
-    <w:sectPr w:rsidR="006D6401" w:rsidSect="00B82646">
+    <w:sectPr w:rsidR="00930E37" w:rsidRPr="002042C2" w:rsidSect="00777CB4">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0074">
       <wne:acd wne:acdName="acd1"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0075">
       <wne:acd wne:acdName="acd2"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0076">
       <wne:acd wne:acdName="acd3"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0077">
       <wne:acd wne:acdName="acd4"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0078">
       <wne:acd wne:acdName="acd8"/>
     </wne:keymap>
@@ -5484,431 +3860,1072 @@
       <wne:acdEntry wne:acdName="acd1"/>
       <wne:acdEntry wne:acdName="acd2"/>
       <wne:acdEntry wne:acdName="acd3"/>
       <wne:acdEntry wne:acdName="acd4"/>
       <wne:acdEntry wne:acdName="acd5"/>
       <wne:acdEntry wne:acdName="acd6"/>
       <wne:acdEntry wne:acdName="acd7"/>
       <wne:acdEntry wne:acdName="acd8"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAxAA==" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAyAA==" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAEwAaQBzAHQAIAAzAA==" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBGADkAIAAtACAAIwAgAFAAYQByAGEAZwByAGEAcABoAA==" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FB6216F" w14:textId="77777777" w:rsidR="00371D20" w:rsidRDefault="00371D20" w:rsidP="007D199A">
+    <w:p w14:paraId="30F7DD2D" w14:textId="77777777" w:rsidR="009805FD" w:rsidRDefault="009805FD" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="692D9A48" w14:textId="77777777" w:rsidR="00371D20" w:rsidRDefault="00371D20"/>
+    <w:p w14:paraId="2FECD846" w14:textId="77777777" w:rsidR="009805FD" w:rsidRDefault="009805FD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AE58487" w14:textId="77777777" w:rsidR="00371D20" w:rsidRDefault="00371D20" w:rsidP="007D199A">
+    <w:p w14:paraId="09269293" w14:textId="77777777" w:rsidR="009805FD" w:rsidRDefault="009805FD" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7219E30A" w14:textId="77777777" w:rsidR="00371D20" w:rsidRDefault="00371D20"/>
+    <w:p w14:paraId="27D1D969" w14:textId="77777777" w:rsidR="009805FD" w:rsidRDefault="009805FD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Bold">
-[...6 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4C988136" w14:textId="77777777" w:rsidR="00D068D9" w:rsidRDefault="00D068D9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5714E96E" w14:textId="41F656EF" w:rsidR="007C3C1D" w:rsidRPr="00777CB4" w:rsidRDefault="00777CB4" w:rsidP="00777CB4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Page | </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5714E96E" w14:textId="380643BA" w:rsidR="007C3C1D" w:rsidRPr="006A525B" w:rsidRDefault="006A525B" w:rsidP="007C3C1D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="037DD047" w14:textId="61416359" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="00084ABE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="006A525B">
-[...3 lines deleted...]
-      <w:t>ONR-DOC-TEMP-</w:t>
+    <w:r>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidR="00821337">
-[...3 lines deleted...]
-      <w:t>003</w:t>
+    <w:r>
+      <w:tab/>
+      <w:t xml:space="preserve">Page | </w:t>
     </w:r>
-    <w:r w:rsidRPr="006A525B">
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> (Issue </w:t>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00821337">
-[...3 lines deleted...]
-      <w:t>3</w:t>
+    <w:r>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidRPr="006A525B">
-[...3 lines deleted...]
-      <w:t>)</w:t>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0C97F8D9" w14:textId="77777777" w:rsidR="00D068D9" w:rsidRDefault="00D068D9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="223BD379" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="008C50C3" w:rsidRDefault="002C301C" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...51 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="515DBB12" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0643E180" w14:textId="77777777" w:rsidR="00371D20" w:rsidRPr="005E0344" w:rsidRDefault="00371D20" w:rsidP="005E0344">
+    <w:p w14:paraId="5A25FE23" w14:textId="77777777" w:rsidR="009805FD" w:rsidRPr="005E0344" w:rsidRDefault="009805FD" w:rsidP="005E0344">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19398720" w14:textId="77777777" w:rsidR="00371D20" w:rsidRPr="005E0344" w:rsidRDefault="00371D20" w:rsidP="0090581D">
+    <w:p w14:paraId="7634E40A" w14:textId="77777777" w:rsidR="009805FD" w:rsidRPr="005E0344" w:rsidRDefault="009805FD" w:rsidP="0090581D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F018501" w14:textId="77777777" w:rsidR="00371D20" w:rsidRDefault="00371D20"/>
+    <w:p w14:paraId="661D527C" w14:textId="77777777" w:rsidR="009805FD" w:rsidRDefault="009805FD"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="41B10CB9" w14:textId="77777777" w:rsidR="00371D20" w:rsidRDefault="00371D20">
+    <w:p w14:paraId="2379CBBD" w14:textId="77777777" w:rsidR="009805FD" w:rsidRDefault="009805FD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4041F052" w14:textId="77777777" w:rsidR="00371D20" w:rsidRDefault="00371D20"/>
+    <w:p w14:paraId="1289D506" w14:textId="77777777" w:rsidR="009805FD" w:rsidRDefault="009805FD"/>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="41153932" w14:textId="5D6D4DC9" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="002C301C">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Including the r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76091">
+        <w:t xml:space="preserve">elationship to </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ONR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76091">
+        <w:t>Safety Assessment Principles, WENRA Reference Levels, and IAEA Safety Standards and Guides</w:t>
+      </w:r>
+      <w:r w:rsidR="00777CB4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="6640025C" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086203">
+        <w:t>As defined in LC 1 – Interpretation</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="40A78366" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538C2">
+        <w:t>SQEPs, or competent persons, are those that have formally demonstrated an appropriate level of knowledge and skill, and have demonstrated the appropriate attitudes, to conduct duties which may affect safety</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="7568C32F" w14:textId="77777777" w:rsidR="002C301C" w:rsidRDefault="002C301C" w:rsidP="00777CB4">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD513F">
+        <w:t>The competence assessment should be based on the role competence requirements, use an appropriate assessment method (written, physical, verbal, etc.), and be challenging.  It should also be controlled and consistent in delivery and expectation to ensure those who meet the competence requirements can be appointed.</w:t>
+      </w:r>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-  <w:p w14:paraId="2346A3E0" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRDefault="00CE6198" w:rsidP="00091EEA">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77435CE5" w14:textId="77777777" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="00084ABE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4F14C7D4" w14:textId="77777777" w:rsidR="002C301C" w:rsidRPr="008C50C3" w:rsidRDefault="002C301C" w:rsidP="00257288">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4DA86AC4" w14:textId="2641F250" w:rsidR="002C301C" w:rsidRPr="000875C2" w:rsidRDefault="000875C2" w:rsidP="009E0E52">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:alias w:val="Title"/>
+        <w:tag w:val=""/>
+        <w:id w:val="-27414936"/>
+        <w:placeholder>
+          <w:docPart w:val="71855CAFCD0440C4880AB5CD94A60020"/>
+        </w:placeholder>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00A5229C" w:rsidRPr="000875C2">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Licence Condition 12 – Duly authorised and other suitably qualified and experienced persons</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidR="002C301C" w:rsidRPr="000875C2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Issue: </w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:alias w:val="Status"/>
+        <w:tag w:val=""/>
+        <w:id w:val="490841052"/>
+        <w:placeholder>
+          <w:docPart w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
+        </w:placeholder>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="004E6568" w:rsidRPr="000875C2">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>4.1</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="47FFC75F" w14:textId="3B306E7B" w:rsidR="00177666" w:rsidRPr="009E0E52" w:rsidRDefault="00ED7856" w:rsidP="009E0E52">
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47FFC75F" w14:textId="3C8D834E" w:rsidR="00177666" w:rsidRPr="00196ADB" w:rsidRDefault="000875C2" w:rsidP="009E0E52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00137707">
+        <w:r w:rsidR="00A5229C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
           <w:t>Licence Condition 12 – Duly authorised and other suitably qualified and experienced persons</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="004E3932">
-      <w:t xml:space="preserve"> | Issue No.: </w:t>
+    <w:r w:rsidR="004E3932" w:rsidRPr="00196ADB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00151945">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidR="004E3932" w:rsidRPr="00196ADB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Issue: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="001629B3">
-          <w:t>4</w:t>
+        <w:r w:rsidR="004E6568">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>4.1</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A4B08F86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F04C420E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A412F594"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A3406A2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3B78D91A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="778CC252"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="60004E98"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E8BAEE80"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="740E971C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F53A331A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17542A77"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4C12AB78"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1117"/>
+        </w:tabs>
+        <w:ind w:left="1117" w:hanging="397"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1514"/>
+        </w:tabs>
+        <w:ind w:left="1514" w:hanging="397"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="224C6DB9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAB65E54"/>
+    <w:lvl w:ilvl="0" w:tplc="13AAB4A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DA560BF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0809001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="306D14A2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9746DF9A"/>
+    <w:tmpl w:val="26E68F70"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -5951,1552 +4968,2048 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="44E83E54"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32EE21AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9E000B56"/>
-    <w:lvl w:ilvl="0" w:tplc="3FAE6FF2">
+    <w:tmpl w:val="EA2AF47E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="F9-Paragraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+        <w:ind w:left="1495" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...114 lines deleted...]
-    <w:nsid w:val="70C2195C"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BB70C27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="11C8635E"/>
-[...50 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:tmpl w:val="6658CF8E"/>
+    <w:lvl w:ilvl="0" w:tplc="B1301426">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...209 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="757" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="07716C" w:themeColor="accent1"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44E83E54"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBB0C0C8"/>
+    <w:lvl w:ilvl="0" w:tplc="51300A06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="F9-Paragraph"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46CE0110"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37144888"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56251AC3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="336C4152"/>
+    <w:lvl w:ilvl="0" w:tplc="3148E282">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1072" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="106470"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65971AA2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C63EE6D6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:shadow w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:effect w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+        <w:specVanish w:val="0"/>
+        <w14:glow w14:rad="0">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:glow>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:reflection w14:blurRad="0" w14:stA="0" w14:stPos="0" w14:endA="0" w14:endPos="0" w14:dist="0" w14:dir="0" w14:fadeDir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none"/>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+        <w14:scene3d>
+          <w14:camera w14:prst="orthographicFront"/>
+          <w14:lightRig w14:rig="threePt" w14:dir="t">
+            <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+          </w14:lightRig>
+        </w14:scene3d>
+        <w14:props3d w14:extrusionH="0" w14:contourW="0" w14:prstMaterial="none"/>
+        <w14:ligatures w14:val="none"/>
+        <w14:numForm w14:val="default"/>
+        <w14:numSpacing w14:val="default"/>
+        <w14:stylisticSets/>
+        <w14:cntxtAlts w14:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C902408"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5EE4A70A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="NumList1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EAA2FBB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36BAF222"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="718A0F99"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="241CA254"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="NumList2"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75F46359"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F660C02"/>
+    <w:lvl w:ilvl="0" w:tplc="76260F14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bulletlist1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="07716C" w:themeColor="accent1"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AE78E28A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlist2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96E8DE66">
+    <w:lvl w:ilvl="2" w:tplc="6730F432">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BulletList3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2918C6E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79447535"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC8AD34E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E7F2150"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01B490B0"/>
+    <w:lvl w:ilvl="0" w:tplc="17568902">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="F10-Bullet1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="006D68"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B678A1C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="F11-Bullet2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2065443409">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="823543523">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2085639988">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1262179006">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="5" w16cid:durableId="1002776976">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="6" w16cid:durableId="2131317494">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1578203617">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="995184146">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="348718920">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1368944693">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="11" w16cid:durableId="816150589">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="12" w16cid:durableId="1085146277">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="13" w16cid:durableId="989944809">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1148547717">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1619264317">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="16" w16cid:durableId="1717772705">
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="17" w16cid:durableId="1421370352">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="18" w16cid:durableId="802893121">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1666081420">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="874538197">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2057311976">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="689793726">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="48653822">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1603800266">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1864591591">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="832574242">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1391732823">
+    <w:abstractNumId w:val="16"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1884320341">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="970282590">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1545867128">
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="31" w16cid:durableId="607276563">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
-[...155 lines deleted...]
-  <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C4196"/>
+    <w:rsid w:val="00000E4D"/>
     <w:rsid w:val="00002F03"/>
     <w:rsid w:val="00004C16"/>
     <w:rsid w:val="00011177"/>
-    <w:rsid w:val="00012807"/>
     <w:rsid w:val="00014814"/>
     <w:rsid w:val="00022033"/>
-    <w:rsid w:val="0002427A"/>
     <w:rsid w:val="00024522"/>
     <w:rsid w:val="00024B2E"/>
     <w:rsid w:val="00027F4F"/>
     <w:rsid w:val="00030430"/>
     <w:rsid w:val="0003078E"/>
     <w:rsid w:val="00031B89"/>
     <w:rsid w:val="0003693D"/>
-    <w:rsid w:val="00040FFA"/>
     <w:rsid w:val="0004440F"/>
-    <w:rsid w:val="0005100F"/>
-    <w:rsid w:val="00051490"/>
     <w:rsid w:val="00052C8A"/>
     <w:rsid w:val="000548C8"/>
+    <w:rsid w:val="00055850"/>
     <w:rsid w:val="00064A1B"/>
-    <w:rsid w:val="00071F86"/>
     <w:rsid w:val="00075605"/>
     <w:rsid w:val="00075C66"/>
-    <w:rsid w:val="000761F3"/>
     <w:rsid w:val="000817D4"/>
     <w:rsid w:val="00082879"/>
-    <w:rsid w:val="0008704D"/>
+    <w:rsid w:val="00084ABE"/>
+    <w:rsid w:val="000875C2"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="0009225F"/>
-    <w:rsid w:val="0009400C"/>
     <w:rsid w:val="000A105C"/>
-    <w:rsid w:val="000A7722"/>
     <w:rsid w:val="000C2DDC"/>
     <w:rsid w:val="000C5F5A"/>
     <w:rsid w:val="000D2FD4"/>
+    <w:rsid w:val="000D3232"/>
     <w:rsid w:val="000F1B7B"/>
     <w:rsid w:val="000F2ED4"/>
     <w:rsid w:val="001028E8"/>
-    <w:rsid w:val="00121E76"/>
+    <w:rsid w:val="00103043"/>
     <w:rsid w:val="00122FCC"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00126752"/>
-    <w:rsid w:val="00127BB0"/>
     <w:rsid w:val="00130B30"/>
-    <w:rsid w:val="0013133D"/>
-    <w:rsid w:val="00137707"/>
     <w:rsid w:val="00140E1C"/>
     <w:rsid w:val="00147AE4"/>
+    <w:rsid w:val="00151945"/>
     <w:rsid w:val="001571E5"/>
-    <w:rsid w:val="00157371"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00174FEC"/>
+    <w:rsid w:val="00176DB5"/>
     <w:rsid w:val="00177666"/>
-    <w:rsid w:val="00183426"/>
     <w:rsid w:val="001849CA"/>
-    <w:rsid w:val="00185206"/>
     <w:rsid w:val="00185410"/>
-    <w:rsid w:val="00185EC7"/>
     <w:rsid w:val="00192352"/>
-    <w:rsid w:val="00194700"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001B3EAE"/>
+    <w:rsid w:val="00196ADB"/>
+    <w:rsid w:val="00197F35"/>
     <w:rsid w:val="001B4D5A"/>
-    <w:rsid w:val="001C02FA"/>
     <w:rsid w:val="001C4D63"/>
-    <w:rsid w:val="001C706C"/>
     <w:rsid w:val="001D0DE0"/>
     <w:rsid w:val="001D5AFF"/>
     <w:rsid w:val="001D74B4"/>
-    <w:rsid w:val="001E0381"/>
     <w:rsid w:val="001E03E1"/>
-    <w:rsid w:val="001E115B"/>
     <w:rsid w:val="001F059F"/>
-    <w:rsid w:val="001F3A47"/>
     <w:rsid w:val="00200811"/>
     <w:rsid w:val="00200CA1"/>
-    <w:rsid w:val="00206E3A"/>
+    <w:rsid w:val="002042C2"/>
     <w:rsid w:val="0021338D"/>
     <w:rsid w:val="00214D43"/>
     <w:rsid w:val="00223090"/>
     <w:rsid w:val="002238B4"/>
     <w:rsid w:val="002319AB"/>
     <w:rsid w:val="002319AC"/>
     <w:rsid w:val="00234342"/>
     <w:rsid w:val="0024040D"/>
-    <w:rsid w:val="00242401"/>
-    <w:rsid w:val="00244B45"/>
+    <w:rsid w:val="00246BA6"/>
     <w:rsid w:val="00251CD7"/>
-    <w:rsid w:val="00254DB5"/>
     <w:rsid w:val="00255FA3"/>
     <w:rsid w:val="00257288"/>
     <w:rsid w:val="00261FB6"/>
     <w:rsid w:val="002629F8"/>
     <w:rsid w:val="00263396"/>
     <w:rsid w:val="002659FA"/>
-    <w:rsid w:val="00266F4C"/>
     <w:rsid w:val="00267815"/>
     <w:rsid w:val="00280DDF"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="00292ADF"/>
+    <w:rsid w:val="00296DBB"/>
     <w:rsid w:val="002A0DEC"/>
-    <w:rsid w:val="002A75B7"/>
     <w:rsid w:val="002B1C53"/>
+    <w:rsid w:val="002B6666"/>
+    <w:rsid w:val="002C301C"/>
     <w:rsid w:val="002E0BE4"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
+    <w:rsid w:val="002E6A3A"/>
     <w:rsid w:val="002E6A6A"/>
-    <w:rsid w:val="002F0683"/>
     <w:rsid w:val="002F3397"/>
     <w:rsid w:val="0030380D"/>
-    <w:rsid w:val="00304F86"/>
     <w:rsid w:val="00312411"/>
     <w:rsid w:val="00323E71"/>
     <w:rsid w:val="00326F77"/>
-    <w:rsid w:val="00330F6D"/>
-    <w:rsid w:val="00336320"/>
     <w:rsid w:val="003401B0"/>
-    <w:rsid w:val="0034478C"/>
+    <w:rsid w:val="00345D54"/>
     <w:rsid w:val="00346C8E"/>
-    <w:rsid w:val="00356CA2"/>
+    <w:rsid w:val="00367B30"/>
     <w:rsid w:val="00367BD5"/>
-    <w:rsid w:val="00371D20"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00380E1F"/>
     <w:rsid w:val="00390327"/>
+    <w:rsid w:val="00391EA1"/>
     <w:rsid w:val="00393B78"/>
     <w:rsid w:val="003A01E9"/>
-    <w:rsid w:val="003B00F8"/>
-    <w:rsid w:val="003B7FC1"/>
+    <w:rsid w:val="003B0C9A"/>
     <w:rsid w:val="003C0306"/>
     <w:rsid w:val="003C114C"/>
     <w:rsid w:val="003C465D"/>
-    <w:rsid w:val="003C6215"/>
-    <w:rsid w:val="003D3FFD"/>
+    <w:rsid w:val="003D0718"/>
     <w:rsid w:val="003D495D"/>
+    <w:rsid w:val="003D5793"/>
     <w:rsid w:val="003E098E"/>
     <w:rsid w:val="003E2FAE"/>
+    <w:rsid w:val="003E56EC"/>
     <w:rsid w:val="00407CF7"/>
     <w:rsid w:val="00415ED6"/>
     <w:rsid w:val="00417CAF"/>
-    <w:rsid w:val="00417F54"/>
     <w:rsid w:val="00420A11"/>
     <w:rsid w:val="00422265"/>
     <w:rsid w:val="004373A7"/>
     <w:rsid w:val="00437D94"/>
     <w:rsid w:val="0044030C"/>
-    <w:rsid w:val="0044113B"/>
-    <w:rsid w:val="004424C3"/>
+    <w:rsid w:val="0044254B"/>
     <w:rsid w:val="004648A4"/>
     <w:rsid w:val="00471380"/>
-    <w:rsid w:val="004742D9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0047612A"/>
     <w:rsid w:val="00494F0D"/>
     <w:rsid w:val="00496BFD"/>
-    <w:rsid w:val="004A2AB0"/>
-    <w:rsid w:val="004A33C2"/>
     <w:rsid w:val="004A3DF2"/>
-    <w:rsid w:val="004B2F2F"/>
-    <w:rsid w:val="004B4386"/>
     <w:rsid w:val="004C361D"/>
-    <w:rsid w:val="004C3AF7"/>
     <w:rsid w:val="004C4891"/>
-    <w:rsid w:val="004D0AE4"/>
     <w:rsid w:val="004D2C89"/>
     <w:rsid w:val="004E3932"/>
-    <w:rsid w:val="004E7B15"/>
+    <w:rsid w:val="004E6568"/>
     <w:rsid w:val="004F1E79"/>
     <w:rsid w:val="004F5F33"/>
     <w:rsid w:val="0050103A"/>
-    <w:rsid w:val="00506784"/>
     <w:rsid w:val="00511B0F"/>
-    <w:rsid w:val="00523C87"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0055080D"/>
     <w:rsid w:val="0055388E"/>
-    <w:rsid w:val="005541E7"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00575125"/>
     <w:rsid w:val="005754AE"/>
-    <w:rsid w:val="00577CAB"/>
     <w:rsid w:val="00577FB5"/>
     <w:rsid w:val="005852D1"/>
     <w:rsid w:val="00587A22"/>
-    <w:rsid w:val="0059202E"/>
+    <w:rsid w:val="0059100E"/>
     <w:rsid w:val="0059299D"/>
-    <w:rsid w:val="00594F81"/>
     <w:rsid w:val="00595C8C"/>
-    <w:rsid w:val="00595D28"/>
     <w:rsid w:val="00597747"/>
+    <w:rsid w:val="005A49B8"/>
     <w:rsid w:val="005A4CDD"/>
-    <w:rsid w:val="005A5D52"/>
     <w:rsid w:val="005B57E4"/>
     <w:rsid w:val="005B5ABD"/>
-    <w:rsid w:val="005B6CC7"/>
     <w:rsid w:val="005C140A"/>
-    <w:rsid w:val="005C17EE"/>
     <w:rsid w:val="005C1E52"/>
     <w:rsid w:val="005C3367"/>
     <w:rsid w:val="005C6763"/>
     <w:rsid w:val="005D3164"/>
     <w:rsid w:val="005E0344"/>
     <w:rsid w:val="005E440B"/>
-    <w:rsid w:val="005F1049"/>
     <w:rsid w:val="005F2C85"/>
     <w:rsid w:val="00605ADB"/>
     <w:rsid w:val="00611C9F"/>
     <w:rsid w:val="006248DE"/>
     <w:rsid w:val="00627555"/>
     <w:rsid w:val="006322A0"/>
     <w:rsid w:val="006361FD"/>
     <w:rsid w:val="0064226F"/>
-    <w:rsid w:val="0064252E"/>
     <w:rsid w:val="00642DDB"/>
-    <w:rsid w:val="00652B60"/>
     <w:rsid w:val="00653298"/>
-    <w:rsid w:val="00657325"/>
-    <w:rsid w:val="00663561"/>
     <w:rsid w:val="00663A7C"/>
     <w:rsid w:val="00667DF2"/>
     <w:rsid w:val="00670DF1"/>
     <w:rsid w:val="00671345"/>
     <w:rsid w:val="00672A9B"/>
     <w:rsid w:val="00675884"/>
     <w:rsid w:val="00696EE0"/>
     <w:rsid w:val="00697980"/>
     <w:rsid w:val="006A19EF"/>
+    <w:rsid w:val="006A23E6"/>
+    <w:rsid w:val="006A43CA"/>
     <w:rsid w:val="006A43D5"/>
     <w:rsid w:val="006A525B"/>
     <w:rsid w:val="006C045F"/>
     <w:rsid w:val="006C4196"/>
     <w:rsid w:val="006C63B0"/>
-    <w:rsid w:val="006C68C0"/>
     <w:rsid w:val="006C76A2"/>
     <w:rsid w:val="006C792E"/>
     <w:rsid w:val="006D116C"/>
-    <w:rsid w:val="006D6401"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E3BB7"/>
     <w:rsid w:val="006E7C42"/>
     <w:rsid w:val="006F168A"/>
-    <w:rsid w:val="006F34D4"/>
     <w:rsid w:val="006F5076"/>
     <w:rsid w:val="006F6009"/>
+    <w:rsid w:val="006F7E5F"/>
     <w:rsid w:val="0070321D"/>
-    <w:rsid w:val="00705E91"/>
-    <w:rsid w:val="00706892"/>
     <w:rsid w:val="007068BA"/>
-    <w:rsid w:val="0071497D"/>
     <w:rsid w:val="00716AB1"/>
-    <w:rsid w:val="00720862"/>
     <w:rsid w:val="00721D63"/>
-    <w:rsid w:val="007246E9"/>
+    <w:rsid w:val="00723B63"/>
     <w:rsid w:val="00724B2B"/>
     <w:rsid w:val="00732C7B"/>
     <w:rsid w:val="00734D2B"/>
     <w:rsid w:val="00737705"/>
     <w:rsid w:val="007408D4"/>
-    <w:rsid w:val="00740E49"/>
     <w:rsid w:val="007420AC"/>
     <w:rsid w:val="00742617"/>
-    <w:rsid w:val="00750E9F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00763F55"/>
+    <w:rsid w:val="00777CB4"/>
     <w:rsid w:val="00783AFA"/>
     <w:rsid w:val="00785427"/>
     <w:rsid w:val="00790540"/>
-    <w:rsid w:val="007953F4"/>
     <w:rsid w:val="007968CA"/>
-    <w:rsid w:val="007A1907"/>
     <w:rsid w:val="007A43FF"/>
-    <w:rsid w:val="007B180A"/>
+    <w:rsid w:val="007A72FA"/>
+    <w:rsid w:val="007B384D"/>
     <w:rsid w:val="007B3918"/>
-    <w:rsid w:val="007B71A7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007C32CB"/>
     <w:rsid w:val="007C3C1D"/>
     <w:rsid w:val="007D199A"/>
     <w:rsid w:val="007D2EBE"/>
-    <w:rsid w:val="007D3337"/>
-    <w:rsid w:val="007E0583"/>
     <w:rsid w:val="007E1C07"/>
     <w:rsid w:val="007F24B6"/>
     <w:rsid w:val="00803D94"/>
     <w:rsid w:val="00821337"/>
     <w:rsid w:val="008229BA"/>
     <w:rsid w:val="00824151"/>
-    <w:rsid w:val="00836073"/>
-    <w:rsid w:val="00840BB9"/>
     <w:rsid w:val="00845390"/>
     <w:rsid w:val="0084601B"/>
-    <w:rsid w:val="00846EAA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0085535D"/>
+    <w:rsid w:val="00855339"/>
     <w:rsid w:val="008606F0"/>
-    <w:rsid w:val="00860923"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
     <w:rsid w:val="00874FEB"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="00884E43"/>
-    <w:rsid w:val="00885090"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008865DF"/>
     <w:rsid w:val="00887EC6"/>
     <w:rsid w:val="0089084C"/>
-    <w:rsid w:val="0089314D"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
     <w:rsid w:val="008A2379"/>
     <w:rsid w:val="008A4329"/>
     <w:rsid w:val="008A578E"/>
+    <w:rsid w:val="008B015A"/>
     <w:rsid w:val="008B1519"/>
-    <w:rsid w:val="008B1B60"/>
-    <w:rsid w:val="008B46DD"/>
     <w:rsid w:val="008B7BCC"/>
-    <w:rsid w:val="008B7DC8"/>
     <w:rsid w:val="008C50C3"/>
     <w:rsid w:val="008C7094"/>
-    <w:rsid w:val="008C7C9F"/>
+    <w:rsid w:val="008C73D2"/>
     <w:rsid w:val="008D2B97"/>
-    <w:rsid w:val="008D2E0D"/>
     <w:rsid w:val="008D49A5"/>
-    <w:rsid w:val="008D521B"/>
     <w:rsid w:val="008D6C81"/>
-    <w:rsid w:val="008E1A60"/>
-    <w:rsid w:val="008E2553"/>
     <w:rsid w:val="008E6CF0"/>
     <w:rsid w:val="008F1439"/>
-    <w:rsid w:val="008F18FE"/>
     <w:rsid w:val="008F7051"/>
     <w:rsid w:val="009033A9"/>
     <w:rsid w:val="0090581D"/>
-    <w:rsid w:val="00906893"/>
-    <w:rsid w:val="009103D2"/>
     <w:rsid w:val="0091439C"/>
     <w:rsid w:val="00920572"/>
     <w:rsid w:val="00920BF2"/>
-    <w:rsid w:val="00925DBC"/>
+    <w:rsid w:val="00930E37"/>
     <w:rsid w:val="009349A9"/>
     <w:rsid w:val="00936C52"/>
-    <w:rsid w:val="00953C44"/>
+    <w:rsid w:val="009436C1"/>
     <w:rsid w:val="0095489B"/>
     <w:rsid w:val="00966FB9"/>
     <w:rsid w:val="009671CD"/>
     <w:rsid w:val="009751A9"/>
-    <w:rsid w:val="00975DCB"/>
+    <w:rsid w:val="009805FD"/>
     <w:rsid w:val="00980F9C"/>
-    <w:rsid w:val="00981533"/>
-    <w:rsid w:val="009827FA"/>
     <w:rsid w:val="0098632B"/>
-    <w:rsid w:val="00986E18"/>
-    <w:rsid w:val="0099514B"/>
     <w:rsid w:val="00997BFB"/>
-    <w:rsid w:val="009A5ADE"/>
     <w:rsid w:val="009A7348"/>
     <w:rsid w:val="009B462C"/>
     <w:rsid w:val="009C15F3"/>
     <w:rsid w:val="009C3689"/>
     <w:rsid w:val="009E07C2"/>
     <w:rsid w:val="009E0E52"/>
-    <w:rsid w:val="009E3DCE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009F54B3"/>
     <w:rsid w:val="009F72F9"/>
     <w:rsid w:val="00A00205"/>
     <w:rsid w:val="00A00AF0"/>
     <w:rsid w:val="00A14B5A"/>
-    <w:rsid w:val="00A34C7F"/>
     <w:rsid w:val="00A3567F"/>
     <w:rsid w:val="00A37698"/>
     <w:rsid w:val="00A41ED3"/>
-    <w:rsid w:val="00A65109"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A769E9"/>
+    <w:rsid w:val="00A42505"/>
+    <w:rsid w:val="00A5229C"/>
     <w:rsid w:val="00A81D82"/>
-    <w:rsid w:val="00A841B8"/>
     <w:rsid w:val="00A9118F"/>
     <w:rsid w:val="00A93E33"/>
-    <w:rsid w:val="00A95CEB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB443D"/>
+    <w:rsid w:val="00AB3129"/>
     <w:rsid w:val="00AB6970"/>
-    <w:rsid w:val="00AC01C5"/>
     <w:rsid w:val="00AC1939"/>
     <w:rsid w:val="00AC7C05"/>
     <w:rsid w:val="00AD167C"/>
     <w:rsid w:val="00AD17C7"/>
     <w:rsid w:val="00AD4041"/>
     <w:rsid w:val="00AE302B"/>
-    <w:rsid w:val="00AF35E5"/>
-    <w:rsid w:val="00AF67C9"/>
     <w:rsid w:val="00B0248D"/>
     <w:rsid w:val="00B16BE5"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:rsid w:val="00B259DF"/>
-    <w:rsid w:val="00B40956"/>
     <w:rsid w:val="00B44B1F"/>
-    <w:rsid w:val="00B470F6"/>
-    <w:rsid w:val="00B50940"/>
     <w:rsid w:val="00B64141"/>
     <w:rsid w:val="00B64E72"/>
-    <w:rsid w:val="00B67A5F"/>
-    <w:rsid w:val="00B73BCA"/>
     <w:rsid w:val="00B77913"/>
     <w:rsid w:val="00B824FB"/>
     <w:rsid w:val="00B82646"/>
-    <w:rsid w:val="00B8365E"/>
     <w:rsid w:val="00B97359"/>
     <w:rsid w:val="00B97A8F"/>
     <w:rsid w:val="00BA4E58"/>
     <w:rsid w:val="00BA7074"/>
-    <w:rsid w:val="00BB240C"/>
     <w:rsid w:val="00BB7829"/>
-    <w:rsid w:val="00BC7DB8"/>
     <w:rsid w:val="00BD1457"/>
     <w:rsid w:val="00BE2AD9"/>
+    <w:rsid w:val="00BE4DC5"/>
+    <w:rsid w:val="00BE662E"/>
     <w:rsid w:val="00BF27FE"/>
     <w:rsid w:val="00C043B3"/>
     <w:rsid w:val="00C079AB"/>
     <w:rsid w:val="00C10E61"/>
-    <w:rsid w:val="00C12E33"/>
     <w:rsid w:val="00C14787"/>
     <w:rsid w:val="00C1596D"/>
     <w:rsid w:val="00C15B8D"/>
     <w:rsid w:val="00C17010"/>
     <w:rsid w:val="00C20562"/>
     <w:rsid w:val="00C215C3"/>
     <w:rsid w:val="00C23A96"/>
     <w:rsid w:val="00C249C6"/>
     <w:rsid w:val="00C32CC1"/>
     <w:rsid w:val="00C426EC"/>
     <w:rsid w:val="00C6483C"/>
     <w:rsid w:val="00C64AE9"/>
-    <w:rsid w:val="00C702C5"/>
     <w:rsid w:val="00C70CFF"/>
     <w:rsid w:val="00C718FE"/>
     <w:rsid w:val="00C86CEC"/>
     <w:rsid w:val="00C8773D"/>
     <w:rsid w:val="00C87ABB"/>
     <w:rsid w:val="00C91831"/>
     <w:rsid w:val="00C953DF"/>
     <w:rsid w:val="00C963E6"/>
-    <w:rsid w:val="00C96B5A"/>
-    <w:rsid w:val="00CD4517"/>
+    <w:rsid w:val="00CB698E"/>
     <w:rsid w:val="00CD5401"/>
     <w:rsid w:val="00CE2709"/>
     <w:rsid w:val="00CE2D64"/>
     <w:rsid w:val="00CE6198"/>
     <w:rsid w:val="00CE6CD6"/>
-    <w:rsid w:val="00CF00A5"/>
-    <w:rsid w:val="00CF5A44"/>
     <w:rsid w:val="00CF6230"/>
     <w:rsid w:val="00D017FC"/>
-    <w:rsid w:val="00D01A6F"/>
     <w:rsid w:val="00D0226A"/>
-    <w:rsid w:val="00D068D9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D105B2"/>
     <w:rsid w:val="00D13147"/>
-    <w:rsid w:val="00D27C5A"/>
     <w:rsid w:val="00D463FF"/>
-    <w:rsid w:val="00D5140F"/>
-    <w:rsid w:val="00D561FA"/>
     <w:rsid w:val="00D5715A"/>
     <w:rsid w:val="00D60BCB"/>
     <w:rsid w:val="00D71687"/>
     <w:rsid w:val="00D74813"/>
     <w:rsid w:val="00DA30BC"/>
     <w:rsid w:val="00DA69C2"/>
     <w:rsid w:val="00DA6D70"/>
-    <w:rsid w:val="00DB5886"/>
     <w:rsid w:val="00DB6050"/>
     <w:rsid w:val="00DC2C34"/>
     <w:rsid w:val="00DE2C87"/>
     <w:rsid w:val="00DE459A"/>
-    <w:rsid w:val="00DE668B"/>
     <w:rsid w:val="00DF27DA"/>
     <w:rsid w:val="00DF4DBE"/>
-    <w:rsid w:val="00E0406C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E26AFD"/>
     <w:rsid w:val="00E40820"/>
-    <w:rsid w:val="00E42A95"/>
-    <w:rsid w:val="00E44266"/>
     <w:rsid w:val="00E4658F"/>
-    <w:rsid w:val="00E51EFD"/>
     <w:rsid w:val="00E54A67"/>
-    <w:rsid w:val="00E60D72"/>
+    <w:rsid w:val="00E607CD"/>
     <w:rsid w:val="00E61C0D"/>
-    <w:rsid w:val="00E61E75"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E62F08"/>
     <w:rsid w:val="00E63EB4"/>
     <w:rsid w:val="00E66160"/>
     <w:rsid w:val="00E71329"/>
-    <w:rsid w:val="00E77313"/>
-    <w:rsid w:val="00E77804"/>
+    <w:rsid w:val="00E74FE0"/>
     <w:rsid w:val="00E8363B"/>
     <w:rsid w:val="00E84966"/>
-    <w:rsid w:val="00E84E93"/>
     <w:rsid w:val="00E92383"/>
-    <w:rsid w:val="00E9476C"/>
     <w:rsid w:val="00EA1B3A"/>
     <w:rsid w:val="00EA2109"/>
-    <w:rsid w:val="00EB3BAC"/>
+    <w:rsid w:val="00EB057A"/>
+    <w:rsid w:val="00EB6ECB"/>
     <w:rsid w:val="00ED4D4E"/>
-    <w:rsid w:val="00ED7856"/>
     <w:rsid w:val="00EE0C77"/>
-    <w:rsid w:val="00EE36EF"/>
     <w:rsid w:val="00EE4E54"/>
     <w:rsid w:val="00EF4334"/>
-    <w:rsid w:val="00EF59B6"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00F348D7"/>
+    <w:rsid w:val="00F04FC3"/>
+    <w:rsid w:val="00F37289"/>
+    <w:rsid w:val="00F40A6B"/>
     <w:rsid w:val="00F436BB"/>
     <w:rsid w:val="00F47145"/>
-    <w:rsid w:val="00F5130F"/>
     <w:rsid w:val="00F545BF"/>
-    <w:rsid w:val="00F608AB"/>
-    <w:rsid w:val="00F6471D"/>
     <w:rsid w:val="00F71B56"/>
     <w:rsid w:val="00F832C8"/>
-    <w:rsid w:val="00F84294"/>
     <w:rsid w:val="00F873B3"/>
-    <w:rsid w:val="00F93A0F"/>
     <w:rsid w:val="00FA00BE"/>
     <w:rsid w:val="00FA33FE"/>
     <w:rsid w:val="00FA42B9"/>
     <w:rsid w:val="00FA755A"/>
     <w:rsid w:val="00FB2B0F"/>
     <w:rsid w:val="00FB4F6B"/>
     <w:rsid w:val="00FB5FE1"/>
-    <w:rsid w:val="00FB6D81"/>
     <w:rsid w:val="00FC0E8D"/>
     <w:rsid w:val="00FC46EF"/>
-    <w:rsid w:val="00FC681C"/>
     <w:rsid w:val="00FD31B3"/>
     <w:rsid w:val="00FD4204"/>
     <w:rsid w:val="00FF3CCB"/>
     <w:rsid w:val="00FF57B5"/>
-    <w:rsid w:val="00FF67B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26291BE1"/>
   <w15:docId w15:val="{1FFB1F25-DD3A-4304-B987-5C5BF61DD47B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:semiHidden="1" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7815,74 +7328,75 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00881B6F"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00223090"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="20"/>
       </w:numPr>
       <w:spacing w:before="240"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="22413A"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA33FE"/>
+    <w:rsid w:val="002042C2"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="20"/>
       </w:numPr>
+      <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="22413A"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00D463FF"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="18"/>
@@ -7924,51 +7438,50 @@
       <w:noProof/>
       <w:color w:val="22413A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:rsid w:val="00F47145"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:color w:val="22413A"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -8031,51 +7544,51 @@
     <w:semiHidden/>
     <w:rsid w:val="008229BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD4204"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
-    <w:rsid w:val="00FA33FE"/>
+    <w:rsid w:val="002042C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00D463FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="003401B0"/>
     <w:rPr>
@@ -8114,67 +7627,67 @@
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BB7829"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletlist1">
     <w:name w:val="Bullet list 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00137707"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="12"/>
       </w:numPr>
+      <w:ind w:left="1134"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
-      <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletlist2">
     <w:name w:val="Bullet list 2"/>
     <w:basedOn w:val="Bulletlist1"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:ind w:left="1560"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableandChartNote">
     <w:name w:val="Table and Chart Note"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="007068BA"/>
     <w:pPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
@@ -8240,58 +7753,57 @@
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00C1596D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9752"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00DE668B"/>
+    <w:rsid w:val="00C1596D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9752"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="0"/>
       <w:ind w:left="284"/>
-      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F71B56"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="004C361D"/>
     <w:pPr>
       <w:tabs>
@@ -8580,147 +8092,153 @@
       <w:rPr>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="QuoteText">
     <w:name w:val="Quote Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
       </w:pBdr>
       <w:spacing w:before="240"/>
       <w:ind w:left="851"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="30"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumList1">
     <w:name w:val="Num List 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="26"/>
       </w:numPr>
       <w:ind w:left="1276" w:hanging="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:bCs/>
-      <w:noProof/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumList2">
     <w:name w:val="Num List 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="2"/>
+        <w:numId w:val="18"/>
       </w:numPr>
       <w:ind w:left="1276" w:hanging="425"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:bCs/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletList3">
     <w:name w:val="Bullet List 3"/>
     <w:basedOn w:val="Bulletlist2"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
+      <w:ind w:left="1985"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD31B3"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD31B3"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:rsid w:val="00FD31B3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00FD31B3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="004648A4"/>
@@ -8898,748 +8416,1021 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00004C16"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="auto"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00004C16"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="auto"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9-Paragraph">
     <w:name w:val="F9 - # Paragraph"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="F9-ParagraphChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC7DB8"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="25"/>
       </w:numPr>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:ind w:left="851" w:hanging="851"/>
       <w:contextualSpacing w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="F9-ParagraphChar">
     <w:name w:val="F9 - # Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="F9-Paragraph"/>
-    <w:rsid w:val="00BC7DB8"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FA00BE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="00FA00BE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleTSNumberedParagraph11Justified">
-[...2 lines deleted...]
-    <w:rsid w:val="00E0406C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F10-Bullet1">
+    <w:name w:val="F10 - Bullet 1"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:qFormat/>
+    <w:rsid w:val="002C301C"/>
     <w:pPr>
-      <w:spacing w:after="220" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="28"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TSHeadingNumbered1">
-[...19 lines deleted...]
-    <w:rsid w:val="00F1336E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F11-Bullet2">
+    <w:name w:val="F11 - Bullet 2"/>
+    <w:basedOn w:val="F10-Bullet1"/>
+    <w:qFormat/>
+    <w:rsid w:val="002C301C"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:ilvl w:val="2"/>
       </w:numPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...34 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="7754009">
+    <w:div w:id="9382395">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="20865874">
+    <w:div w:id="59452437">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="85351926">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="91169340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="136143455">
+    <w:div w:id="126046520">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="139349965">
+    <w:div w:id="141044020">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="202256884">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="203833445">
+    <w:div w:id="324358489">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="334260206">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="352222073">
+    <w:div w:id="374165482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="414058670">
+    <w:div w:id="409469402">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="449132279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="456877141">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="533887462">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="666329033">
+    <w:div w:id="564296157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="685329424">
+    <w:div w:id="611592780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="820386621">
+    <w:div w:id="641664874">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="838736415">
+    <w:div w:id="648022370">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="850530338">
+    <w:div w:id="669989461">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="882794582">
+    <w:div w:id="686180968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="899250618">
+    <w:div w:id="701982375">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="923143424">
+    <w:div w:id="728117904">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="768618950">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="786045368">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="850532249">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="943918986">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="963004673">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="972953143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="992833011">
+    <w:div w:id="985354387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1089736799">
+    <w:div w:id="992637138">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1006904552">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1010374392">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1052463062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1054038137">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1058356380">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1108086174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1135879354">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1363165205">
+    <w:div w:id="1145509985">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1249852693">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1342777082">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1408839961">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1426881493">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1440763103">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1581334406">
+    <w:div w:id="1492022590">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1563054633">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1599100303">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1602837132">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1627659828">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1629778807">
+    <w:div w:id="1635987856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1647928060">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1754430172">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1756438459">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1758793276">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1762294269">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1777215099">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1802921935">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1803226295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1822113000">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1875999697">
+    <w:div w:id="1827896121">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1893809688">
+    <w:div w:id="1916740254">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1902594180">
+    <w:div w:id="1971737678">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1935093064">
+    <w:div w:id="1992172594">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2026176515">
-[...12 lines deleted...]
-    <w:div w:id="2027369484">
+    <w:div w:id="2043090993">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2085645181">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2100250197">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2113041173">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2139101496">
+    <w:div w:id="2139257351">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/:w:/r/sites/HOW2Hub/_layouts/15/Doc.aspx?sourcedoc=%7B5821F3B2-821B-082D-08E5-D2A44F377121%7D&amp;file=NS-TAST-GD-027%20-%20Training%20and%20Assuring%20Personnel%20Competence.docx&amp;action=default&amp;mobileredirect=true&amp;DefaultItemOpen=1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/:w:/r/sites/HOW2Hub/_layouts/15/Doc.aspx?sourcedoc=%7BE71B3DA0-4C80-45D2-F3BC-9801D0288703%7D&amp;file=NS-INSP-GD-010%20-%20LC%2010%20-%20Training.docx&amp;action=default&amp;mobileredirect=true&amp;DefaultItemOpen=1%3Fweb%3D1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/_layouts/15/DocIdRedir.aspx?ID=ONRHH-822789359-20421" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ldunning\Downloads\ONR-DOC-TEMP-305%20-%20ONR%20Word%20Template%20-%20Generic.DOTX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5DC39C0-0CE5-4537-B89C-2FEA41A0420F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E318CE" w:rsidRDefault="007154C5" w:rsidP="007154C5">
           <w:pPr>
             <w:pStyle w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
           </w:pPr>
           <w:r w:rsidRPr="0069507A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -9712,266 +9503,213 @@
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91482595-A552-4826-943C-30779AA50C82}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
+        <w:name w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{97C860AC-0002-4AB3-96F9-106123B0F416}"/>
+        <w:guid w:val="{7CD666C1-130E-4748-A724-97987CA52528}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
+        <w:p w:rsidR="00EB73F1" w:rsidRDefault="00EB73F1" w:rsidP="00EB73F1">
+          <w:pPr>
+            <w:pStyle w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
+          </w:pPr>
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...53 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Bold">
-[...8 lines deleted...]
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
+    <w:rsid w:val="001101B7"/>
+    <w:rsid w:val="00176DB5"/>
     <w:rsid w:val="00183F29"/>
     <w:rsid w:val="002550FD"/>
-    <w:rsid w:val="0027268B"/>
     <w:rsid w:val="00333F8E"/>
     <w:rsid w:val="00350199"/>
-    <w:rsid w:val="00501915"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006A5F77"/>
+    <w:rsid w:val="00391EA1"/>
+    <w:rsid w:val="003D5793"/>
+    <w:rsid w:val="0044254B"/>
+    <w:rsid w:val="005A49B8"/>
+    <w:rsid w:val="006A43CA"/>
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00764F6F"/>
-    <w:rsid w:val="007C7630"/>
+    <w:rsid w:val="0083336C"/>
     <w:rsid w:val="00835E07"/>
-    <w:rsid w:val="008A2DC4"/>
-    <w:rsid w:val="008D4542"/>
+    <w:rsid w:val="00855060"/>
+    <w:rsid w:val="00A009A6"/>
     <w:rsid w:val="00A657B0"/>
     <w:rsid w:val="00C17C1E"/>
-    <w:rsid w:val="00C31725"/>
     <w:rsid w:val="00C41BCC"/>
     <w:rsid w:val="00DD7BA4"/>
+    <w:rsid w:val="00E27559"/>
     <w:rsid w:val="00E318CE"/>
     <w:rsid w:val="00E646E1"/>
-    <w:rsid w:val="00EB60D9"/>
-    <w:rsid w:val="00F70453"/>
+    <w:rsid w:val="00EB73F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10357,51 +10095,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007C7630"/>
+    <w:rsid w:val="00EB73F1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F91DE249B2D64236B5C9B282FE9D467B">
     <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="90"/>
       <w:szCs w:val="88"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="71855CAFCD0440C4880AB5CD94A60020">
     <w:name w:val="71855CAFCD0440C4880AB5CD94A60020"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
@@ -10419,59 +10157,68 @@
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1773E824CD9F477BB864AD976AEFC2AE">
     <w:name w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21BA781C76AE4FF8AB8246FB49CAB8F6">
-[...1 lines deleted...]
-    <w:rsid w:val="007C7630"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BFF33CE9ACF45B4BD9D9653F86AF5B6">
+    <w:name w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
+    <w:rsid w:val="00EB73F1"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ONR colours">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="07716C"/>
       </a:accent1>
       <a:accent2>
@@ -10642,182 +10389,997 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="66693000-3e12-4b44-a742-9a2ba35b7d28" ContentTypeId="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C57" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <PolicyPortalProcessSpecialismFunctionTopic xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalFirstPublicationDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalProcessOwnerRoleHolder>
+    <PolicyPortalPublishStatus xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegatePostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocType xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldRecordRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueNo xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerPostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegateRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalResponsibleDelegateRoleHolder>
+    <PolicyPortalDirectorate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalReviewDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueHistoryComments xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="05350e14-297a-489c-ad04-faf6563b232c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">[Key words separated by commas]</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f43e2310-82d5-44d8-a731-b695dd9d1339</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <TaxCatchAll xmlns="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <dd2817321d504f1caee75a1112d299d4 xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </dd2817321d504f1caee75a1112d299d4>
+    <PCR_x003f_ xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">false</PCR_x003f_>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="HOW2 Hub Document" ma:contentTypeID="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227" ma:contentTypeVersion="220" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="724e73164808191a758277c779b53781">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4e2855-9588-4bc9-9890-af639bd565eb" xmlns:ns3="05350e14-297a-489c-ad04-faf6563b232c" xmlns:ns4="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0d07b2e48c5c6cb673863f8fde9c9f33" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <xsd:import namespace="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <xsd:import namespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:PolicyPortalIssueNo" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocType" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDirectorate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessSpecialismFunctionTopic" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerPostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegatePostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegateRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueHistoryComments" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalFirstPublicationDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldRecordRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalPublishStatus" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:dd2817321d504f1caee75a1112d299d4" minOccurs="0"/>
+                <xsd:element ref="ns4:PCR_x003f_" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c4e2855-9588-4bc9-9890-af639bd565eb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="PolicyPortalIssueNo" ma:index="2" nillable="true" ma:displayName="Issue No." ma:internalName="PolicyPortalIssueNo" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocRef" ma:index="3" nillable="true" ma:displayName="Doc. Ref." ma:internalName="PolicyPortalDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocType" ma:index="4" nillable="true" ma:displayName="Doc. Type" ma:format="Dropdown" ma:internalName="PolicyPortalDocType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Framework/Strategy"/>
+          <xsd:enumeration value="Guidance (Gen.)"/>
+          <xsd:enumeration value="Handbook"/>
+          <xsd:enumeration value="HSW Standard"/>
+          <xsd:enumeration value="Instruction"/>
+          <xsd:enumeration value="Manual"/>
+          <xsd:enumeration value="MoU"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+          <xsd:enumeration value="Protocol"/>
+          <xsd:enumeration value="R2A2"/>
+          <xsd:enumeration value="Strategy"/>
+          <xsd:enumeration value="TAG"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="TIG"/>
+          <xsd:enumeration value="TOR"/>
+          <xsd:enumeration value="N/A"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDirectorate" ma:index="5" nillable="true" ma:displayName="Directorate" ma:format="Dropdown" ma:internalName="PolicyPortalDirectorate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Corporate Security and Resilience Office"/>
+          <xsd:enumeration value="Finance"/>
+          <xsd:enumeration value="Governance and Private Office"/>
+          <xsd:enumeration value="HR"/>
+          <xsd:enumeration value="IT"/>
+          <xsd:enumeration value="New Reactors"/>
+          <xsd:enumeration value="Operating Facilities"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs"/>
+          <xsd:enumeration value="Technical"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessSpecialismFunctionTopic" ma:index="6" nillable="true" ma:displayName="Process / Specialism / Function / Topic" ma:format="Dropdown" ma:internalName="PolicyPortalProcessSpecialismFunctionTopic">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Academy - Training / L&amp;D"/>
+              <xsd:enumeration value="Accessibility"/>
+              <xsd:enumeration value="Accounting &amp; Budgeting"/>
+              <xsd:enumeration value="ALARP Working Group"/>
+              <xsd:enumeration value="Anti-Bribery and Corruption, and Fraud Prevention Compliance"/>
+              <xsd:enumeration value="Assessment (Nuclear safety)"/>
+              <xsd:enumeration value="Business Impact Target (BIT)"/>
+              <xsd:enumeration value="Business Travel"/>
+              <xsd:enumeration value="Change Management (Org.)"/>
+              <xsd:enumeration value="Chemistry &amp; Chemical Engineering"/>
+              <xsd:enumeration value="Civil Engineering"/>
+              <xsd:enumeration value="Civil Engineering and External Hazards (CEEH)"/>
+              <xsd:enumeration value="Civil Nuclear Security"/>
+              <xsd:enumeration value="Comms"/>
+              <xsd:enumeration value="Conducting Investigations"/>
+              <xsd:enumeration value="Compliance"/>
+              <xsd:enumeration value="Contractor Management"/>
+              <xsd:enumeration value="Cyber Security and Information Assurance"/>
+              <xsd:enumeration value="Data Protection"/>
+              <xsd:enumeration value="Defence - Propulsion"/>
+              <xsd:enumeration value="Delivery Lead - Technical Division (R&amp;TS)"/>
+              <xsd:enumeration value="Development of Regulations and Guides"/>
+              <xsd:enumeration value="Diversity &amp; Inclusion (HR)"/>
+              <xsd:enumeration value="Divisional Delivery Support (DDS)"/>
+              <xsd:enumeration value="EC&amp;I Engineering"/>
+              <xsd:enumeration value="Efficiency Framework"/>
+              <xsd:enumeration value="Emergency P&amp;R"/>
+              <xsd:enumeration value="Emergency Preparedness &amp; Response (EP&amp;R)"/>
+              <xsd:enumeration value="Environment and Sustainability"/>
+              <xsd:enumeration value="Estates"/>
+              <xsd:enumeration value="Expenses"/>
+              <xsd:enumeration value="Export Control"/>
+              <xsd:enumeration value="Fault Analysis"/>
+              <xsd:enumeration value="Freedom of Information (FOI) &amp; Gen. Enquiries"/>
+              <xsd:enumeration value="GDA"/>
+              <xsd:enumeration value="Gifts and Hospitality"/>
+              <xsd:enumeration value="Governance"/>
+              <xsd:enumeration value="Health, Safety and Wellbeing (HSW)"/>
+              <xsd:enumeration value="Human &amp; Organisational Capability"/>
+              <xsd:enumeration value="Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Information Management"/>
+              <xsd:enumeration value="Information Security"/>
+              <xsd:enumeration value="International Cooperation"/>
+              <xsd:enumeration value="Invoice Management"/>
+              <xsd:enumeration value="IT"/>
+              <xsd:enumeration value="Land Use Planning"/>
+              <xsd:enumeration value="Leadership and Management for Safety and Security"/>
+              <xsd:enumeration value="Learning &amp; Development"/>
+              <xsd:enumeration value="Legal Support"/>
+              <xsd:enumeration value="Management System"/>
+              <xsd:enumeration value="Mechanical Engineering"/>
+              <xsd:enumeration value="New build/construction"/>
+              <xsd:enumeration value="NHSS"/>
+              <xsd:enumeration value="Notification &amp; Authorisation"/>
+              <xsd:enumeration value="Nuclear Liabilities Regulation"/>
+              <xsd:enumeration value="Operating Reactors"/>
+              <xsd:enumeration value="Operational Inspection"/>
+              <xsd:enumeration value="Organisational Learning"/>
+              <xsd:enumeration value="People Services"/>
+              <xsd:enumeration value="Performance Management (HR)"/>
+              <xsd:enumeration value="Permissioning"/>
+              <xsd:enumeration value="PMO"/>
+              <xsd:enumeration value="Policy"/>
+              <xsd:enumeration value="Procurement"/>
+              <xsd:enumeration value="Radiological Protection &amp; Criticality"/>
+              <xsd:enumeration value="Regulations &amp; Regulatory Issues"/>
+              <xsd:enumeration value="Regulatory Assurance"/>
+              <xsd:enumeration value="Regulatory Oversight"/>
+              <xsd:enumeration value="Research &amp; Development"/>
+              <xsd:enumeration value="Risk Management"/>
+              <xsd:enumeration value="RITE"/>
+              <xsd:enumeration value="Safeguards"/>
+              <xsd:enumeration value="Safety Case Working Group"/>
+              <xsd:enumeration value="Security &amp; Information Regulatory Assurance"/>
+              <xsd:enumeration value="Sellafield"/>
+              <xsd:enumeration value="Shared Services"/>
+              <xsd:enumeration value="Structural Integrity"/>
+              <xsd:enumeration value="Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="Whistleblowing"/>
+              <xsd:enumeration value="WIReD"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerPostTitle" ma:index="7" nillable="true" ma:displayName="Process Owner (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalProcessOwnerPostTitle">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CIO"/>
+          <xsd:enumeration value="CISO"/>
+          <xsd:enumeration value="Data Protection Officer (DPO)"/>
+          <xsd:enumeration value="Finance Director"/>
+          <xsd:enumeration value="Head of Governance and Private Office"/>
+          <xsd:enumeration value="HR Director"/>
+          <xsd:enumeration value="New Reactors Director"/>
+          <xsd:enumeration value="Operating Facilities Director"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste Director"/>
+          <xsd:enumeration value="Senior Director of Regulation"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs Director"/>
+          <xsd:enumeration value="Technical Director"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerRoleHolder" ma:index="8" nillable="true" ma:displayName="Process Owner (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalProcessOwnerRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegatePostTitle" ma:index="9" nillable="true" ma:displayName="Responsible Delegate (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalResponsibleDelegatePostTitle">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Chair of Accessibility Working Group (AWG)"/>
+              <xsd:enumeration value="Corporate Security Manager"/>
+              <xsd:enumeration value="Data Protection Compliance Lead"/>
+              <xsd:enumeration value="Deputy Director of Regulation (TD)"/>
+              <xsd:enumeration value="Executive Office Support"/>
+              <xsd:enumeration value="Export Control Manager"/>
+              <xsd:enumeration value="Governance and Compliance Lead"/>
+              <xsd:enumeration value="Governance Manager"/>
+              <xsd:enumeration value="Head of Academy"/>
+              <xsd:enumeration value="Head of Commercial Management and Procurement"/>
+              <xsd:enumeration value="Head of Communications"/>
+              <xsd:enumeration value="Head of Compliance"/>
+              <xsd:enumeration value="Head of Data and Analytics"/>
+              <xsd:enumeration value="Head of Governance and Compliance"/>
+              <xsd:enumeration value="Head of Private Office"/>
+              <xsd:enumeration value="Head of Estates and Shared Services"/>
+              <xsd:enumeration value="Head of Finance and Commercial"/>
+              <xsd:enumeration value="Head of Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Head of International Strategy and Public Correspondence"/>
+              <xsd:enumeration value="Head of IT"/>
+              <xsd:enumeration value="Head of Legal Liaison"/>
+              <xsd:enumeration value="Head of Organisational Development (HR)"/>
+              <xsd:enumeration value="Head of Organisational Learning"/>
+              <xsd:enumeration value="Head of People Services"/>
+              <xsd:enumeration value="Head of PMO"/>
+              <xsd:enumeration value="Head of Policy"/>
+              <xsd:enumeration value="Head of Regulatory Policy and Standards"/>
+              <xsd:enumeration value="Head of Risk and Assurance"/>
+              <xsd:enumeration value="HoR - Advanced Nuclear Technologies (ANTs) and Holtec SMR-300 GDA"/>
+              <xsd:enumeration value="HoR - Emergency Preparedness and Response"/>
+              <xsd:enumeration value="HoR - Rolls-Royce SMR (GDA)"/>
+              <xsd:enumeration value="HoR - Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="HoR - Sellafield Compliance Intelligence and Enforcement"/>
+              <xsd:enumeration value="HoR - Sellafield Project Delivery"/>
+              <xsd:enumeration value="HoR - Sellafield Decommissioning"/>
+              <xsd:enumeration value="HoP - Civil Engineering and External Hazards"/>
+              <xsd:enumeration value="HoP - Cyber Security &amp; Information Assurance"/>
+              <xsd:enumeration value="HoP - DDS"/>
+              <xsd:enumeration value="HoP - Electrical, Control and Instrumentation Engineering"/>
+              <xsd:enumeration value="HoP - Fault Analysis"/>
+              <xsd:enumeration value="HoP - Human and Organisational Capability"/>
+              <xsd:enumeration value="HoP - Mechanical Engineering and Structural Integrity"/>
+              <xsd:enumeration value="HoP - Nuclear Internal Hazards and Site Safety"/>
+              <xsd:enumeration value="HoP - Nuclear Liabilities, Chemistry and Chemical Engineering"/>
+              <xsd:enumeration value="HoP - Operational Inspection"/>
+              <xsd:enumeration value="HoP - Protective Security"/>
+              <xsd:enumeration value="HoP - Radiological Protection and Criticality"/>
+              <xsd:enumeration value="HoP - Regulatory Programme and Business Management"/>
+              <xsd:enumeration value="HoP - Safeguards"/>
+              <xsd:enumeration value="HSW Manager"/>
+              <xsd:enumeration value="Information Management Manager"/>
+              <xsd:enumeration value="WIReD Product Owner"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegateRoleHolder" ma:index="10" nillable="true" ma:displayName="Responsible Delegate (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalResponsibleDelegateRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueDate" ma:index="11" nillable="true" ma:displayName="Issue Date" ma:format="DateOnly" ma:internalName="PolicyPortalIssueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalReviewDate" ma:index="12" nillable="true" ma:displayName="Review Date" ma:format="DateOnly" ma:internalName="PolicyPortalReviewDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueHistoryComments" ma:index="15" nillable="true" ma:displayName="Issue History/Comments" ma:internalName="PolicyPortalIssueHistoryComments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalFirstPublicationDate" ma:index="16" nillable="true" ma:displayName="First Publication Date" ma:format="DateOnly" ma:internalName="PolicyPortalFirstPublicationDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldDocRef" ma:index="17" nillable="true" ma:displayName="Old Doc. Ref." ma:internalName="PolicyPortalOldDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldRecordRef" ma:index="18" nillable="true" ma:displayName="Old Record Ref." ma:internalName="PolicyPortalOldRecordRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalPublishStatus" ma:index="25" nillable="true" ma:displayName="Publish Status" ma:format="Dropdown" ma:internalName="PolicyPortalPublishStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Live"/>
+          <xsd:enumeration value="Unpublished"/>
+          <xsd:enumeration value="Withdrawn"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="05350e14-297a-489c-ad04-faf6563b232c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="26" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="27" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="28" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="30" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="31" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{85a4ca9d-4aea-456d-868e-8e20a97dbaed}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="05350e14-297a-489c-ad04-faf6563b232c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="dd2817321d504f1caee75a1112d299d4" ma:index="33" nillable="true" ma:taxonomy="true" ma:internalName="dd2817321d504f1caee75a1112d299d4" ma:taxonomyFieldName="Topic" ma:displayName="Topic" ma:default="" ma:fieldId="{dd281732-1d50-4f1c-aee7-5a1112d299d4}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="7b4e1cbc-bd02-4183-9474-8a15f7a1216f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PCR_x003f_" ma:index="34" nillable="true" ma:displayName="PCR?" ma:default="0" ma:description="Document forms part of the Policy Compliance Report for ARAC." ma:format="Dropdown" ma:internalName="PCR_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="23" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
   <b:Source>
     <b:Tag>ONR51</b:Tag>
-    <b:SourceType>Report</b:SourceType>
-    <b:Guid>{05D0278A-D510-43D3-B39E-AFC53E04699E}</b:Guid>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{F0D62252-DD84-4680-AAB2-CB317FE6E85E}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
     <b:Title>NS-TAST-GD-027 - Training and Assuring Personnel Competence</b:Title>
-    <b:URL>https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/3720DCD193AF4B70AE8DDC37CBCF64F6.cwl?__id=webFile.save&amp;doc=6C6B3828E892499B8AB621AB65CAA28F&amp;dpt=1&amp;save=1</b:URL>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
     <b:RefOrder>1</b:RefOrder>
   </b:Source>
   <b:Source>
-    <b:Tag>ONR131</b:Tag>
-[...1 lines deleted...]
-    <b:Guid>{B994F9B7-01DE-49B1-8D0D-153B252B25D1}</b:Guid>
+    <b:Tag>ONR33</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{2556555C-398E-4500-B0E7-BF64A989A65D}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
-    <b:Title>NS-INSP-GD-010 - LC10 Training</b:Title>
+    <b:Title>ONR-RD-POL-002 - Risk-Informed and Targeted Engagements (RITE) Policy</b:Title>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
+    <b:RefOrder>2</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR36</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{F23FEE05-B6F0-4D5A-80ED-777AF368C824}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-INSP-GD-010 - LC 10 Training</b:Title>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
+    <b:RefOrder>3</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR34</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{7CA40745-B228-43FF-B580-1ED280E39A79}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-INSP-GD-064 - General Inspection Guide</b:Title>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
     <b:RefOrder>4</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>ONR232</b:Tag>
-    <b:SourceType>ElectronicSource</b:SourceType>
-    <b:Guid>{231AAB5F-CB47-4FFD-B255-77B503473FF4}</b:Guid>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{3EE19DDF-08EF-4007-B405-A10F99A5DC75}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
     <b:Title>ONR Nuclear Material Accountancy Control &amp; Safeguards (ONMACS)</b:Title>
-    <b:RefOrder>3</b:RefOrder>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
+    <b:RefOrder>5</b:RefOrder>
   </b:Source>
   <b:Source>
-    <b:Tag>ONR205</b:Tag>
-[...2 lines deleted...]
-    <b:Title>NS-INSP-GD-036 - LC36 - Organisational Capability</b:Title>
+    <b:Tag>ONR37</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{76B7C614-59B8-4FC6-AD1D-BB858CAE33B3}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
-    <b:RefOrder>2</b:RefOrder>
+    <b:Title>SG-INSP-GD-001 - Safeguards</b:Title>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
+    <b:RefOrder>6</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR35</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{28C9A79A-3046-40D9-9618-2438CA2AB2AF}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>Security Assessment Principles for the Civil Nuclear Industry (SyAPs)</b:Title>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
+    <b:RefOrder>7</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR38</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{399E2B22-9597-467D-B812-07662F773B0F}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>CNS-INSP-GD-001 - Nuclear Security Inspections</b:Title>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
+    <b:RefOrder>8</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR39</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{CC81C121-D431-4ED6-B2C0-85A4B3A4C25C}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-INSP-GD-069 - Compliance Inspection of Transport Arrangements</b:Title>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
+    <b:RefOrder>10</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GOV</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{AD635DCC-6CF1-4D15-BB38-4B49AFEEAF11}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HM Government</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>The Ionising Radiation Regulations 2017</b:Title>
+    <b:Year>2017</b:Year>
+    <b:RefOrder>9</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR40</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{836511B1-2D89-4BF4-89F8-93E1470C1543}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-INSP-GD-074 - Construction (Design and Management) Regulations</b:Title>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
+    <b:RefOrder>11</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR41</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{F00A49B5-5C6D-4A7B-AD0D-FC9CC020E96D}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-INSP-GD-073 - The regulation of Life Fire Safety on Nuclear Licensed Sites</b:Title>
+    <b:URL>Available internally via HOW2 Hub and externally via the ONR website.</b:URL>
+    <b:RefOrder>12</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66086A78-98B1-4977-B056-CA7AE0E29E12}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F1E7696-64D0-4E76-BD09-5F47C27AB98C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{490ED5B9-84BB-4E11-AB53-C0B8C211310C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9419ACF-FD9B-4EEB-B545-BB3F91B9B619}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{302464A8-7BA5-4131-8D06-4B18A77BE91D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6BDFBB1-A6D9-4EB1-A374-68D96B64938D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{016E3AC1-91D6-46B5-B046-1BC4ECD208FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>21036</Characters>
+  <Pages>13</Pages>
+  <Words>2974</Words>
+  <Characters>16835</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>49</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>455</Lines>
+  <Paragraphs>194</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Licence Condition 12 - Duly authorised and other suitably qualified and experienced persons</vt:lpstr>
+      <vt:lpstr>Licence Condition 12 – Duly Authorised and other suitably qualified and experienced persons</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24677</CharactersWithSpaces>
+  <CharactersWithSpaces>19615</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Licence Condition 12 – Duly authorised and other suitably qualified and experienced persons</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
+  <dc:creator>Liam Dunning</dc:creator>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>4</cp:contentStatus>
+  <cp:contentStatus>4.1</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227</vt:lpwstr>
+  </property>
 </Properties>
 </file>