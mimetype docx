--- v0 (2025-10-20)
+++ v1 (2026-02-20)
@@ -1,6396 +1,4681 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="198" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="198" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9156"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C20562" w:rsidRPr="00C20562" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00C20562" w:rsidRDefault="00C20562" w:rsidP="00323E71">
             <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0226A" w:rsidRPr="001E03E1" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2778"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F059A92" w14:textId="5E0DBF1E" w:rsidR="00595C8C" w:rsidRPr="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
+          <w:p w14:paraId="2F059A92" w14:textId="5883F379" w:rsidR="00595C8C" w:rsidRPr="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
             <w:pPr>
               <w:pStyle w:val="InnerCoverTitle"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00595C8C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
             <w:r w:rsidR="00D60BCB">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Technical Inspection Guide (TIG)</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="72"/>
                 <w:szCs w:val="72"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="062733F8" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="000F0541" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="4BC36F98" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00206924" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
                     <w:szCs w:val="90"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="72"/>
                       <w:szCs w:val="72"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="001F6571">
+                    <w:r w:rsidR="009813E5">
                       <w:rPr>
                         <w:sz w:val="72"/>
                         <w:szCs w:val="72"/>
                       </w:rPr>
                       <w:t>Licence Condition 10 - Training</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56A09D10" w14:textId="005AB69F" w:rsidR="00D0226A" w:rsidRDefault="00D0226A">
+    <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00D0226A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB6425B" w14:textId="7CE88C49" w:rsidR="00D0226A" w:rsidRDefault="00881B6F">
+    <w:p w14:paraId="6AB6425B" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00881B6F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="6E26D962">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="237341DD">
             <wp:simplePos x="685800" y="914400"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7568280" cy="10692360"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7568280" cy="10692360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1C8B33" w14:textId="77777777" w:rsidR="00267815" w:rsidRDefault="00267815">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108F43C7" w14:textId="3A6CC438" w:rsidR="00004C16" w:rsidRPr="00004C16" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...545 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="1FDB4B56" w14:textId="6C10B266" w:rsidR="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00323E71">
       <w:pPr>
-        <w:sectPr w:rsidR="00595C8C" w:rsidSect="004C4891">
-[...5 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+        <w:sectPr w:rsidR="00595C8C" w:rsidSect="00E30C05">
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="first" r:id="rId18"/>
+          <w:footerReference w:type="first" r:id="rId19"/>
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AE5EE98" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00EE0C77" w:rsidRDefault="00267815" w:rsidP="00EE0C77">
-[...1154 lines deleted...]
-    <w:p w14:paraId="43A875A4" w14:textId="7F61F835" w:rsidR="008D49A5" w:rsidRPr="00223090" w:rsidRDefault="008D49A5" w:rsidP="00223090">
+    <w:p w14:paraId="57E780B1" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="00223090" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc121912429"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc215493733"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc220240566"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00223090">
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="4EAD138A" w14:textId="2541F30C" w:rsidR="00811C57" w:rsidRPr="00AA78A4" w:rsidRDefault="000C5F5A" w:rsidP="006574D1">
+    <w:p w14:paraId="6740DA98" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="27"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk64448648"/>
-[...34 lines deleted...]
-        <w:t>y.</w:t>
+      <w:bookmarkStart w:id="3" w:name="_Hlk64448648"/>
+      <w:r>
+        <w:t xml:space="preserve">Technical Inspection Guides (TIGs) assist inspectors in making regulatory judgments and providing advice on Licence Conditions (LCs). Most LCs are goal setting, leaving the specifics of arrangements to the dutyholder, who is responsible for safety. This guidance aims to support consistent inspection of LC 10 – Training. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="616F197D" w14:textId="55AAE13C" w:rsidR="008D49A5" w:rsidRPr="00FA33FE" w:rsidRDefault="008D49A5" w:rsidP="00B621DF">
-[...10 lines deleted...]
-    <w:p w14:paraId="1983720C" w14:textId="53D55449" w:rsidR="000C5F5A" w:rsidRPr="00F62E49" w:rsidRDefault="000C5F5A" w:rsidP="00F62E49">
+    <w:p w14:paraId="3E0EE052" w14:textId="251B4510" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-[...17 lines deleted...]
-      <w:r w:rsidR="00E72DA9">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r>
+        <w:t>While not exhaustive or mandatory, the guidance offers a clear framework for inspectors to assess the adequacy of compliance. Additional relevant information on training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is available in the Technical Assessment Guide (TAG) on</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05">
+        <w:t xml:space="preserve"> ‘</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="009169D5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Training and Assuring Personnel Competence</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E30C05">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> (ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="718244759"/>
-[...82 lines deleted...]
-          <w:id w:val="981815321"/>
+          <w:id w:val="439420315"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
-            <w:instrText xml:space="preserve"> CITATION ONR51 \l 2057 </w:instrText>
+          <w:r w:rsidR="00987F8B">
+            <w:instrText xml:space="preserve">CITATION ONR51 \l 2057 </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00E72DA9" w:rsidRPr="00E72DA9">
+          <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[1]</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC0813B" w14:textId="70E8D072" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Inspectors should also refer to the ONR policy on </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00E30C05">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Risk-Informed and Targeted Engagements</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E30C05">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (RITE) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1204134584"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00987F8B">
+            <w:instrText xml:space="preserve">CITATION ONR33 \l 2057 </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00206924" w:rsidRPr="00206924">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
-        <w:t>).</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>, which guides risk-based prioritisation in regulatory interventions and supports decisions on engaging with dutyholders.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AB7668" w14:textId="6482D977" w:rsidR="009C61D0" w:rsidRDefault="009C61D0" w:rsidP="00AD1A40">
+    <w:p w14:paraId="6DC17AD9" w14:textId="77777777" w:rsidR="00987F8B" w:rsidRPr="00AA78A4" w:rsidRDefault="00987F8B" w:rsidP="00987F8B">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-[...83 lines deleted...]
-      </w:r>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="851"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="43F09434" w14:textId="610347EB" w:rsidR="008572DD" w:rsidRDefault="008572DD" w:rsidP="00E72B3D">
-[...21 lines deleted...]
-        <w:t>Definitions</w:t>
+    <w:p w14:paraId="032A8D4D" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc215493734"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc220240567"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>Licence Condition 10 – Training</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="261072E2" w14:textId="75820269" w:rsidR="00D72252" w:rsidRDefault="000A491B" w:rsidP="00D72252">
-[...507 lines deleted...]
-    <w:p w14:paraId="786CA268" w14:textId="2A7F1EAE" w:rsidR="00A10713" w:rsidRDefault="00A10713" w:rsidP="00E72B3D">
+    <w:p w14:paraId="127B86C9" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1800" w:hanging="954"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">10(1) </w:t>
       </w:r>
-      <w:r w:rsidR="008262E7">
+      <w:r>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-      <w:r w:rsidR="008262E7">
+        <w:t xml:space="preserve">The licensee shall make and implement adequate arrangements for suitable training </w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
-      </w:r>
-      <w:r>
         <w:t>for all those on site who have responsibility for any operations which may affect safety.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9F79DF" w14:textId="69C8C722" w:rsidR="00A10713" w:rsidRDefault="00A10713" w:rsidP="00E72B3D">
+    <w:p w14:paraId="27EE8F43" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1800" w:hanging="954"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">10(2) </w:t>
       </w:r>
-      <w:r w:rsidR="008262E7">
+      <w:r>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E72B3D">
+        <w:t xml:space="preserve">The licensee shall submit to ONR for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002078E2">
         <w:rPr>
-          <w:b/>
-          <w:bCs w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D2E7B5" w:themeFill="accent4" w:themeFillTint="66"/>
         </w:rPr>
         <w:t>approval</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> such part or parts of the aforesaid arrangements as ONR may </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F0C51">
+      <w:r w:rsidRPr="002078E2">
         <w:rPr>
-          <w:b/>
-          <w:bCs w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="B6E6E9" w:themeFill="accent3" w:themeFillTint="66"/>
         </w:rPr>
         <w:t>specify</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53135739" w14:textId="1C8BD386" w:rsidR="00A10713" w:rsidRDefault="00A10713" w:rsidP="00E72B3D">
+    <w:p w14:paraId="05FAB757" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1800" w:hanging="954"/>
       </w:pPr>
       <w:r>
-        <w:t>10(3)</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="008262E7">
+        <w:t xml:space="preserve">10(3) </w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E72B3D">
+        <w:t xml:space="preserve">The licensee shall ensure that once approved no alteration or amendment is made to the approved arrangements unless ONR has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01275">
         <w:rPr>
-          <w:b/>
-          <w:bCs w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D2E7B5" w:themeFill="accent4" w:themeFillTint="66"/>
         </w:rPr>
         <w:t>approved</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> such alteration or amendment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3E85B6" w14:textId="77777777" w:rsidR="000A491B" w:rsidRDefault="000A491B" w:rsidP="000A491B">
+    <w:p w14:paraId="7E582858" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="954"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19CBAE12" w14:textId="392A0843" w:rsidR="00140E1C" w:rsidRDefault="00D60BCB" w:rsidP="000A491B">
+    <w:p w14:paraId="3B52192B" w14:textId="77777777" w:rsidR="00987F8B" w:rsidRDefault="00987F8B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:r w:rsidR="00821337">
+        <w:sectPr w:rsidR="00987F8B" w:rsidSect="00E30C05">
+          <w:headerReference w:type="even" r:id="rId22"/>
+          <w:headerReference w:type="default" r:id="rId23"/>
+          <w:footerReference w:type="even" r:id="rId24"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc215493735"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc220240568"/>
+    </w:p>
+    <w:p w14:paraId="641F8119" w14:textId="77777777" w:rsidR="00E30C05" w:rsidRDefault="00E30C05" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="00E30C05" w:rsidSect="00E30C05">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1710AA76" w14:textId="54D2F01B" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Purpose and </w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t>utcomes of LC10</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="5A19DF80" w14:textId="2EA893B4" w:rsidR="00743D6B" w:rsidRPr="005169B8" w:rsidRDefault="00743D6B" w:rsidP="00987F8B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005169B8">
+        <w:t>The purpose of LC 10 is to ensure that all those people on the site who have responsibility for an action which may affect safety are adequately trained for that purpose. It applies to all duly authorised persons (DAP) and other SQEPs required by LC 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t xml:space="preserve"> (D</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B" w:rsidRPr="005169B8">
+        <w:t>uly authorised and other suitably qualified and experienced persons</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005169B8">
+        <w:t>, including those in managerial positions, contractors, and suppliers, where their duties may affect safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA029D6" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="005169B8" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005169B8">
+        <w:t>The regulatory outcomes being sought by LC 10 are that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7471C5A4" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="005169B8" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1276"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005169B8">
+        <w:t>the training arrangements, used to produce training programmes, are suitable to support the development of competent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="005169B8">
+        <w:t xml:space="preserve"> staff who are able to reliably conduct operations which could affect safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB808AF" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="005169B8" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1276"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005169B8">
+        <w:t>those responsible for ensuring compliance with this LC and those responsible for managing the training function are identified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E31EED3" w14:textId="35026BF0" w:rsidR="00743D6B" w:rsidRPr="005169B8" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:left="1276"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005169B8">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
-        <w:t>Licence Condition</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00FD4357">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005169B8">
+        <w:t>icensee’s approach to training is systematic and effective. Current good practice for training and competence assurance is the Systematic Approach to Training</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:b/>
-          <w:caps/>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> (ref. </w:t>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="005169B8">
+        <w:t xml:space="preserve"> (SAT) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="529769372"/>
+          <w:id w:val="347598507"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
-            <w:instrText xml:space="preserve"> CITATION ONR263 \l 2057 </w:instrText>
+          <w:r w:rsidR="00987F8B">
+            <w:instrText xml:space="preserve">CITATION IAE6 \l 2057 </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00E72DA9" w:rsidRPr="00E72DA9">
+          <w:r w:rsidR="00206924" w:rsidRPr="00206924">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:t>[1]</w:t>
+            <w:t>[3]</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005169B8">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A90F119" w14:textId="2F7A43C2" w:rsidR="00EF2293" w:rsidRDefault="00EF2293" w:rsidP="00EF2293">
+    <w:p w14:paraId="0CA3F8E9" w14:textId="1D8DBD91" w:rsidR="00743D6B" w:rsidRPr="005169B8" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> competence management system (ref.</w:t>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005169B8">
+        <w:t>LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005169B8">
+        <w:t xml:space="preserve">10 arrangements should support the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005169B8">
+        <w:t xml:space="preserve">icensee’s LC 36 </w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Organisational Capability</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005169B8">
+        <w:t>arrangements for developing and maintaining its nuclear baseline. LC 36 arrangements should identify roles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="005169B8">
+        <w:t>, at all levels in the organisation, which may affect safety. The LC 10 arrangements should then identify the competencies necessary to deliver these roles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0990B79F" w14:textId="25A78038" w:rsidR="00743D6B" w:rsidRPr="005169B8" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005169B8">
+        <w:t xml:space="preserve">It is recommended that LC 10 and LC 12 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-594174808"/>
+          <w:id w:val="-1312633753"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
-            <w:instrText xml:space="preserve"> CITATION ONR51 \l 2057 </w:instrText>
+          <w:r w:rsidR="00987F8B">
+            <w:instrText xml:space="preserve">CITATION ONR263 \l 2057 </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00E72DA9">
+          <w:r w:rsidR="00206924" w:rsidRPr="00206924">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-            <w:t>[2]</w:t>
+            <w:t>[4]</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
-        <w:t>)</w:t>
-[...4 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D27548">
-[...42 lines deleted...]
-      <w:r w:rsidR="00877168">
+      <w:r w:rsidRPr="005169B8">
+        <w:t>compliance inspection are conducted in parallel due to the significant overlap between the two topic areas.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Both LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD5057">
-[...11 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:t>10 and LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0056331A">
-[...53 lines deleted...]
-        <w:t xml:space="preserve">ref. </w:t>
+      <w:r>
+        <w:t>12 are usually an integral part of targeted themed inspections</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="645705593"/>
+          <w:id w:val="-1707026529"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000E3293" w:rsidRPr="0056331A">
+          <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="000E3293" w:rsidRPr="0056331A">
-            <w:instrText xml:space="preserve"> CITATION ONR51 \l 2057 </w:instrText>
+          <w:r w:rsidR="00987F8B">
+            <w:instrText xml:space="preserve">CITATION ONR34 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="000E3293" w:rsidRPr="0056331A">
+          <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00E72DA9" w:rsidRPr="00E72DA9">
+          <w:r w:rsidR="00206924">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:t>[2]</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="000E3293" w:rsidRPr="0056331A">
+          <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[5]</w:t>
+          </w:r>
+          <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000A491B">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2851C9CF" w14:textId="5C178C92" w:rsidR="00012C95" w:rsidRPr="0056331A" w:rsidRDefault="00B73E97" w:rsidP="00CB0FC6">
+    <w:p w14:paraId="4889B407" w14:textId="7187612D" w:rsidR="00743D6B" w:rsidRPr="005169B8" w:rsidRDefault="00987F8B" w:rsidP="00A7381D">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-        <w:rPr>
-[...15 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00743D6B" w:rsidRPr="00E30C05">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Training and Assuring Personnel Competence</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="00987F8B">
+        <w:t>(NS-TAST-GD-027)</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="005169B8">
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">10 is systematic and effective. Current good practice for training and competence assurance is the Systematic Approach to Training (SAT) (ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...2 lines deleted...]
-          </w:rPr>
+          <w:id w:val="1046957595"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00743D6B">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve">CITATION ONR51 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00743D6B">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[1]</w:t>
+          </w:r>
+          <w:r w:rsidR="00743D6B">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00743D6B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="005169B8">
+        <w:t xml:space="preserve">provides </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t xml:space="preserve">additional </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="005169B8">
+        <w:t>guidance to inform inspection activities carried out to judge compliance with LC 10 and LC 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="00AF173E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>Similarities with other purposes are identified in section 5 of this TIG to support inspectors in identifying any inspection synergies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3AE714" w14:textId="77777777" w:rsidR="00E30C05" w:rsidRDefault="00E30C05" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="00E30C05" w:rsidSect="00E30C05">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc215493736"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc220240569"/>
+    </w:p>
+    <w:p w14:paraId="65CC4642" w14:textId="25C4EF85" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Guidance on </w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nspection for LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>10 - Training</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="68B04A62" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00890B91">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inspection of a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890B91">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>icensee’s training arrangements</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk214632219"/>
+      <w:r>
+        <w:t>should provide the inspector with assurance that the training arrangements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t xml:space="preserve">, used to produce training programmes, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>are suitable to support the development of competent staff who are able to reliably conduct operations which could affect safety.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4299E">
+        <w:t xml:space="preserve"> inspection sample may include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E228DD5" w14:textId="477D7380" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">confirming the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40AD7">
+        <w:t>arrangements</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> make</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B17FE">
+        <w:t xml:space="preserve"> provision for </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">all elements of the LC </w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>10 (2) and (3)). C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063794B">
+        <w:t>onfirm that those arrangements are in place, implemented and subject to configuration control and oversight</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, as LC 10(3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA8045D" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0087088B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0087088B">
+        <w:t xml:space="preserve">whether the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087088B">
+        <w:t>icensee has a training policy</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087088B">
+        <w:t>or equivalent</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, which </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087088B">
+        <w:t>set</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087088B">
+        <w:t xml:space="preserve"> out the licensee’s commitment to develop and maintain the competence of staff in order to achieve safety. The policy should affirm the licensee’s commitment to resource a training function and implement a training system to support staff competence development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBC316A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="006470CC" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">confirming that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006470CC">
+        <w:t>the arrangements apply to all levels in the organisation, including contractor filled roles, which may affect safety. Contractors should be expected to undertake the training developed for the role they are fulfilling, or appropriate alternatives justified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C069E2" w14:textId="7BA0B091" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>confirming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve">icensee’s approach to </w:t>
+      </w:r>
+      <w:r>
+        <w:t>training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> is systematic</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> SAT </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
           <w:id w:val="598372048"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000A491B">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="000A491B">
-[...4 lines deleted...]
-            <w:instrText xml:space="preserve"> CITATION IAE6 \l 2057 </w:instrText>
+          <w:r w:rsidR="00987F8B">
+            <w:instrText xml:space="preserve">CITATION IAE6 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="000A491B">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00E72DA9" w:rsidRPr="00E72DA9">
+          <w:r w:rsidR="00206924" w:rsidRPr="00206924">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>[3]</w:t>
           </w:r>
-          <w:r w:rsidR="000A491B">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> is considered good practice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> The SAT approach provides a</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...66 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0056331A">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="0056331A">
+      <w:r w:rsidRPr="0053228C">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">identifying the competencies required for performing a </w:t>
-[...10 lines deleted...]
-        </w:rPr>
+        <w:t>logical progression for the development of training:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64AAA352" w14:textId="32C4DC87" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006E5985">
+        <w:t>Identification of roles which may affect safety (via the Licensee’s LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5985">
+        <w:t>36 arrangements)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01485EAE" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0055596C" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055596C">
+        <w:t>Identification of competencies required to perform a particular role</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5064DD2D" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0055596C" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055596C">
+        <w:t xml:space="preserve">Analysis of the competence requirements to identify the training objectives, associated training needs, and training </w:t>
+      </w:r>
+      <w:r>
+        <w:t>frequency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055596C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4885E861" w14:textId="4CE12621" w:rsidR="00743D6B" w:rsidRPr="0055596C" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055596C">
+        <w:t>Design of the training programme</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>, for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055596C">
+        <w:t xml:space="preserve"> initial training, role-specific training, training (including refresher training) and assessment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> frequency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055596C">
+        <w:t>, type of training material, programme delivery, assessment methods, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5430BF28" w14:textId="172E87DF" w:rsidR="00743D6B" w:rsidRPr="0055596C" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055596C">
+        <w:lastRenderedPageBreak/>
+        <w:t>Selection of a training delivery method (</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B" w:rsidRPr="0055596C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055596C">
+        <w:t>classroom / on the job / brief / etc.) including assessment of the proposed role holder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D224D47" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0055596C" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055596C">
+        <w:t>Preparation of training material to provide the knowledge and / or skill required so that the training objectives can be achieved, and training needs fulfilled.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FB7E46" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0055596C" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055596C">
+        <w:t xml:space="preserve">Regular reviews of training programmes to determine their effectiveness, efficiency and impact, and to identify if revision or improvement is necessary. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66282968" w14:textId="4F45B3AB" w:rsidR="00743D6B" w:rsidRPr="00C93BA1" w:rsidRDefault="00EF55EC" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">confirming </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="00C93BA1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t xml:space="preserve">training </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="00C93BA1">
+        <w:t>arrangements are adequately integrated into organisational change arrangements (LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="00C93BA1">
+        <w:t xml:space="preserve">36) or any other relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t xml:space="preserve">LC </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="00C93BA1">
+        <w:t>which could change the design or safety case of plant</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00ED7107" w:rsidRPr="0056331A">
-[...3 lines deleted...]
-        <w:t>then</w:t>
+      <w:r w:rsidR="00987F8B">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B" w:rsidRPr="0055596C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="00C93BA1">
+        <w:t>plant modification (LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="00C93BA1">
+        <w:t>22)</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED9C45D" w14:textId="03E9E322" w:rsidR="00ED7107" w:rsidRPr="0056331A" w:rsidRDefault="00D7688E" w:rsidP="002A5981">
-[...53 lines deleted...]
-      <w:r w:rsidR="00B52BBC" w:rsidRPr="0056331A">
+    <w:p w14:paraId="2DC95CCA" w14:textId="53863377" w:rsidR="00743D6B" w:rsidRDefault="00EF55EC" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">checking </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>the licensee’s arrangements identif</w:t>
+      </w:r>
+      <w:r w:rsidR="008229F0">
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t xml:space="preserve"> the means of monitoring any third-party training provider, and how it assures itself that the provider is meeting the licensee’s training requirements.</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="004F21C5">
+        <w:t xml:space="preserve"> The intelligent customer capability </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>deployed</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="004F21C5">
+        <w:t xml:space="preserve"> to manage a third-party training provider should be</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t xml:space="preserve"> delivered </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="004F21C5">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="004F21C5">
+        <w:t xml:space="preserve"> with the licensee’s LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...60 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="004F21C5">
+        <w:t xml:space="preserve">36 arrangements and the expectations in </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00743D6B" w:rsidRPr="00987F8B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Licensee </w:t>
+        </w:r>
+        <w:r w:rsidR="009452AA" w:rsidRPr="00987F8B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Core Safety</w:t>
+        </w:r>
+        <w:r w:rsidR="00743D6B" w:rsidRPr="00987F8B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> and Intelligent Customer Capability</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00743D6B">
+        <w:t>’ guidance</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="0011755C">
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2144112126"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000A491B">
+          <w:r w:rsidR="00743D6B">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="000A491B">
-            <w:instrText xml:space="preserve"> CITATION ONR77 \l 2057 </w:instrText>
+          <w:r w:rsidR="00987F8B">
+            <w:instrText xml:space="preserve">CITATION ONR77 \l 2057 </w:instrText>
           </w:r>
-          <w:r w:rsidR="000A491B">
+          <w:r w:rsidR="00743D6B">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00E72DA9" w:rsidRPr="00E72DA9">
+          <w:r w:rsidR="00206924" w:rsidRPr="00206924">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:t>[4]</w:t>
+            <w:t>[6]</w:t>
           </w:r>
-          <w:r w:rsidR="000A491B">
+          <w:r w:rsidR="00743D6B">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="004F21C5">
+      <w:r w:rsidR="00743D6B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2ECF2D" w14:textId="6699E942" w:rsidR="008E11DB" w:rsidRPr="008E11DB" w:rsidRDefault="00053BA7" w:rsidP="008E11DB">
+    <w:p w14:paraId="20F97B57" w14:textId="207DC298" w:rsidR="00743D6B" w:rsidRDefault="008229F0" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">confirming </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="008E11DB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="008E11DB">
+        <w:t>icensee’s competence management arrangements ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="008E11DB">
+        <w:t xml:space="preserve"> that training is supported by appropriate activities to continually develop and maintain competence</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>, to keep ‘current’</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="008E11DB">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFD76CC" w14:textId="319E553C" w:rsidR="00743D6B" w:rsidRDefault="00CD7867" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">confirming if </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>there is</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="006F5CD3">
+        <w:t xml:space="preserve"> provision for those who have failed training and how this may affect the role they will conduct. For example, if an operator has failed a particular element of training, the dutyholder should take a risk-based approach to allowing the operator to conduct their role (though further consideration should be given to operator suitability for that role if they continually fail training)</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC340CF" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="003C62B5" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-      </w:pPr>
-[...349 lines deleted...]
-      <w:r w:rsidRPr="00D977A3">
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D5733">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Note: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D977A3">
+        <w:t xml:space="preserve">Inspection of a </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:tab/>
-[...73 lines deleted...]
-      <w:r w:rsidRPr="00D977A3">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5733">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Note:</w:t>
-[...260 lines deleted...]
-      <w:r w:rsidRPr="00D977A3">
+        <w:t>icensee’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925990">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Note:</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> implementation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C62B5">
+        <w:t xml:space="preserve"> of their </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">LC 10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C62B5">
+        <w:t>arrangements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925990">
+        <w:t xml:space="preserve"> should provide the inspector with assurance that the training arrangements</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> are being implemented adequately </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE4931">
+        <w:t>to support the development of competent staff who are able to reliably conduct operations which could affect safety</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C62B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk214890204"/>
+      <w:r>
+        <w:t>The inspection sample may include:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="0119C24B" w14:textId="6FBF2654" w:rsidR="000737BB" w:rsidRDefault="000737BB" w:rsidP="00F20A88">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="_Toc121912438"/>
+    <w:p w14:paraId="209A10BB" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="009539ED" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>confirming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> that roles which may affect safety have been identified and there is a role </w:t>
+      </w:r>
+      <w:r>
+        <w:t>profile/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>description in place</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve">Through discussion with </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">relevant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>plant operators, determine whether the role description is representative of the duties to be undertaken.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51808D01" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>confirming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> that the training programme has been produced through application of SAT or a suitable alternative. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED4CC85" w14:textId="77777777" w:rsidR="00E30C05" w:rsidRDefault="00E30C05" w:rsidP="00057F8F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:hanging="425"/>
+        <w:sectPr w:rsidR="00E30C05" w:rsidSect="00E30C05">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BAE4C9C" w14:textId="14BFCFA6" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00057F8F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>etermin</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> whether suitable competence analysis has been conducted of the role to identify the competence requirements to deliver that role reliably</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">licensee </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>analysis should identify knowledge (</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B" w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>safety case, mechanical, physics), skill (</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> glovebox working, craft skill), and behavioural / attitude requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> associated with all permitted operating modes.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> Cognitive requirements should also be identified if demanded by the task (</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F8B" w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve">decision making, information processing, spatial reasoning). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BDD010" w14:textId="507386AB" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:hanging="501"/>
+      </w:pPr>
+      <w:r>
+        <w:t>confirming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> that a suitable training needs analysis of that role has been conducted </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> identif</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> the training that is required to meet the role competence requirements. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D6AE5">
+        <w:t xml:space="preserve">his should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>include consideration of all permitted operating modes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>fault and accident conditions. The analysis of roles, competencies and training needs should take due account of relevant information sources</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05">
+        <w:t>, for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> safety case analyses, operating experience, event reports, investigations, information on changes to plant/facility/organisation and operational intelligence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E3FC63" w14:textId="082ADBB0" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:ind w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>Check</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7C9D">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> that there is a training programme in place for that role</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD62C7">
+        <w:t>, which</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59561E22" w14:textId="4E7E789F" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList2"/>
+        <w:ind w:left="1980" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>determin</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD62C7">
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> whether the training programme is suitable to train the competencies identified and is appropriate to cover the full range of safety related knowledge, skills and attitudes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D060A5">
+        <w:t xml:space="preserve"> required</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CED2B8" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList2"/>
+        <w:ind w:left="1980" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Identifies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> appropriate learning objectives to support the development of each competence identified, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3476CAEA" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList2"/>
+        <w:ind w:left="1980" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve">Identifies, through the training needs analysis, initial and refresher training to ensure competence is maintained, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C534654" w14:textId="5B2803FB" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList2"/>
+        <w:ind w:left="1980" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>Identifies (and justifies) the method of training delivery (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> classroom / on the job) and documents the plans and written procedures to ensure a consistent approach and quality in training delivery. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31BDDDC2" w14:textId="285A1D29" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList2"/>
+        <w:ind w:left="1980" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve">Contains appropriate training material, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05" w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>course notes, handouts, study guide</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>, relevant to the training objectives and would support meeting the training objectives and the development of competence.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF11BC3" w14:textId="15A1DE66" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList2"/>
+        <w:ind w:left="1980" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve">Identifies appropriate </w:t>
+      </w:r>
+      <w:r>
+        <w:t>frequency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> and methods to assess competence (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05" w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>classroom test, on-the-job assessment) as part of the training programme. The competence assessment should be challenging and reflective of the significance of the role.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5481E102" w14:textId="77777777" w:rsidR="00E30C05" w:rsidRDefault="00E30C05" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList2"/>
+        <w:ind w:left="1980" w:hanging="720"/>
+        <w:sectPr w:rsidR="00E30C05" w:rsidSect="00E30C05">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BC30233" w14:textId="53912064" w:rsidR="00743D6B" w:rsidRPr="009539ED" w:rsidRDefault="00A94842" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList2"/>
+        <w:ind w:left="1980" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Provides for r</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="009539ED">
+        <w:t xml:space="preserve">egular reviews of the training programme being conducted and that findings from the evaluation of the training programme are being used by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00743D6B" w:rsidRPr="009539ED">
+        <w:t>icensee to identify if the programme is working to develop competent staff and identify improvements in the training programme or plant/facility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133829C2" w14:textId="3E7A3912" w:rsidR="00743D6B" w:rsidRPr="00223B6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>Check</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that there is an appropriate mechanism for managing those</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> who fail </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>training</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05" w:rsidRPr="0056331A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>restrict</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ion of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> duties</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve">. If </w:t>
+      </w:r>
+      <w:r>
+        <w:t>repeated failures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is there</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> a process in place to determine the operators suitability for that role</w:t>
+      </w:r>
+      <w:r>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA6B909" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="00C87330" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc120622215"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc120622216"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc120622217"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc120622218"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc120622219"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc120622220"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc120622221"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="19"/>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t xml:space="preserve">The following points are prefaced by the element of SAT they relate to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00585969">
+        <w:t xml:space="preserve">including; analysis, design, development, implementation, and evaluation </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(ADDIE) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00585969">
+        <w:t>of training programmes for roles which may affect safety</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5AFDB8D4" w14:textId="77777777" w:rsidR="00E20794" w:rsidRPr="009539ED" w:rsidRDefault="00E20794" w:rsidP="000A491B">
+    <w:p w14:paraId="53158C00" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="NumList1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:ind w:left="1276"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D977A3">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1985"/>
+        </w:tabs>
+        <w:ind w:left="1985" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C343A">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Note:</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nalysis – check that the licensee can provide a clear rationale for the adequacy of the training requirements in relation to particular roles and activities. Sample the underpinning analyses to gain confidence in their rigour and completeness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA8AE0B" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="009539ED" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1985"/>
+        </w:tabs>
+        <w:ind w:left="1985" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C343A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">esign – that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009534FE">
+        <w:t xml:space="preserve">consideration </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">has been given </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009534FE">
+        <w:t xml:space="preserve">to the most effective means of meeting competence requirements and should consider </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the most suitable ways of delivering the training objectives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E29D83A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1985"/>
+        </w:tabs>
+        <w:ind w:left="1985" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C343A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:t>evelopment – c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>heck that instructors have relevant experience on the topic they are teaching and are suitably qualified and experienced to deliver training</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Sample a number of risk important activities and check that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve">key safety knowledge is included in the related training. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56590934" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="NumList1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1985"/>
+        </w:tabs>
+        <w:ind w:left="1985" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C343A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t>mplementation –</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C2EB87" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="F11-Bullet2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="2552" w:hanging="567"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Check supervisors and manages  can </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve">readily identify the training requirements for particular roles and activities, and, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40D27980" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="F11-Bullet2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="2552" w:hanging="567"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Supervisors and managers can </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056331A">
+        <w:t xml:space="preserve">swiftly and easily confirm that individuals are competent (and “in-date” of training) to deliver that role and activity. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658C0D12" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="0056331A" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="F11-Bullet2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="2552" w:hanging="567"/>
+      </w:pPr>
+      <w:r>
+        <w:t>checking that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> operators </w:t>
+      </w:r>
+      <w:r>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> explain their understanding of the role and key safety knowledge. The inspector should consider walking down the plant with the operator</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for a demonstration of application of training knowledge and skills.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DE691E" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96AB2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">valuation – when evaluating the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2D1F">
+        <w:t xml:space="preserve">training effectiveness </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the dutyholder can utilise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2D1F">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2D1F">
+        <w:t xml:space="preserve"> intelligence gathering exercise, to provide confidence that training has been specified properly, and that it is comprehensive, effective and up to date</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2D1F">
+        <w:t xml:space="preserve"> draw</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2D1F">
+        <w:t xml:space="preserve"> on a range of sources</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17738E39" w14:textId="78EE8AF8" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="F11-Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="2552" w:hanging="572"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Inspectors could sit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> in on a session of training (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05">
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30C05" w:rsidRPr="0056331A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the Licensee’s needs for development and/or delivery.</w:t>
+      <w:r w:rsidRPr="009539ED">
+        <w:t>classroom / on-the-job / etc.) and mak</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009539ED">
+        <w:t xml:space="preserve"> a judgement on the overall effectiveness of the content</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1BE1">
+        <w:t>etermi</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1BE1">
+        <w:t xml:space="preserve"> whether the training function is appropriately resourced to deliver the training programme and its objectives.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230A0B10" w14:textId="77777777" w:rsidR="00E20794" w:rsidRPr="009539ED" w:rsidRDefault="00E20794" w:rsidP="000A491B">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Check that the arrangements enable tracking of the delivery of training, enable operators to undertake training, and identify when training has expired (in order to support refresher training). </w:t>
+    <w:p w14:paraId="4723F0E1" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="F11-Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="2552" w:hanging="572"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Check whether programmes are developed and implemented in a timely way, and if there are any backlogs in relation to training delivery.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34177BBC" w14:textId="1F6EC2D4" w:rsidR="00B70321" w:rsidRDefault="00934A7D" w:rsidP="000A491B">
-[...29 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="726961A2" w14:textId="77777777" w:rsidR="001F7002" w:rsidRDefault="001F7002" w:rsidP="001F7002">
+      <w:pPr>
+        <w:pStyle w:val="F11-Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:left="2552"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="438C2FAB" w14:textId="77B82B2B" w:rsidR="00B70321" w:rsidRDefault="00B70321" w:rsidP="00B70321">
+    <w:p w14:paraId="48DCCF37" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="008631D5" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:sectPr w:rsidR="00743D6B" w:rsidRPr="008631D5" w:rsidSect="00E30C05">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21D221CC" w14:textId="77777777" w:rsidR="00B70321" w:rsidRDefault="00B70321">
-[...1 lines deleted...]
-        <w:pStyle w:val="Bulletlist1"/>
+    <w:p w14:paraId="5A0644E6" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="00E72DA9" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc215493737"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc220240570"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Similarities with other purposes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2525"/>
+        <w:gridCol w:w="4056"/>
+        <w:gridCol w:w="11177"/>
+        <w:gridCol w:w="3173"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E30C05" w:rsidRPr="00E30C05" w14:paraId="294ECBD0" w14:textId="77777777" w:rsidTr="00E30C05">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="603" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8E162E" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="00E30C05" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E30C05">
+              <w:t>Purpose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="969" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF5A866" w14:textId="09CD9CD0" w:rsidR="00743D6B" w:rsidRPr="00E30C05" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E30C05">
+              <w:t>Legislation / Guidance similar to LC</w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30C05">
+              <w:t>10 - Training</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="014A01B0" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="00E30C05" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E30C05">
+              <w:t>Aspect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2F6BFF" w14:textId="12F60E61" w:rsidR="00743D6B" w:rsidRPr="00E30C05" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E30C05">
+              <w:t xml:space="preserve">Relevant </w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t>TIG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00743D6B" w14:paraId="7DCA6121" w14:textId="77777777" w:rsidTr="00E30C05">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="603" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EEDB60D" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Safeguards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="969" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F92FAB8" w14:textId="03447517" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008006CE">
+              <w:t>Nuclear Material Accountancy,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008006CE">
+              <w:t>Control and Safeguards Assessment</w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008006CE">
+              <w:t>Principles (ONMACS)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-38217667"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00E30C05">
+                  <w:instrText xml:space="preserve">CITATION ONR232 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[7]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A93192" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Fundamental Safeguards Expectations (FSE) 3 - Competency Management </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49DF87E1" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F2A9C">
+              <w:t>Operators should implement and maintain effective arrangements to</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F2A9C">
+              <w:t>manage the competence of those with assigned NMACS roles and</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F2A9C">
+              <w:t>responsibilities</w:t>
+            </w:r>
+            <w:r>
+              <w:t>’.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F6C946A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00460E80">
+              <w:t>Material Accountancy and Control Expectations (MACEs)</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FB8B50D" w14:textId="77777777" w:rsidR="00E30C05" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="463"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E30C05">
+              <w:t>MACE 3.1 - Analysis of NMACS roles and associated competencies.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74EF2D27" w14:textId="77777777" w:rsidR="00E30C05" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="463"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00996AF4">
+              <w:t>MACE 3.2 - Identification of learning objectives and training needs</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="399D4BAF" w14:textId="77777777" w:rsidR="00E30C05" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="463"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007A17C9">
+              <w:t>MACE 3.3 - Measurement of competenc</w:t>
+            </w:r>
+            <w:r>
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6503FC61" w14:textId="32211131" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="463"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00317C7E">
+              <w:t>MACE 3.4 - Organisation of and support to the training function</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F5FD16" w14:textId="218AFD80" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Safeguards </w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:t>SG-INSP-001</w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t>)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="845673141"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00E30C05">
+                  <w:instrText xml:space="preserve">CITATION ONR42 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[8]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="4BFB2BC1" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00743D6B" w14:paraId="4DA4707F" w14:textId="77777777" w:rsidTr="00E30C05">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="603" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="57FD1CE8" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Security</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="969" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="244ADC1B" w14:textId="14B87D73" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B4DF7">
+              <w:t>Security Assessment Principles for the Civil Nuclear Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (SyAPs)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1932039550"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00E30C05">
+                  <w:instrText xml:space="preserve">CITATION ONR35 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[9]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EAB9E5" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fundamental Security Principle (FSyP) 3 – Management of Human Performance</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55EA67F9" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>‘Dutyholders must implement and maintain effective arrangements to ensure the human contribution to delivery of security is understood and appropriately designed (to include tasks, competence staffing, workspace, equipment and administrative control), implemented and resourced.’</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA396DF" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001E2998">
+              <w:t>Security Delivery Principle</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E2998">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001E2998">
+              <w:t>SyDP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001E2998">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17481F08" w14:textId="77777777" w:rsidR="00E30C05" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="463"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E30C05">
+              <w:t>SyDP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E30C05">
+              <w:t xml:space="preserve"> 3.1 – Identification and Analysis of Security Tasks and Roles</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02F89141" w14:textId="677F3CB0" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="463"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E6D73">
+              <w:t>SyDP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E6D73">
+              <w:t xml:space="preserve"> 3.2 - Sufficiency and Competence of Persons Delivering Security</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E91A58" w14:textId="6EFC466B" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Nuclear Security Inspections </w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:t>CNS-INSP-GD-001</w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t>)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1321034691"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00E30C05">
+                  <w:instrText xml:space="preserve">CITATION ONR43 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[10]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00743D6B" w14:paraId="7826029D" w14:textId="77777777" w:rsidTr="00E30C05">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="603" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="387C9067" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Transport</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="969" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBC9836" w14:textId="2C4CE259" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Ionising Radiation Regulations 2017 (IRR17)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="649800316"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00E30C05">
+                  <w:instrText xml:space="preserve">CITATION GOV \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[11]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="67280C75" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002D00C4">
+              <w:t>Agreement concerning the International Carriage of Dangerous Goods by Road (ADR) (for road) and the Regulations concerning the International Carriage of Dangerous Goods by Rail (RID) (for rail)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (ADR/RID)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0672D13B" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="008630D1" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008630D1">
+              <w:t>IRR17 Regulation 15 – requirements for training</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DD1670C" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="008630D1" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008630D1">
+              <w:t>ADR/ RID §1.3.1 requires persons whose duties concern the carriage of dangerous goods, shall be trained in the requirements governing the carriage of such goods appropriate to their responsibilities and duties.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="656B346A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="008630D1" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008630D1">
+              <w:t>ADR/ RID §1.3.2 identifies the nature of training required.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CC6A67D" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="008630D1" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008630D1">
+              <w:t>ADR/ RID § 1.3.3 requires records of training received shall be kept by the employer and made available to the employee or competent authority, upon request.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BEDFD66" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008630D1">
+              <w:t>ADR/ RID § 1.7.2.5 requires workers to be appropriately trained in radiation protection (including the protection of others that may be affected by their actions).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="372095F7" w14:textId="1CA02BA5" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00423CA8">
+              <w:t>Compliance Inspection of Transport Arrangements</w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>NS-INSP-GD-069</w:t>
+            </w:r>
+            <w:r w:rsidR="00E30C05">
+              <w:t>)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1204209514"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00E30C05">
+                  <w:instrText xml:space="preserve">CITATION ONR39 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[12]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00743D6B" w14:paraId="6C135099" w14:textId="77777777" w:rsidTr="00E30C05">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="603" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="653F31BA" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Nuclear Site Health and Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="969" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="44638D9A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Health and Safety at Work etc Act 1974 (HSWA)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A3C2F67" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Most RSPs of HSWA also relate specifically to training some examples are identified here.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F34FD2" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080532A">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>HSWA § 2 General duties of employers to their employees</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (2) Without prejudice to the generality of an employer’s duty under the preceding subsection, the matters to which that duty extends include in particular—</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E49F71D" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(c)the provision of such information, instruction, training, and supervision as is necessary to ensure, so far as is reasonably practicable, the health and safety at work of his employees;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569A0CD8" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="009F2DEA" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F2DEA">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>CDM15 §8 General duties</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EEB973A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(1) A designer (including a principal designer) or contractor (including a principal contractor) appointed to work on a project must have the skills, knowledge and experience, and, if they are an organisation, the organisational capability, necessary to fulfil the role that they are appointed to undertake, in a manner that secures the health and safety of any person affected by the project.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F158753" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(2) A designer or contractor must not accept an appointment to a project unless they fulfil the conditions in paragraph (1).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57F573B6" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(3) A person who is responsible for appointing a designer or contractor to carry out work on a project must take reasonable steps to satisfy themselves that the designer or contractor fulfils the conditions in paragraph (1).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E64F0EB" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Regulatory Reform (Fire Safety) Order 2005 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B75E2F">
+              <w:t>§</w:t>
+            </w:r>
+            <w:r>
+              <w:t>13 Fire</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00943B91">
+              <w:t xml:space="preserve">fighting and fire detection </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="017B657B" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(3) The responsible person must, where necessary—</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75F0C7C4" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(b) nominate competent persons to implement those measures and ensure that the number of such persons, their training, and the equipment available to them are adequate, taking into account the size of, and the specific hazards involved in, the premises concerned; and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="312CB13A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(4) A person is to be regarded as competent for the purposes of paragraph (3)(b) where he has sufficient training and experience or knowledge and other qualities to enable him properly to implement the measures referred to in that paragraph.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A97C93A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C0F70AA" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07620540" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56701368" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24A56E99" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7990BA0C" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="403E4FBA" w14:textId="5F12E253" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Construction (Design and Management) Regulations (NS-INSP-GD-074</w:t>
+            </w:r>
+            <w:r w:rsidR="00206924">
+              <w:t>)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-616748132"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00206924">
+                  <w:instrText xml:space="preserve">CITATION ONR40 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[13]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="318565AB" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="659A1574" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6335F627" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28312F67" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01F45837" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15E8E8A3" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2331609A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3853C4F2" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00B738F5" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1010B598" w14:textId="6B11A17B" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">The regulation of Life Fire Safety on Nuclear Licensed Sites </w:t>
+            </w:r>
+            <w:r w:rsidR="00206924">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:t>NS-INSP-GD-073</w:t>
+            </w:r>
+            <w:r w:rsidR="00206924">
+              <w:t>)</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="80339015"/>
+                <w:citation/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00206924">
+                  <w:instrText xml:space="preserve">CITATION ONR41 \l 2057 </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>[14]</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="25B0DAC6" w14:textId="77777777" w:rsidR="00821337" w:rsidRDefault="00821337" w:rsidP="00FA33FE">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00821337" w:rsidSect="00E30C05">
+          <w:headerReference w:type="even" r:id="rId27"/>
+          <w:headerReference w:type="default" r:id="rId28"/>
+          <w:footerReference w:type="even" r:id="rId29"/>
+          <w:pgSz w:w="23811" w:h="16838" w:orient="landscape" w:code="8"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00D02631" w14:textId="77777777" w:rsidR="004D6AE5" w:rsidRDefault="004D6AE5">
-[...1008 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:id="21" w:name="_Toc220240571" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="-652758001"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Bibliographies"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
+        <w:p w14:paraId="5F37DAE5" w14:textId="77777777" w:rsidR="002042C2" w:rsidRDefault="002042C2" w:rsidP="002042C2">
+          <w:pPr>
+            <w:pStyle w:val="Heading1"/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="0"/>
+            </w:numPr>
+            <w:ind w:left="851" w:hanging="851"/>
+          </w:pPr>
+          <w:r>
+            <w:t>References</w:t>
+          </w:r>
+          <w:bookmarkEnd w:id="21"/>
+        </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:rPr>
-[...7 lines deleted...]
-            </w:docPartObj>
+            <w:id w:val="-573587230"/>
+            <w:bibliography/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="20261B72" w14:textId="5185A424" w:rsidR="00E72DA9" w:rsidRDefault="00E72DA9" w:rsidP="00D977A3">
+            <w:p w14:paraId="610B7342" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="002042C2" w:rsidP="001F7002">
               <w:pPr>
-                <w:pStyle w:val="Heading1"/>
-[...3 lines deleted...]
-                </w:numPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                  <w:noProof/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                </w:rPr>
               </w:pPr>
               <w:r>
-                <w:t>References</w:t>
+                <w:fldChar w:fldCharType="begin"/>
               </w:r>
-              <w:bookmarkEnd w:id="44"/>
+              <w:r>
+                <w:instrText xml:space="preserve"> BIBLIOGRAPHY </w:instrText>
+              </w:r>
+              <w:r>
+                <w:fldChar w:fldCharType="separate"/>
+              </w:r>
             </w:p>
-            <w:sdt>
-[...294 lines deleted...]
-            </w:sdt>
+            <w:tbl>
+              <w:tblPr>
+                <w:tblW w:w="5000" w:type="pct"/>
+                <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                <w:tblCellMar>
+                  <w:top w:w="15" w:type="dxa"/>
+                  <w:left w:w="15" w:type="dxa"/>
+                  <w:bottom w:w="15" w:type="dxa"/>
+                  <w:right w:w="15" w:type="dxa"/>
+                </w:tblCellMar>
+                <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+              </w:tblPr>
+              <w:tblGrid>
+                <w:gridCol w:w="476"/>
+                <w:gridCol w:w="8550"/>
+              </w:tblGrid>
+              <w:tr w:rsidR="00206924" w14:paraId="3A2B8A9D" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="429DE0DA" w14:textId="5B9E4009" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[1] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3DC7EF13" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-TAST-GD-027 - Training and Assuring Personnel Competence,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="737DA57D" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3371734A" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[2] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2260B7F3" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-RD-POL-002 - Risk-Informed and Targeted Engagements (RITE) Policy,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="5AB841D7" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="36429FCD" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[3] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="34F94AD3" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>IAEA, “Technical Report Series 380 - Nuclear Power Plant Personnel Training and its Evaluation: A Guidebook,” 1996. [Online]. Available: https://www-pub.iaea.org/MTCD/Publications/PDF/trs380_web.pdf.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="63405D59" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="69C2AFFE" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[4] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="6CE689C6" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-INSP-GD-012 - LC 12 Duly authorised and other suitably qualified and experienced person,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="7D6BB59F" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="374A193E" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[5] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="30B7274E" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR-INSP-GD-064 - General Inspection Guide,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="72B3CEB1" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2823903F" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[6] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="7761818C" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-TAST-GD-049 - Licensee Core Safety and Intelligent Customer Capability,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="29F97E4C" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="770D5FCC" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[7] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="57210CEB" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “ONR Nuclear Material Accountancy Control &amp; Safeguards (ONMACS),” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="00D7FBE4" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="636EE4CD" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[8] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="304C7958" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “SG-INSP-001 - Safeguards,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="5173C146" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="78E701E9" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[9] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="51414EAA" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “Security Assessment Principles for the Civil Nuclear Industry (SyAPs),” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="513D13A9" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="60CA7B63" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[10] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="52EC6074" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “CNS-INSP-GD-001 - Nuclear Security Inspection,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="10051900" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2F282C36" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[11] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="3334EA16" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>HM Government, “The Ionising Radiation Regulations 2017,” 2017.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="70EE629C" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2E9CC1A9" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[12] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="4EBE2DC3" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-INSP-GD-069 - Compliance Inspection of Transport Arrangements,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="28503D56" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="0449F389" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[13] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="241081CC" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-INSP-GD-074 - Construction (Design and Management) Regulations,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00206924" w14:paraId="5DD0F0EA" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="1784222796"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="294DD7FF" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[14] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="2A641D9E" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924" w:rsidP="00206924">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>ONR, “NS-INSP-GD-073 - The regulation of Life Fire Safety on Nuclear Licensed Sites,” [Online]. Available: Internally via HOW2 Hub and externally via the ONR website.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+            </w:tbl>
+            <w:p w14:paraId="33B73BE4" w14:textId="77777777" w:rsidR="00206924" w:rsidRDefault="00206924">
+              <w:pPr>
+                <w:divId w:val="1784222796"/>
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman"/>
+                  <w:noProof/>
+                </w:rPr>
+              </w:pPr>
+            </w:p>
+            <w:p w14:paraId="03973FCE" w14:textId="1A59DF9F" w:rsidR="00930E37" w:rsidRDefault="002042C2" w:rsidP="001F7002">
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:fldChar w:fldCharType="end"/>
+              </w:r>
+            </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="5A5193B3" w14:textId="77777777" w:rsidR="00140E1C" w:rsidRDefault="00140E1C" w:rsidP="006574D1">
+    <w:p w14:paraId="6DB6E9BC" w14:textId="77777777" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="00930E37">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:sectPr w:rsidR="00140E1C" w:rsidSect="00B82646">
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:sectPr w:rsidR="00084ABE" w:rsidSect="00E30C05">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B038B42" w14:textId="139DD11D" w:rsidR="00B82646" w:rsidRDefault="009E0E52" w:rsidP="00FA33FE">
+    <w:p w14:paraId="07D791C5" w14:textId="77777777" w:rsidR="00930E37" w:rsidRPr="00595C8C" w:rsidRDefault="00930E37" w:rsidP="00930E37">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc121912443"/>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc220240572"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Appendix A – </w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="45"/>
+        <w:t>Document control information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="091936EC" w14:textId="0172759E" w:rsidR="00D976BE" w:rsidRDefault="00D976BE" w:rsidP="006574D1">
-[...11 lines deleted...]
-      <w:r w:rsidR="00E72DA9">
+    <w:p w14:paraId="270ADA70" w14:textId="77777777" w:rsidR="003C7357" w:rsidRPr="003C7357" w:rsidRDefault="003C7357" w:rsidP="003C7357">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C7357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Authored by: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206924">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuclear Safety Inspector</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">(ref. </w:t>
+    </w:p>
+    <w:p w14:paraId="666AB2BB" w14:textId="77777777" w:rsidR="003C7357" w:rsidRPr="003C7357" w:rsidRDefault="003C7357" w:rsidP="003C7357">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C7357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Approved by: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206924">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Head of Profession – Operational Inspection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D33D1E" w14:textId="3B710786" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Issue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="201367706"/>
-          <w:citation/>
+          <w:rPr>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Issue No."/>
+          <w:tag w:val=""/>
+          <w:id w:val="-894428327"/>
+          <w:placeholder>
+            <w:docPart w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
+          </w:placeholder>
+          <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+          <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008F1BAE">
-[...8 lines deleted...]
-          <w:r w:rsidR="00E72DA9" w:rsidRPr="00E72DA9">
+          <w:r w:rsidR="00AF3C77">
             <w:rPr>
-              <w:noProof/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>[5]</w:t>
-[...2 lines deleted...]
-            <w:fldChar w:fldCharType="end"/>
+            <w:t>4.1</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="008F1BAE">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2AC2F065" w14:textId="2A5A1472" w:rsidR="00D976BE" w:rsidRDefault="00D976BE" w:rsidP="00D976BE">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> listed below:</w:t>
+    <w:p w14:paraId="12DC54B5" w14:textId="4894C3F0" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Published</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3C77">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>January</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5A46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CDAA50" w14:textId="64E9BD4B" w:rsidR="00D976BE" w:rsidRDefault="00D976BE" w:rsidP="00D977A3">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> perspective. It is in alignment with some of the Key Elements of this TIG concerning the task-analysis of roles. </w:t>
+    <w:p w14:paraId="29AA6F0F" w14:textId="6D74A278" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Next </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scheduled review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5A46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>January</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5A46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2029</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3049DD64" w14:textId="6A60BDED" w:rsidR="00D976BE" w:rsidRDefault="00D976BE" w:rsidP="00D977A3">
-[...39 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="0A735AFC" w14:textId="7092B726" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Doc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ument reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00206924">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NS-INSP-GD-010</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693E6743" w14:textId="13A30DCF" w:rsidR="00D976BE" w:rsidRDefault="00D976BE" w:rsidP="00D977A3">
-[...7 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0676226F" w14:textId="05F5F5F5" w:rsidR="00930E37" w:rsidRPr="00196ADB" w:rsidRDefault="00930E37" w:rsidP="00206924">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00206924">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Record reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206924">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:tooltip="ONRHH-822789359-20405" w:history="1">
+        <w:r w:rsidR="00206924" w:rsidRPr="00206924">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ONRHH-822789359-20405</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="666FEC08" w14:textId="17216087" w:rsidR="00D976BE" w:rsidRDefault="00D976BE" w:rsidP="00D977A3">
-[...6 lines deleted...]
-        <w:t>MACE 3.4 – This section of ONMACS concerns organisational support of the training function. For roles which impact both safety and safeguards, the same training function is likely relevant to both purposes. Elements of this function that might impact both safety and safeguards include:</w:t>
+    <w:p w14:paraId="7D13A83B" w14:textId="77777777" w:rsidR="00930E37" w:rsidRDefault="00930E37" w:rsidP="00930E37"/>
+    <w:p w14:paraId="7629CA34" w14:textId="77777777" w:rsidR="00930E37" w:rsidRDefault="00930E37" w:rsidP="00930E37">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r>
+        <w:t>Revision commentary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EBEED9C" w14:textId="77777777" w:rsidR="00D976BE" w:rsidRDefault="00D976BE" w:rsidP="002A5981">
-[...7 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="10" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1550"/>
+        <w:gridCol w:w="7466"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00930E37" w:rsidRPr="00B23A5E" w14:paraId="1216A18F" w14:textId="77777777" w:rsidTr="00AF3C77">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3F26F3" w14:textId="77777777" w:rsidR="00930E37" w:rsidRPr="00B23A5E" w:rsidRDefault="00930E37" w:rsidP="00CF24A9">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC60E12" w14:textId="77777777" w:rsidR="00930E37" w:rsidRPr="00B23A5E" w:rsidRDefault="00930E37" w:rsidP="00CF24A9">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>pdate(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3C77" w14:paraId="176DEC77" w14:textId="77777777" w:rsidTr="00AF3C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2C62D1" w14:textId="77777777" w:rsidR="00AF3C77" w:rsidRDefault="00AF3C77" w:rsidP="005238F5">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD7E4B7" w14:textId="77777777" w:rsidR="00AF3C77" w:rsidRDefault="00AF3C77" w:rsidP="005238F5">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Revision of content to align with NS-TAST-GD-027 revision and update to new TIG format.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3C77" w14:paraId="770A132E" w14:textId="77777777" w:rsidTr="00AF3C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F155C9B" w14:textId="77777777" w:rsidR="00AF3C77" w:rsidRDefault="00AF3C77" w:rsidP="005238F5">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="218E9C2C" w14:textId="77777777" w:rsidR="00AF3C77" w:rsidRDefault="00AF3C77" w:rsidP="005238F5">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F53A0">
+              <w:t xml:space="preserve">Minor update - </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Format</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F53A0">
+              <w:t xml:space="preserve"> simplified and duplication removed, no change to outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F53A0">
+              <w:t>intent</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> or alignment with NS-TAST-GD-027, added a table related to similar guidance across ONR’s purposes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F53A0">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5AB38FA4" w14:textId="77777777" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="002042C2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DAE596F" w14:textId="77777777" w:rsidR="00D976BE" w:rsidRDefault="00D976BE" w:rsidP="002A5981">
-[...6 lines deleted...]
-        <w:t>Commitment in policy to maintaining required competence levels</w:t>
+    <w:p w14:paraId="17669631" w14:textId="5BB8C6E8" w:rsidR="00930E37" w:rsidRPr="002042C2" w:rsidRDefault="00084ABE" w:rsidP="002042C2">
+      <w:r w:rsidRPr="00084ABE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Template reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084ABE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ONR-DOC-TEMP-003</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A9B033" w14:textId="77777777" w:rsidR="00D976BE" w:rsidRDefault="00D976BE" w:rsidP="002A5981">
-[...73 lines deleted...]
-    <w:sectPr w:rsidR="00D976BE" w:rsidSect="00B82646">
+    <w:sectPr w:rsidR="00930E37" w:rsidRPr="002042C2" w:rsidSect="00E30C05">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0074">
       <wne:acd wne:acdName="acd1"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0075">
       <wne:acd wne:acdName="acd2"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0076">
       <wne:acd wne:acdName="acd3"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0077">
       <wne:acd wne:acdName="acd4"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0078">
       <wne:acd wne:acdName="acd8"/>
     </wne:keymap>
@@ -6410,1570 +4695,2343 @@
       <wne:acdEntry wne:acdName="acd1"/>
       <wne:acdEntry wne:acdName="acd2"/>
       <wne:acdEntry wne:acdName="acd3"/>
       <wne:acdEntry wne:acdName="acd4"/>
       <wne:acdEntry wne:acdName="acd5"/>
       <wne:acdEntry wne:acdName="acd6"/>
       <wne:acdEntry wne:acdName="acd7"/>
       <wne:acdEntry wne:acdName="acd8"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAxAA==" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAyAA==" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAEwAaQBzAHQAIAAzAA==" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBGADkAIAAtACAAIwAgAFAAYQByAGEAZwByAGEAcABoAA==" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DAEF53B" w14:textId="77777777" w:rsidR="00020893" w:rsidRDefault="00020893" w:rsidP="007D199A">
+    <w:p w14:paraId="2E40723D" w14:textId="77777777" w:rsidR="00956BF8" w:rsidRDefault="00956BF8" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C02AE4E" w14:textId="77777777" w:rsidR="00020893" w:rsidRDefault="00020893"/>
+    <w:p w14:paraId="796B5929" w14:textId="77777777" w:rsidR="00956BF8" w:rsidRDefault="00956BF8"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D3647A1" w14:textId="77777777" w:rsidR="00020893" w:rsidRDefault="00020893" w:rsidP="007D199A">
+    <w:p w14:paraId="447B4E86" w14:textId="77777777" w:rsidR="00956BF8" w:rsidRDefault="00956BF8" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0666CC39" w14:textId="77777777" w:rsidR="00020893" w:rsidRDefault="00020893"/>
+    <w:p w14:paraId="49803B74" w14:textId="77777777" w:rsidR="00956BF8" w:rsidRDefault="00956BF8"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Bold">
-[...13 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="00844A69" w14:textId="77777777" w:rsidR="0009225F" w:rsidRDefault="0009225F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5714E96E" w14:textId="4721194F" w:rsidR="007C3C1D" w:rsidRPr="00C14CB7" w:rsidRDefault="00C14CB7" w:rsidP="00C14CB7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Page | </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5714E96E" w14:textId="380643BA" w:rsidR="007C3C1D" w:rsidRPr="006A525B" w:rsidRDefault="006A525B" w:rsidP="007C3C1D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="037DD047" w14:textId="61416359" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="00084ABE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="006A525B">
-[...3 lines deleted...]
-      <w:t>ONR-DOC-TEMP-</w:t>
+    <w:r>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidR="00821337">
-[...3 lines deleted...]
-      <w:t>003</w:t>
+    <w:r>
+      <w:tab/>
+      <w:t xml:space="preserve">Page | </w:t>
     </w:r>
-    <w:r w:rsidRPr="006A525B">
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> (Issue </w:t>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00821337">
-[...3 lines deleted...]
-      <w:t>3</w:t>
+    <w:r>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidRPr="006A525B">
-[...3 lines deleted...]
-      <w:t>)</w:t>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="30963411" w14:textId="77777777" w:rsidR="0009225F" w:rsidRDefault="0009225F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36970D9A" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="008C50C3" w:rsidRDefault="00743D6B" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...51 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="515DBB12" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D4B5810" w14:textId="77777777" w:rsidR="00020893" w:rsidRPr="005E0344" w:rsidRDefault="00020893" w:rsidP="005E0344">
+    <w:p w14:paraId="681DF43D" w14:textId="77777777" w:rsidR="00956BF8" w:rsidRPr="005E0344" w:rsidRDefault="00956BF8" w:rsidP="005E0344">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77F35C59" w14:textId="77777777" w:rsidR="00020893" w:rsidRPr="005E0344" w:rsidRDefault="00020893" w:rsidP="0090581D">
+    <w:p w14:paraId="23CA6D99" w14:textId="77777777" w:rsidR="00956BF8" w:rsidRPr="005E0344" w:rsidRDefault="00956BF8" w:rsidP="0090581D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2ACC20" w14:textId="77777777" w:rsidR="00020893" w:rsidRDefault="00020893"/>
+    <w:p w14:paraId="27DB4A65" w14:textId="77777777" w:rsidR="00956BF8" w:rsidRDefault="00956BF8"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3B754151" w14:textId="77777777" w:rsidR="00020893" w:rsidRDefault="00020893">
+    <w:p w14:paraId="7EF961D0" w14:textId="77777777" w:rsidR="00956BF8" w:rsidRDefault="00956BF8">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C579420" w14:textId="77777777" w:rsidR="00020893" w:rsidRDefault="00020893"/>
+    <w:p w14:paraId="402A6219" w14:textId="77777777" w:rsidR="00956BF8" w:rsidRDefault="00956BF8"/>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="3C07F4C2" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00743D6B">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Including the r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76091">
+        <w:t xml:space="preserve">elationship to </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ONR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76091">
+        <w:t>Safety Assessment Principles, WENRA Reference Levels, and IAEA Safety Standards and Guides</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="18457964" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00987F8B">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012755A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Competency</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3E23">
+        <w:t>The ability to put skills and knowledge into practice in order to perform a job in an effective and efficient manner to an established standard</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="3C4EACAC" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00987F8B">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012755A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Systematic Approach to Training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3148">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3148">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3148">
+        <w:t>approach that provides a logical progression from the identification of the competencies required to perform a role, to the development and implementation of training programmes to achieve those competencies, and subsequent evaluation of the training</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="314316EE" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00987F8B">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012755A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Role</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A040C">
+        <w:t xml:space="preserve"> broad term encompassing a defined set of duties / tasks / functions / that are required to support an activity or set of activities delivered in the workplace.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="75D37722" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRDefault="00743D6B" w:rsidP="00E30C05">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The licensee can have other approaches to training; advice can be sought from a specialist inspector.</w:t>
+      </w:r>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-  <w:p w14:paraId="2346A3E0" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRDefault="00CE6198" w:rsidP="00091EEA">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77435CE5" w14:textId="77777777" w:rsidR="00084ABE" w:rsidRDefault="00084ABE" w:rsidP="00084ABE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4C8E48EA" w14:textId="77777777" w:rsidR="00743D6B" w:rsidRPr="008C50C3" w:rsidRDefault="00743D6B" w:rsidP="00257288">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4B8CA7FA" w14:textId="3942EA2F" w:rsidR="00743D6B" w:rsidRPr="009E0E52" w:rsidRDefault="00206924" w:rsidP="009E0E52">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="Title"/>
+        <w:tag w:val=""/>
+        <w:id w:val="-296530833"/>
+        <w:placeholder>
+          <w:docPart w:val="71855CAFCD0440C4880AB5CD94A60020"/>
+        </w:placeholder>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00743D6B">
+          <w:t>Licence Condition 10 - Training</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00743D6B">
+      <w:t xml:space="preserve"> | Issue: </w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="Status"/>
+        <w:tag w:val=""/>
+        <w:id w:val="-2047675949"/>
+        <w:placeholder>
+          <w:docPart w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
+        </w:placeholder>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00AF3C77">
+          <w:t>4.1</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="47FFC75F" w14:textId="5608CA40" w:rsidR="00177666" w:rsidRPr="009E0E52" w:rsidRDefault="000F0541" w:rsidP="009E0E52">
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47FFC75F" w14:textId="2CA2FF8A" w:rsidR="00177666" w:rsidRPr="00196ADB" w:rsidRDefault="00206924" w:rsidP="009E0E52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="001F6571">
+        <w:r w:rsidR="009813E5">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
           <w:t>Licence Condition 10 - Training</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="004E3932">
-      <w:t xml:space="preserve"> | Issue No.: </w:t>
+    <w:r w:rsidR="004E3932" w:rsidRPr="00196ADB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> | Issue: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00B7559F">
-          <w:t>4</w:t>
+        <w:r w:rsidR="00AF3C77">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>4.1</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="26AE19F1"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A4B08F86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F04C420E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A412F594"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A3406A2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3B78D91A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="778CC252"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="60004E98"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E8BAEE80"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="740E971C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F53A331A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17542A77"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4C12AB78"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003">
-[...106 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090017">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1117"/>
+        </w:tabs>
+        <w:ind w:left="1117" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
-[...117 lines deleted...]
-    </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...58 lines deleted...]
-      <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1514"/>
+        </w:tabs>
+        <w:ind w:left="1514" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090017">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
-[...88 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0809001B">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003">
-[...155 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...32 lines deleted...]
-        <w:ind w:left="357" w:hanging="357"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
-[...2 lines deleted...]
-        <w:ind w:left="714" w:hanging="357"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-[...70 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6EAA2FBB"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="191A2289"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="36BAF222"/>
+    <w:tmpl w:val="D67E2BD0"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...10 lines deleted...]
-      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
-[...359 lines deleted...]
-      <w:pStyle w:val="Bulletlist1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="07716C" w:themeColor="accent1"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="224C6DB9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAB65E54"/>
+    <w:lvl w:ilvl="0" w:tplc="13AAB4A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28160E86"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE1A55DE"/>
+    <w:lvl w:ilvl="0" w:tplc="173484DA">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="AB926ACC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DA560BF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0809001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="306D14A2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="26E68F70"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading2"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading3"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading4"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BB70C27"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6658CF8E"/>
+    <w:lvl w:ilvl="0" w:tplc="B1301426">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="757" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="07716C" w:themeColor="accent1"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44E83E54"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBB0C0C8"/>
+    <w:lvl w:ilvl="0" w:tplc="51300A06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="F9-Paragraph"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46CE0110"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37144888"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56251AC3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="336C4152"/>
+    <w:lvl w:ilvl="0" w:tplc="3148E282">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1072" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="106470"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65971AA2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C63EE6D6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:shadow w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:effect w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+        <w:specVanish w:val="0"/>
+        <w14:glow w14:rad="0">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:glow>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:reflection w14:blurRad="0" w14:stA="0" w14:stPos="0" w14:endA="0" w14:endPos="0" w14:dist="0" w14:dir="0" w14:fadeDir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none"/>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+        <w14:scene3d>
+          <w14:camera w14:prst="orthographicFront"/>
+          <w14:lightRig w14:rig="threePt" w14:dir="t">
+            <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+          </w14:lightRig>
+        </w14:scene3d>
+        <w14:props3d w14:extrusionH="0" w14:contourW="0" w14:prstMaterial="none"/>
+        <w14:ligatures w14:val="none"/>
+        <w14:numForm w14:val="default"/>
+        <w14:numSpacing w14:val="default"/>
+        <w14:stylisticSets/>
+        <w14:cntxtAlts w14:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C902408"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5EE4A70A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="NumList1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EAA2FBB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36BAF222"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="718A0F99"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="241CA254"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="NumList2"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75F46359"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E284A8C"/>
+    <w:lvl w:ilvl="0" w:tplc="76260F14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bulletlist1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="07716C" w:themeColor="accent1"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AE78E28A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlist2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="6730F432">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BulletList3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -8029,51 +7087,137 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79447535"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC8AD34E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E7F2150"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01B490B0"/>
     <w:lvl w:ilvl="0" w:tplc="17568902">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="F10-Bullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="006D68"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8145,1281 +7289,761 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2065443409">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="823543523">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2085639988">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1262179006">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1002776976">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2131317494">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1578203617">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="995184146">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="348718920">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1368944693">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="816150589">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="12" w16cid:durableId="1085146277">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="13" w16cid:durableId="989944809">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="14" w16cid:durableId="1148547717">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="15" w16cid:durableId="1619264317">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="16" w16cid:durableId="1717772705">
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="17" w16cid:durableId="1421370352">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="18" w16cid:durableId="802893121">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="17">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="19" w16cid:durableId="1666081420">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="874538197">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2057311976">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="689793726">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="48653822">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1603800266">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1864591591">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="832574242">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1391732823">
+    <w:abstractNumId w:val="17"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1884320341">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="970282590">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1761834275">
+    <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="31" w16cid:durableId="1545867128">
+    <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19">
-[...59 lines deleted...]
-  <w:num w:numId="21">
+  <w:num w:numId="32" w16cid:durableId="525674221">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="22">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="33" w16cid:durableId="81608618">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="23">
-[...59 lines deleted...]
-  <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C4196"/>
-    <w:rsid w:val="000013AE"/>
     <w:rsid w:val="00002F03"/>
-    <w:rsid w:val="0000319F"/>
     <w:rsid w:val="00004C16"/>
-    <w:rsid w:val="00006820"/>
     <w:rsid w:val="00011177"/>
-    <w:rsid w:val="00012C95"/>
-    <w:rsid w:val="00013A97"/>
     <w:rsid w:val="00014814"/>
-    <w:rsid w:val="000164FB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0002126F"/>
     <w:rsid w:val="00022033"/>
     <w:rsid w:val="00024522"/>
     <w:rsid w:val="00024B2E"/>
-    <w:rsid w:val="00027848"/>
     <w:rsid w:val="00027F4F"/>
     <w:rsid w:val="00030430"/>
     <w:rsid w:val="0003078E"/>
-    <w:rsid w:val="000315DC"/>
     <w:rsid w:val="00031B89"/>
     <w:rsid w:val="0003693D"/>
     <w:rsid w:val="0004440F"/>
-    <w:rsid w:val="00047BB0"/>
-    <w:rsid w:val="00050196"/>
     <w:rsid w:val="00052C8A"/>
-    <w:rsid w:val="00053BA7"/>
     <w:rsid w:val="000548C8"/>
-    <w:rsid w:val="0006084A"/>
+    <w:rsid w:val="00055850"/>
     <w:rsid w:val="00064A1B"/>
-    <w:rsid w:val="00066F9F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000737BB"/>
     <w:rsid w:val="00075605"/>
     <w:rsid w:val="00075C66"/>
     <w:rsid w:val="000817D4"/>
     <w:rsid w:val="00082879"/>
-    <w:rsid w:val="00083E31"/>
+    <w:rsid w:val="00084ABE"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="0009225F"/>
-    <w:rsid w:val="000954A8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000A009C"/>
     <w:rsid w:val="000A105C"/>
-    <w:rsid w:val="000A491B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000C0F44"/>
     <w:rsid w:val="000C2DDC"/>
-    <w:rsid w:val="000C31C3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000C4854"/>
     <w:rsid w:val="000C5F5A"/>
-    <w:rsid w:val="000C7528"/>
-    <w:rsid w:val="000D2DFC"/>
     <w:rsid w:val="000D2FD4"/>
-    <w:rsid w:val="000E3293"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000F06B0"/>
+    <w:rsid w:val="000D3232"/>
     <w:rsid w:val="000F1B7B"/>
     <w:rsid w:val="000F2ED4"/>
-    <w:rsid w:val="000F65B0"/>
     <w:rsid w:val="001028E8"/>
-    <w:rsid w:val="0011279D"/>
+    <w:rsid w:val="00103043"/>
     <w:rsid w:val="00122FCC"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00126752"/>
     <w:rsid w:val="00130B30"/>
     <w:rsid w:val="00140E1C"/>
-    <w:rsid w:val="00147617"/>
     <w:rsid w:val="00147AE4"/>
-    <w:rsid w:val="00150418"/>
-    <w:rsid w:val="00155B4F"/>
     <w:rsid w:val="001571E5"/>
-    <w:rsid w:val="00157DAE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00176B85"/>
+    <w:rsid w:val="00176DB5"/>
     <w:rsid w:val="00177666"/>
-    <w:rsid w:val="00182054"/>
     <w:rsid w:val="001849CA"/>
     <w:rsid w:val="00185410"/>
-    <w:rsid w:val="00185799"/>
     <w:rsid w:val="00192352"/>
-    <w:rsid w:val="001A1B7F"/>
-    <w:rsid w:val="001A2DBC"/>
+    <w:rsid w:val="00196ADB"/>
+    <w:rsid w:val="00197F35"/>
     <w:rsid w:val="001B4D5A"/>
-    <w:rsid w:val="001B6444"/>
     <w:rsid w:val="001C4D63"/>
     <w:rsid w:val="001D0DE0"/>
-    <w:rsid w:val="001D22CC"/>
     <w:rsid w:val="001D5AFF"/>
     <w:rsid w:val="001D74B4"/>
     <w:rsid w:val="001E03E1"/>
-    <w:rsid w:val="001E28DE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001E7E97"/>
     <w:rsid w:val="001F059F"/>
-    <w:rsid w:val="001F190F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001F6571"/>
+    <w:rsid w:val="001F7002"/>
     <w:rsid w:val="00200811"/>
     <w:rsid w:val="00200CA1"/>
-    <w:rsid w:val="00207CA9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00210E71"/>
+    <w:rsid w:val="002042C2"/>
+    <w:rsid w:val="00206924"/>
     <w:rsid w:val="0021338D"/>
     <w:rsid w:val="00214D43"/>
-    <w:rsid w:val="002165F0"/>
     <w:rsid w:val="00223090"/>
     <w:rsid w:val="002238B4"/>
-    <w:rsid w:val="00223B6B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00230892"/>
     <w:rsid w:val="002319AB"/>
     <w:rsid w:val="002319AC"/>
-    <w:rsid w:val="00233A64"/>
     <w:rsid w:val="00234342"/>
-    <w:rsid w:val="00234CB9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00240023"/>
     <w:rsid w:val="0024040D"/>
-    <w:rsid w:val="002410C3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002425D4"/>
     <w:rsid w:val="00251CD7"/>
-    <w:rsid w:val="00252012"/>
-    <w:rsid w:val="00252848"/>
     <w:rsid w:val="00255FA3"/>
     <w:rsid w:val="00257288"/>
     <w:rsid w:val="00261FB6"/>
     <w:rsid w:val="002629F8"/>
     <w:rsid w:val="00263396"/>
     <w:rsid w:val="002659FA"/>
-    <w:rsid w:val="00265D4C"/>
     <w:rsid w:val="00267815"/>
     <w:rsid w:val="00280DDF"/>
-    <w:rsid w:val="00282BA4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00290BA9"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="00292ADF"/>
-    <w:rsid w:val="002951BD"/>
-    <w:rsid w:val="00297502"/>
+    <w:rsid w:val="00296DBB"/>
     <w:rsid w:val="002A0DEC"/>
-    <w:rsid w:val="002A3429"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002A5981"/>
     <w:rsid w:val="002B1C53"/>
-    <w:rsid w:val="002B2F52"/>
-[...6 lines deleted...]
-    <w:rsid w:val="002D674A"/>
+    <w:rsid w:val="002B6666"/>
     <w:rsid w:val="002E0BE4"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
-    <w:rsid w:val="002E67F9"/>
     <w:rsid w:val="002E6A6A"/>
-    <w:rsid w:val="002E75A1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002F2BC0"/>
     <w:rsid w:val="002F3397"/>
-    <w:rsid w:val="002F461A"/>
     <w:rsid w:val="0030380D"/>
-    <w:rsid w:val="00307B1E"/>
-    <w:rsid w:val="003100D6"/>
     <w:rsid w:val="00312411"/>
-    <w:rsid w:val="00320EC8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00323948"/>
     <w:rsid w:val="00323E71"/>
-    <w:rsid w:val="00324192"/>
     <w:rsid w:val="00326F77"/>
     <w:rsid w:val="003401B0"/>
+    <w:rsid w:val="00345D54"/>
     <w:rsid w:val="00346C8E"/>
-    <w:rsid w:val="00355DDD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00367463"/>
+    <w:rsid w:val="00367B30"/>
     <w:rsid w:val="00367BD5"/>
-    <w:rsid w:val="003709B2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00382021"/>
     <w:rsid w:val="00390327"/>
     <w:rsid w:val="00393B78"/>
-    <w:rsid w:val="00396F33"/>
     <w:rsid w:val="003A01E9"/>
-    <w:rsid w:val="003A7E30"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003B3FA2"/>
+    <w:rsid w:val="003B0C9A"/>
     <w:rsid w:val="003C0306"/>
     <w:rsid w:val="003C114C"/>
     <w:rsid w:val="003C465D"/>
-    <w:rsid w:val="003C5A14"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003D4866"/>
+    <w:rsid w:val="003C7357"/>
+    <w:rsid w:val="003D0718"/>
     <w:rsid w:val="003D495D"/>
-    <w:rsid w:val="003D6A7A"/>
+    <w:rsid w:val="003D5793"/>
     <w:rsid w:val="003E098E"/>
-    <w:rsid w:val="003E0FA0"/>
     <w:rsid w:val="003E2FAE"/>
-    <w:rsid w:val="003E583A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004071D1"/>
+    <w:rsid w:val="003E56EC"/>
     <w:rsid w:val="00407CF7"/>
-    <w:rsid w:val="0041461A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00414BFF"/>
     <w:rsid w:val="00415ED6"/>
     <w:rsid w:val="00417CAF"/>
     <w:rsid w:val="00420A11"/>
     <w:rsid w:val="00422265"/>
-    <w:rsid w:val="00423A84"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00430FA6"/>
     <w:rsid w:val="004373A7"/>
-    <w:rsid w:val="004377E2"/>
     <w:rsid w:val="00437D94"/>
     <w:rsid w:val="0044030C"/>
-    <w:rsid w:val="00450CC5"/>
+    <w:rsid w:val="0044254B"/>
     <w:rsid w:val="004648A4"/>
-    <w:rsid w:val="00466881"/>
     <w:rsid w:val="00471380"/>
-    <w:rsid w:val="00471B32"/>
-[...3 lines deleted...]
-    <w:rsid w:val="004928B1"/>
     <w:rsid w:val="00494F0D"/>
     <w:rsid w:val="00496BFD"/>
-    <w:rsid w:val="004A35DC"/>
-    <w:rsid w:val="004A3D50"/>
     <w:rsid w:val="004A3DF2"/>
-    <w:rsid w:val="004B0287"/>
+    <w:rsid w:val="004B5A46"/>
     <w:rsid w:val="004C361D"/>
     <w:rsid w:val="004C4891"/>
-    <w:rsid w:val="004C5E6F"/>
     <w:rsid w:val="004D2C89"/>
-    <w:rsid w:val="004D6AE5"/>
-    <w:rsid w:val="004D725C"/>
     <w:rsid w:val="004E3932"/>
     <w:rsid w:val="004F1E79"/>
-    <w:rsid w:val="004F21C5"/>
-    <w:rsid w:val="004F43BA"/>
     <w:rsid w:val="004F5F33"/>
-    <w:rsid w:val="004F7059"/>
-    <w:rsid w:val="004F7C9A"/>
     <w:rsid w:val="0050103A"/>
-    <w:rsid w:val="0050236B"/>
-    <w:rsid w:val="0051094B"/>
     <w:rsid w:val="00511B0F"/>
-    <w:rsid w:val="00512A66"/>
-[...9 lines deleted...]
-    <w:rsid w:val="005513BE"/>
     <w:rsid w:val="0055388E"/>
-    <w:rsid w:val="00556BE5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00570E32"/>
     <w:rsid w:val="005754AE"/>
-    <w:rsid w:val="005761CF"/>
     <w:rsid w:val="00577FB5"/>
     <w:rsid w:val="005852D1"/>
     <w:rsid w:val="00587A22"/>
-    <w:rsid w:val="00590E62"/>
-    <w:rsid w:val="00591015"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00595C8C"/>
     <w:rsid w:val="00597747"/>
-    <w:rsid w:val="005A0F01"/>
-    <w:rsid w:val="005A15A7"/>
+    <w:rsid w:val="005A49B8"/>
     <w:rsid w:val="005A4CDD"/>
-    <w:rsid w:val="005A611B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005B5045"/>
     <w:rsid w:val="005B57E4"/>
     <w:rsid w:val="005B5ABD"/>
-    <w:rsid w:val="005C01D3"/>
     <w:rsid w:val="005C140A"/>
-    <w:rsid w:val="005C1DFD"/>
     <w:rsid w:val="005C1E52"/>
     <w:rsid w:val="005C3367"/>
-    <w:rsid w:val="005C5652"/>
     <w:rsid w:val="005C6763"/>
+    <w:rsid w:val="005C72FE"/>
     <w:rsid w:val="005D3164"/>
-    <w:rsid w:val="005D6285"/>
-    <w:rsid w:val="005E0170"/>
     <w:rsid w:val="005E0344"/>
-    <w:rsid w:val="005E2723"/>
-    <w:rsid w:val="005E2DBB"/>
     <w:rsid w:val="005E440B"/>
     <w:rsid w:val="005F2C85"/>
-    <w:rsid w:val="005F354A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00603EBD"/>
     <w:rsid w:val="00605ADB"/>
-    <w:rsid w:val="00605E39"/>
     <w:rsid w:val="00611C9F"/>
     <w:rsid w:val="006248DE"/>
     <w:rsid w:val="00627555"/>
     <w:rsid w:val="006322A0"/>
     <w:rsid w:val="006361FD"/>
-    <w:rsid w:val="00636A46"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006415EE"/>
     <w:rsid w:val="0064226F"/>
     <w:rsid w:val="00642DDB"/>
-    <w:rsid w:val="00643688"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00652FD3"/>
     <w:rsid w:val="00653298"/>
-    <w:rsid w:val="00656D5E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006625FD"/>
     <w:rsid w:val="00663A7C"/>
-    <w:rsid w:val="00667C88"/>
     <w:rsid w:val="00667DF2"/>
     <w:rsid w:val="00670DF1"/>
     <w:rsid w:val="00671345"/>
     <w:rsid w:val="00672A9B"/>
-    <w:rsid w:val="00672CD4"/>
     <w:rsid w:val="00675884"/>
-    <w:rsid w:val="00690480"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0069433B"/>
     <w:rsid w:val="00696EE0"/>
     <w:rsid w:val="00697980"/>
-    <w:rsid w:val="006A05DC"/>
     <w:rsid w:val="006A19EF"/>
-    <w:rsid w:val="006A374F"/>
+    <w:rsid w:val="006A43CA"/>
     <w:rsid w:val="006A43D5"/>
     <w:rsid w:val="006A525B"/>
-    <w:rsid w:val="006B2831"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006B50C0"/>
     <w:rsid w:val="006C045F"/>
-    <w:rsid w:val="006C3848"/>
     <w:rsid w:val="006C4196"/>
     <w:rsid w:val="006C63B0"/>
-    <w:rsid w:val="006C649E"/>
-    <w:rsid w:val="006C6EB1"/>
     <w:rsid w:val="006C76A2"/>
     <w:rsid w:val="006C792E"/>
-    <w:rsid w:val="006D0068"/>
-    <w:rsid w:val="006D08E2"/>
     <w:rsid w:val="006D116C"/>
-    <w:rsid w:val="006D2BF8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E771F"/>
     <w:rsid w:val="006E7C42"/>
-    <w:rsid w:val="006F0C51"/>
     <w:rsid w:val="006F168A"/>
-    <w:rsid w:val="006F207B"/>
-    <w:rsid w:val="006F47CB"/>
     <w:rsid w:val="006F5076"/>
     <w:rsid w:val="006F6009"/>
-    <w:rsid w:val="00702EC1"/>
+    <w:rsid w:val="006F7E5F"/>
     <w:rsid w:val="0070321D"/>
     <w:rsid w:val="007068BA"/>
-    <w:rsid w:val="00713FC5"/>
     <w:rsid w:val="00716AB1"/>
-    <w:rsid w:val="00717A9A"/>
     <w:rsid w:val="00721D63"/>
+    <w:rsid w:val="00723B63"/>
     <w:rsid w:val="00724B2B"/>
-    <w:rsid w:val="0073121C"/>
     <w:rsid w:val="00732C7B"/>
-    <w:rsid w:val="00734881"/>
     <w:rsid w:val="00734D2B"/>
-    <w:rsid w:val="00736DEC"/>
     <w:rsid w:val="00737705"/>
     <w:rsid w:val="007408D4"/>
     <w:rsid w:val="007420AC"/>
     <w:rsid w:val="00742617"/>
-    <w:rsid w:val="0075058C"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00783AAF"/>
+    <w:rsid w:val="00743D6B"/>
     <w:rsid w:val="00783AFA"/>
     <w:rsid w:val="00785427"/>
-    <w:rsid w:val="007874BA"/>
-    <w:rsid w:val="0078792F"/>
     <w:rsid w:val="00790540"/>
-    <w:rsid w:val="00791F6D"/>
-    <w:rsid w:val="0079342A"/>
     <w:rsid w:val="007968CA"/>
     <w:rsid w:val="007A43FF"/>
-    <w:rsid w:val="007B1000"/>
+    <w:rsid w:val="007A72FA"/>
     <w:rsid w:val="007B3918"/>
-    <w:rsid w:val="007B5366"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007C121A"/>
     <w:rsid w:val="007C3C1D"/>
-    <w:rsid w:val="007D0360"/>
-    <w:rsid w:val="007D179D"/>
     <w:rsid w:val="007D199A"/>
     <w:rsid w:val="007D2EBE"/>
-    <w:rsid w:val="007D5E27"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007D7B6A"/>
     <w:rsid w:val="007E1C07"/>
-    <w:rsid w:val="007E1EAC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007E7DF4"/>
     <w:rsid w:val="007F24B6"/>
-    <w:rsid w:val="007F2CC0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007F7D5A"/>
     <w:rsid w:val="00803D94"/>
-    <w:rsid w:val="00806B45"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0081482F"/>
     <w:rsid w:val="00821337"/>
-    <w:rsid w:val="00822817"/>
     <w:rsid w:val="008229BA"/>
+    <w:rsid w:val="008229F0"/>
     <w:rsid w:val="00824151"/>
-    <w:rsid w:val="008262E7"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00844C69"/>
     <w:rsid w:val="00845390"/>
     <w:rsid w:val="0084601B"/>
-    <w:rsid w:val="008540DE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00860563"/>
     <w:rsid w:val="008606F0"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
     <w:rsid w:val="00874FEB"/>
-    <w:rsid w:val="00877168"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="00884E43"/>
     <w:rsid w:val="00887EC6"/>
-    <w:rsid w:val="00890043"/>
     <w:rsid w:val="0089084C"/>
-    <w:rsid w:val="00891E35"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
-    <w:rsid w:val="00896501"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008A1ABF"/>
     <w:rsid w:val="008A2379"/>
     <w:rsid w:val="008A4329"/>
-    <w:rsid w:val="008A4FFD"/>
     <w:rsid w:val="008A578E"/>
-    <w:rsid w:val="008B05F1"/>
+    <w:rsid w:val="008B015A"/>
     <w:rsid w:val="008B1519"/>
     <w:rsid w:val="008B7BCC"/>
-    <w:rsid w:val="008C2C5A"/>
     <w:rsid w:val="008C50C3"/>
     <w:rsid w:val="008C7094"/>
-    <w:rsid w:val="008C7490"/>
     <w:rsid w:val="008D2B97"/>
     <w:rsid w:val="008D49A5"/>
     <w:rsid w:val="008D6C81"/>
-    <w:rsid w:val="008D70ED"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008E53DC"/>
     <w:rsid w:val="008E6CF0"/>
     <w:rsid w:val="008F1439"/>
-    <w:rsid w:val="008F1BAE"/>
-    <w:rsid w:val="008F4AEE"/>
     <w:rsid w:val="008F7051"/>
     <w:rsid w:val="009033A9"/>
     <w:rsid w:val="0090581D"/>
-    <w:rsid w:val="0090726D"/>
-    <w:rsid w:val="00910237"/>
     <w:rsid w:val="0091439C"/>
-    <w:rsid w:val="0091661D"/>
+    <w:rsid w:val="009169D5"/>
     <w:rsid w:val="00920572"/>
-    <w:rsid w:val="0092075B"/>
     <w:rsid w:val="00920BF2"/>
+    <w:rsid w:val="00930E37"/>
     <w:rsid w:val="009349A9"/>
-    <w:rsid w:val="00934A7D"/>
     <w:rsid w:val="00936C52"/>
-    <w:rsid w:val="009422B9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009539ED"/>
+    <w:rsid w:val="009436C1"/>
+    <w:rsid w:val="009452AA"/>
     <w:rsid w:val="0095489B"/>
-    <w:rsid w:val="009557EB"/>
-    <w:rsid w:val="009626C0"/>
+    <w:rsid w:val="00956BF8"/>
     <w:rsid w:val="00966FB9"/>
     <w:rsid w:val="009671CD"/>
     <w:rsid w:val="009751A9"/>
-    <w:rsid w:val="00976A99"/>
     <w:rsid w:val="00980F9C"/>
+    <w:rsid w:val="009813E5"/>
     <w:rsid w:val="0098632B"/>
+    <w:rsid w:val="00987F8B"/>
     <w:rsid w:val="00997BFB"/>
-    <w:rsid w:val="009A1BE1"/>
     <w:rsid w:val="009A7348"/>
-    <w:rsid w:val="009B053F"/>
-    <w:rsid w:val="009B14BF"/>
     <w:rsid w:val="009B462C"/>
-    <w:rsid w:val="009B5C34"/>
     <w:rsid w:val="009C15F3"/>
-    <w:rsid w:val="009C2A6D"/>
     <w:rsid w:val="009C3689"/>
-    <w:rsid w:val="009C61D0"/>
-[...5 lines deleted...]
-    <w:rsid w:val="009D7261"/>
     <w:rsid w:val="009E07C2"/>
     <w:rsid w:val="009E0E52"/>
-    <w:rsid w:val="009E3094"/>
-    <w:rsid w:val="009F449C"/>
     <w:rsid w:val="009F72F9"/>
-    <w:rsid w:val="009F771C"/>
     <w:rsid w:val="00A00205"/>
     <w:rsid w:val="00A00AF0"/>
-    <w:rsid w:val="00A10713"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A12BD3"/>
     <w:rsid w:val="00A14B5A"/>
-    <w:rsid w:val="00A15759"/>
-    <w:rsid w:val="00A31E34"/>
     <w:rsid w:val="00A3567F"/>
     <w:rsid w:val="00A37698"/>
-    <w:rsid w:val="00A412D0"/>
     <w:rsid w:val="00A41ED3"/>
-    <w:rsid w:val="00A42827"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00A77A76"/>
     <w:rsid w:val="00A81D82"/>
-    <w:rsid w:val="00A86092"/>
-    <w:rsid w:val="00A903F9"/>
+    <w:rsid w:val="00A909E7"/>
     <w:rsid w:val="00A9118F"/>
-    <w:rsid w:val="00A91648"/>
     <w:rsid w:val="00A93E33"/>
-    <w:rsid w:val="00A95E91"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00AB618E"/>
+    <w:rsid w:val="00A94842"/>
+    <w:rsid w:val="00AB3129"/>
     <w:rsid w:val="00AB6970"/>
     <w:rsid w:val="00AC1939"/>
     <w:rsid w:val="00AC7C05"/>
-    <w:rsid w:val="00AD1200"/>
     <w:rsid w:val="00AD167C"/>
     <w:rsid w:val="00AD17C7"/>
-    <w:rsid w:val="00AD1A40"/>
     <w:rsid w:val="00AD4041"/>
-    <w:rsid w:val="00AD5057"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE15A6"/>
     <w:rsid w:val="00AE302B"/>
-    <w:rsid w:val="00AF33A1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B01509"/>
+    <w:rsid w:val="00AF3C77"/>
     <w:rsid w:val="00B0248D"/>
-    <w:rsid w:val="00B041E5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B116F7"/>
+    <w:rsid w:val="00B05C27"/>
     <w:rsid w:val="00B16BE5"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:rsid w:val="00B259DF"/>
-    <w:rsid w:val="00B25E6B"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00B41998"/>
     <w:rsid w:val="00B44B1F"/>
-    <w:rsid w:val="00B472A4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B621DF"/>
     <w:rsid w:val="00B64141"/>
     <w:rsid w:val="00B64E72"/>
-    <w:rsid w:val="00B65797"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00B76323"/>
+    <w:rsid w:val="00B673D9"/>
     <w:rsid w:val="00B77913"/>
     <w:rsid w:val="00B824FB"/>
     <w:rsid w:val="00B82646"/>
-    <w:rsid w:val="00B82A46"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B91AFF"/>
     <w:rsid w:val="00B97359"/>
     <w:rsid w:val="00B97A8F"/>
-    <w:rsid w:val="00BA17D1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BA40C8"/>
     <w:rsid w:val="00BA4E58"/>
     <w:rsid w:val="00BA7074"/>
-    <w:rsid w:val="00BA7F95"/>
-    <w:rsid w:val="00BB7752"/>
+    <w:rsid w:val="00BB63AE"/>
     <w:rsid w:val="00BB7829"/>
-    <w:rsid w:val="00BC26FA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BD01CA"/>
     <w:rsid w:val="00BD1457"/>
-    <w:rsid w:val="00BD79E2"/>
-    <w:rsid w:val="00BE0327"/>
     <w:rsid w:val="00BE2AD9"/>
-    <w:rsid w:val="00BE5924"/>
-    <w:rsid w:val="00BE7536"/>
+    <w:rsid w:val="00BE662E"/>
     <w:rsid w:val="00BF27FE"/>
-    <w:rsid w:val="00C01484"/>
-    <w:rsid w:val="00C03FB9"/>
     <w:rsid w:val="00C043B3"/>
     <w:rsid w:val="00C079AB"/>
-    <w:rsid w:val="00C07D98"/>
     <w:rsid w:val="00C10E61"/>
     <w:rsid w:val="00C14787"/>
-    <w:rsid w:val="00C14E24"/>
+    <w:rsid w:val="00C14CB7"/>
     <w:rsid w:val="00C1596D"/>
     <w:rsid w:val="00C15B8D"/>
     <w:rsid w:val="00C17010"/>
     <w:rsid w:val="00C20562"/>
     <w:rsid w:val="00C215C3"/>
     <w:rsid w:val="00C23A96"/>
     <w:rsid w:val="00C249C6"/>
-    <w:rsid w:val="00C25612"/>
     <w:rsid w:val="00C32CC1"/>
     <w:rsid w:val="00C426EC"/>
     <w:rsid w:val="00C6483C"/>
     <w:rsid w:val="00C64AE9"/>
-    <w:rsid w:val="00C66445"/>
     <w:rsid w:val="00C70CFF"/>
-    <w:rsid w:val="00C70EDC"/>
     <w:rsid w:val="00C718FE"/>
-    <w:rsid w:val="00C73992"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C864AC"/>
     <w:rsid w:val="00C86CEC"/>
-    <w:rsid w:val="00C87330"/>
     <w:rsid w:val="00C8773D"/>
-    <w:rsid w:val="00C879B7"/>
     <w:rsid w:val="00C87ABB"/>
     <w:rsid w:val="00C91831"/>
     <w:rsid w:val="00C953DF"/>
     <w:rsid w:val="00C963E6"/>
-    <w:rsid w:val="00C97308"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00CD2CFB"/>
     <w:rsid w:val="00CD5401"/>
-    <w:rsid w:val="00CE1E0A"/>
+    <w:rsid w:val="00CD7867"/>
     <w:rsid w:val="00CE2709"/>
     <w:rsid w:val="00CE2D64"/>
     <w:rsid w:val="00CE6198"/>
     <w:rsid w:val="00CE6CD6"/>
-    <w:rsid w:val="00CF08A6"/>
     <w:rsid w:val="00CF6230"/>
-    <w:rsid w:val="00D009FB"/>
     <w:rsid w:val="00D017FC"/>
     <w:rsid w:val="00D0226A"/>
-    <w:rsid w:val="00D026E0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D060A5"/>
     <w:rsid w:val="00D13147"/>
-    <w:rsid w:val="00D13610"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D4477C"/>
     <w:rsid w:val="00D463FF"/>
-    <w:rsid w:val="00D56F7A"/>
     <w:rsid w:val="00D5715A"/>
     <w:rsid w:val="00D60BCB"/>
-    <w:rsid w:val="00D60FCA"/>
-    <w:rsid w:val="00D65F76"/>
     <w:rsid w:val="00D71687"/>
-    <w:rsid w:val="00D72252"/>
-    <w:rsid w:val="00D74287"/>
     <w:rsid w:val="00D74813"/>
-    <w:rsid w:val="00D7688E"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00DA15E2"/>
     <w:rsid w:val="00DA30BC"/>
     <w:rsid w:val="00DA69C2"/>
     <w:rsid w:val="00DA6D70"/>
-    <w:rsid w:val="00DB3883"/>
+    <w:rsid w:val="00DA7C9D"/>
     <w:rsid w:val="00DB6050"/>
-    <w:rsid w:val="00DB7557"/>
     <w:rsid w:val="00DC2C34"/>
-    <w:rsid w:val="00DC639D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DD7328"/>
     <w:rsid w:val="00DE2C87"/>
     <w:rsid w:val="00DE459A"/>
     <w:rsid w:val="00DF27DA"/>
-    <w:rsid w:val="00DF373A"/>
-    <w:rsid w:val="00DF4DA9"/>
     <w:rsid w:val="00DF4DBE"/>
-    <w:rsid w:val="00DF7F3E"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00E34058"/>
+    <w:rsid w:val="00DF7201"/>
+    <w:rsid w:val="00E30C05"/>
     <w:rsid w:val="00E40820"/>
-    <w:rsid w:val="00E4180A"/>
     <w:rsid w:val="00E4658F"/>
     <w:rsid w:val="00E54A67"/>
-    <w:rsid w:val="00E54F9A"/>
-    <w:rsid w:val="00E6182E"/>
+    <w:rsid w:val="00E607CD"/>
     <w:rsid w:val="00E61C0D"/>
     <w:rsid w:val="00E63EB4"/>
     <w:rsid w:val="00E66160"/>
     <w:rsid w:val="00E71329"/>
-    <w:rsid w:val="00E72B3D"/>
-    <w:rsid w:val="00E72DA9"/>
+    <w:rsid w:val="00E74FE0"/>
     <w:rsid w:val="00E8363B"/>
     <w:rsid w:val="00E84966"/>
-    <w:rsid w:val="00E87E0D"/>
     <w:rsid w:val="00E92383"/>
-    <w:rsid w:val="00E95AA3"/>
     <w:rsid w:val="00EA1B3A"/>
     <w:rsid w:val="00EA2109"/>
-    <w:rsid w:val="00EA2938"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EC64B5"/>
+    <w:rsid w:val="00EB057A"/>
+    <w:rsid w:val="00EB6ECB"/>
     <w:rsid w:val="00ED4D4E"/>
-    <w:rsid w:val="00ED7107"/>
     <w:rsid w:val="00EE0C77"/>
     <w:rsid w:val="00EE4E54"/>
-    <w:rsid w:val="00EF0176"/>
-    <w:rsid w:val="00EF2293"/>
     <w:rsid w:val="00EF4334"/>
-    <w:rsid w:val="00EF460C"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00F41066"/>
+    <w:rsid w:val="00EF55EC"/>
+    <w:rsid w:val="00F04FC3"/>
+    <w:rsid w:val="00F13814"/>
+    <w:rsid w:val="00F40AD7"/>
     <w:rsid w:val="00F436BB"/>
     <w:rsid w:val="00F47145"/>
-    <w:rsid w:val="00F472EE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F54000"/>
     <w:rsid w:val="00F545BF"/>
-    <w:rsid w:val="00F56FE2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F64C75"/>
     <w:rsid w:val="00F71B56"/>
-    <w:rsid w:val="00F738B4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F81977"/>
     <w:rsid w:val="00F832C8"/>
-    <w:rsid w:val="00F83557"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F873B3"/>
-    <w:rsid w:val="00F933A0"/>
-    <w:rsid w:val="00F95D51"/>
     <w:rsid w:val="00FA00BE"/>
     <w:rsid w:val="00FA33FE"/>
     <w:rsid w:val="00FA42B9"/>
     <w:rsid w:val="00FA755A"/>
     <w:rsid w:val="00FB2B0F"/>
     <w:rsid w:val="00FB4F6B"/>
     <w:rsid w:val="00FB5FE1"/>
     <w:rsid w:val="00FC0E8D"/>
     <w:rsid w:val="00FC46EF"/>
-    <w:rsid w:val="00FC52FD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FD1BDD"/>
     <w:rsid w:val="00FD31B3"/>
-    <w:rsid w:val="00FD3A51"/>
     <w:rsid w:val="00FD4204"/>
-    <w:rsid w:val="00FE22E4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FE6DDD"/>
+    <w:rsid w:val="00FD62C7"/>
     <w:rsid w:val="00FF3CCB"/>
     <w:rsid w:val="00FF57B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26291BE1"/>
   <w15:docId w15:val="{1FFB1F25-DD3A-4304-B987-5C5BF61DD47B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="1" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="1" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="1" w:uiPriority="0" w:qFormat="1"/>
@@ -9715,74 +8339,75 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00881B6F"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00223090"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="20"/>
       </w:numPr>
       <w:spacing w:before="240"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="22413A"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA33FE"/>
+    <w:rsid w:val="002042C2"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="20"/>
       </w:numPr>
+      <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="22413A"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00D463FF"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="18"/>
@@ -9792,150 +8417,82 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:qFormat/>
     <w:rsid w:val="003401B0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
       </w:numPr>
       <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
-    <w:qFormat/>
     <w:rsid w:val="00F47145"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:noProof/>
       <w:color w:val="22413A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
-    <w:qFormat/>
     <w:rsid w:val="00F47145"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:color w:val="22413A"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
-[...63 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -9998,51 +8555,51 @@
     <w:semiHidden/>
     <w:rsid w:val="008229BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD4204"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
-    <w:rsid w:val="00FA33FE"/>
+    <w:rsid w:val="002042C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00D463FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="003401B0"/>
     <w:rPr>
@@ -10081,71 +8638,72 @@
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BB7829"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletlist1">
     <w:name w:val="Bullet list 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="12"/>
       </w:numPr>
+      <w:ind w:left="1134"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
-      <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletlist2">
     <w:name w:val="Bullet list 2"/>
     <w:basedOn w:val="Bulletlist1"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
+      <w:ind w:left="1560"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableandChartNote">
     <w:name w:val="Table and Chart Note"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="007068BA"/>
     <w:pPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="ONRTable2">
     <w:name w:val="ONR Table 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
@@ -10206,58 +8764,57 @@
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00C1596D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9752"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00E72DA9"/>
+    <w:rsid w:val="00C1596D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9752"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="0"/>
       <w:ind w:left="284"/>
-      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F71B56"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="004C361D"/>
     <w:pPr>
       <w:tabs>
@@ -10546,148 +9103,153 @@
       <w:rPr>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="22413A"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D4EFE5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="QuoteText">
     <w:name w:val="Quote Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
       </w:pBdr>
       <w:spacing w:before="240"/>
       <w:ind w:left="851"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="30"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumList1">
     <w:name w:val="Num List 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="26"/>
       </w:numPr>
       <w:ind w:left="1276" w:hanging="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:bCs/>
-      <w:noProof/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumList2">
     <w:name w:val="Num List 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="2"/>
+        <w:numId w:val="18"/>
       </w:numPr>
       <w:ind w:left="1276" w:hanging="425"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:bCs/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletList3">
     <w:name w:val="Bullet List 3"/>
     <w:basedOn w:val="Bulletlist2"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C963E6"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
       <w:ind w:left="1985"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD31B3"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD31B3"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:rsid w:val="00FD31B3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00FD31B3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="004648A4"/>
@@ -10865,1488 +9427,1515 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00004C16"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="auto"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00004C16"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="auto"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9-Paragraph">
     <w:name w:val="F9 - # Paragraph"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="F9-ParagraphChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00F62E49"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="25"/>
       </w:numPr>
+      <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:contextualSpacing w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="F9-ParagraphChar">
     <w:name w:val="F9 - # Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="F9-Paragraph"/>
-    <w:rsid w:val="00F62E49"/>
+    <w:rsid w:val="00B23A5E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FA00BE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="00FA00BE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-[...159 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F10-Bullet1">
     <w:name w:val="F10 - Bullet 1"/>
     <w:basedOn w:val="ListParagraph"/>
-    <w:link w:val="F10-Bullet1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00C01484"/>
+    <w:rsid w:val="00743D6B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="11"/>
+        <w:numId w:val="28"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="F10-Bullet1Char">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F11-Bullet2">
     <w:name w:val="F11 - Bullet 2"/>
     <w:basedOn w:val="F10-Bullet1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C01484"/>
+    <w:rsid w:val="00743D6B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...71 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="80879404">
+    <w:div w:id="11297490">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="85808818">
+    <w:div w:id="32115993">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="91169340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="113986955">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="153879600">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="174224946">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="182212107">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="202256884">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="205216875">
+    <w:div w:id="226187839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="213348315">
+    <w:div w:id="260798456">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="217010682">
+    <w:div w:id="270211278">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="218826831">
+    <w:div w:id="276914835">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="234902207">
+    <w:div w:id="280887840">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="290743977">
+    <w:div w:id="288782027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="297683654">
+    <w:div w:id="295335091">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="317350126">
-[...25 lines deleted...]
-    <w:div w:id="332488816">
+    <w:div w:id="330302092">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="334260206">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="355623289">
+    <w:div w:id="363217722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="373383196">
+    <w:div w:id="381448807">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="380128891">
+    <w:div w:id="424419727">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="439759559">
-[...12 lines deleted...]
-    <w:div w:id="446315793">
+    <w:div w:id="451939784">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="456877141">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="464395679">
+    <w:div w:id="501627494">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="524098033">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="524757288">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="533887462">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="536704176">
+    <w:div w:id="582764390">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="565142853">
+    <w:div w:id="590548132">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="614408573">
+    <w:div w:id="596670570">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="670134281">
+    <w:div w:id="597182243">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="690499335">
+    <w:div w:id="633799929">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="694381915">
+    <w:div w:id="635527762">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="695739548">
+    <w:div w:id="640765202">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="722800269">
+    <w:div w:id="662391438">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="738289763">
+    <w:div w:id="666860951">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="739906501">
+    <w:div w:id="692808319">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="743070855">
+    <w:div w:id="698817247">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="795098789">
+    <w:div w:id="705057194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="797339632">
+    <w:div w:id="713577101">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="821698774">
+    <w:div w:id="747194387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="836188727">
+    <w:div w:id="793254108">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="839273712">
+    <w:div w:id="886720549">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="913707006">
+    <w:div w:id="893928673">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="914976362">
+    <w:div w:id="927038604">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="923806262">
+    <w:div w:id="947852282">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="963996774">
+    <w:div w:id="972096778">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="972953143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="983394062">
+    <w:div w:id="982083868">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1081803305">
+    <w:div w:id="1027486889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1082677419">
+    <w:div w:id="1030960226">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1101485050">
+    <w:div w:id="1036127707">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1113746282">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1135879354">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1201092477">
+    <w:div w:id="1148785813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1234466470">
+    <w:div w:id="1151943075">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1278217273">
+    <w:div w:id="1156385676">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1393235141">
+    <w:div w:id="1163274334">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1166897265">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1171919304">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1210532359">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1233197047">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1237085495">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1237587308">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1249924705">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1271010226">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1273828111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1310355286">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1312950680">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1366952378">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1406805933">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1408839961">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1439643520">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1440763103">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1444958606">
+    <w:div w:id="1458378176">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1457913896">
+    <w:div w:id="1529097151">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1460949675">
+    <w:div w:id="1567449399">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1503397856">
+    <w:div w:id="1589120268">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1523786527">
+    <w:div w:id="1595547664">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1600479571">
+    <w:div w:id="1595825208">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1604727466">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1627659828">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1637492982">
+    <w:div w:id="1631941239">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1648706676">
+    <w:div w:id="1674185403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1651057648">
+    <w:div w:id="1703165303">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1767648367">
+    <w:div w:id="1742867677">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1745908822">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1784222796">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1803226295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1806045829">
+    <w:div w:id="1813253855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1822113000">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1822187476">
+    <w:div w:id="1840271260">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1850020419">
+    <w:div w:id="1847136934">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1866555106">
+    <w:div w:id="1936936109">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1873611145">
+    <w:div w:id="1946688749">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1899047139">
+    <w:div w:id="1954289438">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1909418845">
+    <w:div w:id="1998610275">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1914854977">
+    <w:div w:id="2004967982">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1929918604">
+    <w:div w:id="2022733497">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1948731643">
+    <w:div w:id="2039621763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1956668525">
+    <w:div w:id="2055956103">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2030796042">
+    <w:div w:id="2062827179">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2036421771">
+    <w:div w:id="2067413786">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2085645181">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2113041173">
+    <w:div w:id="2100442045">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2146114665">
+    <w:div w:id="2113041173">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/:w:/r/sites/HOW2Hub/Shared%20Documents/NS-TAST-GD-049%20-%20Licensee%20Core%20Safety%20and%20Intelligent%20Customer%20Capabilities.docx?d=w8f22b721f5a91ee7277bb61db086e991&amp;csf=1&amp;web=1&amp;e=eKvKTi" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/:w:/r/sites/HOW2Hub/Shared%20Documents/ONR-RD-POL-002%20-%20Risk-Informed%20and%20Targeted%20Engagements%20(RITE)%20Policy.docx?d=w1fa6ed6ed60460674cff7aeccecf4768&amp;csf=1&amp;web=1&amp;e=fYcZx4" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/:w:/r/sites/HOW2Hub/Shared%20Documents/NS-TAST-GD-027%20-%20Training%20and%20Assuring%20Personnel%20Competence.docx?d=w5821f3b2821b082d08e5d2a44f377121&amp;csf=1&amp;web=1&amp;e=8Gz30k" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/:w:/r/sites/HOW2Hub/_layouts/15/Doc.aspx?sourcedoc=%7B5821F3B2-821B-082D-08E5-D2A44F377121%7D&amp;file=NS-TAST-GD-027%20-%20Training%20and%20Assuring%20Personnel%20Competence.docx&amp;action=default&amp;mobileredirect=true&amp;DefaultItemOpen=1%3Fweb%3D1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/_layouts/15/DocIdRedir.aspx?ID=ONRHH-822789359-20405" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ldunning\Downloads\ONR-DOC-TEMP-305%20-%20ONR%20Word%20Template%20-%20Generic.DOTX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5DC39C0-0CE5-4537-B89C-2FEA41A0420F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E318CE" w:rsidRDefault="007154C5" w:rsidP="007154C5">
           <w:pPr>
             <w:pStyle w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
           </w:pPr>
           <w:r w:rsidRPr="0069507A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -12419,244 +11008,214 @@
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91482595-A552-4826-943C-30779AA50C82}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
+        <w:name w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{97C860AC-0002-4AB3-96F9-106123B0F416}"/>
+        <w:guid w:val="{7CD666C1-130E-4748-A724-97987CA52528}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
+        <w:p w:rsidR="00EB73F1" w:rsidRDefault="00EB73F1" w:rsidP="00EB73F1">
+          <w:pPr>
+            <w:pStyle w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
+          </w:pPr>
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...24 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Bold">
-[...15 lines deleted...]
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
-    <w:rsid w:val="0003500E"/>
+    <w:rsid w:val="001101B7"/>
+    <w:rsid w:val="00176DB5"/>
     <w:rsid w:val="00183F29"/>
     <w:rsid w:val="002550FD"/>
     <w:rsid w:val="00333F8E"/>
     <w:rsid w:val="00350199"/>
-    <w:rsid w:val="00351E91"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00696862"/>
+    <w:rsid w:val="003D5793"/>
+    <w:rsid w:val="0044254B"/>
+    <w:rsid w:val="005A49B8"/>
+    <w:rsid w:val="006A43CA"/>
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00764F6F"/>
-    <w:rsid w:val="007D00D6"/>
+    <w:rsid w:val="007C794F"/>
+    <w:rsid w:val="0083336C"/>
     <w:rsid w:val="00835E07"/>
+    <w:rsid w:val="00A009A6"/>
     <w:rsid w:val="00A657B0"/>
-    <w:rsid w:val="00AD3427"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BB5CA9"/>
+    <w:rsid w:val="00A909E7"/>
+    <w:rsid w:val="00BC191F"/>
     <w:rsid w:val="00C17C1E"/>
     <w:rsid w:val="00C41BCC"/>
-    <w:rsid w:val="00D05816"/>
     <w:rsid w:val="00DD7BA4"/>
+    <w:rsid w:val="00E27559"/>
     <w:rsid w:val="00E318CE"/>
     <w:rsid w:val="00E646E1"/>
-    <w:rsid w:val="00E8572A"/>
+    <w:rsid w:val="00EB73F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13042,51 +11601,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007154C5"/>
+    <w:rsid w:val="00EB73F1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F91DE249B2D64236B5C9B282FE9D467B">
     <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="90"/>
       <w:szCs w:val="88"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="71855CAFCD0440C4880AB5CD94A60020">
     <w:name w:val="71855CAFCD0440C4880AB5CD94A60020"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
@@ -13104,55 +11663,68 @@
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1773E824CD9F477BB864AD976AEFC2AE">
     <w:name w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BFF33CE9ACF45B4BD9D9653F86AF5B6">
+    <w:name w:val="4BFF33CE9ACF45B4BD9D9653F86AF5B6"/>
+    <w:rsid w:val="00EB73F1"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ONR colours">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="07716C"/>
       </a:accent1>
       <a:accent2>
@@ -13323,194 +11895,1028 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="66693000-3e12-4b44-a742-9a2ba35b7d28" ContentTypeId="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C57" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <PolicyPortalProcessSpecialismFunctionTopic xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalFirstPublicationDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalProcessOwnerRoleHolder>
+    <PolicyPortalPublishStatus xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegatePostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocType xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldRecordRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueNo xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerPostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegateRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalResponsibleDelegateRoleHolder>
+    <PolicyPortalDirectorate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalReviewDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueHistoryComments xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="05350e14-297a-489c-ad04-faf6563b232c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">[Key words separated by commas]</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f43e2310-82d5-44d8-a731-b695dd9d1339</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <TaxCatchAll xmlns="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <dd2817321d504f1caee75a1112d299d4 xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </dd2817321d504f1caee75a1112d299d4>
+    <PCR_x003f_ xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">false</PCR_x003f_>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="HOW2 Hub Document" ma:contentTypeID="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227" ma:contentTypeVersion="220" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="724e73164808191a758277c779b53781">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4e2855-9588-4bc9-9890-af639bd565eb" xmlns:ns3="05350e14-297a-489c-ad04-faf6563b232c" xmlns:ns4="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0d07b2e48c5c6cb673863f8fde9c9f33" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <xsd:import namespace="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <xsd:import namespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:PolicyPortalIssueNo" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocType" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDirectorate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessSpecialismFunctionTopic" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerPostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegatePostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegateRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueHistoryComments" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalFirstPublicationDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldRecordRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalPublishStatus" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:dd2817321d504f1caee75a1112d299d4" minOccurs="0"/>
+                <xsd:element ref="ns4:PCR_x003f_" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c4e2855-9588-4bc9-9890-af639bd565eb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="PolicyPortalIssueNo" ma:index="2" nillable="true" ma:displayName="Issue No." ma:internalName="PolicyPortalIssueNo" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocRef" ma:index="3" nillable="true" ma:displayName="Doc. Ref." ma:internalName="PolicyPortalDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocType" ma:index="4" nillable="true" ma:displayName="Doc. Type" ma:format="Dropdown" ma:internalName="PolicyPortalDocType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Framework/Strategy"/>
+          <xsd:enumeration value="Guidance (Gen.)"/>
+          <xsd:enumeration value="Handbook"/>
+          <xsd:enumeration value="HSW Standard"/>
+          <xsd:enumeration value="Instruction"/>
+          <xsd:enumeration value="Manual"/>
+          <xsd:enumeration value="MoU"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+          <xsd:enumeration value="Protocol"/>
+          <xsd:enumeration value="R2A2"/>
+          <xsd:enumeration value="Strategy"/>
+          <xsd:enumeration value="TAG"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="TIG"/>
+          <xsd:enumeration value="TOR"/>
+          <xsd:enumeration value="N/A"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDirectorate" ma:index="5" nillable="true" ma:displayName="Directorate" ma:format="Dropdown" ma:internalName="PolicyPortalDirectorate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Corporate Security and Resilience Office"/>
+          <xsd:enumeration value="Finance"/>
+          <xsd:enumeration value="Governance and Private Office"/>
+          <xsd:enumeration value="HR"/>
+          <xsd:enumeration value="IT"/>
+          <xsd:enumeration value="New Reactors"/>
+          <xsd:enumeration value="Operating Facilities"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs"/>
+          <xsd:enumeration value="Technical"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessSpecialismFunctionTopic" ma:index="6" nillable="true" ma:displayName="Process / Specialism / Function / Topic" ma:format="Dropdown" ma:internalName="PolicyPortalProcessSpecialismFunctionTopic">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Academy - Training / L&amp;D"/>
+              <xsd:enumeration value="Accessibility"/>
+              <xsd:enumeration value="Accounting &amp; Budgeting"/>
+              <xsd:enumeration value="ALARP Working Group"/>
+              <xsd:enumeration value="Anti-Bribery and Corruption, and Fraud Prevention Compliance"/>
+              <xsd:enumeration value="Assessment (Nuclear safety)"/>
+              <xsd:enumeration value="Business Impact Target (BIT)"/>
+              <xsd:enumeration value="Business Travel"/>
+              <xsd:enumeration value="Change Management (Org.)"/>
+              <xsd:enumeration value="Chemistry &amp; Chemical Engineering"/>
+              <xsd:enumeration value="Civil Engineering"/>
+              <xsd:enumeration value="Civil Engineering and External Hazards (CEEH)"/>
+              <xsd:enumeration value="Civil Nuclear Security"/>
+              <xsd:enumeration value="Comms"/>
+              <xsd:enumeration value="Conducting Investigations"/>
+              <xsd:enumeration value="Compliance"/>
+              <xsd:enumeration value="Contractor Management"/>
+              <xsd:enumeration value="Cyber Security and Information Assurance"/>
+              <xsd:enumeration value="Data Protection"/>
+              <xsd:enumeration value="Defence - Propulsion"/>
+              <xsd:enumeration value="Delivery Lead - Technical Division (R&amp;TS)"/>
+              <xsd:enumeration value="Development of Regulations and Guides"/>
+              <xsd:enumeration value="Diversity &amp; Inclusion (HR)"/>
+              <xsd:enumeration value="Divisional Delivery Support (DDS)"/>
+              <xsd:enumeration value="EC&amp;I Engineering"/>
+              <xsd:enumeration value="Efficiency Framework"/>
+              <xsd:enumeration value="Emergency P&amp;R"/>
+              <xsd:enumeration value="Emergency Preparedness &amp; Response (EP&amp;R)"/>
+              <xsd:enumeration value="Environment and Sustainability"/>
+              <xsd:enumeration value="Estates"/>
+              <xsd:enumeration value="Expenses"/>
+              <xsd:enumeration value="Export Control"/>
+              <xsd:enumeration value="Fault Analysis"/>
+              <xsd:enumeration value="Freedom of Information (FOI) &amp; Gen. Enquiries"/>
+              <xsd:enumeration value="GDA"/>
+              <xsd:enumeration value="Gifts and Hospitality"/>
+              <xsd:enumeration value="Governance"/>
+              <xsd:enumeration value="Health, Safety and Wellbeing (HSW)"/>
+              <xsd:enumeration value="Human &amp; Organisational Capability"/>
+              <xsd:enumeration value="Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Information Management"/>
+              <xsd:enumeration value="Information Security"/>
+              <xsd:enumeration value="International Cooperation"/>
+              <xsd:enumeration value="Invoice Management"/>
+              <xsd:enumeration value="IT"/>
+              <xsd:enumeration value="Land Use Planning"/>
+              <xsd:enumeration value="Leadership and Management for Safety and Security"/>
+              <xsd:enumeration value="Learning &amp; Development"/>
+              <xsd:enumeration value="Legal Support"/>
+              <xsd:enumeration value="Management System"/>
+              <xsd:enumeration value="Mechanical Engineering"/>
+              <xsd:enumeration value="New build/construction"/>
+              <xsd:enumeration value="NHSS"/>
+              <xsd:enumeration value="Notification &amp; Authorisation"/>
+              <xsd:enumeration value="Nuclear Liabilities Regulation"/>
+              <xsd:enumeration value="Operating Reactors"/>
+              <xsd:enumeration value="Operational Inspection"/>
+              <xsd:enumeration value="Organisational Learning"/>
+              <xsd:enumeration value="People Services"/>
+              <xsd:enumeration value="Performance Management (HR)"/>
+              <xsd:enumeration value="Permissioning"/>
+              <xsd:enumeration value="PMO"/>
+              <xsd:enumeration value="Policy"/>
+              <xsd:enumeration value="Procurement"/>
+              <xsd:enumeration value="Radiological Protection &amp; Criticality"/>
+              <xsd:enumeration value="Regulations &amp; Regulatory Issues"/>
+              <xsd:enumeration value="Regulatory Assurance"/>
+              <xsd:enumeration value="Regulatory Oversight"/>
+              <xsd:enumeration value="Research &amp; Development"/>
+              <xsd:enumeration value="Risk Management"/>
+              <xsd:enumeration value="RITE"/>
+              <xsd:enumeration value="Safeguards"/>
+              <xsd:enumeration value="Safety Case Working Group"/>
+              <xsd:enumeration value="Security &amp; Information Regulatory Assurance"/>
+              <xsd:enumeration value="Sellafield"/>
+              <xsd:enumeration value="Shared Services"/>
+              <xsd:enumeration value="Structural Integrity"/>
+              <xsd:enumeration value="Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="Whistleblowing"/>
+              <xsd:enumeration value="WIReD"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerPostTitle" ma:index="7" nillable="true" ma:displayName="Process Owner (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalProcessOwnerPostTitle">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CIO"/>
+          <xsd:enumeration value="CISO"/>
+          <xsd:enumeration value="Data Protection Officer (DPO)"/>
+          <xsd:enumeration value="Finance Director"/>
+          <xsd:enumeration value="Head of Governance and Private Office"/>
+          <xsd:enumeration value="HR Director"/>
+          <xsd:enumeration value="New Reactors Director"/>
+          <xsd:enumeration value="Operating Facilities Director"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste Director"/>
+          <xsd:enumeration value="Senior Director of Regulation"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs Director"/>
+          <xsd:enumeration value="Technical Director"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerRoleHolder" ma:index="8" nillable="true" ma:displayName="Process Owner (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalProcessOwnerRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegatePostTitle" ma:index="9" nillable="true" ma:displayName="Responsible Delegate (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalResponsibleDelegatePostTitle">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Chair of Accessibility Working Group (AWG)"/>
+              <xsd:enumeration value="Corporate Security Manager"/>
+              <xsd:enumeration value="Data Protection Compliance Lead"/>
+              <xsd:enumeration value="Deputy Director of Regulation (TD)"/>
+              <xsd:enumeration value="Executive Office Support"/>
+              <xsd:enumeration value="Export Control Manager"/>
+              <xsd:enumeration value="Governance and Compliance Lead"/>
+              <xsd:enumeration value="Governance Manager"/>
+              <xsd:enumeration value="Head of Academy"/>
+              <xsd:enumeration value="Head of Commercial Management and Procurement"/>
+              <xsd:enumeration value="Head of Communications"/>
+              <xsd:enumeration value="Head of Compliance"/>
+              <xsd:enumeration value="Head of Data and Analytics"/>
+              <xsd:enumeration value="Head of Governance and Compliance"/>
+              <xsd:enumeration value="Head of Private Office"/>
+              <xsd:enumeration value="Head of Estates and Shared Services"/>
+              <xsd:enumeration value="Head of Finance and Commercial"/>
+              <xsd:enumeration value="Head of Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Head of International Strategy and Public Correspondence"/>
+              <xsd:enumeration value="Head of IT"/>
+              <xsd:enumeration value="Head of Legal Liaison"/>
+              <xsd:enumeration value="Head of Organisational Development (HR)"/>
+              <xsd:enumeration value="Head of Organisational Learning"/>
+              <xsd:enumeration value="Head of People Services"/>
+              <xsd:enumeration value="Head of PMO"/>
+              <xsd:enumeration value="Head of Policy"/>
+              <xsd:enumeration value="Head of Regulatory Policy and Standards"/>
+              <xsd:enumeration value="Head of Risk and Assurance"/>
+              <xsd:enumeration value="HoR - Advanced Nuclear Technologies (ANTs) and Holtec SMR-300 GDA"/>
+              <xsd:enumeration value="HoR - Emergency Preparedness and Response"/>
+              <xsd:enumeration value="HoR - Rolls-Royce SMR (GDA)"/>
+              <xsd:enumeration value="HoR - Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="HoR - Sellafield Compliance Intelligence and Enforcement"/>
+              <xsd:enumeration value="HoR - Sellafield Project Delivery"/>
+              <xsd:enumeration value="HoR - Sellafield Decommissioning"/>
+              <xsd:enumeration value="HoP - Civil Engineering and External Hazards"/>
+              <xsd:enumeration value="HoP - Cyber Security &amp; Information Assurance"/>
+              <xsd:enumeration value="HoP - DDS"/>
+              <xsd:enumeration value="HoP - Electrical, Control and Instrumentation Engineering"/>
+              <xsd:enumeration value="HoP - Fault Analysis"/>
+              <xsd:enumeration value="HoP - Human and Organisational Capability"/>
+              <xsd:enumeration value="HoP - Mechanical Engineering and Structural Integrity"/>
+              <xsd:enumeration value="HoP - Nuclear Internal Hazards and Site Safety"/>
+              <xsd:enumeration value="HoP - Nuclear Liabilities, Chemistry and Chemical Engineering"/>
+              <xsd:enumeration value="HoP - Operational Inspection"/>
+              <xsd:enumeration value="HoP - Protective Security"/>
+              <xsd:enumeration value="HoP - Radiological Protection and Criticality"/>
+              <xsd:enumeration value="HoP - Regulatory Programme and Business Management"/>
+              <xsd:enumeration value="HoP - Safeguards"/>
+              <xsd:enumeration value="HSW Manager"/>
+              <xsd:enumeration value="Information Management Manager"/>
+              <xsd:enumeration value="WIReD Product Owner"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegateRoleHolder" ma:index="10" nillable="true" ma:displayName="Responsible Delegate (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalResponsibleDelegateRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueDate" ma:index="11" nillable="true" ma:displayName="Issue Date" ma:format="DateOnly" ma:internalName="PolicyPortalIssueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalReviewDate" ma:index="12" nillable="true" ma:displayName="Review Date" ma:format="DateOnly" ma:internalName="PolicyPortalReviewDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueHistoryComments" ma:index="15" nillable="true" ma:displayName="Issue History/Comments" ma:internalName="PolicyPortalIssueHistoryComments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalFirstPublicationDate" ma:index="16" nillable="true" ma:displayName="First Publication Date" ma:format="DateOnly" ma:internalName="PolicyPortalFirstPublicationDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldDocRef" ma:index="17" nillable="true" ma:displayName="Old Doc. Ref." ma:internalName="PolicyPortalOldDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldRecordRef" ma:index="18" nillable="true" ma:displayName="Old Record Ref." ma:internalName="PolicyPortalOldRecordRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalPublishStatus" ma:index="25" nillable="true" ma:displayName="Publish Status" ma:format="Dropdown" ma:internalName="PolicyPortalPublishStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Live"/>
+          <xsd:enumeration value="Unpublished"/>
+          <xsd:enumeration value="Withdrawn"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="05350e14-297a-489c-ad04-faf6563b232c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="26" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="27" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="28" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="30" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="31" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{85a4ca9d-4aea-456d-868e-8e20a97dbaed}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="05350e14-297a-489c-ad04-faf6563b232c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="dd2817321d504f1caee75a1112d299d4" ma:index="33" nillable="true" ma:taxonomy="true" ma:internalName="dd2817321d504f1caee75a1112d299d4" ma:taxonomyFieldName="Topic" ma:displayName="Topic" ma:default="" ma:fieldId="{dd281732-1d50-4f1c-aee7-5a1112d299d4}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="7b4e1cbc-bd02-4183-9474-8a15f7a1216f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PCR_x003f_" ma:index="34" nillable="true" ma:displayName="PCR?" ma:default="0" ma:description="Document forms part of the Policy Compliance Report for ARAC." ma:format="Dropdown" ma:internalName="PCR_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="23" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
   <b:Source>
-    <b:Tag>ONR263</b:Tag>
-[...2 lines deleted...]
-    <b:Title>NS-INSP-GD-012 - LC12 Duly authorised and other suitably qualified and experienced person</b:Title>
+    <b:Tag>ONR33</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{88A2D7BE-3AE4-4EAC-A910-0F90F3C4ED9A}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
-    <b:RefOrder>1</b:RefOrder>
+    <b:Title>ONR-RD-POL-002 - Risk-Informed and Targeted Engagements (RITE) Policy</b:Title>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>2</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>ONR51</b:Tag>
-    <b:SourceType>Report</b:SourceType>
-    <b:Guid>{05D0278A-D510-43D3-B39E-AFC53E04699E}</b:Guid>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{BA1208CB-FA62-4A9B-B4FF-C1DC76E6990E}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
     <b:Title>NS-TAST-GD-027 - Training and Assuring Personnel Competence</b:Title>
-    <b:URL>https://how2.prod.onr.gov.uk/CtrlWebIsapi.dll/3720DCD193AF4B70AE8DDC37CBCF64F6.cwl?__id=webFile.save&amp;doc=6C6B3828E892499B8AB621AB65CAA28F&amp;dpt=1&amp;save=1</b:URL>
-    <b:RefOrder>2</b:RefOrder>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>1</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>IAE6</b:Tag>
-    <b:SourceType>Report</b:SourceType>
-    <b:Guid>{5024768D-970B-407C-88DC-BCC9966A47CC}</b:Guid>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{D206AA9B-31FB-4C74-8385-92532E1922B6}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>IAEA</b:Corporate>
       </b:Author>
     </b:Author>
     <b:Title>Technical Report Series 380 - Nuclear Power Plant Personnel Training and its Evaluation: A Guidebook</b:Title>
+    <b:Year>1996</b:Year>
+    <b:URL>https://www-pub.iaea.org/MTCD/Publications/PDF/trs380_web.pdf</b:URL>
     <b:RefOrder>3</b:RefOrder>
   </b:Source>
   <b:Source>
+    <b:Tag>ONR263</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{D0BEC0AE-B327-40A6-A932-14A1EFF0DAC4}</b:Guid>
+    <b:Title>NS-INSP-GD-012 - LC 12 Duly authorised and other suitably qualified and experienced person</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>4</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR34</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{9446ED0B-F2BE-4F2C-96E5-6B8F38195352}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-INSP-GD-064 - General Inspection Guide</b:Title>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>5</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR77</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{D2F8C497-00A1-4D0E-A786-0CB00BBA9460}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-TAST-GD-049 - Licensee Core Safety and Intelligent Customer Capability</b:Title>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>6</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR42</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{E87E3DA4-2685-4865-AB43-163F43C3C619}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>SG-INSP-001 - Safeguards</b:Title>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>8</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR43</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{6BF3818A-4EA0-4EA2-8A74-9799EC7FBA00}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>CNS-INSP-GD-001 - Nuclear Security Inspection</b:Title>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>10</b:RefOrder>
+  </b:Source>
+  <b:Source>
     <b:Tag>ONR232</b:Tag>
-    <b:SourceType>ElectronicSource</b:SourceType>
-    <b:Guid>{231AAB5F-CB47-4FFD-B255-77B503473FF4}</b:Guid>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{4D82398D-8C0E-444C-A4DB-2468564E1DED}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
     <b:Title>ONR Nuclear Material Accountancy Control &amp; Safeguards (ONMACS)</b:Title>
-    <b:RefOrder>5</b:RefOrder>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>7</b:RefOrder>
   </b:Source>
   <b:Source>
-    <b:Tag>ONR77</b:Tag>
-[...1 lines deleted...]
-    <b:Guid>{03D4C2EA-5B34-4C77-9E6F-1C5E46295D7D}</b:Guid>
+    <b:Tag>ONR35</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{9FFD9A98-9EB6-445B-903B-B7F7C92F6565}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
-    <b:Title>NS-TAST-GD-049 - Licensee Use of Contractors and Intelligent Customer Capability </b:Title>
-    <b:RefOrder>4</b:RefOrder>
+    <b:Title>Security Assessment Principles for the Civil Nuclear Industry (SyAPs)</b:Title>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>9</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>GOV</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{9D5368E2-921A-4E03-BF82-AA577CA66039}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HM Government</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>The Ionising Radiation Regulations 2017</b:Title>
+    <b:Year>2017</b:Year>
+    <b:RefOrder>11</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR39</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{5BC3D0A4-3221-4D6E-9520-EF9CEDC24483}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-INSP-GD-069 - Compliance Inspection of Transport Arrangements</b:Title>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>12</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR40</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{A0C2FEA3-20C8-44BC-81CD-40ADBC8043B4}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-INSP-GD-074 - Construction (Design and Management) Regulations</b:Title>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>13</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR41</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{FA6EA798-0F29-41A6-B8AA-6B9076F0BD92}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>ONR</b:Last>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-INSP-GD-073 - The regulation of Life Fire Safety on Nuclear Licensed Sites</b:Title>
+    <b:URL>Internally via HOW2 Hub and externally via the ONR website</b:URL>
+    <b:RefOrder>14</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13B57987-C3F6-4202-B156-F9FC8D044686}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F1E7696-64D0-4E76-BD09-5F47C27AB98C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{490ED5B9-84BB-4E11-AB53-C0B8C211310C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9419ACF-FD9B-4EEB-B545-BB3F91B9B619}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{302464A8-7BA5-4131-8D06-4B18A77BE91D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDC8C9BB-2CE3-4132-A0CF-F8264EDEF12A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{303F7716-0176-46FC-A511-F4E1411E6D9D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>22366</Characters>
+  <Pages>12</Pages>
+  <Words>3115</Words>
+  <Characters>18477</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>52</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>486</Lines>
+  <Paragraphs>205</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Licence Condition 10 - Training</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26237</CharactersWithSpaces>
+  <CharactersWithSpaces>21387</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Licence Condition 10 - Training</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
+  <dc:creator>Liam Dunning</dc:creator>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>4</cp:contentStatus>
+  <cp:contentStatus>4.1</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227</vt:lpwstr>
+  </property>
 </Properties>
 </file>