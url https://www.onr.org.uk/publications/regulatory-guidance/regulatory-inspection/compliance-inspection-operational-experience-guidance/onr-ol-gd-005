--- v0 (2025-10-14)
+++ v1 (2026-02-18)
@@ -1,54 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
@@ -58,1372 +56,1368 @@
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="198" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="198" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9156"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C20562" w:rsidRPr="00C20562" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00C20562" w:rsidRDefault="00C20562" w:rsidP="00323E71">
             <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0226A" w:rsidRPr="001E03E1" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2778"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F059A92" w14:textId="7A67260D" w:rsidR="00595C8C" w:rsidRPr="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
             <w:pPr>
               <w:pStyle w:val="InnerCoverTitle"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00595C8C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
             <w:r w:rsidR="00002389">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">Guidance </w:t>
             </w:r>
             <w:r w:rsidR="00393066">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Document</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="6F3003C4" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="000B7827" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="6F3003C4" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00202772" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
                     <w:szCs w:val="90"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="52"/>
                       <w:szCs w:val="52"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="CFA6A955EB00487BA21C3872D606AB30"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="005B0665">
                       <w:rPr>
                         <w:sz w:val="52"/>
                         <w:szCs w:val="52"/>
                       </w:rPr>
                       <w:t>Notification guidance for incidents involving the transport of radioactive material</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00D0226A">
+    <w:p w14:paraId="38DDF552" w14:textId="6B7AD9BF" w:rsidR="005D7684" w:rsidRDefault="00881B6F" w:rsidP="005D7684">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:sectPr w:rsidR="005D7684" w:rsidSect="00F82856">
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="237341DD">
             <wp:simplePos x="685800" y="914400"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7568280" cy="10692360"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7568280" cy="10692360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1C8B33" w14:textId="77777777" w:rsidR="00267815" w:rsidRDefault="00267815">
+    <w:p w14:paraId="42981952" w14:textId="30FBB5EC" w:rsidR="003B2F72" w:rsidRPr="003B2F72" w:rsidRDefault="003B2F72" w:rsidP="005D7684">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...704 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:color w:val="22413A"/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2F72">
         <w:rPr>
           <w:color w:val="22413A"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077633B3" w14:textId="70F7EB78" w:rsidR="00E241AC" w:rsidRDefault="00C83DD8">
+    <w:p w14:paraId="156549B8" w14:textId="03C26680" w:rsidR="007B7754" w:rsidRDefault="00CB1613">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TOC \o "1-1" \h \z \u </w:instrText>
+        <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc191409132" w:history="1">
-        <w:r w:rsidR="00E241AC" w:rsidRPr="00F96A7F">
+      <w:hyperlink w:anchor="_Toc220420813" w:history="1">
+        <w:r w:rsidR="007B7754" w:rsidRPr="00533814">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1.</w:t>
         </w:r>
-        <w:r w:rsidR="00E241AC">
+        <w:r w:rsidR="007B7754">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E241AC" w:rsidRPr="00F96A7F">
+        <w:r w:rsidR="007B7754" w:rsidRPr="00533814">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Purpose and Scope</w:t>
+          <w:t>Introduction</w:t>
         </w:r>
-        <w:r w:rsidR="00E241AC">
+        <w:r w:rsidR="007B7754">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E241AC">
+        <w:r w:rsidR="007B7754">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E241AC">
+        <w:r w:rsidR="007B7754">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191409132 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420813 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E241AC">
+        <w:r w:rsidR="007B7754">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00E241AC">
+        <w:r w:rsidR="007B7754">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CA314E">
+        <w:r w:rsidR="007B7754">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00E241AC">
+        <w:r w:rsidR="007B7754">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5CAA0B67" w14:textId="05595052" w:rsidR="00E241AC" w:rsidRDefault="00E241AC">
+    <w:p w14:paraId="69C9DC1A" w14:textId="461424DC" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420814" w:history="1">
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>1.1.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Purpose</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420814 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="000DBD7F" w14:textId="09500EF9" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420815" w:history="1">
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>1.2.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Scope and Applicability</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420815 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2A2B61C4" w14:textId="42837414" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420816" w:history="1">
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>1.3.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Roles and Responsibilities</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420816 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5D52719F" w14:textId="1A533876" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420817" w:history="1">
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          </w:rPr>
+          <w:t>1.4.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Onward reporting of relevant information by ONR</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420817 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3EDDCAEF" w14:textId="5AE8B8F1" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420818" w:history="1">
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>1.5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Definitions</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420818 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5DBF1B6C" w14:textId="3B61C702" w:rsidR="007B7754" w:rsidRDefault="007B7754">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191409133" w:history="1">
-        <w:r w:rsidRPr="00F96A7F">
+      <w:hyperlink w:anchor="_Toc220420819" w:history="1">
+        <w:r w:rsidRPr="00533814">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00F96A7F">
+        <w:r w:rsidRPr="00533814">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Guidance for Radioactive Materials Transport Dutyholders</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191409133 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420819 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CA314E">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="078BEDF5" w14:textId="27C56150" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420820" w:history="1">
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2.1.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Implementing ONR’s Radioactive Materials Transport Incident Categories</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420820 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1E347CD0" w14:textId="6FDAECC6" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420821" w:history="1">
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2.2.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Incident significance</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420821 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02846329" w14:textId="0A9D25D3" w:rsidR="00E241AC" w:rsidRDefault="00E241AC">
+    <w:p w14:paraId="5EA502DD" w14:textId="5636D24D" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420822" w:history="1">
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2.3.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Additional information to include in Transport Notifications</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420822 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7B6BC72D" w14:textId="6C7257D7" w:rsidR="007B7754" w:rsidRDefault="007B7754">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191409134" w:history="1">
-        <w:r w:rsidRPr="00F96A7F">
+      <w:hyperlink w:anchor="_Toc220420823" w:history="1">
+        <w:r w:rsidRPr="00533814">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>References</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191409134 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420823 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CA314E">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2BDCCF39" w14:textId="3ADDDA90" w:rsidR="00E241AC" w:rsidRDefault="00E241AC">
+    <w:p w14:paraId="70C502F4" w14:textId="285EC051" w:rsidR="007B7754" w:rsidRDefault="007B7754">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191409135" w:history="1">
-        <w:r w:rsidRPr="00F96A7F">
+      <w:hyperlink w:anchor="_Toc220420824" w:history="1">
+        <w:r w:rsidRPr="00533814">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix A – Radioactive Materials Transport Incident Categories</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191409135 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420824 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CA314E">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51068172" w14:textId="7484EC23" w:rsidR="00E241AC" w:rsidRDefault="00E241AC">
+    <w:p w14:paraId="510F4359" w14:textId="0979E974" w:rsidR="007B7754" w:rsidRDefault="007B7754">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191409136" w:history="1">
-        <w:r w:rsidRPr="00F96A7F">
+      <w:hyperlink w:anchor="_Toc220420825" w:history="1">
+        <w:r w:rsidRPr="00533814">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix B – Media Interest Incident Category</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191409136 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420825 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CA314E">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5BB0E3D7" w14:textId="206AAE42" w:rsidR="003B2F72" w:rsidRDefault="00C83DD8" w:rsidP="003B2F72">
+    <w:p w14:paraId="51979F26" w14:textId="3817AC9A" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420826" w:history="1">
+        <w:r w:rsidRPr="00533814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Document Control Information</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420826 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>24</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5BB0E3D7" w14:textId="40C14B46" w:rsidR="003B2F72" w:rsidRDefault="00CB1613" w:rsidP="003B2F72">
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D981D33" w14:textId="77777777" w:rsidR="003B2F72" w:rsidRDefault="003B2F72" w:rsidP="00323E71"/>
     <w:p w14:paraId="272CE8F0" w14:textId="77777777" w:rsidR="003B2F72" w:rsidRDefault="003B2F72" w:rsidP="00323E71"/>
     <w:p w14:paraId="1FDB4B56" w14:textId="6FA4FA8D" w:rsidR="003B2F72" w:rsidRDefault="003B2F72" w:rsidP="00323E71">
       <w:pPr>
         <w:sectPr w:rsidR="003B2F72" w:rsidSect="00F82856">
-          <w:headerReference w:type="default" r:id="rId17"/>
-          <w:footerReference w:type="default" r:id="rId18"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43A875A4" w14:textId="1648166F" w:rsidR="008D49A5" w:rsidRPr="00223090" w:rsidRDefault="00232307" w:rsidP="00223090">
+    <w:p w14:paraId="43A875A4" w14:textId="2ACE7CDB" w:rsidR="008D49A5" w:rsidRPr="00223090" w:rsidRDefault="00475BAD" w:rsidP="00223090">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc118902990"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc191409132"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc220420813"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Purpose and Scope</w:t>
+        <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="410D68F0" w14:textId="77777777" w:rsidR="00232307" w:rsidRPr="00FA33FE" w:rsidRDefault="00232307" w:rsidP="00232307">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc118902991"/>
-      <w:bookmarkStart w:id="4" w:name="_Hlk64448648"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc220420814"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk64448648"/>
       <w:r w:rsidRPr="00FA33FE">
         <w:t>Purpose</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="64F7D510" w14:textId="3216E2D6" w:rsidR="00717171" w:rsidRDefault="00717171" w:rsidP="00E00F91">
       <w:pPr>
         <w:spacing w:after="180"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc118902992"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc118902992"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="003B2F72" w:rsidRPr="5AA728BF">
         <w:t>his</w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> document</w:t>
       </w:r>
       <w:r w:rsidR="003B2F72" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> provide</w:t>
       </w:r>
       <w:r w:rsidR="00304785" w:rsidRPr="5AA728BF">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003B2F72" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008917D1" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">guidance </w:t>
       </w:r>
       <w:r w:rsidR="00595244" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
@@ -1600,67 +1594,72 @@
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D3112C" w:rsidRPr="5AA728BF">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">It </w:t>
       </w:r>
       <w:r w:rsidR="00710849">
         <w:t xml:space="preserve">presents </w:t>
       </w:r>
       <w:r>
         <w:t>ONR’s expectations for notif</w:t>
       </w:r>
       <w:r w:rsidR="00B81369">
         <w:t xml:space="preserve">ying an </w:t>
       </w:r>
       <w:r w:rsidR="00710849">
         <w:t xml:space="preserve">incident. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546293A4" w14:textId="5615BB10" w:rsidR="008D49A5" w:rsidRDefault="008D49A5" w:rsidP="00710849">
+    <w:p w14:paraId="546293A4" w14:textId="791CD06E" w:rsidR="008D49A5" w:rsidRDefault="008D49A5" w:rsidP="00710849">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc220420815"/>
       <w:r>
         <w:t>Scope</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00865961">
+        <w:t>and Applicability</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="220BEF2D" w14:textId="76CD5036" w:rsidR="00EC52B2" w:rsidRDefault="00EC52B2" w:rsidP="00F5002E">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc118902993"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc118902993"/>
       <w:r>
         <w:t>This guidance applies to</w:t>
       </w:r>
       <w:r w:rsidRPr="00567F21">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">notifiable incidents associated with </w:t>
       </w:r>
       <w:r w:rsidRPr="00567F21">
         <w:t>transport of radioactive material</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00955121">
         <w:t>where</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ONR is the competent authority. These are incidents occurring during transport in Great Britain (GB) by road, rail and inland waterways as defined by Regulation</w:t>
       </w:r>
       <w:r w:rsidR="00304785">
         <w:t> </w:t>
       </w:r>
       <w:r>
@@ -1671,126 +1670,123 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in CDG09.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE35682" w14:textId="00367734" w:rsidR="00EC52B2" w:rsidRDefault="00EC52B2" w:rsidP="00F5002E">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="5AA728BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>: The UK Competent Authority for the transport of radioactive material by air is the Civil Aviation Authority (CAA) and by sea is the Secretary of State for Transport (via the Maritime and Coastguard Agency (MCA)). The Competent Authority for transport by road in Northern Ireland is the Department of Agriculture, Environment and Rural Affairs (DAERA). If dutyholders are not able to contact these authorities in relation to relevant incidents, then reporting via ONR is an acceptable alternative</w:t>
       </w:r>
       <w:r w:rsidR="007D720A" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">. This is established via </w:t>
       </w:r>
       <w:r w:rsidR="00D113D8" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidR="00D113D8" w:rsidRPr="5AA728BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Memorandum</w:t>
         </w:r>
         <w:r w:rsidR="007D720A" w:rsidRPr="5AA728BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> of Understanding</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D113D8" w:rsidRPr="5AA728BF">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006C2FA7" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E61E53" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">detail of </w:t>
       </w:r>
       <w:r w:rsidR="00A359F1" w:rsidRPr="5AA728BF">
         <w:t>which</w:t>
       </w:r>
       <w:r w:rsidR="00E61E53" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A359F1" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">can be accessed </w:t>
       </w:r>
       <w:r w:rsidR="00F82856" w:rsidRPr="5AA728BF">
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidR="00A359F1" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidR="00F82856" w:rsidRPr="5AA728BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ONR website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327A85CE" w14:textId="6CEF0C6A" w:rsidR="00EC52B2" w:rsidRDefault="00EC52B2" w:rsidP="005F4FEE">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">The guidance applies to all dutyholders defined in CDG09 </w:t>
       </w:r>
       <w:r w:rsidR="005F4FEE" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">Part 1 Radiation Emergencies Interpretation of Part 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>and NIA65</w:t>
       </w:r>
       <w:r w:rsidR="00D16FCF" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> § </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>22.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D92B9A" w14:textId="281F2F8F" w:rsidR="00565E17" w:rsidRDefault="00EC52B2" w:rsidP="00F5002E">
       <w:pPr>
         <w:spacing w:after="200"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>ONR has implemented transport of radioactive material incident categories that align with incidents in CDG09</w:t>
       </w:r>
       <w:r w:rsidR="00141960">
         <w:t xml:space="preserve"> (inc</w:t>
       </w:r>
       <w:r w:rsidR="00DB6073">
         <w:t>luding</w:t>
       </w:r>
       <w:r w:rsidR="00141960">
         <w:t xml:space="preserve"> ADR</w:t>
       </w:r>
       <w:r w:rsidR="00141960">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidR="00141960">
         <w:t xml:space="preserve"> and RID</w:t>
       </w:r>
       <w:r w:rsidR="00141960">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -1924,57 +1920,59 @@
     <w:p w14:paraId="46A55B93" w14:textId="5C4140EA" w:rsidR="00EC52B2" w:rsidRDefault="00EC52B2" w:rsidP="00EC52B2">
       <w:r w:rsidRPr="5AA728BF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">This guidance does not include undeliverable packages as identified in ADR 7.5.11 – Additional Provisions CV33(6). </w:t>
       </w:r>
       <w:r w:rsidR="00F53115">
         <w:t>Carriers should attempt to contact the consignor/consignee and agree redelivery with appropriate documentation being produced. If this is not possible then d</w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>utyholders should use the relevant incident telephone numbers</w:t>
       </w:r>
       <w:r w:rsidR="00F53115">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> to report these incidents to ONR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5300D1EE" w14:textId="3D4099F1" w:rsidR="007968CA" w:rsidRDefault="00A208B0" w:rsidP="00FA33FE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc220420816"/>
       <w:r>
         <w:t>Roles and Responsibilities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="5466A25E" w14:textId="61E53EC5" w:rsidR="00486F86" w:rsidRDefault="004D1824" w:rsidP="00FF5F01">
-      <w:bookmarkStart w:id="8" w:name="_Toc118902994"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc118902994"/>
       <w:r>
         <w:t>This guidance supports d</w:t>
       </w:r>
       <w:r w:rsidR="00486F86" w:rsidRPr="5AA728BF">
         <w:t>utyholders</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’ </w:t>
       </w:r>
       <w:r w:rsidR="00C97D11">
         <w:t xml:space="preserve">compliance </w:t>
       </w:r>
       <w:r w:rsidR="00C97D11" w:rsidRPr="5AA728BF">
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidR="00486F86" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> CDG09, relevant modal requirements and NIA65. </w:t>
       </w:r>
       <w:r w:rsidR="00AD695D">
         <w:t xml:space="preserve">This transport legislation </w:t>
       </w:r>
       <w:r w:rsidR="00486F86" w:rsidRPr="5AA728BF">
         <w:t>identif</w:t>
       </w:r>
       <w:r w:rsidR="008770E2">
@@ -2149,71 +2147,73 @@
         <w:t xml:space="preserve">ONR is responsible for giving guidance to dutyholders </w:t>
       </w:r>
       <w:r w:rsidR="00E103E9">
         <w:t xml:space="preserve">so they </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">understand and </w:t>
       </w:r>
       <w:r w:rsidR="00E103E9">
         <w:t xml:space="preserve">can implement </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>this guidance within their arrangements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317825D6" w14:textId="5A3CE92F" w:rsidR="0096542D" w:rsidRPr="00AC7840" w:rsidRDefault="0096542D" w:rsidP="00AC7840">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="033835" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc220420817"/>
       <w:r w:rsidRPr="00AC7840">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="033835" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Onward reporting of relevant information by ONR</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00AC7840">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="033835" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69505E3A" w14:textId="39DFE1C5" w:rsidR="0096542D" w:rsidRPr="00AC6559" w:rsidRDefault="007C4A7A" w:rsidP="10ADE6FA">
+    <w:p w14:paraId="69505E3A" w14:textId="2BF60A41" w:rsidR="0096542D" w:rsidRPr="00AC6559" w:rsidRDefault="007C4A7A" w:rsidP="10ADE6FA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="10ADE6FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Dutyholders </w:t>
       </w:r>
       <w:r w:rsidR="0096542D" w:rsidRPr="10ADE6FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>should note that detail of some incidents reported to ONR will be shared with the Department for Energy Security and Net Zero (DESNZ)</w:t>
       </w:r>
@@ -2227,59 +2227,67 @@
       </w:r>
       <w:r w:rsidR="0096542D" w:rsidRPr="10ADE6FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>agreed ministerial reporting arrangements between ONR and DESNZ. For further details, please refer to</w:t>
       </w:r>
       <w:r w:rsidR="00AC6559" w:rsidRPr="10ADE6FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> ONR’s web</w:t>
       </w:r>
       <w:r w:rsidR="00D23DF6" w:rsidRPr="10ADE6FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>site</w:t>
       </w:r>
+      <w:r w:rsidR="002F7E7C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00AC6559" w:rsidRPr="10ADE6FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> ( </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00AC6559" w:rsidRPr="10ADE6FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AC6559" w:rsidRPr="10ADE6FA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0096542D" w:rsidRPr="10ADE6FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0096542D" w:rsidRPr="10ADE6FA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
@@ -2290,54 +2298,56 @@
     </w:p>
     <w:p w14:paraId="4794F127" w14:textId="77777777" w:rsidR="008172FC" w:rsidRPr="0096542D" w:rsidRDefault="008172FC" w:rsidP="0096542D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="725E9A53" w14:textId="7D300065" w:rsidR="00A208B0" w:rsidRPr="00A208B0" w:rsidRDefault="00AC7840" w:rsidP="00522144">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Toc220420818"/>
       <w:r w:rsidR="009C506E">
         <w:t>Definitions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="1AC3A327" w14:textId="243E0CF7" w:rsidR="008D49A5" w:rsidRDefault="008D49A5" w:rsidP="008D49A5">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D17553" w:rsidRPr="5AA728BF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
@@ -2993,208 +3003,258 @@
             <w:r w:rsidRPr="00F82856">
               <w:t>Report or Reportable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21386F47" w14:textId="4D4E4F87" w:rsidR="006F0F8C" w:rsidRPr="00F82856" w:rsidRDefault="006F0F8C" w:rsidP="006F0F8C">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r w:rsidRPr="00F82856">
               <w:t>A specific requirement from CDG09 or NI(DO)R65 to notify ONR of an incident.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00C65997" w14:paraId="5FAD9A0B" w14:textId="77777777" w:rsidTr="10ADE6FA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5042067C" w14:textId="7FC716FA" w:rsidR="00C65997" w:rsidRPr="00F82856" w:rsidRDefault="00C65997" w:rsidP="006F0F8C">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t>REPPIR19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FFFB41E" w14:textId="20929EA5" w:rsidR="00C65997" w:rsidRPr="00F82856" w:rsidRDefault="00412324" w:rsidP="006F0F8C">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidR="0023663C">
+              <w:t>Radiation Emergency Preparedness and Public Information Regulations 2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00141960" w14:paraId="5CB3ED2D" w14:textId="77777777" w:rsidTr="10ADE6FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D1E9F77" w14:textId="0FBD37B2" w:rsidR="00141960" w:rsidRPr="00F82856" w:rsidRDefault="00141960" w:rsidP="006F0F8C">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="_Hlk129186059"/>
+            <w:bookmarkStart w:id="13" w:name="_Hlk129186059"/>
             <w:r w:rsidRPr="00F82856">
               <w:t>RID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AD872AA" w14:textId="2BB28598" w:rsidR="00141960" w:rsidRPr="00F82856" w:rsidRDefault="00141960" w:rsidP="006F0F8C">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r w:rsidRPr="00F82856">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
               </w:rPr>
               <w:t>Regulations concerning the International Carriage of Dangerous Goods by Rail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:tr w:rsidR="006F50F5" w14:paraId="570958E8" w14:textId="77777777" w:rsidTr="10ADE6FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48BECD89" w14:textId="144772CD" w:rsidR="006F50F5" w:rsidRPr="00F82856" w:rsidRDefault="006F50F5" w:rsidP="006F50F5">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r w:rsidRPr="00F82856">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>UK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5ADFCEB2" w14:textId="140BDBDF" w:rsidR="006F50F5" w:rsidRPr="00F82856" w:rsidRDefault="006F50F5" w:rsidP="006F50F5">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r w:rsidRPr="00F82856">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>United Kingdom</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43F09434" w14:textId="48FC7A8D" w:rsidR="009E0E52" w:rsidRDefault="00304785" w:rsidP="005754AE">
       <w:pPr>
         <w:sectPr w:rsidR="009E0E52" w:rsidSect="00F82856">
-          <w:headerReference w:type="even" r:id="rId22"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId25"/>
+          <w:headerReference w:type="even" r:id="rId20"/>
+          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:footerReference w:type="even" r:id="rId22"/>
+          <w:footerReference w:type="default" r:id="rId23"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682F5B89" w14:textId="77777777" w:rsidR="000916A8" w:rsidRDefault="000916A8" w:rsidP="000916A8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc191409133"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc220420819"/>
       <w:r w:rsidRPr="5AA728BF">
         <w:lastRenderedPageBreak/>
         <w:t>Guidance for Radioactive Materials Transport Dutyholders</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="7BD78E80" w14:textId="77777777" w:rsidR="000916A8" w:rsidRPr="002050C1" w:rsidRDefault="000916A8" w:rsidP="000916A8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc220420820"/>
       <w:r>
         <w:t>Implementing ONR’s Radioactive Materials Transport Incident Categories</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="15EAF288" w14:textId="644C0988" w:rsidR="00BF592C" w:rsidRDefault="000916A8" w:rsidP="000916A8">
       <w:r>
         <w:t xml:space="preserve">ONR intends this guidance to apply consistently to all </w:t>
       </w:r>
       <w:r w:rsidR="005572AC">
         <w:t xml:space="preserve">civil </w:t>
       </w:r>
       <w:r>
         <w:t>radioactive materials transport dutyholders</w:t>
       </w:r>
       <w:r w:rsidR="00996C04">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B320A3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF592C">
         <w:t>The guidance uses general terminology that closely align</w:t>
       </w:r>
       <w:r w:rsidR="006A5BD4">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00BF592C">
         <w:t xml:space="preserve"> to CDG09. This will allow dutyholders to use their existing CDG09 compliance arrangements, or management systems, to implement these incident notification </w:t>
       </w:r>
       <w:r w:rsidR="00A333C2">
         <w:t xml:space="preserve">obligations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10422DD0" w14:textId="38C4C105" w:rsidR="000916A8" w:rsidRDefault="008F1E37" w:rsidP="000916A8">
+    <w:p w14:paraId="2BBDDD59" w14:textId="22AEC67F" w:rsidR="00EB5C1A" w:rsidRDefault="008F1E37" w:rsidP="009C25B5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>ONR’s notification criteria</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">for incidents involving the </w:t>
       </w:r>
       <w:r w:rsidR="00303364">
         <w:t xml:space="preserve">civil </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>transport of radioactive materials are defined in the notification process document (</w:t>
       </w:r>
       <w:r w:rsidR="00D00E0E" w:rsidRPr="5AA728BF">
         <w:t>ref. [</w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>1])</w:t>
       </w:r>
       <w:r w:rsidR="005C2507">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
@@ -3208,97 +3268,110 @@
       </w:r>
       <w:r w:rsidR="00996C04">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34DCF96F" w14:textId="77777777" w:rsidR="00687369" w:rsidRDefault="00BD739E" w:rsidP="00352093">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="5AA728BF" w:rsidDel="007F2F40">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">incident notification </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF" w:rsidDel="007F2F40">
         <w:t xml:space="preserve">criteria are not technology or facility specific. </w:t>
       </w:r>
       <w:r w:rsidR="000916A8" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E27D9" w:rsidRPr="001E18DF">
+      <w:r w:rsidR="002E27D9" w:rsidRPr="00090460">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidR="004C12C1">
         <w:t xml:space="preserve"> provides more detailed commentary for each of the transport criteria. This includes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D82B8B" w14:textId="726321ED" w:rsidR="00677317" w:rsidRDefault="00677317" w:rsidP="00687369">
+    <w:p w14:paraId="55D82B8B" w14:textId="3BA8F516" w:rsidR="00677317" w:rsidRDefault="00677317" w:rsidP="00687369">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
         <w:t>Timeframe for notification</w:t>
       </w:r>
-      <w:r w:rsidR="00FA00A4">
-        <w:t>;</w:t>
+      <w:r w:rsidR="00DD2C49">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AF4AB4" w14:textId="4660B282" w:rsidR="00DA1678" w:rsidRDefault="00DA1678" w:rsidP="000916A8">
+    <w:p w14:paraId="44AF4AB4" w14:textId="1CFE9CA9" w:rsidR="00DA1678" w:rsidRDefault="00DA1678" w:rsidP="000916A8">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
         <w:t>Follow</w:t>
       </w:r>
       <w:r w:rsidR="00A55794">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">up report </w:t>
       </w:r>
       <w:r w:rsidR="00A55794">
         <w:t xml:space="preserve">(FUR) </w:t>
       </w:r>
       <w:r>
         <w:t>requirements</w:t>
       </w:r>
-      <w:r w:rsidR="00FA00A4">
-        <w:t>;</w:t>
+      <w:r w:rsidR="00DD2C49">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFC182E" w14:textId="01E1FDF4" w:rsidR="000916A8" w:rsidRDefault="000916A8" w:rsidP="000916A8">
+    <w:p w14:paraId="2DFC182E" w14:textId="7751B756" w:rsidR="000916A8" w:rsidRDefault="000916A8" w:rsidP="000916A8">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
-        <w:t>Origin of the Category;</w:t>
+        <w:t xml:space="preserve">Origin of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005129AB">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ategory</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3455B">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B385D4D" w14:textId="5CFA80FB" w:rsidR="000916A8" w:rsidRDefault="000916A8" w:rsidP="000916A8">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
         <w:t>Discussion of the types of incidents that ONR intends this category to include and,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C601C79" w14:textId="20B2A86A" w:rsidR="000916A8" w:rsidRDefault="000916A8" w:rsidP="000916A8">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
         <w:t>Interpretation of terminology in the categories and guidance for dutyholders to implement the categories within their arrangements</w:t>
       </w:r>
       <w:r w:rsidR="00C3217D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E31556E" w14:textId="6259401A" w:rsidR="000916A8" w:rsidRDefault="000916A8" w:rsidP="000916A8">
       <w:r>
         <w:t xml:space="preserve">Where incidents are reportable under NIA65 </w:t>
       </w:r>
@@ -3317,50 +3390,74 @@
       <w:r>
         <w:t>b, they have been associated with the closest CDG09 reportable criteria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A72006" w14:textId="48665198" w:rsidR="000916A8" w:rsidRDefault="00882268" w:rsidP="000916A8">
       <w:r w:rsidRPr="5AA728BF">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="000916A8" w:rsidRPr="5AA728BF">
         <w:t>his guidance</w:t>
       </w:r>
       <w:r w:rsidR="00DB1E9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00620CC7">
         <w:t xml:space="preserve">does not include illustrative examples to remain </w:t>
       </w:r>
       <w:r w:rsidR="000916A8" w:rsidRPr="5AA728BF">
         <w:t>generic</w:t>
       </w:r>
       <w:r w:rsidR="00620CC7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000916A8" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> Dutyholders may choose to include specific examples in their implementation arrangements that are relevant to their technologies and facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF7B687" w14:textId="77777777" w:rsidR="004B38A0" w:rsidRDefault="004B38A0" w:rsidP="004B38A0">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Additional guidance on the Media Interest Category is provided in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000774E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appendix </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>B</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DD8C090" w14:textId="43B3364A" w:rsidR="006104A2" w:rsidRDefault="00A068FA" w:rsidP="000916A8">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Required information should be</w:t>
       </w:r>
       <w:r w:rsidR="0043756A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00813EC1">
         <w:t xml:space="preserve">submitted </w:t>
       </w:r>
       <w:r w:rsidR="0043756A">
         <w:t xml:space="preserve">to ONR as described in </w:t>
       </w:r>
       <w:r w:rsidR="000A4017">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -3538,57 +3635,599 @@
       <w:r w:rsidR="00B24892">
         <w:t xml:space="preserve">a formal </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE05D6">
         <w:t xml:space="preserve">agreement with </w:t>
       </w:r>
       <w:r w:rsidR="008F7786">
         <w:t>ONR’s Transport Competent Authority</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE05D6">
         <w:t xml:space="preserve">, certain very minor events or classes of event could be excluded from these </w:t>
       </w:r>
       <w:r>
         <w:t>categories</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE05D6">
         <w:t xml:space="preserve"> provided they are included in periodic event summary </w:t>
       </w:r>
       <w:r>
         <w:t>documents</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE05D6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E04C6E3" w14:textId="77777777" w:rsidR="000916A8" w:rsidRPr="002050C1" w:rsidRDefault="000916A8" w:rsidP="000916A8">
+    <w:p w14:paraId="290733AC" w14:textId="1C17C52E" w:rsidR="00F9577A" w:rsidRDefault="00471C68" w:rsidP="006F290C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc220420821"/>
       <w:r>
-        <w:t>Radioactive Materials Transport Notifications</w:t>
-      </w:r>
+        <w:t>Incident significance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="211D6056" w14:textId="3A7F82B2" w:rsidR="0045326A" w:rsidRDefault="0045326A" w:rsidP="0045326A">
+      <w:r>
+        <w:t xml:space="preserve">The incident significance ratings that dutyholders need to include within incident notifications are broadly described in Table 2. Incidents that require more prompt reporting to ONR should </w:t>
+      </w:r>
+      <w:r w:rsidR="00D967F1">
+        <w:t xml:space="preserve">generally </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">be considered of greater significance. The provisional INES rating will also be an indicator of incident significance.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F057823" w14:textId="77777777" w:rsidR="0045326A" w:rsidRDefault="0045326A" w:rsidP="0045326A">
+      <w:r>
+        <w:t xml:space="preserve">Dutyholders will be assigning incident significance according to information they have available at the time of notification. ONR’s response is not governed by this initial estimate of significance and ONR will form a view of the significance of the incident in due course </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDEE010" w14:textId="77777777" w:rsidR="0045326A" w:rsidRDefault="0045326A" w:rsidP="0045326A">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>TABLE 2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1488"/>
+        <w:gridCol w:w="7528"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0045326A" w14:paraId="65C4A8D1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74467756" w14:textId="77777777" w:rsidR="0045326A" w:rsidRDefault="0045326A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Incident significance </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5D20EB" w14:textId="77777777" w:rsidR="0045326A" w:rsidRDefault="0045326A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045326A" w14:paraId="2395CAF2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="448D44C6" w14:textId="77777777" w:rsidR="0045326A" w:rsidRDefault="0045326A">
+            <w:r>
+              <w:t>Major</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A943A84" w14:textId="5ABE3E85" w:rsidR="0045326A" w:rsidRDefault="0045326A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The incident is such that </w:t>
+            </w:r>
+            <w:r w:rsidR="004A79CF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">principle </w:t>
+            </w:r>
+            <w:r w:rsidR="000E26D1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">relevant </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>transport control measures required for safe operations are not available or are rendered ineffective and there is a radiation emergency</w:t>
+            </w:r>
+            <w:r w:rsidR="0070240E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and/or significant civil disruption. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045326A" w14:paraId="2BFE2539" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44977C75" w14:textId="77777777" w:rsidR="0045326A" w:rsidRDefault="0045326A">
+            <w:r>
+              <w:t>Moderate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="028E667B" w14:textId="1A6C4812" w:rsidR="0045326A" w:rsidRDefault="0045326A" w:rsidP="00480C13">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="28"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>The incident is such that one or more significant transport control measures required for safe operations have either been, or are likely to be, significantly weakened, absent or rendered ineffective, which results in the potential for a radiation emergency* and/or adverse</w:t>
+            </w:r>
+            <w:r w:rsidR="00D71103">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> impacts transport or industry operations.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045326A" w14:paraId="077BEF19" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE6B973" w14:textId="77777777" w:rsidR="0045326A" w:rsidRDefault="0045326A">
+            <w:r>
+              <w:t>Minor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61655508" w14:textId="196FCB5C" w:rsidR="0045326A" w:rsidRDefault="0045326A">
+            <w:r>
+              <w:t>The incident is such that the majority of transport safety control/administrative measures required for safe operation remain effective but one of several, is weakened, absent or rendered ineffective, and/or the situation results in, or has the potential to result in</w:t>
+            </w:r>
+            <w:r w:rsidR="00855375">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA1A7A">
+              <w:t xml:space="preserve">limited </w:t>
+            </w:r>
+            <w:r>
+              <w:t>consequences for workers and/or the public. No civil/industry disruption.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045326A" w14:paraId="7120BBFA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="389047BB" w14:textId="71157027" w:rsidR="0045326A" w:rsidRDefault="0045326A">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00091883">
+              <w:t>one</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="121CACE0" w14:textId="77777777" w:rsidR="0045326A" w:rsidRDefault="0045326A">
+            <w:r>
+              <w:t xml:space="preserve">Where there has been an incident or matter that has no safety affect or consequence. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0FD86547" w14:textId="00A0927D" w:rsidR="0045326A" w:rsidRPr="006E0D72" w:rsidRDefault="0045326A" w:rsidP="006E0D72">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00254DD3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adiation emergency</w:t>
+      </w:r>
+      <w:r w:rsidR="00831E2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as defined in CDG09 Schedule 2</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5C23">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000549F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0D72" w:rsidRPr="003B0967">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00A110CA" w:rsidRPr="003B0967">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ote</w:t>
+      </w:r>
+      <w:r w:rsidR="000549F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01352">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00992812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A radiation accident</w:t>
+      </w:r>
+      <w:r w:rsidR="005678D8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4D98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>defined in IRR17</w:t>
+      </w:r>
+      <w:r w:rsidR="005678D8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4D98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00901970">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00C32131">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>at least of</w:t>
+      </w:r>
+      <w:r w:rsidR="00F047FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘minor’ significance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30E39">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, and may be</w:t>
+      </w:r>
+      <w:r w:rsidR="00F047FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91320">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘moderate’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A110CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>depending on circumstances</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4D98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E04C6E3" w14:textId="4C30435F" w:rsidR="000916A8" w:rsidRPr="002050C1" w:rsidRDefault="009734DF" w:rsidP="000916A8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc220420822"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Additional </w:t>
+      </w:r>
+      <w:r w:rsidR="00241CF7">
+        <w:t xml:space="preserve">information </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55375">
+        <w:t>to include in T</w:t>
+      </w:r>
+      <w:r w:rsidR="000916A8">
+        <w:t>ransport Notifications</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="084EC93C" w14:textId="6C42E644" w:rsidR="000916A8" w:rsidRDefault="00EF68CB" w:rsidP="000916A8">
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="000916A8" w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve">adioactive materials transport dutyholders </w:t>
       </w:r>
       <w:r w:rsidR="00A41DC6">
         <w:t xml:space="preserve">are expected to </w:t>
       </w:r>
       <w:r w:rsidR="000916A8" w:rsidRPr="5AA728BF">
         <w:t>include additional specific information in the</w:t>
       </w:r>
       <w:r w:rsidR="0011139A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD042F">
         <w:t xml:space="preserve">incident </w:t>
       </w:r>
       <w:r w:rsidR="0011139A">
         <w:t>notification they provide</w:t>
       </w:r>
       <w:r w:rsidR="00A41DC6">
         <w:t xml:space="preserve"> to ONR</w:t>
@@ -3785,51 +4424,50 @@
         <w:pStyle w:val="Bulletlist2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1434" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Reference numbers and contact information should be included.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C214A44" w14:textId="77777777" w:rsidR="000916A8" w:rsidRDefault="000916A8" w:rsidP="000916A8">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
         <w:t>Carrier reference number/waybill information or equivalent suitable to identify the package.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A5D770" w14:textId="1675C18A" w:rsidR="00805156" w:rsidRDefault="000916A8" w:rsidP="008C0085">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5AA728BF">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dutyholders should include this additional information in the relevant “Any other comments” of the </w:t>
       </w:r>
       <w:r w:rsidR="00D00E0E">
         <w:t xml:space="preserve">ONR </w:t>
       </w:r>
       <w:r w:rsidR="00D00E0E" w:rsidRPr="5AA728BF">
         <w:t>dutyholder</w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> portal or </w:t>
       </w:r>
       <w:r w:rsidR="00836634">
         <w:t xml:space="preserve">where this is not accessible, in </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t>Section 5 of the INF1 form</w:t>
       </w:r>
       <w:r w:rsidR="00836634">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="5AA728BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00120047">
         <w:t xml:space="preserve">in accordance with </w:t>
@@ -3878,86 +4516,95 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
         </w:rPr>
         <w:t>[1]</w:t>
       </w:r>
       <w:r w:rsidR="008C0085">
         <w:rPr>
           <w:rStyle w:val="contentcontrolboundarysink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
       <w:r w:rsidR="008C0085">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.) </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="29B7ED18" w14:textId="77777777" w:rsidR="00F56EDC" w:rsidRDefault="00F56EDC" w:rsidP="008C0085">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="142AEC65" w14:textId="144E9B3B" w:rsidR="000916A8" w:rsidRDefault="008C0085" w:rsidP="008C0085">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="11" w:name="_Toc191409134" w:displacedByCustomXml="next"/>
-    <w:bookmarkStart w:id="12" w:name="_Toc118902996" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="18" w:name="_Toc118902996" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="19" w:name="_Toc220420823" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-652758001"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Bibliographies"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7C314F13" w14:textId="3CB0FAA4" w:rsidR="00140E1C" w:rsidRDefault="00140E1C" w:rsidP="00FA33FE">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="0"/>
             </w:numPr>
             <w:ind w:left="851" w:hanging="851"/>
           </w:pPr>
           <w:r>
             <w:t>References</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="12"/>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="18"/>
         </w:p>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-573587230"/>
             <w:bibliography/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="28A2F3EA" w14:textId="77777777" w:rsidR="00702A2A" w:rsidRDefault="00140E1C">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:fldChar w:fldCharType="begin"/>
               </w:r>
               <w:r>
                 <w:instrText xml:space="preserve"> BIBLIOGRAPHY </w:instrText>
               </w:r>
               <w:r>
@@ -4248,104 +4895,97 @@
                   <w:noProof/>
                 </w:rPr>
               </w:pPr>
             </w:p>
             <w:p w14:paraId="0AB37AA6" w14:textId="693D6585" w:rsidR="00140E1C" w:rsidRDefault="00140E1C">
               <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:noProof/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2D78765E" w14:textId="77777777" w:rsidR="00060FF2" w:rsidRDefault="00060FF2" w:rsidP="00361113"/>
     <w:p w14:paraId="6B09AD78" w14:textId="77777777" w:rsidR="00361113" w:rsidRDefault="00361113" w:rsidP="00361113"/>
     <w:p w14:paraId="6BB0F37D" w14:textId="77777777" w:rsidR="00091C8A" w:rsidRDefault="00091C8A" w:rsidP="00361113"/>
     <w:p w14:paraId="353AAE5F" w14:textId="77777777" w:rsidR="00091C8A" w:rsidRDefault="00091C8A" w:rsidP="00361113"/>
     <w:p w14:paraId="67569A88" w14:textId="77777777" w:rsidR="00091C8A" w:rsidRDefault="00091C8A" w:rsidP="00361113"/>
     <w:p w14:paraId="5025F1AF" w14:textId="77777777" w:rsidR="00361113" w:rsidRDefault="00361113" w:rsidP="00361113"/>
     <w:p w14:paraId="1D0BF868" w14:textId="77777777" w:rsidR="00361113" w:rsidRDefault="00361113" w:rsidP="00361113"/>
-    <w:p w14:paraId="57F82CE0" w14:textId="77777777" w:rsidR="00361113" w:rsidRDefault="00361113" w:rsidP="00361113"/>
-[...12 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="57F82CE0" w14:textId="575C3DEE" w:rsidR="007F21DA" w:rsidRDefault="007F21DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3F6D310F" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Appendix_A_–"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkStart w:id="20" w:name="_Appendix_A_–"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc220420824"/>
+      <w:bookmarkStart w:id="22" w:name="OLE_LINK36"/>
+      <w:bookmarkStart w:id="23" w:name="OLE_LINK37"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="002050C1">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r>
         <w:t>A –</w:t>
       </w:r>
       <w:r w:rsidRPr="00556439">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Radioactive Materials</w:t>
       </w:r>
       <w:r w:rsidRPr="00556439">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Transport Incident</w:t>
       </w:r>
       <w:r w:rsidRPr="00556439">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Categories</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="00FA1E51" w14:paraId="671C2807" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="230ABAE6" w14:textId="1313E99A" w:rsidR="00917FAA" w:rsidRPr="00C3217D" w:rsidRDefault="00917FAA" w:rsidP="5AA728BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -4654,51 +5294,51 @@
             <w:r w:rsidR="0037650E">
               <w:t>NIA65</w:t>
             </w:r>
             <w:r w:rsidR="008A1FCB" w:rsidRPr="008A1FCB">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="002034B3" w14:paraId="7A01C02B" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="76962B22" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRPr="008A1FCB" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="_Hlk112775343"/>
+            <w:bookmarkStart w:id="24" w:name="_Hlk112775343"/>
             <w:r w:rsidRPr="008A1FCB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Reporting Responsibility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="002034B3" w14:paraId="6702A78F" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="30363C77" w14:textId="03621B16" w:rsidR="00917FAA" w:rsidRPr="008A1FCB" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
             <w:pPr>
               <w:spacing w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="5AA728BF">
               <w:t>CDG</w:t>
             </w:r>
@@ -4712,51 +5352,51 @@
           <w:p w14:paraId="55ACF367" w14:textId="3BB67805" w:rsidR="00917FAA" w:rsidRPr="008A1FCB" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
             <w:pPr>
               <w:spacing w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="5AA728BF">
               <w:t>NI(DO)R</w:t>
             </w:r>
             <w:r w:rsidR="002E4251" w:rsidRPr="5AA728BF">
               <w:t>65</w:t>
             </w:r>
             <w:r w:rsidRPr="5AA728BF">
               <w:t xml:space="preserve"> – The site licensee is responsible for making a notification using this category (defined by NIA65</w:t>
             </w:r>
             <w:r w:rsidR="002E4251" w:rsidRPr="5AA728BF">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="000B301E">
               <w:t xml:space="preserve"> section</w:t>
             </w:r>
             <w:r w:rsidRPr="5AA728BF">
               <w:t xml:space="preserve"> 22(1)(b)).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="002034B3" w14:paraId="5FC621E1" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7E212EB0" w14:textId="1D545137" w:rsidR="00917FAA" w:rsidRPr="00EF5AE7" w:rsidRDefault="00917FAA" w:rsidP="00EF5AE7">
             <w:pPr>
               <w:spacing w:after="120"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Generic </w:t>
             </w:r>
             <w:r w:rsidRPr="00947A6D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Example</w:t>
@@ -5561,86 +6201,86 @@
             <w:r w:rsidRPr="5AA728BF">
               <w:t>the activation of an emergency response is indicative of a potentially serious problem developing. False alarms of a non-trivial nature may also be reportable</w:t>
             </w:r>
             <w:r w:rsidR="002407EB">
               <w:t xml:space="preserve"> if the emergency plan is enacted in response.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="00A74892" w14:paraId="69A99A34" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="40AA8B2A" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRPr="008A1FCB" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="_Hlk112775506"/>
+            <w:bookmarkStart w:id="25" w:name="_Hlk112775506"/>
             <w:r w:rsidRPr="008A1FCB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Reporting Responsibility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="00A74892" w14:paraId="27F29D53" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:trPr>
           <w:trHeight w:val="18"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="19853FF0" w14:textId="28EEAE8B" w:rsidR="00917FAA" w:rsidRPr="008A1FCB" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
             <w:pPr>
               <w:spacing w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="5AA728BF">
               <w:t>The consignor</w:t>
             </w:r>
             <w:r w:rsidR="00AF044F">
               <w:t>/carrier</w:t>
             </w:r>
             <w:r w:rsidRPr="5AA728BF">
               <w:t xml:space="preserve"> is responsible for making a notification using this category.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="002034B3" w14:paraId="07FA92D6" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="218A4967" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Generic </w:t>
             </w:r>
             <w:r w:rsidRPr="00491069">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -6794,95 +7434,95 @@
             <w:r w:rsidR="00BF6565">
               <w:t>, not TS05</w:t>
             </w:r>
             <w:r w:rsidRPr="5AA728BF">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="00D03791" w14:paraId="6677CB34" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="358FBDF9" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRPr="0053488E" w:rsidRDefault="00917FAA" w:rsidP="00E443B9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="20" w:name="_Hlk112775418"/>
+            <w:bookmarkStart w:id="26" w:name="_Hlk112775418"/>
             <w:r w:rsidRPr="000F33A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Reporting Responsibility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="00D03791" w14:paraId="17FA2879" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:trPr>
           <w:trHeight w:val="1077"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5CE7E35A" w14:textId="03806DB3" w:rsidR="00917FAA" w:rsidRPr="00A62AFB" w:rsidRDefault="00917FAA" w:rsidP="00E443B9">
             <w:pPr>
               <w:spacing w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="5AA728BF">
               <w:t>CDG09 - The dutyholder (loader, filler, carrier or consignee) responsible for the package at the time the incident occurred is responsible for making a notification under this category.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D087E4" w14:textId="190BEF80" w:rsidR="00917FAA" w:rsidRPr="0053488E" w:rsidRDefault="00917FAA" w:rsidP="00E443B9">
             <w:pPr>
               <w:spacing w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="5AA728BF">
               <w:t>NI(DO)R</w:t>
             </w:r>
             <w:r w:rsidR="008D3559" w:rsidRPr="5AA728BF">
               <w:t>65</w:t>
             </w:r>
             <w:r w:rsidRPr="5AA728BF">
               <w:t xml:space="preserve"> – The site licensee is responsible for making a notification using this category.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="002034B3" w14:paraId="394FE489" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="72EF59FC" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRDefault="00917FAA" w:rsidP="00E443B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7155"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Generic Examples</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="635C02F1" w14:textId="02A11A39" w:rsidR="00917FAA" w:rsidRPr="00947A6D" w:rsidRDefault="00917FAA" w:rsidP="00E443B9">
@@ -8982,117 +9622,117 @@
               <w:t>Transport of wood/wood pulp from contaminated source</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> or ebay items in post.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23501351" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5201D86D" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRPr="00B075B4" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc191409136"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc220420825"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="002050C1">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r>
         <w:t>B –</w:t>
       </w:r>
       <w:r w:rsidRPr="00556439">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B00983">
         <w:rPr>
           <w:sz w:val="46"/>
           <w:szCs w:val="46"/>
         </w:rPr>
         <w:t>Media Interest Incident Category</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="00FA1E51" w14:paraId="357E50E4" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="321D9F8A" w14:textId="6B77CE0C" w:rsidR="00917FAA" w:rsidRPr="00FA1E51" w:rsidRDefault="00917FAA" w:rsidP="00E443B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="120"/>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="OLE_LINK32"/>
-            <w:bookmarkStart w:id="23" w:name="OLE_LINK33"/>
+            <w:bookmarkStart w:id="28" w:name="OLE_LINK32"/>
+            <w:bookmarkStart w:id="29" w:name="OLE_LINK33"/>
             <w:r w:rsidRPr="000D6C7A">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>AN01</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA1E51">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="00E443B9">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Events likely to attract, or that have attracted, significant national media or public attention.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="00C7292B" w14:paraId="67D8ECBD" w14:textId="77777777" w:rsidTr="5AA728BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4F0BB9B6" w14:textId="52672167" w:rsidR="00B00983" w:rsidRDefault="00B00983" w:rsidP="00E21959">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="5AA728BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tim</w:t>
             </w:r>
             <w:r w:rsidR="00905DED" w:rsidRPr="5AA728BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>eframe for notification</w:t>
@@ -9169,51 +9809,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00AD4D52">
               <w:t>Ministerial Reporting Criteria (MRC</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00425613">
               <w:t xml:space="preserve"> For</w:t>
             </w:r>
             <w:r w:rsidR="00AD4D52" w:rsidRPr="00900CF2">
               <w:t xml:space="preserve"> more</w:t>
             </w:r>
             <w:r w:rsidR="00AD4D52">
               <w:t xml:space="preserve"> information please </w:t>
             </w:r>
             <w:r w:rsidR="00D567CF">
               <w:t>refer to</w:t>
             </w:r>
             <w:r w:rsidR="00D64DCF">
               <w:t xml:space="preserve"> ONR’s website</w:t>
             </w:r>
             <w:r w:rsidR="00E21959">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidR="00D64DCF" w:rsidRPr="00D64DCF">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E21959">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00D567CF">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4D52">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917FAA" w:rsidRPr="00C7292B" w14:paraId="3DC587C2" w14:textId="77777777" w:rsidTr="5AA728BF">
@@ -9370,87 +10010,654 @@
             </w:r>
             <w:r w:rsidRPr="5AA728BF">
               <w:t>TS category above should additionally include AN01</w:t>
             </w:r>
             <w:r w:rsidR="00FD19AF">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A55DDA">
               <w:t>in the notification</w:t>
             </w:r>
             <w:r w:rsidRPr="5AA728BF">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FC65FA9" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRPr="00A74892" w:rsidRDefault="00917FAA" w:rsidP="00A80662">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6239C3AC" w14:textId="72CF6371" w:rsidR="009E0E52" w:rsidRDefault="009E0E52" w:rsidP="00FD19AF"/>
+    <w:p w14:paraId="6239C3AC" w14:textId="67691220" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00FD19AF"/>
+    <w:p w14:paraId="44E953F4" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46469AEC" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc220420826"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Document Control Information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="1DB21D10" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="007B7754" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Process Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7754">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7754">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Deputy Director (CORD),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7754">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7754">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technical Directorate </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5511B3AC" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="00D17553" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Prepared</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10ADE6FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: Incidents Management Lead</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2326A48E" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="00A85E39" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="10ADE6FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Reviewed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Approved by: </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Head of Organisational Learning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C83919D" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="00D51853" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:pPr>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5D1C2579">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Issue No.:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D17553">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Issue No."/>
+          <w:tag w:val=""/>
+          <w:id w:val="-894428327"/>
+          <w:placeholder>
+            <w:docPart w:val="80ECB099221D4B6A8920122D7CEA968A"/>
+          </w:placeholder>
+          <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="5D1C2579">
+            <w:t>1.</w:t>
+          </w:r>
+          <w:r>
+            <w:t>5</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E75E615" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="00D17553" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:r w:rsidRPr="373FB14B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Publication Date</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: February 2026 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C08C0B9" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="00D17553" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:r w:rsidRPr="373FB14B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Next Major Review Date</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: March 2030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D62DE2" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="00872B66" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004874CF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Doc. Ref. No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004874CF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6F47">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>ONR-O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004874CF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872B66">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>-GD-005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AB052E" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D17553">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Record Ref. No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D17553">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A037F8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ONRHH-822789359-19709</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F27387" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="00D17553" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4846D643" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="007B7754">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r>
+        <w:t>Revision commentary</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="10" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1403"/>
+        <w:gridCol w:w="7603"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007B7754" w:rsidRPr="005E3484" w14:paraId="774297CE" w14:textId="77777777" w:rsidTr="00747192">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6096A879" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="005E3484" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E3484">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Issue No.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ECA0586" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="005E3484" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E3484">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Description of Update(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B7754" w14:paraId="12BBD5BC" w14:textId="77777777" w:rsidTr="00747192">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C6A788" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7015E33F" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>New document.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B7754" w14:paraId="14A3CE28" w14:textId="77777777" w:rsidTr="00747192">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B034BDD" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58822A76" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Minor editorial updates and clarification of timescales in Appendix A.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B7754" w14:paraId="5AA30289" w14:textId="77777777" w:rsidTr="00747192">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B288D79" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC85CF6" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review date extended to July 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B7754" w14:paraId="7194BB3A" w14:textId="77777777" w:rsidTr="00747192">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA53250" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E87FA28" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Minor update to the definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B7754" w14:paraId="79912505" w14:textId="77777777" w:rsidTr="00747192">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DF9315" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="291A85F1" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="007B285E" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B285E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minor amendments to referencing, and to consistency in terminology </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B285E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B285E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> across ONR’s suite of incidents guidance and processes.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B285E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Detailed Ministerial reporting criteria references </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B285E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>removed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B7754" w14:paraId="7C4FA596" w14:textId="77777777" w:rsidTr="00747192">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5046330B" w14:textId="77777777" w:rsidR="007B7754" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3020FB26" w14:textId="77777777" w:rsidR="007B7754" w:rsidRPr="00751A96" w:rsidRDefault="007B7754" w:rsidP="00747192">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00751A96">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Minor update to section 2 to include incident significance g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751A96">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>uidance.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="31A6CF3D" w14:textId="77777777" w:rsidR="009E0E52" w:rsidRDefault="009E0E52" w:rsidP="00FD19AF"/>
     <w:sectPr w:rsidR="009E0E52" w:rsidSect="006F1E60">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BFF7EDB" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRDefault="00CC30C4" w:rsidP="007D199A">
+    <w:p w14:paraId="7955F6F8" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRDefault="00FF2F4A" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B299F0" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRDefault="00CC30C4"/>
+    <w:p w14:paraId="71F08F56" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRDefault="00FF2F4A"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E8FAACF" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRDefault="00CC30C4" w:rsidP="007D199A">
+    <w:p w14:paraId="0AE16E38" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRDefault="00FF2F4A" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5898A04A" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRDefault="00CC30C4"/>
+    <w:p w14:paraId="054E01E9" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRDefault="00FF2F4A"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E453CD2" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRDefault="00CC30C4">
+    <w:p w14:paraId="0C43AC25" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRDefault="00FF2F4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -9493,179 +10700,165 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5714E96E" w14:textId="034BED42" w:rsidR="007C3C1D" w:rsidRPr="006A525B" w:rsidRDefault="007C3C1D" w:rsidP="007C3C1D">
-[...12 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4214D217" w14:textId="0353C478" w:rsidR="00F82856" w:rsidRPr="00F82856" w:rsidRDefault="00F82856" w:rsidP="00F82856">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page | </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="515DBB12" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69D8C183" w14:textId="3F7C1C87" w:rsidR="000916A8" w:rsidRPr="000916A8" w:rsidRDefault="000916A8" w:rsidP="000916A8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page | </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01C40B7C" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRPr="005E0344" w:rsidRDefault="00CC30C4" w:rsidP="005E0344">
+    <w:p w14:paraId="5EA768DA" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRPr="005E0344" w:rsidRDefault="00FF2F4A" w:rsidP="005E0344">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6DDAD59F" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRPr="005E0344" w:rsidRDefault="00CC30C4" w:rsidP="0090581D">
+    <w:p w14:paraId="42484D7F" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRPr="005E0344" w:rsidRDefault="00FF2F4A" w:rsidP="0090581D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F4213B1" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRDefault="00CC30C4"/>
+    <w:p w14:paraId="6AD1D1E8" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRDefault="00FF2F4A"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3716B64D" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRDefault="00CC30C4">
+    <w:p w14:paraId="46820078" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRDefault="00FF2F4A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D5C6C27" w14:textId="77777777" w:rsidR="00CC30C4" w:rsidRDefault="00CC30C4"/>
+    <w:p w14:paraId="0458C9D3" w14:textId="77777777" w:rsidR="00FF2F4A" w:rsidRDefault="00FF2F4A"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="4B981984" w14:textId="0772284D" w:rsidR="00141960" w:rsidRDefault="00141960">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0039159F">
         <w:t>Agreement concerning the International Carriage of Dangerous Goods by Road</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="4D5F69F7" w14:textId="3DA4C2AF" w:rsidR="00141960" w:rsidRDefault="00141960" w:rsidP="00141960">
@@ -9711,74 +10904,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00C52AC5" w:rsidRPr="001478CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
-[...22 lines deleted...]
-  <w:p w14:paraId="4B2B02C7" w14:textId="4E53B7D6" w:rsidR="00F82856" w:rsidRPr="00F82856" w:rsidRDefault="000B7827" w:rsidP="00F82856">
+  <w:p w14:paraId="4B2B02C7" w14:textId="5714FD25" w:rsidR="00F82856" w:rsidRPr="00F82856" w:rsidRDefault="00202772" w:rsidP="00F82856">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-1741938522"/>
         <w:placeholder>
           <w:docPart w:val="B2607715D0374064B1014F3EB53C2E62"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="005B0665">
@@ -9792,76 +10962,76 @@
     </w:sdt>
     <w:r w:rsidR="00F82856" w:rsidRPr="003A7E1C">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> | Issue No.: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-514224758"/>
         <w:placeholder>
           <w:docPart w:val="C94B0830CA634E6D8A677D93784CE205"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00D51853">
+        <w:r w:rsidR="00327349">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>1.4</w:t>
+          <w:t>1.5</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47FFC75F" w14:textId="73AC7DFF" w:rsidR="00177666" w:rsidRPr="003A7E1C" w:rsidRDefault="000B7827" w:rsidP="006F1E60">
+  <w:p w14:paraId="47FFC75F" w14:textId="5B40515A" w:rsidR="00177666" w:rsidRPr="003A7E1C" w:rsidRDefault="00202772" w:rsidP="006F1E60">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
         <w:placeholder>
           <w:docPart w:val="4DC9A9C3B10F4C09AFB25D9ACD4F0E8D"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
@@ -9876,56 +11046,56 @@
     </w:sdt>
     <w:r w:rsidR="004E3932" w:rsidRPr="003A7E1C">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> | Issue No.: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
         <w:placeholder>
           <w:docPart w:val="47A8B63B9ECA436CA2BA3D001F489182"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00D51853">
+        <w:r w:rsidR="00327349">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>1.4</w:t>
+          <w:t>1.5</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18471B21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EC54D88C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="503" w:hanging="503"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -10828,1591 +11998,1752 @@
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1936328843">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1522626690">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="812404737">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2072340270">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1081953188">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1647852132">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2084834659">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1969509820">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="503860472">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C4196"/>
     <w:rsid w:val="00002389"/>
     <w:rsid w:val="00002F03"/>
     <w:rsid w:val="00004235"/>
     <w:rsid w:val="00004C16"/>
     <w:rsid w:val="00006140"/>
     <w:rsid w:val="00006787"/>
     <w:rsid w:val="00011177"/>
     <w:rsid w:val="00011D41"/>
     <w:rsid w:val="0001243C"/>
     <w:rsid w:val="00014814"/>
     <w:rsid w:val="00014D80"/>
     <w:rsid w:val="00020BA6"/>
     <w:rsid w:val="00021CFD"/>
     <w:rsid w:val="0002288E"/>
+    <w:rsid w:val="00023A9B"/>
     <w:rsid w:val="00024522"/>
     <w:rsid w:val="00024B2E"/>
     <w:rsid w:val="00027F4F"/>
     <w:rsid w:val="00030430"/>
     <w:rsid w:val="0003078E"/>
     <w:rsid w:val="00031646"/>
     <w:rsid w:val="000316B4"/>
     <w:rsid w:val="00031B89"/>
     <w:rsid w:val="00034AAA"/>
     <w:rsid w:val="0003693D"/>
     <w:rsid w:val="000420D3"/>
     <w:rsid w:val="0004440F"/>
     <w:rsid w:val="00044A53"/>
     <w:rsid w:val="00044DE6"/>
     <w:rsid w:val="00046E54"/>
     <w:rsid w:val="00052455"/>
     <w:rsid w:val="00052C8A"/>
     <w:rsid w:val="00053883"/>
     <w:rsid w:val="000548C8"/>
+    <w:rsid w:val="000549F1"/>
     <w:rsid w:val="0006016A"/>
     <w:rsid w:val="00060FF2"/>
     <w:rsid w:val="0006158E"/>
     <w:rsid w:val="00061739"/>
+    <w:rsid w:val="00066E24"/>
     <w:rsid w:val="00071652"/>
+    <w:rsid w:val="00074B91"/>
+    <w:rsid w:val="00075323"/>
     <w:rsid w:val="00075605"/>
     <w:rsid w:val="00075C66"/>
     <w:rsid w:val="00077CA2"/>
     <w:rsid w:val="0008002E"/>
     <w:rsid w:val="00080301"/>
     <w:rsid w:val="000817D4"/>
     <w:rsid w:val="00081E99"/>
     <w:rsid w:val="000823AD"/>
     <w:rsid w:val="00082741"/>
     <w:rsid w:val="00082879"/>
+    <w:rsid w:val="00082B5A"/>
+    <w:rsid w:val="00082D8F"/>
     <w:rsid w:val="0008566F"/>
     <w:rsid w:val="00085D1F"/>
+    <w:rsid w:val="00090460"/>
     <w:rsid w:val="00090FC1"/>
     <w:rsid w:val="000916A8"/>
+    <w:rsid w:val="00091883"/>
     <w:rsid w:val="00091C8A"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="000933AF"/>
     <w:rsid w:val="00093658"/>
     <w:rsid w:val="00095DD1"/>
     <w:rsid w:val="000973BB"/>
     <w:rsid w:val="0009766D"/>
     <w:rsid w:val="00097B91"/>
     <w:rsid w:val="000A105C"/>
     <w:rsid w:val="000A254B"/>
     <w:rsid w:val="000A4017"/>
     <w:rsid w:val="000A42B8"/>
     <w:rsid w:val="000B0FFA"/>
     <w:rsid w:val="000B195A"/>
     <w:rsid w:val="000B202F"/>
     <w:rsid w:val="000B301E"/>
     <w:rsid w:val="000B7827"/>
     <w:rsid w:val="000C2DDC"/>
     <w:rsid w:val="000C3195"/>
+    <w:rsid w:val="000C3885"/>
     <w:rsid w:val="000C43C3"/>
     <w:rsid w:val="000C5534"/>
     <w:rsid w:val="000C66E6"/>
+    <w:rsid w:val="000C7A9C"/>
     <w:rsid w:val="000D05EA"/>
     <w:rsid w:val="000D2FD4"/>
     <w:rsid w:val="000D6A40"/>
     <w:rsid w:val="000E000F"/>
+    <w:rsid w:val="000E26D1"/>
     <w:rsid w:val="000E46EA"/>
     <w:rsid w:val="000E4A4C"/>
     <w:rsid w:val="000E5040"/>
     <w:rsid w:val="000E5B9D"/>
     <w:rsid w:val="000E6B05"/>
     <w:rsid w:val="000F18BA"/>
     <w:rsid w:val="000F1B7B"/>
     <w:rsid w:val="000F2EC8"/>
     <w:rsid w:val="000F2ED4"/>
     <w:rsid w:val="000F3107"/>
     <w:rsid w:val="000F33A0"/>
+    <w:rsid w:val="000F605C"/>
     <w:rsid w:val="000F7F35"/>
     <w:rsid w:val="00100347"/>
     <w:rsid w:val="001028C7"/>
     <w:rsid w:val="001028E8"/>
     <w:rsid w:val="00102CFB"/>
     <w:rsid w:val="00103618"/>
     <w:rsid w:val="0011139A"/>
+    <w:rsid w:val="00111932"/>
     <w:rsid w:val="00117581"/>
     <w:rsid w:val="00117AF6"/>
     <w:rsid w:val="00120047"/>
     <w:rsid w:val="0012048B"/>
     <w:rsid w:val="00122FCC"/>
     <w:rsid w:val="0012485D"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00126752"/>
     <w:rsid w:val="00130B30"/>
     <w:rsid w:val="00132A50"/>
     <w:rsid w:val="00132D1A"/>
     <w:rsid w:val="0013382E"/>
     <w:rsid w:val="00135CD8"/>
     <w:rsid w:val="00140E1C"/>
     <w:rsid w:val="00141960"/>
+    <w:rsid w:val="00142099"/>
     <w:rsid w:val="00142358"/>
     <w:rsid w:val="0014455C"/>
     <w:rsid w:val="001455C2"/>
     <w:rsid w:val="00146323"/>
     <w:rsid w:val="001479F8"/>
     <w:rsid w:val="00147AE4"/>
     <w:rsid w:val="00150144"/>
     <w:rsid w:val="00150587"/>
     <w:rsid w:val="0015150E"/>
     <w:rsid w:val="001522E2"/>
     <w:rsid w:val="00152E88"/>
     <w:rsid w:val="0015556C"/>
     <w:rsid w:val="00156199"/>
     <w:rsid w:val="001571E5"/>
     <w:rsid w:val="001603E3"/>
     <w:rsid w:val="00162D90"/>
     <w:rsid w:val="00164C00"/>
     <w:rsid w:val="00165ABC"/>
     <w:rsid w:val="00172004"/>
     <w:rsid w:val="0017332F"/>
     <w:rsid w:val="0017550F"/>
     <w:rsid w:val="00176690"/>
     <w:rsid w:val="00177666"/>
     <w:rsid w:val="001803E5"/>
     <w:rsid w:val="00180584"/>
     <w:rsid w:val="00180CB9"/>
     <w:rsid w:val="001849CA"/>
     <w:rsid w:val="00185410"/>
     <w:rsid w:val="001902BE"/>
     <w:rsid w:val="00190730"/>
     <w:rsid w:val="00190A4C"/>
     <w:rsid w:val="00192352"/>
     <w:rsid w:val="00192EA1"/>
     <w:rsid w:val="00194312"/>
     <w:rsid w:val="00194B6E"/>
     <w:rsid w:val="00195419"/>
     <w:rsid w:val="0019690D"/>
     <w:rsid w:val="00196D1F"/>
     <w:rsid w:val="001A00FF"/>
     <w:rsid w:val="001A79E7"/>
     <w:rsid w:val="001B302B"/>
     <w:rsid w:val="001B77BA"/>
     <w:rsid w:val="001B7E06"/>
     <w:rsid w:val="001B7E09"/>
     <w:rsid w:val="001C2301"/>
     <w:rsid w:val="001C334F"/>
+    <w:rsid w:val="001C472A"/>
+    <w:rsid w:val="001C472C"/>
+    <w:rsid w:val="001C49A7"/>
+    <w:rsid w:val="001C4CF6"/>
     <w:rsid w:val="001C4D63"/>
     <w:rsid w:val="001C55FC"/>
     <w:rsid w:val="001D0DE0"/>
     <w:rsid w:val="001D240E"/>
     <w:rsid w:val="001D4A98"/>
     <w:rsid w:val="001D5AFF"/>
     <w:rsid w:val="001D74B4"/>
     <w:rsid w:val="001E03E1"/>
     <w:rsid w:val="001E10F7"/>
     <w:rsid w:val="001E134E"/>
     <w:rsid w:val="001E18DF"/>
     <w:rsid w:val="001E2782"/>
     <w:rsid w:val="001E2B29"/>
     <w:rsid w:val="001E361B"/>
     <w:rsid w:val="001E64BA"/>
     <w:rsid w:val="001F0575"/>
     <w:rsid w:val="001F059F"/>
     <w:rsid w:val="001F09D8"/>
     <w:rsid w:val="001F2A2E"/>
     <w:rsid w:val="001F59F9"/>
     <w:rsid w:val="001F5C75"/>
     <w:rsid w:val="001F5CF3"/>
     <w:rsid w:val="001F734E"/>
     <w:rsid w:val="00200811"/>
     <w:rsid w:val="00200CA1"/>
     <w:rsid w:val="002023C3"/>
+    <w:rsid w:val="00202772"/>
     <w:rsid w:val="00204ACD"/>
     <w:rsid w:val="002130BD"/>
     <w:rsid w:val="0021338D"/>
     <w:rsid w:val="002149FE"/>
     <w:rsid w:val="00214D43"/>
     <w:rsid w:val="00216967"/>
+    <w:rsid w:val="00216A4C"/>
     <w:rsid w:val="002212F3"/>
     <w:rsid w:val="00222931"/>
     <w:rsid w:val="00223090"/>
     <w:rsid w:val="002238B4"/>
     <w:rsid w:val="00223C34"/>
     <w:rsid w:val="0022400A"/>
     <w:rsid w:val="00225A2D"/>
     <w:rsid w:val="00225B19"/>
     <w:rsid w:val="00225DB5"/>
     <w:rsid w:val="002319AB"/>
     <w:rsid w:val="002319AC"/>
     <w:rsid w:val="00232307"/>
     <w:rsid w:val="00232AC0"/>
+    <w:rsid w:val="00232EC2"/>
     <w:rsid w:val="00234342"/>
+    <w:rsid w:val="0023663C"/>
     <w:rsid w:val="00240320"/>
     <w:rsid w:val="0024040D"/>
     <w:rsid w:val="002407EB"/>
     <w:rsid w:val="00240B29"/>
+    <w:rsid w:val="00241CF7"/>
     <w:rsid w:val="00244593"/>
     <w:rsid w:val="00245043"/>
     <w:rsid w:val="002506FA"/>
     <w:rsid w:val="00251CD7"/>
     <w:rsid w:val="00252DD3"/>
     <w:rsid w:val="00253945"/>
     <w:rsid w:val="00254104"/>
+    <w:rsid w:val="00254DD3"/>
     <w:rsid w:val="00255FA3"/>
     <w:rsid w:val="002571AB"/>
     <w:rsid w:val="00257288"/>
     <w:rsid w:val="00261883"/>
     <w:rsid w:val="00261EAE"/>
     <w:rsid w:val="00261FB6"/>
     <w:rsid w:val="002620E2"/>
     <w:rsid w:val="002629F8"/>
     <w:rsid w:val="00263396"/>
     <w:rsid w:val="00263B60"/>
     <w:rsid w:val="002659FA"/>
     <w:rsid w:val="00267802"/>
     <w:rsid w:val="00267815"/>
     <w:rsid w:val="00272B58"/>
     <w:rsid w:val="00273166"/>
     <w:rsid w:val="00273CEA"/>
     <w:rsid w:val="0027426E"/>
     <w:rsid w:val="00276C67"/>
     <w:rsid w:val="00280DDF"/>
     <w:rsid w:val="00281B04"/>
     <w:rsid w:val="00283B58"/>
     <w:rsid w:val="00283E25"/>
     <w:rsid w:val="002863D6"/>
     <w:rsid w:val="00290285"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="00291BED"/>
     <w:rsid w:val="00292638"/>
     <w:rsid w:val="00292ADF"/>
+    <w:rsid w:val="002935C1"/>
     <w:rsid w:val="00293FE5"/>
     <w:rsid w:val="00294531"/>
     <w:rsid w:val="00294A67"/>
     <w:rsid w:val="002958C9"/>
     <w:rsid w:val="002A08F8"/>
     <w:rsid w:val="002A0DEC"/>
     <w:rsid w:val="002A0EDC"/>
     <w:rsid w:val="002A2AD0"/>
     <w:rsid w:val="002A2CA3"/>
     <w:rsid w:val="002A5DCC"/>
     <w:rsid w:val="002A7C04"/>
     <w:rsid w:val="002B1C53"/>
     <w:rsid w:val="002B1C7B"/>
     <w:rsid w:val="002B34F0"/>
     <w:rsid w:val="002B689E"/>
     <w:rsid w:val="002C17E2"/>
     <w:rsid w:val="002C1F3D"/>
+    <w:rsid w:val="002C37B4"/>
     <w:rsid w:val="002C7310"/>
     <w:rsid w:val="002C74DF"/>
     <w:rsid w:val="002D145B"/>
     <w:rsid w:val="002D4C72"/>
     <w:rsid w:val="002D56AF"/>
     <w:rsid w:val="002D75B7"/>
     <w:rsid w:val="002D7885"/>
     <w:rsid w:val="002E0BE4"/>
     <w:rsid w:val="002E1E9A"/>
     <w:rsid w:val="002E27D9"/>
     <w:rsid w:val="002E29E0"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
     <w:rsid w:val="002E4251"/>
     <w:rsid w:val="002E6A6A"/>
     <w:rsid w:val="002F165F"/>
     <w:rsid w:val="002F3397"/>
     <w:rsid w:val="002F3FAC"/>
     <w:rsid w:val="002F4699"/>
     <w:rsid w:val="002F72A8"/>
     <w:rsid w:val="002F7383"/>
+    <w:rsid w:val="002F7E7C"/>
     <w:rsid w:val="003017DD"/>
     <w:rsid w:val="00301A9E"/>
     <w:rsid w:val="00301D78"/>
     <w:rsid w:val="00302882"/>
     <w:rsid w:val="00303364"/>
     <w:rsid w:val="0030368B"/>
     <w:rsid w:val="0030380D"/>
     <w:rsid w:val="00304785"/>
     <w:rsid w:val="00305E02"/>
     <w:rsid w:val="00307A3B"/>
     <w:rsid w:val="00310DE3"/>
     <w:rsid w:val="00312411"/>
     <w:rsid w:val="00312664"/>
     <w:rsid w:val="00314AD4"/>
+    <w:rsid w:val="003168CB"/>
     <w:rsid w:val="00316AB1"/>
     <w:rsid w:val="0031750F"/>
     <w:rsid w:val="0031775C"/>
     <w:rsid w:val="00320A25"/>
     <w:rsid w:val="00321E77"/>
     <w:rsid w:val="00323E71"/>
     <w:rsid w:val="00325904"/>
     <w:rsid w:val="003263DD"/>
     <w:rsid w:val="00326F77"/>
+    <w:rsid w:val="00327349"/>
     <w:rsid w:val="0033056A"/>
     <w:rsid w:val="00331AB8"/>
     <w:rsid w:val="0033726E"/>
     <w:rsid w:val="003401B0"/>
     <w:rsid w:val="00340335"/>
     <w:rsid w:val="0034061E"/>
     <w:rsid w:val="003413DC"/>
     <w:rsid w:val="00346C8E"/>
+    <w:rsid w:val="00346F89"/>
     <w:rsid w:val="00347249"/>
     <w:rsid w:val="00347B34"/>
     <w:rsid w:val="00352093"/>
     <w:rsid w:val="003532DE"/>
     <w:rsid w:val="003570C1"/>
     <w:rsid w:val="00361113"/>
     <w:rsid w:val="0036171B"/>
     <w:rsid w:val="00364345"/>
     <w:rsid w:val="003659D1"/>
     <w:rsid w:val="003667BA"/>
     <w:rsid w:val="003679DA"/>
     <w:rsid w:val="00367BD5"/>
     <w:rsid w:val="0037231B"/>
     <w:rsid w:val="0037650E"/>
     <w:rsid w:val="0037668B"/>
     <w:rsid w:val="003771FF"/>
     <w:rsid w:val="00383BC3"/>
     <w:rsid w:val="003843A5"/>
+    <w:rsid w:val="00384B57"/>
     <w:rsid w:val="00384FE1"/>
     <w:rsid w:val="0038648E"/>
     <w:rsid w:val="00390327"/>
     <w:rsid w:val="00393066"/>
     <w:rsid w:val="00393B78"/>
     <w:rsid w:val="003A01E9"/>
+    <w:rsid w:val="003A15C6"/>
     <w:rsid w:val="003A187E"/>
     <w:rsid w:val="003A1C70"/>
     <w:rsid w:val="003A1F39"/>
     <w:rsid w:val="003A210A"/>
     <w:rsid w:val="003A5BA2"/>
     <w:rsid w:val="003A7E1C"/>
+    <w:rsid w:val="003B0967"/>
     <w:rsid w:val="003B1820"/>
     <w:rsid w:val="003B2F72"/>
     <w:rsid w:val="003B4E2F"/>
+    <w:rsid w:val="003B6032"/>
     <w:rsid w:val="003B6E1B"/>
+    <w:rsid w:val="003B73EE"/>
     <w:rsid w:val="003B7C65"/>
     <w:rsid w:val="003C0306"/>
     <w:rsid w:val="003C114C"/>
     <w:rsid w:val="003C135C"/>
     <w:rsid w:val="003C34AF"/>
     <w:rsid w:val="003C373F"/>
     <w:rsid w:val="003C465D"/>
+    <w:rsid w:val="003D1680"/>
     <w:rsid w:val="003D16F3"/>
     <w:rsid w:val="003D339F"/>
     <w:rsid w:val="003D443D"/>
     <w:rsid w:val="003D495D"/>
     <w:rsid w:val="003D4A1D"/>
     <w:rsid w:val="003D5FB0"/>
     <w:rsid w:val="003D7BB8"/>
     <w:rsid w:val="003E0926"/>
     <w:rsid w:val="003E098E"/>
     <w:rsid w:val="003E0E09"/>
     <w:rsid w:val="003E0FEB"/>
     <w:rsid w:val="003E22F1"/>
     <w:rsid w:val="003E28FC"/>
     <w:rsid w:val="003E2FAE"/>
     <w:rsid w:val="003E4BA0"/>
     <w:rsid w:val="003E640C"/>
     <w:rsid w:val="003E7415"/>
     <w:rsid w:val="003F1024"/>
     <w:rsid w:val="003F429E"/>
     <w:rsid w:val="003F59A6"/>
     <w:rsid w:val="003F6580"/>
     <w:rsid w:val="003F7890"/>
     <w:rsid w:val="00401304"/>
     <w:rsid w:val="004017C7"/>
     <w:rsid w:val="004030BA"/>
+    <w:rsid w:val="0040653F"/>
     <w:rsid w:val="00406C36"/>
+    <w:rsid w:val="0040733C"/>
     <w:rsid w:val="00407CF7"/>
     <w:rsid w:val="004102E7"/>
+    <w:rsid w:val="00410314"/>
     <w:rsid w:val="004106B5"/>
     <w:rsid w:val="00410DA7"/>
+    <w:rsid w:val="00412324"/>
     <w:rsid w:val="00412E8F"/>
     <w:rsid w:val="00415ED6"/>
     <w:rsid w:val="00416E22"/>
     <w:rsid w:val="00417CAF"/>
     <w:rsid w:val="00420A11"/>
     <w:rsid w:val="00421ABB"/>
     <w:rsid w:val="00422265"/>
     <w:rsid w:val="00425613"/>
     <w:rsid w:val="0042675E"/>
     <w:rsid w:val="00427F14"/>
     <w:rsid w:val="00433897"/>
     <w:rsid w:val="00434252"/>
     <w:rsid w:val="004373A7"/>
     <w:rsid w:val="0043756A"/>
     <w:rsid w:val="004379D4"/>
     <w:rsid w:val="00437D94"/>
     <w:rsid w:val="0044030C"/>
     <w:rsid w:val="00440845"/>
     <w:rsid w:val="0044353E"/>
     <w:rsid w:val="00444FD9"/>
     <w:rsid w:val="00446B6B"/>
     <w:rsid w:val="0045118A"/>
     <w:rsid w:val="0045206F"/>
     <w:rsid w:val="0045225C"/>
     <w:rsid w:val="0045275E"/>
+    <w:rsid w:val="0045326A"/>
+    <w:rsid w:val="004532EE"/>
     <w:rsid w:val="00453463"/>
     <w:rsid w:val="00453703"/>
     <w:rsid w:val="004551E1"/>
     <w:rsid w:val="0045524B"/>
     <w:rsid w:val="00457E85"/>
     <w:rsid w:val="00460CB6"/>
     <w:rsid w:val="00461A29"/>
     <w:rsid w:val="004648A4"/>
     <w:rsid w:val="00465E43"/>
     <w:rsid w:val="004707C0"/>
     <w:rsid w:val="00471380"/>
+    <w:rsid w:val="00471C68"/>
     <w:rsid w:val="004730EE"/>
+    <w:rsid w:val="004746A7"/>
+    <w:rsid w:val="00475BAD"/>
+    <w:rsid w:val="0047628A"/>
+    <w:rsid w:val="00480C13"/>
     <w:rsid w:val="00484DDE"/>
     <w:rsid w:val="00485B0F"/>
     <w:rsid w:val="00486F86"/>
     <w:rsid w:val="004874CF"/>
     <w:rsid w:val="00490519"/>
+    <w:rsid w:val="0049257D"/>
     <w:rsid w:val="00492B0E"/>
     <w:rsid w:val="00494F0D"/>
     <w:rsid w:val="00496BFD"/>
     <w:rsid w:val="00496DDA"/>
     <w:rsid w:val="004A04EA"/>
     <w:rsid w:val="004A21B2"/>
     <w:rsid w:val="004A2239"/>
     <w:rsid w:val="004A2A7F"/>
     <w:rsid w:val="004A2EB6"/>
     <w:rsid w:val="004A35EC"/>
     <w:rsid w:val="004A3DF2"/>
+    <w:rsid w:val="004A4232"/>
     <w:rsid w:val="004A4649"/>
     <w:rsid w:val="004A49CF"/>
     <w:rsid w:val="004A6215"/>
+    <w:rsid w:val="004A79CF"/>
     <w:rsid w:val="004A7B65"/>
     <w:rsid w:val="004B1A11"/>
+    <w:rsid w:val="004B38A0"/>
+    <w:rsid w:val="004B5C23"/>
     <w:rsid w:val="004B66E5"/>
     <w:rsid w:val="004B7CEE"/>
     <w:rsid w:val="004C12C1"/>
     <w:rsid w:val="004C1731"/>
     <w:rsid w:val="004C279A"/>
     <w:rsid w:val="004C29FE"/>
     <w:rsid w:val="004C361D"/>
     <w:rsid w:val="004C45A8"/>
     <w:rsid w:val="004C4891"/>
     <w:rsid w:val="004C5AD4"/>
     <w:rsid w:val="004D0EEF"/>
     <w:rsid w:val="004D1824"/>
     <w:rsid w:val="004D1DAE"/>
     <w:rsid w:val="004D2C89"/>
     <w:rsid w:val="004E3932"/>
     <w:rsid w:val="004E52A0"/>
     <w:rsid w:val="004E5A01"/>
     <w:rsid w:val="004F1E79"/>
     <w:rsid w:val="004F5D13"/>
     <w:rsid w:val="004F5F33"/>
     <w:rsid w:val="0050103A"/>
     <w:rsid w:val="005036B8"/>
     <w:rsid w:val="00505F15"/>
     <w:rsid w:val="00510326"/>
     <w:rsid w:val="00511B0F"/>
+    <w:rsid w:val="005129AB"/>
     <w:rsid w:val="005211DB"/>
     <w:rsid w:val="00522144"/>
     <w:rsid w:val="00523255"/>
     <w:rsid w:val="00524710"/>
     <w:rsid w:val="00525083"/>
     <w:rsid w:val="005309A9"/>
     <w:rsid w:val="0053171D"/>
+    <w:rsid w:val="00532A83"/>
     <w:rsid w:val="005429A1"/>
     <w:rsid w:val="00543B8E"/>
     <w:rsid w:val="00544A81"/>
     <w:rsid w:val="00546ABB"/>
     <w:rsid w:val="00551EB6"/>
     <w:rsid w:val="0055388E"/>
     <w:rsid w:val="005545A4"/>
     <w:rsid w:val="00555A53"/>
     <w:rsid w:val="005572AC"/>
     <w:rsid w:val="00557E2A"/>
     <w:rsid w:val="005630DC"/>
     <w:rsid w:val="005652BD"/>
     <w:rsid w:val="005654C3"/>
     <w:rsid w:val="005656CC"/>
     <w:rsid w:val="00565E17"/>
     <w:rsid w:val="00565E26"/>
+    <w:rsid w:val="005678D8"/>
     <w:rsid w:val="00570816"/>
+    <w:rsid w:val="0057275C"/>
     <w:rsid w:val="00573083"/>
     <w:rsid w:val="005754AE"/>
     <w:rsid w:val="00577FB5"/>
     <w:rsid w:val="00581D7C"/>
     <w:rsid w:val="005852D1"/>
+    <w:rsid w:val="005878A0"/>
     <w:rsid w:val="00587A22"/>
     <w:rsid w:val="00591038"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00593C4E"/>
     <w:rsid w:val="00595244"/>
     <w:rsid w:val="00595C8C"/>
     <w:rsid w:val="005961E3"/>
     <w:rsid w:val="00597747"/>
     <w:rsid w:val="005A1B7D"/>
     <w:rsid w:val="005A2CC4"/>
+    <w:rsid w:val="005A388E"/>
     <w:rsid w:val="005A3909"/>
+    <w:rsid w:val="005A3C14"/>
     <w:rsid w:val="005A4B42"/>
     <w:rsid w:val="005A4BB0"/>
     <w:rsid w:val="005A4CDD"/>
     <w:rsid w:val="005A4E1B"/>
     <w:rsid w:val="005A7B05"/>
     <w:rsid w:val="005B0665"/>
     <w:rsid w:val="005B57E4"/>
     <w:rsid w:val="005B597A"/>
     <w:rsid w:val="005B5ABD"/>
     <w:rsid w:val="005B7CC4"/>
     <w:rsid w:val="005C140A"/>
     <w:rsid w:val="005C1E52"/>
     <w:rsid w:val="005C2507"/>
+    <w:rsid w:val="005C2591"/>
     <w:rsid w:val="005C2C3C"/>
     <w:rsid w:val="005C375B"/>
     <w:rsid w:val="005C39AD"/>
+    <w:rsid w:val="005C4B33"/>
     <w:rsid w:val="005C6322"/>
     <w:rsid w:val="005C6763"/>
     <w:rsid w:val="005D038D"/>
     <w:rsid w:val="005D3164"/>
     <w:rsid w:val="005D7657"/>
+    <w:rsid w:val="005D7684"/>
     <w:rsid w:val="005D76EA"/>
     <w:rsid w:val="005D78F4"/>
     <w:rsid w:val="005E0344"/>
     <w:rsid w:val="005E1E59"/>
     <w:rsid w:val="005E32B9"/>
     <w:rsid w:val="005E3484"/>
     <w:rsid w:val="005E440B"/>
     <w:rsid w:val="005E59A6"/>
     <w:rsid w:val="005E5C74"/>
     <w:rsid w:val="005E5E11"/>
     <w:rsid w:val="005E7D86"/>
     <w:rsid w:val="005F2C85"/>
     <w:rsid w:val="005F4FEE"/>
+    <w:rsid w:val="005F6184"/>
     <w:rsid w:val="005F6B74"/>
+    <w:rsid w:val="00600126"/>
     <w:rsid w:val="00602526"/>
+    <w:rsid w:val="0060572C"/>
     <w:rsid w:val="00605ADB"/>
     <w:rsid w:val="00605FAD"/>
     <w:rsid w:val="006076D3"/>
     <w:rsid w:val="006104A2"/>
     <w:rsid w:val="00611B5C"/>
     <w:rsid w:val="00611C9F"/>
     <w:rsid w:val="006121A5"/>
     <w:rsid w:val="006125C3"/>
     <w:rsid w:val="006141C6"/>
     <w:rsid w:val="00615D9E"/>
     <w:rsid w:val="00620082"/>
     <w:rsid w:val="00620CC7"/>
     <w:rsid w:val="00623695"/>
     <w:rsid w:val="006248DE"/>
     <w:rsid w:val="00626063"/>
     <w:rsid w:val="00627555"/>
     <w:rsid w:val="00630060"/>
     <w:rsid w:val="006312A4"/>
     <w:rsid w:val="006322A0"/>
     <w:rsid w:val="00632339"/>
     <w:rsid w:val="00633CF4"/>
     <w:rsid w:val="006361FD"/>
     <w:rsid w:val="0064226F"/>
     <w:rsid w:val="00642CAB"/>
     <w:rsid w:val="00642DDB"/>
     <w:rsid w:val="00643695"/>
     <w:rsid w:val="00643F60"/>
     <w:rsid w:val="006447BC"/>
     <w:rsid w:val="00646165"/>
     <w:rsid w:val="0064699A"/>
     <w:rsid w:val="00647456"/>
     <w:rsid w:val="00650FE9"/>
     <w:rsid w:val="0065323D"/>
     <w:rsid w:val="00653298"/>
     <w:rsid w:val="00654F35"/>
     <w:rsid w:val="00655219"/>
     <w:rsid w:val="006571A7"/>
     <w:rsid w:val="0066065B"/>
     <w:rsid w:val="00663A7C"/>
     <w:rsid w:val="00667DF2"/>
     <w:rsid w:val="006700F9"/>
     <w:rsid w:val="00670DF1"/>
     <w:rsid w:val="00671345"/>
+    <w:rsid w:val="006721C2"/>
     <w:rsid w:val="00672A9B"/>
     <w:rsid w:val="00672E9D"/>
     <w:rsid w:val="0067419A"/>
     <w:rsid w:val="00675370"/>
     <w:rsid w:val="00675884"/>
     <w:rsid w:val="00677277"/>
     <w:rsid w:val="00677317"/>
     <w:rsid w:val="00677DB6"/>
     <w:rsid w:val="00681898"/>
     <w:rsid w:val="006845C8"/>
     <w:rsid w:val="00684EFB"/>
     <w:rsid w:val="00684FB4"/>
     <w:rsid w:val="00687369"/>
     <w:rsid w:val="006904B6"/>
     <w:rsid w:val="006909C5"/>
     <w:rsid w:val="00694F33"/>
     <w:rsid w:val="00695322"/>
+    <w:rsid w:val="00695DDF"/>
     <w:rsid w:val="00696890"/>
     <w:rsid w:val="00696EE0"/>
     <w:rsid w:val="00697980"/>
     <w:rsid w:val="00697AAD"/>
     <w:rsid w:val="006A047C"/>
     <w:rsid w:val="006A19EF"/>
     <w:rsid w:val="006A43D5"/>
     <w:rsid w:val="006A525B"/>
     <w:rsid w:val="006A5BD4"/>
     <w:rsid w:val="006B2049"/>
     <w:rsid w:val="006B4EA4"/>
     <w:rsid w:val="006C045F"/>
     <w:rsid w:val="006C2FA7"/>
     <w:rsid w:val="006C3530"/>
     <w:rsid w:val="006C3E3C"/>
     <w:rsid w:val="006C4196"/>
+    <w:rsid w:val="006C4D98"/>
     <w:rsid w:val="006C63B0"/>
     <w:rsid w:val="006C742D"/>
     <w:rsid w:val="006C76A2"/>
     <w:rsid w:val="006C792E"/>
     <w:rsid w:val="006D116C"/>
     <w:rsid w:val="006D3C6F"/>
     <w:rsid w:val="006D5C7B"/>
+    <w:rsid w:val="006E0D72"/>
     <w:rsid w:val="006E188E"/>
     <w:rsid w:val="006E5A7D"/>
     <w:rsid w:val="006E7C42"/>
     <w:rsid w:val="006E7C73"/>
     <w:rsid w:val="006F0F52"/>
     <w:rsid w:val="006F0F8C"/>
     <w:rsid w:val="006F168A"/>
     <w:rsid w:val="006F1E60"/>
+    <w:rsid w:val="006F290C"/>
     <w:rsid w:val="006F4CA3"/>
     <w:rsid w:val="006F5076"/>
     <w:rsid w:val="006F50F5"/>
     <w:rsid w:val="006F6009"/>
+    <w:rsid w:val="0070240E"/>
     <w:rsid w:val="00702A2A"/>
     <w:rsid w:val="0070321D"/>
     <w:rsid w:val="00703D00"/>
     <w:rsid w:val="00705B33"/>
     <w:rsid w:val="0070688A"/>
     <w:rsid w:val="007068BA"/>
+    <w:rsid w:val="0071011D"/>
     <w:rsid w:val="00710849"/>
     <w:rsid w:val="00713CB2"/>
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00716AB1"/>
     <w:rsid w:val="00717171"/>
     <w:rsid w:val="00721D63"/>
     <w:rsid w:val="00722F22"/>
     <w:rsid w:val="00732C7B"/>
     <w:rsid w:val="00732FA3"/>
+    <w:rsid w:val="00734613"/>
     <w:rsid w:val="00734D2B"/>
     <w:rsid w:val="00737705"/>
     <w:rsid w:val="007408D4"/>
     <w:rsid w:val="00741911"/>
     <w:rsid w:val="007420AC"/>
     <w:rsid w:val="00742617"/>
     <w:rsid w:val="007467B2"/>
     <w:rsid w:val="00746FCB"/>
     <w:rsid w:val="00747945"/>
     <w:rsid w:val="00751061"/>
     <w:rsid w:val="00751861"/>
+    <w:rsid w:val="00751A96"/>
+    <w:rsid w:val="00752710"/>
     <w:rsid w:val="00754C6F"/>
     <w:rsid w:val="0075576D"/>
     <w:rsid w:val="00755883"/>
     <w:rsid w:val="00757C39"/>
     <w:rsid w:val="007612B9"/>
     <w:rsid w:val="00761381"/>
+    <w:rsid w:val="00761C91"/>
     <w:rsid w:val="00761EBD"/>
     <w:rsid w:val="00764307"/>
     <w:rsid w:val="0076550F"/>
     <w:rsid w:val="00766659"/>
     <w:rsid w:val="00770C7F"/>
     <w:rsid w:val="00772E2A"/>
     <w:rsid w:val="00772ED7"/>
     <w:rsid w:val="00783AFA"/>
     <w:rsid w:val="00785427"/>
     <w:rsid w:val="00786320"/>
     <w:rsid w:val="00790540"/>
+    <w:rsid w:val="007915CF"/>
     <w:rsid w:val="007929EC"/>
     <w:rsid w:val="00794B47"/>
     <w:rsid w:val="007968CA"/>
     <w:rsid w:val="00797137"/>
     <w:rsid w:val="007A43FF"/>
     <w:rsid w:val="007B0145"/>
     <w:rsid w:val="007B0A7C"/>
     <w:rsid w:val="007B0ACB"/>
     <w:rsid w:val="007B285E"/>
     <w:rsid w:val="007B2982"/>
     <w:rsid w:val="007B2E7E"/>
     <w:rsid w:val="007B3918"/>
     <w:rsid w:val="007B529A"/>
+    <w:rsid w:val="007B7754"/>
     <w:rsid w:val="007C0015"/>
     <w:rsid w:val="007C0AF0"/>
     <w:rsid w:val="007C3C1D"/>
     <w:rsid w:val="007C3F25"/>
     <w:rsid w:val="007C4A7A"/>
     <w:rsid w:val="007D0215"/>
+    <w:rsid w:val="007D04DC"/>
     <w:rsid w:val="007D199A"/>
+    <w:rsid w:val="007D29CE"/>
     <w:rsid w:val="007D2EBE"/>
     <w:rsid w:val="007D6CEA"/>
     <w:rsid w:val="007D720A"/>
     <w:rsid w:val="007E1C07"/>
     <w:rsid w:val="007E1C8E"/>
     <w:rsid w:val="007E342D"/>
     <w:rsid w:val="007E4CF0"/>
     <w:rsid w:val="007E6663"/>
+    <w:rsid w:val="007F21DA"/>
     <w:rsid w:val="007F24B6"/>
     <w:rsid w:val="007F2F40"/>
     <w:rsid w:val="007F47BF"/>
     <w:rsid w:val="00801C77"/>
     <w:rsid w:val="008036D8"/>
     <w:rsid w:val="00803D94"/>
     <w:rsid w:val="00805156"/>
+    <w:rsid w:val="00807C60"/>
     <w:rsid w:val="00812FF5"/>
     <w:rsid w:val="00813EC1"/>
     <w:rsid w:val="00814953"/>
     <w:rsid w:val="008172FC"/>
     <w:rsid w:val="00822663"/>
     <w:rsid w:val="008229BA"/>
     <w:rsid w:val="00824118"/>
     <w:rsid w:val="00824151"/>
     <w:rsid w:val="008263E1"/>
     <w:rsid w:val="00826D6B"/>
     <w:rsid w:val="00830E94"/>
     <w:rsid w:val="0083149F"/>
     <w:rsid w:val="008314A6"/>
+    <w:rsid w:val="00831E2D"/>
     <w:rsid w:val="00832B91"/>
     <w:rsid w:val="00832F1F"/>
     <w:rsid w:val="00836634"/>
     <w:rsid w:val="0084305A"/>
     <w:rsid w:val="0084523E"/>
     <w:rsid w:val="00845390"/>
     <w:rsid w:val="0084601B"/>
+    <w:rsid w:val="00847F14"/>
+    <w:rsid w:val="00855375"/>
     <w:rsid w:val="008557AB"/>
     <w:rsid w:val="008564E2"/>
     <w:rsid w:val="00856744"/>
     <w:rsid w:val="00856CFA"/>
     <w:rsid w:val="00857546"/>
     <w:rsid w:val="008606F0"/>
     <w:rsid w:val="008627C9"/>
+    <w:rsid w:val="00864FDF"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
+    <w:rsid w:val="00865961"/>
+    <w:rsid w:val="00867612"/>
     <w:rsid w:val="00867685"/>
     <w:rsid w:val="00867BDF"/>
     <w:rsid w:val="00870C21"/>
     <w:rsid w:val="00872B66"/>
     <w:rsid w:val="00873D12"/>
+    <w:rsid w:val="0087436D"/>
     <w:rsid w:val="008745DE"/>
     <w:rsid w:val="00874FEB"/>
     <w:rsid w:val="00875BE7"/>
     <w:rsid w:val="008770E2"/>
     <w:rsid w:val="00881A83"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="00881E90"/>
     <w:rsid w:val="00882268"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="00884E43"/>
     <w:rsid w:val="00887043"/>
     <w:rsid w:val="00887C55"/>
     <w:rsid w:val="00887EC6"/>
     <w:rsid w:val="00887FF1"/>
     <w:rsid w:val="0089084C"/>
     <w:rsid w:val="008917D1"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
     <w:rsid w:val="0089493B"/>
     <w:rsid w:val="008A1FCB"/>
     <w:rsid w:val="008A2379"/>
     <w:rsid w:val="008A38EA"/>
     <w:rsid w:val="008A429F"/>
     <w:rsid w:val="008A4329"/>
     <w:rsid w:val="008A578E"/>
+    <w:rsid w:val="008A6158"/>
     <w:rsid w:val="008B0704"/>
     <w:rsid w:val="008B1519"/>
     <w:rsid w:val="008B1702"/>
     <w:rsid w:val="008B2309"/>
     <w:rsid w:val="008B7BCC"/>
     <w:rsid w:val="008C0085"/>
     <w:rsid w:val="008C378D"/>
     <w:rsid w:val="008C50C3"/>
     <w:rsid w:val="008C7094"/>
     <w:rsid w:val="008D1973"/>
     <w:rsid w:val="008D2B97"/>
     <w:rsid w:val="008D3285"/>
     <w:rsid w:val="008D3559"/>
     <w:rsid w:val="008D49A5"/>
+    <w:rsid w:val="008D49D6"/>
     <w:rsid w:val="008D4A2C"/>
     <w:rsid w:val="008D6588"/>
     <w:rsid w:val="008D658A"/>
     <w:rsid w:val="008D6C81"/>
     <w:rsid w:val="008E2155"/>
     <w:rsid w:val="008E3213"/>
     <w:rsid w:val="008E3AE3"/>
     <w:rsid w:val="008E401A"/>
     <w:rsid w:val="008E6CF0"/>
     <w:rsid w:val="008E7DAE"/>
     <w:rsid w:val="008F1439"/>
     <w:rsid w:val="008F1AF3"/>
     <w:rsid w:val="008F1C65"/>
     <w:rsid w:val="008F1E37"/>
     <w:rsid w:val="008F3B09"/>
     <w:rsid w:val="008F5467"/>
     <w:rsid w:val="008F7051"/>
     <w:rsid w:val="008F7786"/>
     <w:rsid w:val="008F7BA7"/>
     <w:rsid w:val="00900CF2"/>
     <w:rsid w:val="009017AE"/>
+    <w:rsid w:val="00901970"/>
     <w:rsid w:val="00901E45"/>
     <w:rsid w:val="009033A9"/>
     <w:rsid w:val="00905558"/>
     <w:rsid w:val="0090581D"/>
     <w:rsid w:val="00905DED"/>
     <w:rsid w:val="00906248"/>
     <w:rsid w:val="0090640F"/>
     <w:rsid w:val="00906FDB"/>
+    <w:rsid w:val="00910269"/>
     <w:rsid w:val="00912499"/>
     <w:rsid w:val="0091343F"/>
     <w:rsid w:val="0091439C"/>
     <w:rsid w:val="0091590F"/>
     <w:rsid w:val="009162CC"/>
     <w:rsid w:val="00917658"/>
     <w:rsid w:val="00917FAA"/>
     <w:rsid w:val="00920572"/>
     <w:rsid w:val="00920BF2"/>
     <w:rsid w:val="00923EB9"/>
+    <w:rsid w:val="00926A08"/>
     <w:rsid w:val="00926AF9"/>
     <w:rsid w:val="009349A9"/>
+    <w:rsid w:val="00936BC6"/>
     <w:rsid w:val="00936C52"/>
     <w:rsid w:val="00937C92"/>
     <w:rsid w:val="009411F3"/>
     <w:rsid w:val="00943E21"/>
     <w:rsid w:val="00944A45"/>
     <w:rsid w:val="00946B1C"/>
     <w:rsid w:val="009523BA"/>
     <w:rsid w:val="00954314"/>
     <w:rsid w:val="0095454D"/>
     <w:rsid w:val="0095489B"/>
     <w:rsid w:val="00955121"/>
     <w:rsid w:val="00955A38"/>
     <w:rsid w:val="0096210E"/>
     <w:rsid w:val="0096542D"/>
     <w:rsid w:val="00965678"/>
     <w:rsid w:val="00966107"/>
     <w:rsid w:val="00966997"/>
     <w:rsid w:val="00966FB9"/>
     <w:rsid w:val="009671CD"/>
     <w:rsid w:val="00972F49"/>
+    <w:rsid w:val="009734DF"/>
     <w:rsid w:val="009751A9"/>
     <w:rsid w:val="00980F9C"/>
     <w:rsid w:val="0098120C"/>
     <w:rsid w:val="0098136F"/>
     <w:rsid w:val="00981C01"/>
     <w:rsid w:val="00983111"/>
     <w:rsid w:val="0098491C"/>
     <w:rsid w:val="0098525D"/>
     <w:rsid w:val="0098632B"/>
     <w:rsid w:val="00986AC2"/>
     <w:rsid w:val="009907B7"/>
+    <w:rsid w:val="00992812"/>
     <w:rsid w:val="00994342"/>
     <w:rsid w:val="00995272"/>
     <w:rsid w:val="00995C34"/>
     <w:rsid w:val="00996A20"/>
     <w:rsid w:val="00996C04"/>
     <w:rsid w:val="009972F7"/>
     <w:rsid w:val="00997BFB"/>
     <w:rsid w:val="009A010F"/>
     <w:rsid w:val="009A1B78"/>
     <w:rsid w:val="009A4B02"/>
     <w:rsid w:val="009A7348"/>
     <w:rsid w:val="009B21AB"/>
     <w:rsid w:val="009B403E"/>
     <w:rsid w:val="009B462C"/>
+    <w:rsid w:val="009B4F47"/>
     <w:rsid w:val="009C0626"/>
     <w:rsid w:val="009C0C58"/>
     <w:rsid w:val="009C15F3"/>
+    <w:rsid w:val="009C25B5"/>
     <w:rsid w:val="009C2630"/>
     <w:rsid w:val="009C3689"/>
     <w:rsid w:val="009C506E"/>
     <w:rsid w:val="009C66A8"/>
     <w:rsid w:val="009D582F"/>
     <w:rsid w:val="009D600A"/>
     <w:rsid w:val="009D61EB"/>
     <w:rsid w:val="009D7DB2"/>
     <w:rsid w:val="009E07C2"/>
     <w:rsid w:val="009E0E52"/>
     <w:rsid w:val="009E343F"/>
     <w:rsid w:val="009F20EB"/>
     <w:rsid w:val="009F3CA4"/>
     <w:rsid w:val="009F72F9"/>
     <w:rsid w:val="009F7645"/>
     <w:rsid w:val="00A00205"/>
     <w:rsid w:val="00A00AF0"/>
     <w:rsid w:val="00A02350"/>
+    <w:rsid w:val="00A037F8"/>
     <w:rsid w:val="00A068FA"/>
+    <w:rsid w:val="00A06959"/>
     <w:rsid w:val="00A069A9"/>
     <w:rsid w:val="00A1039D"/>
     <w:rsid w:val="00A10606"/>
+    <w:rsid w:val="00A110CA"/>
     <w:rsid w:val="00A13AD7"/>
     <w:rsid w:val="00A1414A"/>
     <w:rsid w:val="00A14B48"/>
     <w:rsid w:val="00A14B5A"/>
     <w:rsid w:val="00A162BA"/>
     <w:rsid w:val="00A1674B"/>
     <w:rsid w:val="00A208B0"/>
     <w:rsid w:val="00A218E9"/>
     <w:rsid w:val="00A24606"/>
     <w:rsid w:val="00A333C2"/>
     <w:rsid w:val="00A3567F"/>
     <w:rsid w:val="00A359F1"/>
     <w:rsid w:val="00A37698"/>
     <w:rsid w:val="00A4100D"/>
     <w:rsid w:val="00A41DC6"/>
     <w:rsid w:val="00A41ED3"/>
     <w:rsid w:val="00A42934"/>
     <w:rsid w:val="00A42A89"/>
     <w:rsid w:val="00A45352"/>
     <w:rsid w:val="00A4683B"/>
     <w:rsid w:val="00A52879"/>
     <w:rsid w:val="00A5367B"/>
+    <w:rsid w:val="00A55375"/>
     <w:rsid w:val="00A55794"/>
     <w:rsid w:val="00A55DDA"/>
+    <w:rsid w:val="00A57985"/>
+    <w:rsid w:val="00A605C6"/>
     <w:rsid w:val="00A61B96"/>
     <w:rsid w:val="00A64CCB"/>
     <w:rsid w:val="00A7052F"/>
     <w:rsid w:val="00A74843"/>
     <w:rsid w:val="00A765A7"/>
     <w:rsid w:val="00A7702C"/>
     <w:rsid w:val="00A80662"/>
     <w:rsid w:val="00A80F3E"/>
     <w:rsid w:val="00A81D82"/>
     <w:rsid w:val="00A85E39"/>
     <w:rsid w:val="00A85F1E"/>
+    <w:rsid w:val="00A8634D"/>
     <w:rsid w:val="00A90B37"/>
     <w:rsid w:val="00A9118F"/>
     <w:rsid w:val="00A9203E"/>
     <w:rsid w:val="00A93E33"/>
     <w:rsid w:val="00AA3614"/>
     <w:rsid w:val="00AB0C00"/>
+    <w:rsid w:val="00AB17D8"/>
     <w:rsid w:val="00AB6970"/>
     <w:rsid w:val="00AB76A3"/>
     <w:rsid w:val="00AC1939"/>
     <w:rsid w:val="00AC573E"/>
     <w:rsid w:val="00AC62ED"/>
     <w:rsid w:val="00AC6559"/>
     <w:rsid w:val="00AC7840"/>
     <w:rsid w:val="00AC7C05"/>
     <w:rsid w:val="00AD0C34"/>
     <w:rsid w:val="00AD167C"/>
     <w:rsid w:val="00AD17C7"/>
     <w:rsid w:val="00AD23DF"/>
     <w:rsid w:val="00AD4041"/>
     <w:rsid w:val="00AD467A"/>
     <w:rsid w:val="00AD4D52"/>
     <w:rsid w:val="00AD50DE"/>
     <w:rsid w:val="00AD5404"/>
     <w:rsid w:val="00AD6172"/>
     <w:rsid w:val="00AD695D"/>
     <w:rsid w:val="00AD6F47"/>
     <w:rsid w:val="00AE302B"/>
     <w:rsid w:val="00AE3E0B"/>
     <w:rsid w:val="00AF044F"/>
     <w:rsid w:val="00AF1267"/>
     <w:rsid w:val="00AF1482"/>
     <w:rsid w:val="00AF593B"/>
     <w:rsid w:val="00B00983"/>
     <w:rsid w:val="00B1383A"/>
     <w:rsid w:val="00B1678D"/>
     <w:rsid w:val="00B16BE5"/>
     <w:rsid w:val="00B24892"/>
     <w:rsid w:val="00B24C47"/>
     <w:rsid w:val="00B259DF"/>
     <w:rsid w:val="00B278AB"/>
     <w:rsid w:val="00B27997"/>
     <w:rsid w:val="00B3011A"/>
+    <w:rsid w:val="00B30E39"/>
     <w:rsid w:val="00B320A3"/>
     <w:rsid w:val="00B32F3A"/>
     <w:rsid w:val="00B33C81"/>
     <w:rsid w:val="00B361EC"/>
     <w:rsid w:val="00B37A71"/>
+    <w:rsid w:val="00B4002D"/>
     <w:rsid w:val="00B40920"/>
     <w:rsid w:val="00B41EB0"/>
     <w:rsid w:val="00B41F57"/>
     <w:rsid w:val="00B42B46"/>
     <w:rsid w:val="00B43AB3"/>
     <w:rsid w:val="00B44B1F"/>
     <w:rsid w:val="00B44BCD"/>
     <w:rsid w:val="00B4551D"/>
     <w:rsid w:val="00B530FB"/>
     <w:rsid w:val="00B54F6B"/>
     <w:rsid w:val="00B5632A"/>
     <w:rsid w:val="00B56D9F"/>
     <w:rsid w:val="00B60662"/>
     <w:rsid w:val="00B611C6"/>
     <w:rsid w:val="00B64141"/>
     <w:rsid w:val="00B64E72"/>
     <w:rsid w:val="00B65391"/>
     <w:rsid w:val="00B65A24"/>
     <w:rsid w:val="00B67F13"/>
     <w:rsid w:val="00B71190"/>
     <w:rsid w:val="00B71D29"/>
     <w:rsid w:val="00B71DD1"/>
     <w:rsid w:val="00B72F90"/>
     <w:rsid w:val="00B741A0"/>
     <w:rsid w:val="00B75A5F"/>
     <w:rsid w:val="00B75B8C"/>
     <w:rsid w:val="00B77913"/>
     <w:rsid w:val="00B80AFA"/>
     <w:rsid w:val="00B81369"/>
     <w:rsid w:val="00B81AEE"/>
     <w:rsid w:val="00B824FB"/>
     <w:rsid w:val="00B82646"/>
     <w:rsid w:val="00B86083"/>
     <w:rsid w:val="00B90AA7"/>
+    <w:rsid w:val="00B91320"/>
     <w:rsid w:val="00B917CD"/>
     <w:rsid w:val="00B91AFA"/>
     <w:rsid w:val="00B940EE"/>
     <w:rsid w:val="00B97359"/>
     <w:rsid w:val="00B97A8F"/>
     <w:rsid w:val="00BA4E58"/>
     <w:rsid w:val="00BA61CB"/>
     <w:rsid w:val="00BA621E"/>
     <w:rsid w:val="00BA7074"/>
     <w:rsid w:val="00BB1AF6"/>
+    <w:rsid w:val="00BB2681"/>
     <w:rsid w:val="00BB4330"/>
     <w:rsid w:val="00BB7829"/>
     <w:rsid w:val="00BC2397"/>
     <w:rsid w:val="00BC2BAE"/>
     <w:rsid w:val="00BC4498"/>
     <w:rsid w:val="00BC5DB0"/>
     <w:rsid w:val="00BD1457"/>
     <w:rsid w:val="00BD334B"/>
     <w:rsid w:val="00BD3AA8"/>
     <w:rsid w:val="00BD3B8F"/>
     <w:rsid w:val="00BD49B0"/>
     <w:rsid w:val="00BD739E"/>
+    <w:rsid w:val="00BE111B"/>
     <w:rsid w:val="00BE1745"/>
     <w:rsid w:val="00BE2AD9"/>
     <w:rsid w:val="00BE5DC7"/>
     <w:rsid w:val="00BE701B"/>
     <w:rsid w:val="00BE7815"/>
     <w:rsid w:val="00BF27FE"/>
     <w:rsid w:val="00BF2A53"/>
     <w:rsid w:val="00BF2D45"/>
     <w:rsid w:val="00BF5159"/>
     <w:rsid w:val="00BF592C"/>
     <w:rsid w:val="00BF6565"/>
     <w:rsid w:val="00BF7CAE"/>
     <w:rsid w:val="00BF7CC7"/>
     <w:rsid w:val="00C043B3"/>
     <w:rsid w:val="00C0759C"/>
     <w:rsid w:val="00C079AB"/>
     <w:rsid w:val="00C10E61"/>
     <w:rsid w:val="00C14787"/>
     <w:rsid w:val="00C14AE8"/>
     <w:rsid w:val="00C1596D"/>
     <w:rsid w:val="00C15B8D"/>
     <w:rsid w:val="00C17010"/>
     <w:rsid w:val="00C20562"/>
     <w:rsid w:val="00C215C3"/>
     <w:rsid w:val="00C23A96"/>
+    <w:rsid w:val="00C24067"/>
     <w:rsid w:val="00C24994"/>
     <w:rsid w:val="00C249C6"/>
     <w:rsid w:val="00C272C8"/>
+    <w:rsid w:val="00C32131"/>
     <w:rsid w:val="00C3217D"/>
     <w:rsid w:val="00C32CC1"/>
+    <w:rsid w:val="00C32E85"/>
+    <w:rsid w:val="00C3455B"/>
     <w:rsid w:val="00C34D7C"/>
     <w:rsid w:val="00C3771F"/>
     <w:rsid w:val="00C426EC"/>
     <w:rsid w:val="00C42747"/>
     <w:rsid w:val="00C45E2C"/>
     <w:rsid w:val="00C46651"/>
     <w:rsid w:val="00C4722C"/>
     <w:rsid w:val="00C51AD7"/>
     <w:rsid w:val="00C52AC5"/>
     <w:rsid w:val="00C56E31"/>
+    <w:rsid w:val="00C570E3"/>
     <w:rsid w:val="00C6483C"/>
     <w:rsid w:val="00C6489A"/>
     <w:rsid w:val="00C64AE9"/>
+    <w:rsid w:val="00C65997"/>
     <w:rsid w:val="00C709F4"/>
     <w:rsid w:val="00C70CFF"/>
     <w:rsid w:val="00C718FE"/>
     <w:rsid w:val="00C72081"/>
     <w:rsid w:val="00C77763"/>
     <w:rsid w:val="00C77C19"/>
     <w:rsid w:val="00C80177"/>
     <w:rsid w:val="00C825C0"/>
     <w:rsid w:val="00C82A90"/>
     <w:rsid w:val="00C82ADC"/>
+    <w:rsid w:val="00C832AB"/>
     <w:rsid w:val="00C83DD8"/>
     <w:rsid w:val="00C86CEC"/>
     <w:rsid w:val="00C8773D"/>
     <w:rsid w:val="00C87ABB"/>
     <w:rsid w:val="00C91831"/>
     <w:rsid w:val="00C91992"/>
     <w:rsid w:val="00C92657"/>
     <w:rsid w:val="00C933C5"/>
     <w:rsid w:val="00C953DF"/>
+    <w:rsid w:val="00C96D53"/>
     <w:rsid w:val="00C96D68"/>
     <w:rsid w:val="00C97658"/>
     <w:rsid w:val="00C97D11"/>
+    <w:rsid w:val="00CA1680"/>
     <w:rsid w:val="00CA314E"/>
     <w:rsid w:val="00CA4EA5"/>
     <w:rsid w:val="00CA53B0"/>
+    <w:rsid w:val="00CA72E0"/>
     <w:rsid w:val="00CA7668"/>
     <w:rsid w:val="00CA7EBC"/>
+    <w:rsid w:val="00CB1613"/>
     <w:rsid w:val="00CB2503"/>
     <w:rsid w:val="00CB348A"/>
     <w:rsid w:val="00CB48B3"/>
     <w:rsid w:val="00CC30C4"/>
     <w:rsid w:val="00CC386A"/>
     <w:rsid w:val="00CC4813"/>
     <w:rsid w:val="00CC5253"/>
     <w:rsid w:val="00CC6551"/>
     <w:rsid w:val="00CC6A5C"/>
     <w:rsid w:val="00CD042F"/>
+    <w:rsid w:val="00CD1489"/>
     <w:rsid w:val="00CD25FD"/>
     <w:rsid w:val="00CD5401"/>
     <w:rsid w:val="00CE16A1"/>
     <w:rsid w:val="00CE2709"/>
     <w:rsid w:val="00CE2D64"/>
     <w:rsid w:val="00CE3839"/>
     <w:rsid w:val="00CE6198"/>
     <w:rsid w:val="00CE68A2"/>
     <w:rsid w:val="00CF5153"/>
     <w:rsid w:val="00CF58AB"/>
     <w:rsid w:val="00CF5DB0"/>
     <w:rsid w:val="00CF6230"/>
+    <w:rsid w:val="00CF767D"/>
+    <w:rsid w:val="00CF7E2A"/>
     <w:rsid w:val="00D00E0E"/>
+    <w:rsid w:val="00D01352"/>
     <w:rsid w:val="00D015CB"/>
     <w:rsid w:val="00D017FC"/>
     <w:rsid w:val="00D0226A"/>
     <w:rsid w:val="00D113D8"/>
+    <w:rsid w:val="00D11496"/>
     <w:rsid w:val="00D13147"/>
     <w:rsid w:val="00D16FCF"/>
     <w:rsid w:val="00D17553"/>
+    <w:rsid w:val="00D21A46"/>
     <w:rsid w:val="00D221DB"/>
     <w:rsid w:val="00D2243D"/>
     <w:rsid w:val="00D23DF6"/>
     <w:rsid w:val="00D24120"/>
     <w:rsid w:val="00D24197"/>
     <w:rsid w:val="00D24277"/>
+    <w:rsid w:val="00D24A87"/>
     <w:rsid w:val="00D2661D"/>
     <w:rsid w:val="00D26D71"/>
     <w:rsid w:val="00D3095E"/>
     <w:rsid w:val="00D30C25"/>
     <w:rsid w:val="00D3112C"/>
     <w:rsid w:val="00D31E3A"/>
     <w:rsid w:val="00D34D9B"/>
     <w:rsid w:val="00D34F45"/>
     <w:rsid w:val="00D35124"/>
     <w:rsid w:val="00D42C99"/>
     <w:rsid w:val="00D43067"/>
     <w:rsid w:val="00D4476D"/>
     <w:rsid w:val="00D4527E"/>
     <w:rsid w:val="00D463FF"/>
+    <w:rsid w:val="00D50826"/>
     <w:rsid w:val="00D51161"/>
     <w:rsid w:val="00D51853"/>
     <w:rsid w:val="00D51AB8"/>
     <w:rsid w:val="00D55F06"/>
     <w:rsid w:val="00D567CF"/>
     <w:rsid w:val="00D5715A"/>
     <w:rsid w:val="00D6130C"/>
     <w:rsid w:val="00D64DCF"/>
     <w:rsid w:val="00D66D48"/>
     <w:rsid w:val="00D66DB8"/>
+    <w:rsid w:val="00D70730"/>
+    <w:rsid w:val="00D71103"/>
     <w:rsid w:val="00D71441"/>
     <w:rsid w:val="00D71687"/>
     <w:rsid w:val="00D74813"/>
     <w:rsid w:val="00D81C9E"/>
+    <w:rsid w:val="00D81CBE"/>
     <w:rsid w:val="00D869DE"/>
+    <w:rsid w:val="00D87077"/>
     <w:rsid w:val="00D91176"/>
     <w:rsid w:val="00D93A45"/>
+    <w:rsid w:val="00D93A58"/>
     <w:rsid w:val="00D958CB"/>
     <w:rsid w:val="00D96402"/>
+    <w:rsid w:val="00D967F1"/>
     <w:rsid w:val="00DA14F1"/>
     <w:rsid w:val="00DA1678"/>
     <w:rsid w:val="00DA1972"/>
     <w:rsid w:val="00DA2306"/>
+    <w:rsid w:val="00DA27D3"/>
     <w:rsid w:val="00DA2E04"/>
     <w:rsid w:val="00DA30BC"/>
     <w:rsid w:val="00DA69C2"/>
     <w:rsid w:val="00DA6ABF"/>
     <w:rsid w:val="00DA6D70"/>
     <w:rsid w:val="00DB1E9F"/>
     <w:rsid w:val="00DB6050"/>
     <w:rsid w:val="00DB6073"/>
     <w:rsid w:val="00DB65C1"/>
     <w:rsid w:val="00DB6E50"/>
     <w:rsid w:val="00DC283B"/>
     <w:rsid w:val="00DC2C34"/>
     <w:rsid w:val="00DC2F11"/>
     <w:rsid w:val="00DC51FB"/>
+    <w:rsid w:val="00DC5943"/>
+    <w:rsid w:val="00DD0A5D"/>
+    <w:rsid w:val="00DD0F48"/>
+    <w:rsid w:val="00DD2C49"/>
     <w:rsid w:val="00DD525E"/>
     <w:rsid w:val="00DD6186"/>
     <w:rsid w:val="00DE251B"/>
     <w:rsid w:val="00DE2C87"/>
     <w:rsid w:val="00DE343E"/>
     <w:rsid w:val="00DE3D81"/>
     <w:rsid w:val="00DE3E4A"/>
     <w:rsid w:val="00DE459A"/>
     <w:rsid w:val="00DE45B0"/>
+    <w:rsid w:val="00DE4C6E"/>
     <w:rsid w:val="00DE7E63"/>
     <w:rsid w:val="00DF27DA"/>
     <w:rsid w:val="00DF3120"/>
     <w:rsid w:val="00DF4DBE"/>
     <w:rsid w:val="00DF5DF3"/>
     <w:rsid w:val="00DF6178"/>
     <w:rsid w:val="00E00B2E"/>
     <w:rsid w:val="00E00F91"/>
     <w:rsid w:val="00E02488"/>
     <w:rsid w:val="00E048B7"/>
     <w:rsid w:val="00E04DD2"/>
     <w:rsid w:val="00E05C6F"/>
     <w:rsid w:val="00E05D5C"/>
     <w:rsid w:val="00E103E9"/>
     <w:rsid w:val="00E10ADD"/>
     <w:rsid w:val="00E11245"/>
     <w:rsid w:val="00E14544"/>
     <w:rsid w:val="00E16BDD"/>
     <w:rsid w:val="00E21959"/>
     <w:rsid w:val="00E241AC"/>
     <w:rsid w:val="00E24C07"/>
     <w:rsid w:val="00E251F2"/>
     <w:rsid w:val="00E2597B"/>
     <w:rsid w:val="00E31DAE"/>
+    <w:rsid w:val="00E32AEA"/>
     <w:rsid w:val="00E3547C"/>
     <w:rsid w:val="00E401D2"/>
     <w:rsid w:val="00E40820"/>
     <w:rsid w:val="00E443B9"/>
     <w:rsid w:val="00E44437"/>
     <w:rsid w:val="00E4658F"/>
     <w:rsid w:val="00E46C8F"/>
     <w:rsid w:val="00E50298"/>
     <w:rsid w:val="00E516F3"/>
     <w:rsid w:val="00E54A67"/>
     <w:rsid w:val="00E56B70"/>
     <w:rsid w:val="00E578F2"/>
     <w:rsid w:val="00E57C43"/>
     <w:rsid w:val="00E61C0D"/>
     <w:rsid w:val="00E61E53"/>
+    <w:rsid w:val="00E62A24"/>
     <w:rsid w:val="00E63EB4"/>
     <w:rsid w:val="00E66160"/>
     <w:rsid w:val="00E66DFC"/>
     <w:rsid w:val="00E67C83"/>
     <w:rsid w:val="00E71329"/>
     <w:rsid w:val="00E73970"/>
     <w:rsid w:val="00E751C7"/>
     <w:rsid w:val="00E76C3E"/>
     <w:rsid w:val="00E76E6F"/>
+    <w:rsid w:val="00E80D30"/>
     <w:rsid w:val="00E810D7"/>
     <w:rsid w:val="00E8363B"/>
     <w:rsid w:val="00E84966"/>
     <w:rsid w:val="00E851EE"/>
     <w:rsid w:val="00E904E7"/>
     <w:rsid w:val="00E90E41"/>
     <w:rsid w:val="00E913B6"/>
     <w:rsid w:val="00E91E5B"/>
     <w:rsid w:val="00E92383"/>
     <w:rsid w:val="00E9528A"/>
     <w:rsid w:val="00E9577B"/>
     <w:rsid w:val="00E95F67"/>
     <w:rsid w:val="00EA19A2"/>
+    <w:rsid w:val="00EA1A7A"/>
     <w:rsid w:val="00EA1B3A"/>
     <w:rsid w:val="00EA2109"/>
     <w:rsid w:val="00EA21A1"/>
     <w:rsid w:val="00EA2D4D"/>
     <w:rsid w:val="00EA370D"/>
     <w:rsid w:val="00EA42E5"/>
     <w:rsid w:val="00EA56BC"/>
+    <w:rsid w:val="00EA5D81"/>
     <w:rsid w:val="00EA6E37"/>
     <w:rsid w:val="00EB0152"/>
     <w:rsid w:val="00EB1EA7"/>
+    <w:rsid w:val="00EB3539"/>
     <w:rsid w:val="00EB5AA2"/>
+    <w:rsid w:val="00EB5C1A"/>
     <w:rsid w:val="00EB624C"/>
     <w:rsid w:val="00EB6E53"/>
     <w:rsid w:val="00EB73FF"/>
     <w:rsid w:val="00EC398B"/>
+    <w:rsid w:val="00EC4135"/>
     <w:rsid w:val="00EC52B2"/>
     <w:rsid w:val="00EC60C1"/>
     <w:rsid w:val="00EC64F4"/>
     <w:rsid w:val="00EC79DA"/>
     <w:rsid w:val="00ED070B"/>
     <w:rsid w:val="00ED2144"/>
     <w:rsid w:val="00ED3590"/>
     <w:rsid w:val="00ED3955"/>
     <w:rsid w:val="00ED478F"/>
     <w:rsid w:val="00ED48A4"/>
     <w:rsid w:val="00ED4D4E"/>
     <w:rsid w:val="00ED55CE"/>
     <w:rsid w:val="00EE0C77"/>
     <w:rsid w:val="00EE3C8C"/>
     <w:rsid w:val="00EE4081"/>
     <w:rsid w:val="00EE4E54"/>
     <w:rsid w:val="00EF21DA"/>
     <w:rsid w:val="00EF4334"/>
     <w:rsid w:val="00EF5AE7"/>
     <w:rsid w:val="00EF68CB"/>
     <w:rsid w:val="00F0198E"/>
+    <w:rsid w:val="00F047FA"/>
     <w:rsid w:val="00F07C5F"/>
     <w:rsid w:val="00F103A8"/>
     <w:rsid w:val="00F10C91"/>
     <w:rsid w:val="00F118B4"/>
     <w:rsid w:val="00F160CD"/>
     <w:rsid w:val="00F2296C"/>
     <w:rsid w:val="00F23541"/>
+    <w:rsid w:val="00F254C3"/>
     <w:rsid w:val="00F2595E"/>
     <w:rsid w:val="00F26662"/>
     <w:rsid w:val="00F27ABF"/>
     <w:rsid w:val="00F43086"/>
     <w:rsid w:val="00F436BB"/>
     <w:rsid w:val="00F46879"/>
     <w:rsid w:val="00F47145"/>
     <w:rsid w:val="00F5002E"/>
     <w:rsid w:val="00F50573"/>
     <w:rsid w:val="00F506EB"/>
     <w:rsid w:val="00F50E1D"/>
     <w:rsid w:val="00F5218F"/>
     <w:rsid w:val="00F52C6B"/>
     <w:rsid w:val="00F5306D"/>
     <w:rsid w:val="00F53115"/>
     <w:rsid w:val="00F534FC"/>
     <w:rsid w:val="00F545BF"/>
     <w:rsid w:val="00F54877"/>
     <w:rsid w:val="00F568A5"/>
+    <w:rsid w:val="00F56EDC"/>
+    <w:rsid w:val="00F6228A"/>
     <w:rsid w:val="00F62ACD"/>
     <w:rsid w:val="00F632EA"/>
     <w:rsid w:val="00F6556A"/>
     <w:rsid w:val="00F65F76"/>
     <w:rsid w:val="00F661F8"/>
     <w:rsid w:val="00F6676D"/>
     <w:rsid w:val="00F7042E"/>
     <w:rsid w:val="00F7096D"/>
     <w:rsid w:val="00F71B56"/>
     <w:rsid w:val="00F747D2"/>
     <w:rsid w:val="00F75C2B"/>
+    <w:rsid w:val="00F767E9"/>
     <w:rsid w:val="00F77997"/>
     <w:rsid w:val="00F77D95"/>
     <w:rsid w:val="00F82856"/>
     <w:rsid w:val="00F832C8"/>
     <w:rsid w:val="00F873B3"/>
     <w:rsid w:val="00F90504"/>
     <w:rsid w:val="00F9147D"/>
     <w:rsid w:val="00F915BF"/>
     <w:rsid w:val="00F91B78"/>
     <w:rsid w:val="00F9214D"/>
     <w:rsid w:val="00F935FC"/>
     <w:rsid w:val="00F94814"/>
     <w:rsid w:val="00F95212"/>
+    <w:rsid w:val="00F9577A"/>
     <w:rsid w:val="00F95815"/>
     <w:rsid w:val="00F95CAD"/>
     <w:rsid w:val="00FA00A4"/>
     <w:rsid w:val="00FA33FE"/>
     <w:rsid w:val="00FA42B9"/>
     <w:rsid w:val="00FA4852"/>
     <w:rsid w:val="00FA6703"/>
     <w:rsid w:val="00FA755A"/>
     <w:rsid w:val="00FB1FA2"/>
     <w:rsid w:val="00FB2113"/>
     <w:rsid w:val="00FB2677"/>
     <w:rsid w:val="00FB2963"/>
     <w:rsid w:val="00FB2B0F"/>
     <w:rsid w:val="00FB41B1"/>
     <w:rsid w:val="00FB4401"/>
     <w:rsid w:val="00FB4644"/>
     <w:rsid w:val="00FB4F6B"/>
     <w:rsid w:val="00FB5FE1"/>
     <w:rsid w:val="00FB60B0"/>
     <w:rsid w:val="00FB70D8"/>
     <w:rsid w:val="00FC0E8D"/>
     <w:rsid w:val="00FC46EF"/>
     <w:rsid w:val="00FC46F0"/>
     <w:rsid w:val="00FC77B2"/>
     <w:rsid w:val="00FD02E2"/>
     <w:rsid w:val="00FD19AF"/>
     <w:rsid w:val="00FD31B3"/>
     <w:rsid w:val="00FD4204"/>
     <w:rsid w:val="00FD637C"/>
     <w:rsid w:val="00FE0DCF"/>
     <w:rsid w:val="00FE23C4"/>
     <w:rsid w:val="00FE268B"/>
     <w:rsid w:val="00FE4298"/>
     <w:rsid w:val="00FE586F"/>
     <w:rsid w:val="00FE5C6A"/>
     <w:rsid w:val="00FE6441"/>
     <w:rsid w:val="00FE6663"/>
     <w:rsid w:val="00FE71C5"/>
+    <w:rsid w:val="00FF2F4A"/>
     <w:rsid w:val="00FF3CCB"/>
     <w:rsid w:val="00FF57B5"/>
     <w:rsid w:val="00FF5F01"/>
     <w:rsid w:val="00FF6941"/>
     <w:rsid w:val="00FF699D"/>
     <w:rsid w:val="00FF7190"/>
     <w:rsid w:val="00FF7757"/>
     <w:rsid w:val="03457F0C"/>
+    <w:rsid w:val="04A62845"/>
+    <w:rsid w:val="04B4430F"/>
     <w:rsid w:val="08A07966"/>
     <w:rsid w:val="08E348BE"/>
     <w:rsid w:val="0EA22DFD"/>
     <w:rsid w:val="0EFE6111"/>
     <w:rsid w:val="0F9EF8B7"/>
     <w:rsid w:val="102C46AF"/>
     <w:rsid w:val="10ADE6FA"/>
     <w:rsid w:val="1419690E"/>
     <w:rsid w:val="15C8F86C"/>
     <w:rsid w:val="17814982"/>
     <w:rsid w:val="19591D86"/>
     <w:rsid w:val="195B2A86"/>
     <w:rsid w:val="1C38FC48"/>
     <w:rsid w:val="1E518E1E"/>
     <w:rsid w:val="1F15D380"/>
     <w:rsid w:val="203F7F41"/>
     <w:rsid w:val="2196C42D"/>
     <w:rsid w:val="24784BDF"/>
     <w:rsid w:val="2C1833FE"/>
     <w:rsid w:val="2D269F7B"/>
     <w:rsid w:val="2DAB0680"/>
     <w:rsid w:val="2DBED342"/>
+    <w:rsid w:val="2E79DC2C"/>
     <w:rsid w:val="309B2690"/>
     <w:rsid w:val="318231B7"/>
     <w:rsid w:val="33953A4E"/>
     <w:rsid w:val="3500C807"/>
     <w:rsid w:val="35F8F98D"/>
     <w:rsid w:val="373FB14B"/>
     <w:rsid w:val="38D1D8B8"/>
     <w:rsid w:val="394B1ED7"/>
+    <w:rsid w:val="39B71B8E"/>
     <w:rsid w:val="39F00A65"/>
     <w:rsid w:val="3B223F14"/>
     <w:rsid w:val="3C0C84F9"/>
+    <w:rsid w:val="3C6FC7C8"/>
     <w:rsid w:val="3DB0AB1B"/>
     <w:rsid w:val="3F5F4548"/>
     <w:rsid w:val="40400682"/>
+    <w:rsid w:val="4080FAC7"/>
     <w:rsid w:val="40A7F274"/>
     <w:rsid w:val="420CDC16"/>
     <w:rsid w:val="428AE948"/>
     <w:rsid w:val="46507F83"/>
     <w:rsid w:val="47041E73"/>
     <w:rsid w:val="487CDFAA"/>
     <w:rsid w:val="489371D0"/>
     <w:rsid w:val="49C22E3A"/>
     <w:rsid w:val="4A014EEF"/>
     <w:rsid w:val="4D0BD540"/>
     <w:rsid w:val="4D3B7DA7"/>
     <w:rsid w:val="4E965B42"/>
     <w:rsid w:val="51BABF6D"/>
     <w:rsid w:val="52CA44D2"/>
     <w:rsid w:val="53554084"/>
     <w:rsid w:val="55679E24"/>
+    <w:rsid w:val="571F76FA"/>
     <w:rsid w:val="5868F3B5"/>
     <w:rsid w:val="5946ABA3"/>
     <w:rsid w:val="59D9FE40"/>
     <w:rsid w:val="5AA728BF"/>
     <w:rsid w:val="5CFD3F79"/>
     <w:rsid w:val="5D1C2579"/>
     <w:rsid w:val="5FFFE303"/>
     <w:rsid w:val="60733D9D"/>
     <w:rsid w:val="61B9BB0B"/>
     <w:rsid w:val="63204AF7"/>
     <w:rsid w:val="635D38C2"/>
     <w:rsid w:val="6693DDCB"/>
     <w:rsid w:val="68A383B7"/>
+    <w:rsid w:val="6BD576F9"/>
     <w:rsid w:val="6CB43DC9"/>
     <w:rsid w:val="705B6E0A"/>
     <w:rsid w:val="7125B7FF"/>
     <w:rsid w:val="73B5113D"/>
     <w:rsid w:val="771BB5BA"/>
     <w:rsid w:val="7AF15540"/>
     <w:rsid w:val="7CC00030"/>
     <w:rsid w:val="7EB8BB1B"/>
+    <w:rsid w:val="7FB8472B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26291BE1"/>
-  <w15:docId w15:val="{D182F769-5EA2-44B6-B1D9-608B6F68217E}"/>
+  <w15:docId w15:val="{39D26102-3CDA-4566-A55B-D79E2C55FA3E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12895,50 +14226,51 @@
       <w:noProof/>
       <w:color w:val="22413A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:rsid w:val="00F47145"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:color w:val="22413A"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -14041,50 +15373,74 @@
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A218E9"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="contentcontrolboundarysink">
     <w:name w:val="contentcontrolboundarysink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000A4017"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CB1613"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="055450" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="91169340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="162017488">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -14926,170 +16282,115 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2116055135">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/working-with-others/agreements-with-others/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/_layouts/15/DocIdRedir.aspx?ID=ONRHH-822789359-19709" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/agency-agreements-mou.htm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/working-with-others/agreements-with-others/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/agency-agreements-mou.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ldunning\Downloads\ONR-DOC-TEMP-305%20-%20ONR%20Word%20Template%20-%20Generic.DOTX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91482595-A552-4826-943C-30779AA50C82}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
-[...24 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="CFA6A955EB00487BA21C3872D606AB30"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{23A65DF4-E288-4C82-A970-4C8DC735DC77}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00865F8B" w:rsidRDefault="007154C5">
           <w:pPr>
             <w:pStyle w:val="CFA6A955EB00487BA21C3872D606AB30"/>
           </w:pPr>
           <w:r w:rsidRPr="0069507A">
-            <w:rPr>
-[...27 lines deleted...]
-          <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Title]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B2607715D0374064B1014F3EB53C2E62"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5DD7AF9F-97A2-4C20-896C-684A6EEB7DE2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00865F8B" w:rsidRDefault="008F1C65">
@@ -15170,50 +16471,79 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D18CC4F2-7B82-4F7C-9698-6B1462F14804}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00865F8B" w:rsidRDefault="007154C5">
           <w:pPr>
             <w:pStyle w:val="47A8B63B9ECA436CA2BA3D001F489182"/>
           </w:pPr>
           <w:r w:rsidRPr="00D1240B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="80ECB099221D4B6A8920122D7CEA968A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C97FF0FE-8106-42A2-80BC-20E51DB4D19D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C733AE" w:rsidRDefault="00C733AE" w:rsidP="00C733AE">
+          <w:pPr>
+            <w:pStyle w:val="80ECB099221D4B6A8920122D7CEA968A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00812B14">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>[Status]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -15248,137 +16578,153 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
     <w:rsid w:val="00002C41"/>
     <w:rsid w:val="00005069"/>
     <w:rsid w:val="000F3107"/>
     <w:rsid w:val="001479F8"/>
     <w:rsid w:val="0017245E"/>
+    <w:rsid w:val="0017505F"/>
     <w:rsid w:val="00183F29"/>
     <w:rsid w:val="001C0C19"/>
+    <w:rsid w:val="001C472A"/>
+    <w:rsid w:val="001C49A7"/>
     <w:rsid w:val="001F59F9"/>
     <w:rsid w:val="0020532D"/>
     <w:rsid w:val="00205C0E"/>
     <w:rsid w:val="002550FD"/>
+    <w:rsid w:val="002935C1"/>
     <w:rsid w:val="002D005C"/>
     <w:rsid w:val="002F1E03"/>
     <w:rsid w:val="0030368B"/>
     <w:rsid w:val="00333F8E"/>
     <w:rsid w:val="00350199"/>
     <w:rsid w:val="003600B9"/>
+    <w:rsid w:val="00384B57"/>
     <w:rsid w:val="00385D87"/>
+    <w:rsid w:val="003A15C6"/>
     <w:rsid w:val="004547E6"/>
     <w:rsid w:val="00525083"/>
     <w:rsid w:val="00563309"/>
     <w:rsid w:val="00584E50"/>
+    <w:rsid w:val="0060572C"/>
+    <w:rsid w:val="006721C2"/>
     <w:rsid w:val="006C2C4E"/>
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="0072541E"/>
     <w:rsid w:val="0076550F"/>
     <w:rsid w:val="00835E07"/>
     <w:rsid w:val="008627C9"/>
     <w:rsid w:val="00865F8B"/>
     <w:rsid w:val="008B46E6"/>
+    <w:rsid w:val="008D49D6"/>
     <w:rsid w:val="008F1C65"/>
+    <w:rsid w:val="009E08C3"/>
     <w:rsid w:val="009E09E4"/>
     <w:rsid w:val="009E343F"/>
     <w:rsid w:val="00A62DB8"/>
     <w:rsid w:val="00A810FB"/>
     <w:rsid w:val="00AD50DE"/>
     <w:rsid w:val="00AF5F39"/>
     <w:rsid w:val="00B75B8C"/>
     <w:rsid w:val="00BF77A5"/>
     <w:rsid w:val="00C41BCC"/>
+    <w:rsid w:val="00C733AE"/>
     <w:rsid w:val="00C92657"/>
+    <w:rsid w:val="00D11496"/>
+    <w:rsid w:val="00D13E18"/>
     <w:rsid w:val="00D42C99"/>
     <w:rsid w:val="00D7022C"/>
+    <w:rsid w:val="00DD0F48"/>
     <w:rsid w:val="00DD7BA4"/>
     <w:rsid w:val="00DF3AE0"/>
     <w:rsid w:val="00E10ADD"/>
     <w:rsid w:val="00E318CE"/>
     <w:rsid w:val="00E646E1"/>
     <w:rsid w:val="00E76C3E"/>
+    <w:rsid w:val="00E80D30"/>
     <w:rsid w:val="00EC398B"/>
     <w:rsid w:val="00F0283C"/>
     <w:rsid w:val="00F03EE6"/>
     <w:rsid w:val="00F32938"/>
     <w:rsid w:val="00F568A5"/>
     <w:rsid w:val="00F93872"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -15794,117 +17140,118 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008F1C65"/>
+    <w:rsid w:val="00C733AE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFA6A955EB00487BA21C3872D606AB30">
     <w:name w:val="CFA6A955EB00487BA21C3872D606AB30"/>
-    <w:pPr>
-[...10 lines deleted...]
-    <w:name w:val="B081C6532556421284D8ADBF3559B185"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2607715D0374064B1014F3EB53C2E62">
     <w:name w:val="B2607715D0374064B1014F3EB53C2E62"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C94B0830CA634E6D8A677D93784CE205">
     <w:name w:val="C94B0830CA634E6D8A677D93784CE205"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4DC9A9C3B10F4C09AFB25D9ACD4F0E8D">
     <w:name w:val="4DC9A9C3B10F4C09AFB25D9ACD4F0E8D"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="47A8B63B9ECA436CA2BA3D001F489182">
     <w:name w:val="47A8B63B9ECA436CA2BA3D001F489182"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80ECB099221D4B6A8920122D7CEA968A">
+    <w:name w:val="80ECB099221D4B6A8920122D7CEA968A"/>
+    <w:rsid w:val="00C733AE"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ONR colours">
       <a:dk1>
@@ -16102,225 +17449,610 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...3 lines deleted...]
-</FormTemplates>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="66693000-3e12-4b44-a742-9a2ba35b7d28" ContentTypeId="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C57" PreviousValue="false"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D4DFBED514CE1545AFF76711782B71B8" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f78bc98a51b87c1ec9d3eac0a5a7ae64">
-[...2 lines deleted...]
-    <xsd:import namespace="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
+  <b:Source>
+    <b:Tag>Car09</b:Tag>
+    <b:SourceType>Report</b:SourceType>
+    <b:Guid>{39534867-171D-4540-AC25-1CDAD8D782A9}</b:Guid>
+    <b:Title>The Carriage of Dangerous Goods and Use of Transportable Pressure Equipment Regulations 2009</b:Title>
+    <b:Year>2009</b:Year>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>H.M Government</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>2</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Nuc1</b:Tag>
+    <b:SourceType>Misc</b:SourceType>
+    <b:Guid>{DFF9C3A3-7946-4D9A-83B0-FF1011F64CDE}</b:Guid>
+    <b:Title>Nuclear Installations Act 1965</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>H.M Government</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>3</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Nuc</b:Tag>
+    <b:SourceType>Misc</b:SourceType>
+    <b:Guid>{5C36B704-7ED8-40FF-B40E-DFE0790FB181}</b:Guid>
+    <b:Title>The Nuclear Installations (Dangerous Occurrences) Regulations 1965</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>H.M Government</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Year>1965</b:Year>
+    <b:RefOrder>4</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Pro1</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{8024F219-1021-47C2-B8D4-C12A75DB22C4}</b:Guid>
+    <b:Title>ONR-OL-PROC-002- Process for Notifying Incidents to ONR</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR18</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{99A8EE6D-A860-4423-9C13-9FBD708AC08A}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-OL-GD-002 - Notification guidance for Incidents involving Nuclear or Radiological Safety</b:Title>
+    <b:RefOrder>5</b:RefOrder>
+  </b:Source>
+</b:Sources>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <PolicyPortalProcessSpecialismFunctionTopic xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalFirstPublicationDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalProcessOwnerRoleHolder>
+    <PolicyPortalPublishStatus xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegatePostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="05350e14-297a-489c-ad04-faf6563b232c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">[Key words separated by commas]</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f43e2310-82d5-44d8-a731-b695dd9d1339</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <PolicyPortalDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocType xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueNo xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldRecordRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerPostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegateRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalResponsibleDelegateRoleHolder>
+    <PolicyPortalDirectorate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <dd2817321d504f1caee75a1112d299d4 xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </dd2817321d504f1caee75a1112d299d4>
+    <PolicyPortalReviewDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PCR_x003f_ xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">false</PCR_x003f_>
+    <PolicyPortalIssueHistoryComments xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="HOW2 Hub Document" ma:contentTypeID="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227" ma:contentTypeVersion="220" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="724e73164808191a758277c779b53781">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4e2855-9588-4bc9-9890-af639bd565eb" xmlns:ns3="05350e14-297a-489c-ad04-faf6563b232c" xmlns:ns4="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0d07b2e48c5c6cb673863f8fde9c9f33" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <xsd:import namespace="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <xsd:import namespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...7 lines deleted...]
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueNo" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocType" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDirectorate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessSpecialismFunctionTopic" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerPostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegatePostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegateRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueHistoryComments" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalFirstPublicationDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldRecordRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalPublishStatus" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:dd2817321d504f1caee75a1112d299d4" minOccurs="0"/>
+                <xsd:element ref="ns4:PCR_x003f_" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="729a6f9d-3f32-42ac-acf1-d5ecfa3937de" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c4e2855-9588-4bc9-9890-af639bd565eb" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="PolicyPortalIssueNo" ma:index="2" nillable="true" ma:displayName="Issue No." ma:internalName="PolicyPortalIssueNo" ma:percentage="FALSE">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="PolicyPortalDocRef" ma:index="3" nillable="true" ma:displayName="Doc. Ref." ma:internalName="PolicyPortalDocRef">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
-[...9 lines deleted...]
-        <xsd:restriction base="dms:Note">
+        <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="PolicyPortalDocType" ma:index="4" nillable="true" ma:displayName="Doc. Type" ma:format="Dropdown" ma:internalName="PolicyPortalDocType">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...17 lines deleted...]
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Framework/Strategy"/>
+          <xsd:enumeration value="Guidance (Gen.)"/>
+          <xsd:enumeration value="Handbook"/>
+          <xsd:enumeration value="HSW Standard"/>
+          <xsd:enumeration value="Instruction"/>
+          <xsd:enumeration value="Manual"/>
+          <xsd:enumeration value="MoU"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+          <xsd:enumeration value="Protocol"/>
+          <xsd:enumeration value="R2A2"/>
+          <xsd:enumeration value="Strategy"/>
+          <xsd:enumeration value="TAG"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="TIG"/>
+          <xsd:enumeration value="TOR"/>
+          <xsd:enumeration value="N/A"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="PolicyPortalDirectorate" ma:index="5" nillable="true" ma:displayName="Directorate" ma:format="Dropdown" ma:internalName="PolicyPortalDirectorate">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Corporate Security and Resilience Office"/>
+          <xsd:enumeration value="Finance"/>
+          <xsd:enumeration value="Governance and Private Office"/>
+          <xsd:enumeration value="HR"/>
+          <xsd:enumeration value="IT"/>
+          <xsd:enumeration value="New Reactors"/>
+          <xsd:enumeration value="Operating Facilities"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs"/>
+          <xsd:enumeration value="Technical"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="PolicyPortalProcessSpecialismFunctionTopic" ma:index="6" nillable="true" ma:displayName="Process / Specialism / Function / Topic" ma:format="Dropdown" ma:internalName="PolicyPortalProcessSpecialismFunctionTopic">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Academy - Training / L&amp;D"/>
+              <xsd:enumeration value="Accessibility"/>
+              <xsd:enumeration value="Accounting &amp; Budgeting"/>
+              <xsd:enumeration value="ALARP Working Group"/>
+              <xsd:enumeration value="Anti-Bribery and Corruption, and Fraud Prevention Compliance"/>
+              <xsd:enumeration value="Assessment (Nuclear safety)"/>
+              <xsd:enumeration value="Business Impact Target (BIT)"/>
+              <xsd:enumeration value="Business Travel"/>
+              <xsd:enumeration value="Change Management (Org.)"/>
+              <xsd:enumeration value="Chemistry &amp; Chemical Engineering"/>
+              <xsd:enumeration value="Civil Engineering"/>
+              <xsd:enumeration value="Civil Engineering and External Hazards (CEEH)"/>
+              <xsd:enumeration value="Civil Nuclear Security"/>
+              <xsd:enumeration value="Comms"/>
+              <xsd:enumeration value="Conducting Investigations"/>
+              <xsd:enumeration value="Compliance"/>
+              <xsd:enumeration value="Contractor Management"/>
+              <xsd:enumeration value="Cyber Security and Information Assurance"/>
+              <xsd:enumeration value="Data Protection"/>
+              <xsd:enumeration value="Defence - Propulsion"/>
+              <xsd:enumeration value="Delivery Lead - Technical Division (R&amp;TS)"/>
+              <xsd:enumeration value="Development of Regulations and Guides"/>
+              <xsd:enumeration value="Diversity &amp; Inclusion (HR)"/>
+              <xsd:enumeration value="Divisional Delivery Support (DDS)"/>
+              <xsd:enumeration value="EC&amp;I Engineering"/>
+              <xsd:enumeration value="Efficiency Framework"/>
+              <xsd:enumeration value="Emergency P&amp;R"/>
+              <xsd:enumeration value="Emergency Preparedness &amp; Response (EP&amp;R)"/>
+              <xsd:enumeration value="Environment and Sustainability"/>
+              <xsd:enumeration value="Estates"/>
+              <xsd:enumeration value="Expenses"/>
+              <xsd:enumeration value="Export Control"/>
+              <xsd:enumeration value="Fault Analysis"/>
+              <xsd:enumeration value="Freedom of Information (FOI) &amp; Gen. Enquiries"/>
+              <xsd:enumeration value="GDA"/>
+              <xsd:enumeration value="Gifts and Hospitality"/>
+              <xsd:enumeration value="Governance"/>
+              <xsd:enumeration value="Health, Safety and Wellbeing (HSW)"/>
+              <xsd:enumeration value="Human &amp; Organisational Capability"/>
+              <xsd:enumeration value="Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Information Management"/>
+              <xsd:enumeration value="Information Security"/>
+              <xsd:enumeration value="International Cooperation"/>
+              <xsd:enumeration value="Invoice Management"/>
+              <xsd:enumeration value="IT"/>
+              <xsd:enumeration value="Land Use Planning"/>
+              <xsd:enumeration value="Leadership and Management for Safety and Security"/>
+              <xsd:enumeration value="Learning &amp; Development"/>
+              <xsd:enumeration value="Legal Support"/>
+              <xsd:enumeration value="Management System"/>
+              <xsd:enumeration value="Mechanical Engineering"/>
+              <xsd:enumeration value="New build/construction"/>
+              <xsd:enumeration value="NHSS"/>
+              <xsd:enumeration value="Notification &amp; Authorisation"/>
+              <xsd:enumeration value="Nuclear Liabilities Regulation"/>
+              <xsd:enumeration value="Operating Reactors"/>
+              <xsd:enumeration value="Operational Inspection"/>
+              <xsd:enumeration value="Organisational Learning"/>
+              <xsd:enumeration value="People Services"/>
+              <xsd:enumeration value="Performance Management (HR)"/>
+              <xsd:enumeration value="Permissioning"/>
+              <xsd:enumeration value="PMO"/>
+              <xsd:enumeration value="Policy"/>
+              <xsd:enumeration value="Procurement"/>
+              <xsd:enumeration value="Radiological Protection &amp; Criticality"/>
+              <xsd:enumeration value="Regulations &amp; Regulatory Issues"/>
+              <xsd:enumeration value="Regulatory Assurance"/>
+              <xsd:enumeration value="Regulatory Oversight"/>
+              <xsd:enumeration value="Research &amp; Development"/>
+              <xsd:enumeration value="Risk Management"/>
+              <xsd:enumeration value="RITE"/>
+              <xsd:enumeration value="Safeguards"/>
+              <xsd:enumeration value="Safety Case Working Group"/>
+              <xsd:enumeration value="Security &amp; Information Regulatory Assurance"/>
+              <xsd:enumeration value="Sellafield"/>
+              <xsd:enumeration value="Shared Services"/>
+              <xsd:enumeration value="Structural Integrity"/>
+              <xsd:enumeration value="Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="Whistleblowing"/>
+              <xsd:enumeration value="WIReD"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="PolicyPortalProcessOwnerPostTitle" ma:index="7" nillable="true" ma:displayName="Process Owner (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalProcessOwnerPostTitle">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CIO"/>
+          <xsd:enumeration value="CISO"/>
+          <xsd:enumeration value="Data Protection Officer (DPO)"/>
+          <xsd:enumeration value="Finance Director"/>
+          <xsd:enumeration value="Head of Governance and Private Office"/>
+          <xsd:enumeration value="HR Director"/>
+          <xsd:enumeration value="New Reactors Director"/>
+          <xsd:enumeration value="Operating Facilities Director"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste Director"/>
+          <xsd:enumeration value="Senior Director of Regulation"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs Director"/>
+          <xsd:enumeration value="Technical Director"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
-[...8 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="PolicyPortalProcessOwnerRoleHolder" ma:index="8" nillable="true" ma:displayName="Process Owner (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalProcessOwnerRoleHolder" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="PolicyPortalResponsibleDelegatePostTitle" ma:index="9" nillable="true" ma:displayName="Responsible Delegate (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalResponsibleDelegatePostTitle">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Chair of Accessibility Working Group (AWG)"/>
+              <xsd:enumeration value="Corporate Security Manager"/>
+              <xsd:enumeration value="Data Protection Compliance Lead"/>
+              <xsd:enumeration value="Deputy Director of Regulation (TD)"/>
+              <xsd:enumeration value="Executive Office Support"/>
+              <xsd:enumeration value="Export Control Manager"/>
+              <xsd:enumeration value="Governance and Compliance Lead"/>
+              <xsd:enumeration value="Governance Manager"/>
+              <xsd:enumeration value="Head of Academy"/>
+              <xsd:enumeration value="Head of Commercial Management and Procurement"/>
+              <xsd:enumeration value="Head of Communications"/>
+              <xsd:enumeration value="Head of Compliance"/>
+              <xsd:enumeration value="Head of Data and Analytics"/>
+              <xsd:enumeration value="Head of Governance and Compliance"/>
+              <xsd:enumeration value="Head of Private Office"/>
+              <xsd:enumeration value="Head of Estates and Shared Services"/>
+              <xsd:enumeration value="Head of Finance and Commercial"/>
+              <xsd:enumeration value="Head of Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Head of International Strategy and Public Correspondence"/>
+              <xsd:enumeration value="Head of IT"/>
+              <xsd:enumeration value="Head of Legal Liaison"/>
+              <xsd:enumeration value="Head of Organisational Development (HR)"/>
+              <xsd:enumeration value="Head of Organisational Learning"/>
+              <xsd:enumeration value="Head of People Services"/>
+              <xsd:enumeration value="Head of PMO"/>
+              <xsd:enumeration value="Head of Policy"/>
+              <xsd:enumeration value="Head of Regulatory Policy and Standards"/>
+              <xsd:enumeration value="Head of Risk and Assurance"/>
+              <xsd:enumeration value="HoR - Advanced Nuclear Technologies (ANTs) and Holtec SMR-300 GDA"/>
+              <xsd:enumeration value="HoR - Emergency Preparedness and Response"/>
+              <xsd:enumeration value="HoR - Rolls-Royce SMR (GDA)"/>
+              <xsd:enumeration value="HoR - Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="HoR - Sellafield Compliance Intelligence and Enforcement"/>
+              <xsd:enumeration value="HoR - Sellafield Project Delivery"/>
+              <xsd:enumeration value="HoR - Sellafield Decommissioning"/>
+              <xsd:enumeration value="HoP - Civil Engineering and External Hazards"/>
+              <xsd:enumeration value="HoP - Cyber Security &amp; Information Assurance"/>
+              <xsd:enumeration value="HoP - DDS"/>
+              <xsd:enumeration value="HoP - Electrical, Control and Instrumentation Engineering"/>
+              <xsd:enumeration value="HoP - Fault Analysis"/>
+              <xsd:enumeration value="HoP - Human and Organisational Capability"/>
+              <xsd:enumeration value="HoP - Mechanical Engineering and Structural Integrity"/>
+              <xsd:enumeration value="HoP - Nuclear Internal Hazards and Site Safety"/>
+              <xsd:enumeration value="HoP - Nuclear Liabilities, Chemistry and Chemical Engineering"/>
+              <xsd:enumeration value="HoP - Operational Inspection"/>
+              <xsd:enumeration value="HoP - Protective Security"/>
+              <xsd:enumeration value="HoP - Radiological Protection and Criticality"/>
+              <xsd:enumeration value="HoP - Regulatory Programme and Business Management"/>
+              <xsd:enumeration value="HoP - Safeguards"/>
+              <xsd:enumeration value="HSW Manager"/>
+              <xsd:enumeration value="Information Management Manager"/>
+              <xsd:enumeration value="WIReD Product Owner"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegateRoleHolder" ma:index="10" nillable="true" ma:displayName="Responsible Delegate (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalResponsibleDelegateRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueDate" ma:index="11" nillable="true" ma:displayName="Issue Date" ma:format="DateOnly" ma:internalName="PolicyPortalIssueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalReviewDate" ma:index="12" nillable="true" ma:displayName="Review Date" ma:format="DateOnly" ma:internalName="PolicyPortalReviewDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueHistoryComments" ma:index="15" nillable="true" ma:displayName="Issue History/Comments" ma:internalName="PolicyPortalIssueHistoryComments">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a11b1cc5-3596-4fc7-8698-9c693bc52871}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61">
+    <xsd:element name="PolicyPortalFirstPublicationDate" ma:index="16" nillable="true" ma:displayName="First Publication Date" ma:format="DateOnly" ma:internalName="PolicyPortalFirstPublicationDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldDocRef" ma:index="17" nillable="true" ma:displayName="Old Doc. Ref." ma:internalName="PolicyPortalOldDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldRecordRef" ma:index="18" nillable="true" ma:displayName="Old Record Ref." ma:internalName="PolicyPortalOldRecordRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalPublishStatus" ma:index="25" nillable="true" ma:displayName="Publish Status" ma:format="Dropdown" ma:internalName="PolicyPortalPublishStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Live"/>
+          <xsd:enumeration value="Unpublished"/>
+          <xsd:enumeration value="Withdrawn"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="05350e14-297a-489c-ad04-faf6563b232c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="26" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="27" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="28" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="30" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="31" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{85a4ca9d-4aea-456d-868e-8e20a97dbaed}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="05350e14-297a-489c-ad04-faf6563b232c">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="dd2817321d504f1caee75a1112d299d4" ma:index="33" nillable="true" ma:taxonomy="true" ma:internalName="dd2817321d504f1caee75a1112d299d4" ma:taxonomyFieldName="Topic" ma:displayName="Topic" ma:default="" ma:fieldId="{dd281732-1d50-4f1c-aee7-5a1112d299d4}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="7b4e1cbc-bd02-4183-9474-8a15f7a1216f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PCR_x003f_" ma:index="34" nillable="true" ma:displayName="PCR?" ma:default="0" ma:description="Document forms part of the Policy Compliance Report for ARAC." ma:format="Dropdown" ma:internalName="PCR_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="23" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -16365,241 +18097,562 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...63 lines deleted...]
-</b:Sources>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF6DA5DE-26E4-449C-9824-EA7EB6BB8741}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAB8789E-34AC-4E10-B93F-6990BB46F095}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55A9EA0A-37A0-42CA-9F6E-01450240C909}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{307C1B3B-64E4-4CC0-BD03-9281D80910F3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A307283D-ED62-44C0-96C4-7A7E8233282E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B3FFA4D-1407-4617-9C4C-87DBDF281E3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="729a6f9d-3f32-42ac-acf1-d5ecfa3937de"/>
-    <ds:schemaRef ds:uri="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{307C1B3B-64E4-4CC0-BD03-9281D80910F3}">
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDDA8675-C184-42A1-80E9-38469874CEDA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A307283D-ED62-44C0-96C4-7A7E8233282E}">
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF6DA5DE-26E4-449C-9824-EA7EB6BB8741}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="729a6f9d-3f32-42ac-acf1-d5ecfa3937de"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
   <TotalTime></TotalTime>
-  <Pages>23</Pages>
-[...1 lines deleted...]
-  <Characters>27522</Characters>
+  <Pages>24</Pages>
+  <Words>5251</Words>
+  <Characters>29933</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>229</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>249</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32286</CharactersWithSpaces>
+  <CharactersWithSpaces>35114</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="108" baseType="variant">
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>114</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>102</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6881325</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>93</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/working-with-others/agreements-with-others/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703936</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>90</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/agency-agreements-mou.htm</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031677</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>74</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218871005</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031677</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>68</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218871004</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031677</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218871003</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031677</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>56</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218871002</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031677</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218871001</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031677</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218871000</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>38</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218870999</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218870998</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218870997</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218870996</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218870995</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218870994</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218870993</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Notification guidance for incidents involving the transport of radioactive material</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
   <dc:creator>Liam Dunning</dc:creator>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>1.4</cp:contentStatus>
+  <cp:contentStatus>1.5</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-    <vt:lpwstr>0x010100D4DFBED514CE1545AFF76711782B71B8</vt:lpwstr>
+    <vt:lpwstr>0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>