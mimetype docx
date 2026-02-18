--- v0 (2025-10-14)
+++ v1 (2026-02-18)
@@ -1,38 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -55,139 +57,139 @@
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="198" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="198" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9156"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C20562" w:rsidRPr="00C20562" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00C20562" w:rsidRDefault="00C20562" w:rsidP="00323E71">
             <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0226A" w:rsidRPr="001E03E1" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2778"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F059A92" w14:textId="7A67260D" w:rsidR="00595C8C" w:rsidRPr="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
             <w:pPr>
               <w:pStyle w:val="InnerCoverTitle"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00595C8C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
             <w:r w:rsidR="00002389">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">Guidance </w:t>
             </w:r>
             <w:r w:rsidR="00393066">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Document</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="56"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="7C4D6936" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00000000" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="7C4D6936" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00CC7CC5" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
                     <w:szCs w:val="90"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="56"/>
                       <w:szCs w:val="56"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="009A6E1A">
                       <w:rPr>
                         <w:sz w:val="56"/>
                         <w:szCs w:val="56"/>
                       </w:rPr>
                       <w:t>Notification Guidance for Nuclear Safeguards Incidents</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00D0226A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AB6425B" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00881B6F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
@@ -209,1552 +211,1150 @@
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7568280" cy="10692360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1C8B33" w14:textId="77777777" w:rsidR="00267815" w:rsidRDefault="00267815">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108F43C7" w14:textId="502DC36B" w:rsidR="00004C16" w:rsidRPr="00004C16" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...620 lines deleted...]
-    <w:p w14:paraId="006A1D73" w14:textId="77777777" w:rsidR="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00323E71"/>
     <w:p w14:paraId="76C2B47E" w14:textId="77777777" w:rsidR="000D0E23" w:rsidRDefault="000D0E23" w:rsidP="006B3EF9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2820"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="000D0E23" w:rsidSect="004C4891">
-          <w:headerReference w:type="default" r:id="rId15"/>
-          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46EFBC08" w14:textId="77777777" w:rsidR="006B3EF9" w:rsidRPr="00DB0C2F" w:rsidRDefault="006B3EF9" w:rsidP="006B3EF9">
+    <w:p w14:paraId="46EFBC08" w14:textId="55FE17BE" w:rsidR="006B3EF9" w:rsidRPr="00DB0C2F" w:rsidRDefault="006B3EF9" w:rsidP="006B3EF9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2820"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="22413A"/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB0C2F">
         <w:rPr>
           <w:color w:val="22413A"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Table of Contents</w:t>
+        <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49173911" w14:textId="7AA28B29" w:rsidR="00FB696E" w:rsidRDefault="000D0E23">
+    <w:p w14:paraId="25F85068" w14:textId="596B61D7" w:rsidR="00D84108" w:rsidRDefault="000D0E23">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc191554990" w:history="1">
-        <w:r w:rsidR="00FB696E" w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420939" w:history="1">
+        <w:r w:rsidR="00D84108" w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1.</w:t>
         </w:r>
-        <w:r w:rsidR="00FB696E">
+        <w:r w:rsidR="00D84108">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FB696E" w:rsidRPr="00FC609E">
+        <w:r w:rsidR="00D84108" w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Purpose and Scope</w:t>
         </w:r>
-        <w:r w:rsidR="00FB696E">
+        <w:r w:rsidR="00D84108">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FB696E">
+        <w:r w:rsidR="00D84108">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FB696E">
+        <w:r w:rsidR="00D84108">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554990 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420939 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00FB696E">
+        <w:r w:rsidR="00D84108">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00FB696E">
+        <w:r w:rsidR="00D84108">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r w:rsidR="00D84108">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00FB696E">
+        <w:r w:rsidR="00D84108">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AF53012" w14:textId="445FEBD5" w:rsidR="00FB696E" w:rsidRDefault="00FB696E">
+    <w:p w14:paraId="42315A15" w14:textId="08722F87" w:rsidR="00D84108" w:rsidRDefault="00D84108">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191554991" w:history="1">
-        <w:r w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420940" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1.1.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00FC609E">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Purpose</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554991 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420940 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B41F5C9" w14:textId="72967ED6" w:rsidR="00FB696E" w:rsidRDefault="00FB696E">
+    <w:p w14:paraId="7A59A939" w14:textId="56EAD253" w:rsidR="00D84108" w:rsidRDefault="00D84108">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191554992" w:history="1">
-        <w:r w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420941" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1.2.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00FC609E">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Scope</w:t>
+          <w:t>Scope and Applicability</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554992 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420941 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C7EF24B" w14:textId="3C26400D" w:rsidR="00FB696E" w:rsidRDefault="00FB696E">
+    <w:p w14:paraId="5CBDE87D" w14:textId="01BA79BF" w:rsidR="00D84108" w:rsidRDefault="00D84108">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191554993" w:history="1">
-        <w:r w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420942" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1.3.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00FC609E">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Roles and Responsibilities</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554993 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420942 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D21EBA7" w14:textId="55B188E9" w:rsidR="00FB696E" w:rsidRDefault="00FB696E">
+    <w:p w14:paraId="7C8CFC1E" w14:textId="67D5E992" w:rsidR="00D84108" w:rsidRDefault="00D84108">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191554994" w:history="1">
-        <w:r w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420943" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>1.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00FC609E">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Onward reporting of relevant information by ONR</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554994 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420943 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="495A5FA7" w14:textId="6637AD61" w:rsidR="00FB696E" w:rsidRDefault="00FB696E">
+    <w:p w14:paraId="47B0FCA4" w14:textId="6D8E5C4C" w:rsidR="00D84108" w:rsidRDefault="00D84108">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191554995" w:history="1">
-        <w:r w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420944" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1.5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00FC609E">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Definitions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554995 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420944 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B14586B" w14:textId="75A8AB7A" w:rsidR="00FB696E" w:rsidRDefault="00FB696E" w:rsidP="00E17B46">
+    <w:p w14:paraId="6BD8EF39" w14:textId="54946E7F" w:rsidR="00D84108" w:rsidRDefault="00D84108">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191554996" w:history="1">
-        <w:r w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420945" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00FC609E">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Guidance for Nuclear Safeguards Operators to implement Safeguards Incident Categories</w:t>
+          <w:t>ONR’s Incident Categories</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554996 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420945 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4690D70A" w14:textId="13E75EE8" w:rsidR="00FB696E" w:rsidRDefault="00FB696E">
+    <w:p w14:paraId="7C5E6121" w14:textId="44C19764" w:rsidR="00D84108" w:rsidRDefault="00D84108">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420946" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2.1.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00AA4192">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Implementing ONR’s Safeguards Incident categories</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420946 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4BC11FE8" w14:textId="297C98A1" w:rsidR="00D84108" w:rsidRDefault="00D84108">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420947" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2.2.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:kern w:val="2"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00AA4192">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Incident significance</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420947 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4AF1D6EE" w14:textId="67D59E8B" w:rsidR="00D84108" w:rsidRDefault="00D84108">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191554997" w:history="1">
-        <w:r w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420948" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>References</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554997 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420948 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D967020" w14:textId="1B5A3F0E" w:rsidR="00FB696E" w:rsidRDefault="00FB696E">
+    <w:p w14:paraId="3ACF4586" w14:textId="195461B2" w:rsidR="00D84108" w:rsidRDefault="00D84108">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191554998" w:history="1">
-        <w:r w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420949" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix A - Nuclear Safeguards Incident Categories</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554998 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420949 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F585F21" w14:textId="3EC4067E" w:rsidR="00FB696E" w:rsidRDefault="00FB696E">
+    <w:p w14:paraId="3CAAF016" w14:textId="5F2C97DC" w:rsidR="00D84108" w:rsidRDefault="00D84108">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc191554999" w:history="1">
-        <w:r w:rsidRPr="00FC609E">
+      <w:hyperlink w:anchor="_Toc220420950" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix B – Media Interest Incident Category</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc191554999 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420950 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E17B46">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="04C93DA2" w14:textId="18D389AD" w:rsidR="00D84108" w:rsidRDefault="00D84108">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220420951" w:history="1">
+        <w:r w:rsidRPr="00AA4192">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Document Control Information</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220420951 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EBB6A75" w14:textId="107EFEB2" w:rsidR="006B3EF9" w:rsidRDefault="000D0E23" w:rsidP="00323E71">
+    <w:p w14:paraId="0EBB6A75" w14:textId="374E27D3" w:rsidR="006B3EF9" w:rsidRDefault="000D0E23" w:rsidP="00323E71">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FDB4B56" w14:textId="507E0CBC" w:rsidR="006B3EF9" w:rsidRDefault="006B3EF9" w:rsidP="00323E71">
       <w:pPr>
         <w:sectPr w:rsidR="006B3EF9" w:rsidSect="004C4891">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A875A4" w14:textId="1648166F" w:rsidR="008D49A5" w:rsidRPr="00223090" w:rsidRDefault="00232307" w:rsidP="00223090">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc118902990"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc191554990"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc220420939"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Purpose and Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="410D68F0" w14:textId="77777777" w:rsidR="00232307" w:rsidRPr="00FA33FE" w:rsidRDefault="00232307" w:rsidP="00232307">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc118902991"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc191554991"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc220420940"/>
       <w:bookmarkStart w:id="5" w:name="_Hlk64448648"/>
       <w:r w:rsidRPr="00FA33FE">
         <w:t>Purpose</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="4F46DBC4" w14:textId="20E8C7F6" w:rsidR="00B86308" w:rsidRDefault="00B86308" w:rsidP="00B86308">
       <w:bookmarkStart w:id="6" w:name="_Toc118902992"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00261683">
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">his document </w:t>
       </w:r>
       <w:r w:rsidR="002609B2">
         <w:t xml:space="preserve">sets </w:t>
       </w:r>
       <w:r w:rsidR="00E706BA">
         <w:t xml:space="preserve">out </w:t>
       </w:r>
       <w:r w:rsidR="005A59E7">
         <w:t xml:space="preserve">guidance for </w:t>
       </w:r>
@@ -1788,137 +1388,142 @@
       <w:r w:rsidR="00A909F5">
         <w:t>incidents</w:t>
       </w:r>
       <w:r w:rsidR="00F7078C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>This will allow these operators to implement ONR’s incident notification process within their management systems or equivalent arrangements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C69BF59" w14:textId="06489096" w:rsidR="00B86308" w:rsidRDefault="00B86308" w:rsidP="00B86308">
       <w:r>
         <w:t xml:space="preserve">This guidance supports Nuclear Safeguards operators’ compliance with </w:t>
       </w:r>
       <w:r w:rsidRPr="000A717A">
         <w:t>Nuclear Safeguards (EU Exit) Regulations 2019</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1444964009"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> CITATION HMG6 \l 2057 </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00802899" w:rsidRPr="00802899">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">) and the UK’s compliance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="006454E3">
         <w:t>IAEA Voluntary Offer Safeguards Agreement (VOA)</w:t>
       </w:r>
       <w:r w:rsidR="00BC3D49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1441874549"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> CITATION IAE8 \l 2057 </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00802899" w:rsidRPr="00802899">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>). It p</w:t>
       </w:r>
       <w:r w:rsidR="00677D7F">
         <w:t xml:space="preserve">resents </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ONR’s expectations </w:t>
       </w:r>
       <w:r w:rsidR="00BE672E">
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="00F7078C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> notifying an incident.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546293A4" w14:textId="3F277588" w:rsidR="008D49A5" w:rsidRDefault="008D49A5" w:rsidP="00FA33FE">
+    <w:p w14:paraId="546293A4" w14:textId="14549D15" w:rsidR="008D49A5" w:rsidRDefault="008D49A5" w:rsidP="00FA33FE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc191554992"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc220420941"/>
       <w:r>
         <w:t>Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00185635">
+        <w:t xml:space="preserve"> and Applicability</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="2B1F2411" w14:textId="1B684925" w:rsidR="004D0E75" w:rsidRDefault="004D0E75" w:rsidP="004D0E75">
       <w:bookmarkStart w:id="8" w:name="_Toc118902993"/>
       <w:r>
         <w:t xml:space="preserve">This guidance supports the UK’s compliance with </w:t>
       </w:r>
       <w:r w:rsidRPr="0077780D">
         <w:t>UK/IAEA VOA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> obligations for special reports and reports of unusual occurrences. The UK has enacted a legal duty to meet these reporting obligations in the </w:t>
       </w:r>
       <w:r w:rsidRPr="000A717A">
         <w:t>Nuclear Safeguards (EU Exit) Regulations 2019</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B7663B" w14:textId="2FA8E206" w:rsidR="004D0E75" w:rsidRDefault="004D0E75" w:rsidP="004D0E75">
       <w:r>
         <w:t>This guidance applies to safeguards operators as defined in t</w:t>
       </w:r>
       <w:r w:rsidRPr="00D62F5B">
@@ -1951,89 +1556,90 @@
         <w:t xml:space="preserve">The ONR incident categories within the scope of this guidance are </w:t>
       </w:r>
       <w:r w:rsidR="00386AAD">
         <w:t>those</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with a Nuclear Safeguards </w:t>
       </w:r>
       <w:r w:rsidR="00F66599">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00EF5B5A">
         <w:t>SG</w:t>
       </w:r>
       <w:r w:rsidR="00F66599">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>category, as defined in ONR’s incident notification process (Ref.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1149978024"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="007C74E1">
             <w:instrText xml:space="preserve">CITATION ONR1 \l 2057 </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00802899">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00802899" w:rsidRPr="00802899">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[3]</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00823605">
         <w:t xml:space="preserve"> Appendix A</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5300D1EE" w14:textId="3D4099F1" w:rsidR="007968CA" w:rsidRDefault="00A208B0" w:rsidP="00FA33FE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc191554993"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc220420942"/>
       <w:r w:rsidRPr="00280A19">
         <w:t>Roles</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and Responsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="3F73F416" w14:textId="488188E7" w:rsidR="009665DF" w:rsidRDefault="009665DF" w:rsidP="009665DF">
       <w:bookmarkStart w:id="10" w:name="_Toc118902994"/>
       <w:r>
         <w:t xml:space="preserve">Safeguards Operators are responsible for compliance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="000A717A">
         <w:t>Nuclear Safeguards (EU</w:t>
       </w:r>
       <w:r w:rsidR="00386AAD">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A717A">
         <w:t>Exit) Regulations 2019</w:t>
       </w:r>
       <w:r>
         <w:t>. Compliance with this guidance will support their compliance with these regulations.</w:t>
@@ -2058,51 +1664,51 @@
       <w:r>
         <w:t>nderstand</w:t>
       </w:r>
       <w:r w:rsidR="006D6106">
         <w:t xml:space="preserve"> and can </w:t>
       </w:r>
       <w:r w:rsidR="00386AAD">
         <w:t>implement</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> this guidance within their arrangements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="728A3EAB" w14:textId="16AA5A24" w:rsidR="004F7EE4" w:rsidRPr="00280A19" w:rsidRDefault="004F7EE4" w:rsidP="00352B49">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc191554994"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc220420943"/>
       <w:r w:rsidRPr="00280A19">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>1.4</w:t>
       </w:r>
       <w:r w:rsidR="00FD4355" w:rsidRPr="00280A19">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C4419B" w:rsidRPr="00280A19">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Onward reporting of </w:t>
       </w:r>
       <w:r w:rsidR="00F3542A" w:rsidRPr="00280A19">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2251,90 +1857,90 @@
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004F7EE4" w:rsidRPr="361D5639">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>please refer to</w:t>
       </w:r>
       <w:r w:rsidR="007B356D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> the ONR website (</w:t>
       </w:r>
       <w:r w:rsidR="004A336F">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00B17E8E" w:rsidRPr="00B17E8E">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B17E8E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007B356D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="004F7EE4" w:rsidRPr="361D5639">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="725E9A53" w14:textId="316344CF" w:rsidR="00A208B0" w:rsidRPr="00A208B0" w:rsidRDefault="00C4419B" w:rsidP="00352B49">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc191554995"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc220420944"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>1.5</w:t>
       </w:r>
       <w:r w:rsidR="00FD4355">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C506E">
         <w:t>Definitions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="1AC3A327" w14:textId="4BDF3FEC" w:rsidR="008D49A5" w:rsidRDefault="008D49A5" w:rsidP="008D49A5">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
@@ -2580,104 +2186,122 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>VOA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4054" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="515B8F1D" w14:textId="77F826A3" w:rsidR="00CA5460" w:rsidRDefault="00CA5460" w:rsidP="00CA5460">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r w:rsidRPr="009C7B5D">
               <w:t xml:space="preserve">Voluntary Offer Safeguards Agreement </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">(Ref. </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="459692534"/>
                 <w:citation/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
                 <w:r>
                   <w:instrText xml:space="preserve"> CITATION IAE8 \l 2057 </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00802899" w:rsidRPr="00802899">
                   <w:rPr>
                     <w:noProof/>
                   </w:rPr>
                   <w:t>[2]</w:t>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43F09434" w14:textId="77777777" w:rsidR="009E0E52" w:rsidRDefault="009E0E52" w:rsidP="005754AE">
-[...13 lines deleted...]
-    <w:p w14:paraId="68BFB551" w14:textId="77777777" w:rsidR="009B16E0" w:rsidRPr="002050C1" w:rsidRDefault="009B16E0" w:rsidP="009B16E0">
+    <w:p w14:paraId="68BFB551" w14:textId="436933E1" w:rsidR="009B16E0" w:rsidRPr="00FB1F42" w:rsidRDefault="00106818" w:rsidP="00BD0A68">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc191554996"/>
+        <w:spacing w:before="480"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc220420945"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>Guidance for Nuclear Safeguards Operators to implement Safeguards Incident Categories</w:t>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONR’s Incident </w:t>
+      </w:r>
+      <w:r w:rsidR="006F3A49">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Categories</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="7F7C7338" w14:textId="47659BBD" w:rsidR="009B16E0" w:rsidRDefault="009B16E0" w:rsidP="00D317CB">
+    <w:p w14:paraId="0E3AB4FE" w14:textId="32A7A630" w:rsidR="00106818" w:rsidRDefault="00106818" w:rsidP="00365018">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc220420946"/>
+      <w:r>
+        <w:t>Implementing ONR</w:t>
+      </w:r>
+      <w:r w:rsidR="006F3A49">
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidR="004C73E0">
+        <w:t>Safeguards Incident categories</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="7F7C7338" w14:textId="1C373D63" w:rsidR="009B16E0" w:rsidRDefault="009B16E0" w:rsidP="00106818">
       <w:r>
         <w:t xml:space="preserve">ONR intends this guidance to apply consistently to all Nuclear Safeguards Operators. </w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t xml:space="preserve">The guidance uses general terminology that is closely aligned to international agreements. This </w:t>
       </w:r>
       <w:r w:rsidR="00864ED3">
         <w:t xml:space="preserve">intends to </w:t>
       </w:r>
       <w:r w:rsidR="002B2E1D">
         <w:t xml:space="preserve">support </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">operators </w:t>
       </w:r>
       <w:r w:rsidR="002B2E1D">
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidR="004C5911">
         <w:t>applying</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> their existing Nuclear Safeguards compliance arrangements to implement these incident notification </w:t>
       </w:r>
@@ -2717,78 +2341,96 @@
       <w:r w:rsidR="004E5FE0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C27C0">
         <w:t xml:space="preserve">additional </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">commentary </w:t>
       </w:r>
       <w:r w:rsidR="001C27C0">
         <w:t xml:space="preserve">is provided </w:t>
       </w:r>
       <w:r w:rsidR="007E38E0">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">assist safeguards operators. This commentary </w:t>
       </w:r>
       <w:r w:rsidR="00D3768F">
         <w:t>covers</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1771829B" w14:textId="35E843F4" w:rsidR="00AA4484" w:rsidRDefault="009B16E0" w:rsidP="009B16E0">
+    <w:p w14:paraId="1771829B" w14:textId="0A6BD104" w:rsidR="00AA4484" w:rsidRDefault="009B16E0" w:rsidP="009B16E0">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
-        <w:t>Origin of the Categor</w:t>
+        <w:t xml:space="preserve">Origin of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00996270">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ategor</w:t>
       </w:r>
       <w:r w:rsidR="003175F5">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
-        <w:t>;</w:t>
+      <w:r w:rsidR="002F6ED1">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EEC0CD" w14:textId="77777777" w:rsidR="0071419A" w:rsidRDefault="00AA4484" w:rsidP="009B16E0">
+    <w:p w14:paraId="23EEC0CD" w14:textId="2363CE0F" w:rsidR="0071419A" w:rsidRDefault="00AA4484" w:rsidP="009B16E0">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
         <w:t>Timeframe for reporting</w:t>
       </w:r>
+      <w:r w:rsidR="002F6ED1">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="646DD643" w14:textId="314D31ED" w:rsidR="009B16E0" w:rsidRDefault="0071419A" w:rsidP="009B16E0">
+    <w:p w14:paraId="646DD643" w14:textId="14C4CAFD" w:rsidR="009B16E0" w:rsidRDefault="005B2105" w:rsidP="009B16E0">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
-        <w:t>FUR requirement</w:t>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="0071419A">
+        <w:t>UR requirement</w:t>
+      </w:r>
+      <w:r w:rsidR="00996270">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6ED1">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009B16E0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C1C4DE" w14:textId="1C30CA38" w:rsidR="009B16E0" w:rsidRDefault="009B16E0" w:rsidP="009B16E0">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
         <w:t>Discussion of the types of incidents that ONR intends this category to include; and,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C489314" w14:textId="77777777" w:rsidR="00B92C1F" w:rsidRDefault="009B16E0" w:rsidP="00B92C1F">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
         <w:t>Interpretation of terminology in the categories and guidance for operators to implement the categories within their arrangements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF785FD" w14:textId="7EB40C4B" w:rsidR="002A679D" w:rsidRDefault="009B16E0" w:rsidP="00DF16FC">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:numPr>
@@ -2817,94 +2459,477 @@
     </w:p>
     <w:p w14:paraId="3E445C5E" w14:textId="72753CE5" w:rsidR="009B16E0" w:rsidRDefault="000D02DE" w:rsidP="009B16E0">
       <w:r>
         <w:t xml:space="preserve">Additional guidance on </w:t>
       </w:r>
       <w:r w:rsidR="00430898">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00984BCA">
         <w:t xml:space="preserve">Media Interest Incident Category </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is provided in </w:t>
       </w:r>
       <w:r w:rsidRPr="00984BCA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Appendix B</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345BC73D" w14:textId="77777777" w:rsidR="00DC6E0E" w:rsidRDefault="00DC6E0E" w:rsidP="009B16E0"/>
+    <w:p w14:paraId="345BC73D" w14:textId="75CF1D76" w:rsidR="00DC6E0E" w:rsidRDefault="00F55D4C" w:rsidP="008764AA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc220420947"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00137126">
+        <w:t xml:space="preserve">ncident </w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00137126">
+        <w:t>ignificance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="5CE3E3C6" w14:textId="0BD029C2" w:rsidR="00A7465D" w:rsidRDefault="00A7465D" w:rsidP="00A7465D">
+      <w:r>
+        <w:t xml:space="preserve">The incident significance ratings that </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6D41">
+        <w:t xml:space="preserve">should be included </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">within incident notifications are broadly described in Table 2 below. Incidents that require more prompt reporting to ONR should </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0A9E">
+        <w:t xml:space="preserve">generally </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">be considered of greater significance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA60995" w14:textId="4B581071" w:rsidR="00A7465D" w:rsidRDefault="00A7465D" w:rsidP="00A7465D">
+      <w:r>
+        <w:t xml:space="preserve">ONR acknowledges that </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33B43">
+        <w:t>nuclear safeguards operators</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> will be assigning incident significance according to information they have available at the time of making the notification. ONR’s response is not governed by this initial estimate of significance and ONR will form a view of the significance of the incident in due course. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55CA6D1F" w14:textId="77777777" w:rsidR="00A7465D" w:rsidRDefault="00A7465D" w:rsidP="00A7465D">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>TABLE 2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1604"/>
+        <w:gridCol w:w="7412"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A7465D" w14:paraId="0E1ACAA2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51C92FDA" w14:textId="77777777" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Incident significance </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3DA61F" w14:textId="77777777" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A7465D" w14:paraId="6487366A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34DC5463" w14:textId="77777777" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:r>
+              <w:t>Major</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="039E21E6" w14:textId="55D7C144" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where the incident is such </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3315">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>that measures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for accountancy and control of nuclear material necessary to ensure appropriate safeguards have been or are likely to be compromised, which could result in a serious consequence.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A7465D" w14:paraId="3BEB6AB0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="323F73C0" w14:textId="77777777" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:r>
+              <w:t>Moderate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47484E2A" w14:textId="77777777" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:pPr>
+              <w:pStyle w:val="TSBullet1Square"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="31"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Where the incident is such that a number of key measures for nuclear material accountancy and control required to safeguard material have either been, or are likely to be, significantly weakened, which could result in a significant consequence.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A7465D" w14:paraId="66229F4C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5168BC13" w14:textId="77777777" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:r>
+              <w:t>Minor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A041273" w14:textId="0EE1235D" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Where the incident is such that key measures for nuclear material accountancy and control required to safeguard material remain broadly effective, but the situation could result in </w:t>
+            </w:r>
+            <w:r w:rsidR="00A42E8F">
+              <w:t>a very</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> limited consequence.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49448EAF" w14:textId="77777777" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A7465D" w14:paraId="46550F4C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59460AA3" w14:textId="6F6DEEA4" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04A54">
+              <w:t>one</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F12FBDC" w14:textId="77777777" w:rsidR="00A7465D" w:rsidRDefault="00A7465D">
+            <w:r>
+              <w:t>Where there has been an incident or matter that has no safeguards  affect or consequence.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4838B17F" w14:textId="0590E0CB" w:rsidR="00A7465D" w:rsidRDefault="00A7465D" w:rsidP="004B6EE6">
+      <w:pPr>
+        <w:ind w:left="142" w:right="248"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Use of ‘serious consequences’ here does not relate to their meaning in </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3626" w:rsidRPr="0087511D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Carriage of Dangerous Goods and Use of Transportable Pressure Equipment Regulations 2009</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43BD2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00285BD9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00285BD9" w:rsidRPr="0087511D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Radiation Emergency Preparedness and Public Information Regulations 2019</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34BF70D4" w14:textId="77777777" w:rsidR="00B90A0B" w:rsidRPr="00B90A0B" w:rsidRDefault="00B90A0B" w:rsidP="0093600B"/>
+    <w:p w14:paraId="3955BFB9" w14:textId="77777777" w:rsidR="00137126" w:rsidRPr="00137126" w:rsidRDefault="00137126" w:rsidP="00137126"/>
     <w:p w14:paraId="1C24F8D9" w14:textId="77777777" w:rsidR="006C53BF" w:rsidRDefault="006C53BF" w:rsidP="009B16E0"/>
     <w:p w14:paraId="0A245D4B" w14:textId="77777777" w:rsidR="006C53BF" w:rsidRDefault="006C53BF" w:rsidP="009B16E0"/>
     <w:p w14:paraId="3246DE91" w14:textId="77777777" w:rsidR="006C53BF" w:rsidRDefault="006C53BF" w:rsidP="009B16E0"/>
     <w:p w14:paraId="3B6E4B87" w14:textId="77777777" w:rsidR="00E4566B" w:rsidRDefault="00E4566B" w:rsidP="009B16E0"/>
     <w:p w14:paraId="5B7BE799" w14:textId="77777777" w:rsidR="003C7CB0" w:rsidRDefault="003C7CB0" w:rsidP="009B16E0"/>
-    <w:p w14:paraId="047113C0" w14:textId="77777777" w:rsidR="006C53BF" w:rsidRDefault="006C53BF" w:rsidP="009B16E0"/>
-[...2 lines deleted...]
-    <w:bookmarkStart w:id="15" w:name="_Toc118902996" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="16" w:name="_Toc118902996" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="17" w:name="_Toc220420948" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-652758001"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Bibliographies"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7C314F13" w14:textId="3CB0FAA4" w:rsidR="00140E1C" w:rsidRDefault="00140E1C" w:rsidP="00FA33FE">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="0"/>
             </w:numPr>
             <w:ind w:left="851" w:hanging="851"/>
           </w:pPr>
           <w:r>
             <w:t>References</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="15"/>
-          <w:bookmarkEnd w:id="14"/>
+          <w:bookmarkEnd w:id="17"/>
+          <w:bookmarkEnd w:id="16"/>
         </w:p>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-573587230"/>
             <w:bibliography/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="0A325613" w14:textId="77777777" w:rsidR="00802899" w:rsidRDefault="00140E1C">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:fldChar w:fldCharType="begin"/>
               </w:r>
               <w:r>
                 <w:instrText xml:space="preserve"> BIBLIOGRAPHY </w:instrText>
               </w:r>
               <w:r>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
             </w:p>
             <w:tbl>
               <w:tblPr>
                 <w:tblW w:w="5000" w:type="pct"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
@@ -2946,51 +2971,51 @@
                       <w:t xml:space="preserve">[1] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="4686" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
                   <w:p w14:paraId="6B7A4DEC" w14:textId="68BA04E0" w:rsidR="00802899" w:rsidRDefault="00802899">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>HM Government, “The Nuclear Safeguards (EU Exit) Regulations 2019,” [Online]. Available: https://www.legislation.gov.uk/uksi/2019/196/contents/made</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00802899" w:rsidRPr="003224DD" w14:paraId="6FE55B4F" w14:textId="77777777" w:rsidTr="00802899">
+              <w:tr w:rsidR="00802899" w:rsidRPr="00D84108" w14:paraId="6FE55B4F" w14:textId="77777777" w:rsidTr="00802899">
                 <w:trPr>
                   <w:divId w:val="1951818190"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="268" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
                   <w:p w14:paraId="454B822A" w14:textId="77777777" w:rsidR="00802899" w:rsidRDefault="00802899">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[2] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
@@ -3094,226 +3119,226 @@
                 </w:rPr>
               </w:pPr>
             </w:p>
             <w:p w14:paraId="0AB37AA6" w14:textId="693D6585" w:rsidR="00140E1C" w:rsidRDefault="00140E1C">
               <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:noProof/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="5C77DC9C" w14:textId="77777777" w:rsidR="006C53BF" w:rsidRDefault="006C53BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="22413A"/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc191554998"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="OLE_LINK37"/>
+      <w:bookmarkStart w:id="18" w:name="OLE_LINK36"/>
+      <w:bookmarkStart w:id="19" w:name="OLE_LINK37"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2BA671" w14:textId="27B16B8E" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc220420949"/>
       <w:r w:rsidRPr="002050C1">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00556439">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:t>Nuclear</w:t>
       </w:r>
       <w:r w:rsidRPr="00556439">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Safeguards</w:t>
       </w:r>
       <w:r w:rsidRPr="00556439">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Incident</w:t>
       </w:r>
       <w:r w:rsidRPr="00556439">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Categories</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="73E83669" w14:textId="77777777" w:rsidTr="0010199F">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="766C6EA4" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="766C6EA4" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386AAD">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>SG01a</w:t>
             </w:r>
             <w:r w:rsidRPr="00386AAD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26DBC551" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="26DBC551" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="592295EA" w14:textId="582D863F" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="592295EA" w14:textId="582D863F" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386AAD">
               <w:t>An event affecting IAEA safeguards arrangements:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14EF31F7" w14:textId="77777777" w:rsidR="000820EB" w:rsidRPr="00386AAD" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="14EF31F7" w14:textId="77777777" w:rsidR="000820EB" w:rsidRPr="00386AAD" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1EDE2912" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00386AAD" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00386AAD">
               <w:t>IAEA Safeguards personnel’s Health and Safety</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BDA6311" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00386AAD" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="4BDA6311" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00386AAD" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386AAD">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00386AAD">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00386AAD">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1417609D" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00386AAD" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00386AAD">
               <w:t>IAEA Safeguards personnel’s access to a location is denied or restricted in contravention of international agreements.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FE22DEA" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00386AAD" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="5FE22DEA" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00386AAD" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386AAD">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00386AAD">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00386AAD">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AE37393" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="003B2C0C" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
@@ -3382,107 +3407,106 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0073501F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>FUR Requirement:</w:t>
             </w:r>
             <w:r w:rsidR="008A5647">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BA2AE3" w:rsidRPr="00AC13EE">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E7C3CAE" w14:textId="67AD9E2F" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2E7C3CAE" w14:textId="67AD9E2F" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="2F05BCBB" w14:textId="77777777" w:rsidTr="0010199F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3818DD59" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00386AAD" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3818DD59" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00386AAD" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00386AAD">
               <w:t>INFCIRC/951 - UK/IAEA Voluntary Offer Safeguards Agreement (VOA) (Article 43, 73 and 74)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CF0737A" w14:textId="3F6F1130" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2CF0737A" w14:textId="3F6F1130" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1F8AE87D" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="1F8AE87D" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="7527FF93" w14:textId="77777777" w:rsidTr="0010199F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0A262A0E" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0A262A0E" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="1593133B" w14:textId="77777777" w:rsidTr="0010199F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1A8495DA" w14:textId="6C21E9DE" w:rsidR="00197340" w:rsidRPr="00386AAD" w:rsidRDefault="00197340" w:rsidP="004D4A83">
             <w:pPr>
               <w:spacing w:after="120"/>
@@ -3677,97 +3701,97 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="0B2C3039" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="519597A4" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="519597A4" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F7728">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>SG01b</w:t>
             </w:r>
             <w:r w:rsidRPr="004F7728">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DCF22AC" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="2DCF22AC" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="201346BE" w14:textId="72E74857" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="201346BE" w14:textId="72E74857" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F7728">
               <w:t>A safeguards incident that meets any of the following criteria:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A4C77A7" w14:textId="77777777" w:rsidR="008532BE" w:rsidRPr="004F7728" w:rsidRDefault="008532BE" w:rsidP="00AC395A">
+          <w:p w14:paraId="1A4C77A7" w14:textId="77777777" w:rsidR="008532BE" w:rsidRPr="004F7728" w:rsidRDefault="008532BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E8DB972" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="004F7728" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="004F7728">
               <w:t>A discrepancy involving 1 significant quantity or more of qualifying nuclear material resulting from material unaccounted for (MUF), or shipper-receiver differences (SRD).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A3C711C" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="003B2C0C" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
@@ -3821,179 +3845,179 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00952C42" w:rsidRPr="0086318A">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="781724F9" w14:textId="5495228F" w:rsidR="00DA3D55" w:rsidRDefault="00DA3D55" w:rsidP="00F84FB9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D55">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F84FB9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3942A3D8" w14:textId="51AE03F2" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3942A3D8" w14:textId="51AE03F2" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="5E76C69E" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="73E3EDDD" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="004F7728" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="73E3EDDD" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="004F7728" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F7728">
               <w:t>Nuclear Safeguards (EU Exit) Regulations 2019 (Regulation 17)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A291E8A" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="004F7728" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0A291E8A" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="004F7728" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F7728">
               <w:t>INFCIRC/951 - UK/IAEA Voluntary Offer Safeguards Agreement (VOA) (Article 66(a))</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6685534C" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="004F7728" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="6685534C" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="004F7728" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23D9692C" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="004F7728" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="23D9692C" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="004F7728" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F7728">
               <w:t>Note: This reporting category aligns with but does not replace the need for a special report under Article 66(a) of the VOA and in compliance with Nuclear Safeguards (EU Exit) Regulations 2019 (Regulation 17).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66A4794D" w14:textId="26DF7527" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="66A4794D" w14:textId="26DF7527" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4ECE6147" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="4ECE6147" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="7DB6DE92" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0DAE95D6" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0DAE95D6" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="3BCC588A" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6B859134" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="003A7DDC" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="6B859134" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="003A7DDC" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003A7DDC">
               <w:t xml:space="preserve">This category is for dutyholders to notify ONR of instances of incidents that are a significant challenge to the UK’s International safeguards obligations. This will allow ONR to inform the IAEA safeguards team and UK government without delay. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E2075FE" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="003A7DDC" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="7E2075FE" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="003A7DDC" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="689D2604" w14:textId="77777777" w:rsidR="002D4140" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="689D2604" w14:textId="77777777" w:rsidR="002D4140" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A7DDC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Illustrative examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E5B8616" w14:textId="7FFEAF6F" w:rsidR="00197340" w:rsidRPr="003A7DDC" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3E5B8616" w14:textId="7FFEAF6F" w:rsidR="00197340" w:rsidRPr="003A7DDC" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A7DDC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5833DAB9" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="003A7DDC" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r w:rsidRPr="003A7DDC">
               <w:t xml:space="preserve">A Shipper Receiver Difference (SRD) or an Inventory Difference (ID) that exceeds one significant quantity; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50AA996A" w14:textId="78E6D3C7" w:rsidR="003A7DDC" w:rsidRPr="003A7DDC" w:rsidRDefault="00197340" w:rsidP="003A7DDC">
             <w:pPr>
@@ -4018,288 +4042,288 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="5BE458C3" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3548A16F" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3548A16F" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D49FE">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>SG02</w:t>
             </w:r>
             <w:r w:rsidRPr="002D49FE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A5F230E" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="6A5F230E" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3873C2DA" w14:textId="4C06FC1D" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3873C2DA" w14:textId="4C06FC1D" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D49FE">
               <w:t xml:space="preserve">It is </w:t>
             </w:r>
             <w:r w:rsidR="00C32257">
               <w:t xml:space="preserve">suspected </w:t>
             </w:r>
             <w:r w:rsidRPr="002D49FE">
               <w:t>that there has been, or might be, an unexpected loss or gain of qualifying nuclear material</w:t>
             </w:r>
             <w:r w:rsidR="000820EB">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F17B76B" w14:textId="3E6601C8" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="4F17B76B" w14:textId="3E6601C8" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="1FF431FE" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0ADE5FAD" w14:textId="02B85C07" w:rsidR="00952C42" w:rsidRDefault="00637929" w:rsidP="00A51460">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00637929">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Timeframe for reporting:</w:t>
             </w:r>
             <w:r w:rsidR="00A51460">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A51460">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5582CB14" w14:textId="52BC3595" w:rsidR="00CB0E97" w:rsidRPr="00A51460" w:rsidRDefault="00CB0E97" w:rsidP="00952C42">
             <w:r w:rsidRPr="00CB0E97">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A51460">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="622E2953" w14:textId="035A5DC9" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="622E2953" w14:textId="035A5DC9" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="2FA0BF53" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="762E92C5" w14:textId="5F401DC8" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="762E92C5" w14:textId="5F401DC8" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Nuclear Safeguards (EU Exit) Regulations 2019 (Regulation 17)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73C183ED" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="73C183ED" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>INFCIRC/951 - UK/IAEA Voluntary Offer Safeguards Agreement (VOA) (Article 66(a))</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61EF1EBF" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="61EF1EBF" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D7B64C6" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2D7B64C6" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Note: This reporting category aligns with but does not replace the need for a special report under Article 66(a) of the VOA and in compliance with Nuclear Safeguards (EU Exit) Regulations 2019 (Regulation 17).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71D5BC2B" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="71D5BC2B" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="441E843A" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="44D896D0" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="44D896D0" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="193EC827" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="61C376AA" w14:textId="0506CF60" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="61C376AA" w14:textId="0506CF60" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>To ensure that ONR Safeguards, and the IAEA safeguards inspectorate are informed without delay of unexpected changes in the inventory of nuclear material subject to safeguards.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22AC508B" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="22AC508B" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="479AB6D8" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="479AB6D8" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Events matching this category may also match Radiological Safety categories RS13 or RS14.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="156547D9" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="156547D9" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="69821F54" w14:textId="59CF0853" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="69821F54" w14:textId="59CF0853" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003A7DDC">
               <w:t>Dutyholders should assess whether an incident in this category meets the threshold for SG01b.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="767F4EFC" w14:textId="77777777" w:rsidR="003A7DDC" w:rsidRPr="00E864AE" w:rsidRDefault="003A7DDC" w:rsidP="00AC395A">
+          <w:p w14:paraId="767F4EFC" w14:textId="77777777" w:rsidR="003A7DDC" w:rsidRPr="00E864AE" w:rsidRDefault="003A7DDC">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FF8CF01" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00E864AE" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3FF8CF01" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00E864AE" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="220"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E864AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Illustrative examples</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37E72FFB" w14:textId="62CF0E64" w:rsidR="00197340" w:rsidRPr="00E864AE" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r w:rsidRPr="00E864AE">
               <w:t>Shipper Receiver Difference or Inventory Difference figures that do not meet operator justified levels of acceptability</w:t>
             </w:r>
             <w:r w:rsidR="00AD5B14">
               <w:t xml:space="preserve"> but are less than one significant</w:t>
             </w:r>
@@ -4364,318 +4388,318 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="4106AB89" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3A8722" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0F3A8722" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="00455172">
               <w:t>SG03</w:t>
             </w:r>
             <w:r w:rsidRPr="00455172">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="773C4201" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="773C4201" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="418314BD" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="418314BD" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455172">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Information that qualifying nuclear material shipped by, or to the operator has been or may have been lost or considerably delayed during transfer</w:t>
             </w:r>
             <w:r w:rsidR="00AE37D8">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E52940D" w14:textId="535ECF1C" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="7E52940D" w14:textId="535ECF1C" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="7B2E2671" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="794EB94C" w14:textId="4F5887D5" w:rsidR="00446E30" w:rsidRDefault="00637929" w:rsidP="00666CD2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637929">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Timeframe for reporting:</w:t>
             </w:r>
             <w:r w:rsidR="00CB137E">
               <w:t xml:space="preserve"> Day</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="558E794C" w14:textId="1F96759E" w:rsidR="003C4A91" w:rsidRPr="00446E30" w:rsidRDefault="003C4A91" w:rsidP="00446E30">
             <w:r w:rsidRPr="003C4A91">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB137E">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37EF8781" w14:textId="160CACD6" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="37EF8781" w14:textId="160CACD6" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="2388DA80" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3485C14D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3485C14D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Nuclear Safeguards (EU Exit) Regulations 2019 (Regulation 23)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A557161" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0A557161" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>INFCIRC/951 - UK/IAEA Voluntary Offer Safeguards Agreement (VOA) (Article 89)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AEB57E1" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0AEB57E1" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01970AB7" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="01970AB7" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Note: This reporting category aligns with but does not replace the need for a special report under Article 89(c) of the VOA and in compliance with Nuclear Safeguards (EU Exit) Regulations 2019 (Regulation 23).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A82B5E5" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="1A82B5E5" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="49EC38E3" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="54332A57" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="54332A57" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="3590455A" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="064F4691" w14:textId="06DBE4E9" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="064F4691" w14:textId="06DBE4E9" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00782E2F">
               <w:t xml:space="preserve">To ensure that ONR Safeguards, and the IAEA safeguards inspectorate are informed without delay of loss or unexpected delay in the shipment of qualifying nuclear material to or from the facility. Events matching this </w:t>
             </w:r>
             <w:r>
               <w:t>category</w:t>
             </w:r>
             <w:r w:rsidRPr="00782E2F">
               <w:t xml:space="preserve"> are likely also to match the Radiological </w:t>
             </w:r>
             <w:r>
               <w:t>Safety</w:t>
             </w:r>
             <w:r w:rsidRPr="00782E2F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>category</w:t>
             </w:r>
             <w:r w:rsidRPr="00782E2F">
               <w:t xml:space="preserve"> RS13 and the Transport </w:t>
             </w:r>
             <w:r>
               <w:t>category</w:t>
             </w:r>
             <w:r w:rsidRPr="00782E2F">
               <w:t xml:space="preserve"> TS02.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A52E3F2" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2A52E3F2" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48FF8864" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="48FF8864" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003F4A72">
               <w:t>Dutyholders should assess whether an incident in this category meets the threshold for SG01b.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E203721" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0E203721" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="04EF9574" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="04EF9574" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56854">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Illustrative examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71919F80" w14:textId="77777777" w:rsidR="002D4140" w:rsidRPr="00F56854" w:rsidRDefault="002D4140" w:rsidP="00AC395A">
+          <w:p w14:paraId="71919F80" w14:textId="77777777" w:rsidR="002D4140" w:rsidRPr="00F56854" w:rsidRDefault="002D4140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="764539E9" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Checks on receipt of a shipment show damage to material containers or their sealing and/or otherwise do not confirm shipper’s data (e.g. item count, weight etc.);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="157B4845" w14:textId="7A9AB836" w:rsidR="00197340" w:rsidRPr="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Qualifying nuclear material which has been subject to pre-shipment safeguards verification are delayed in transit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4697,109 +4721,109 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="7DF6A8CB" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="456C6FB0" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="456C6FB0" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="006454E3">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>SG04</w:t>
             </w:r>
             <w:r w:rsidRPr="006454E3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CF65475" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="2CF65475" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7684849D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="7684849D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006454E3">
               <w:t>An</w:t>
             </w:r>
             <w:r w:rsidR="00DB17C4">
               <w:t xml:space="preserve"> unusual incident or change in plant/material containment that could lead to increase or loss of qualifying nuclear material or the unauthorised removal of qualifying nuclear material.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E85F12">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71DE7335" w14:textId="6C059371" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="71DE7335" w14:textId="6C059371" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="438E0E68" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3EC6EB22" w14:textId="7BCB0AC6" w:rsidR="00AE37D8" w:rsidRDefault="00637929" w:rsidP="00666CD2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637929">
               <w:rPr>
                 <w:b/>
@@ -4808,204 +4832,204 @@
               <w:t>Timeframe for reporting:</w:t>
             </w:r>
             <w:r w:rsidR="007751F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007751F1" w:rsidRPr="007751F1">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DBD81CE" w14:textId="6D602401" w:rsidR="008F582B" w:rsidRPr="00AE37D8" w:rsidRDefault="008F582B" w:rsidP="00AE37D8">
             <w:r w:rsidRPr="008F582B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="007751F1">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AB66D5A" w14:textId="3BDF5AC2" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="7AB66D5A" w14:textId="3BDF5AC2" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="13473F2C" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3BCB773C" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3BCB773C" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Nuclear Safeguards (EU Exit) Regulations 2019 (Regulation 17)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07AA0F45" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="07AA0F45" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>INFCIRC/951 - UK/IAEA Voluntary Offer Safeguards Agreement (VOA) (Article 66)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22186EB5" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="22186EB5" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E5BE8C7" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="1E5BE8C7" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Note: This reporting category aligns with but does not replace the need for a special report under Article 66 of the VOA and in compliance with Nuclear Safeguards (EU Exit) Regulations 2019 (Regulation 17).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46FDD7A9" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="46FDD7A9" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="0A9C8337" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2F4F271E" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2F4F271E" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="3B001B72" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="31629C3D" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="006454E3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="31629C3D" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="006454E3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="_Toc343512663"/>
+            <w:bookmarkStart w:id="21" w:name="_Toc343512663"/>
             <w:r w:rsidRPr="006454E3">
               <w:t>To ensure that ONR Safeguards and the IAEA safeguards inspectorate</w:t>
             </w:r>
             <w:r w:rsidRPr="00E85F12">
               <w:t xml:space="preserve"> are informed without delay of compromise to </w:t>
             </w:r>
             <w:r w:rsidRPr="006454E3">
               <w:t>qualifying nuclear</w:t>
             </w:r>
             <w:r w:rsidRPr="00E85F12">
               <w:t xml:space="preserve"> material containment which may affect its </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">nuclear material accountancy, control and </w:t>
             </w:r>
             <w:r w:rsidRPr="00E85F12">
               <w:t xml:space="preserve">safeguards </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">coverage and </w:t>
             </w:r>
             <w:r w:rsidRPr="00E85F12">
               <w:t>verificat</w:t>
             </w:r>
             <w:r w:rsidRPr="006454E3">
               <w:t>ion.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="21"/>
             <w:r w:rsidRPr="006454E3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F10A009" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2F10A009" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DAAE2A2" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2DAAE2A2" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81C33">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Illustrative examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="215D3C1F" w14:textId="77777777" w:rsidR="000E1D3A" w:rsidRPr="00F81C33" w:rsidRDefault="000E1D3A" w:rsidP="00AC395A">
+          <w:p w14:paraId="215D3C1F" w14:textId="77777777" w:rsidR="000E1D3A" w:rsidRPr="00F81C33" w:rsidRDefault="000E1D3A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FC534A0" w14:textId="67C1475E" w:rsidR="00197340" w:rsidRPr="00F81C33" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r w:rsidRPr="00F81C33">
               <w:t>Leakage of qualifying nuclear material</w:t>
             </w:r>
             <w:r w:rsidR="007E05FF">
               <w:t>, for example tank leak, pipe leak or failure of primary containment vessel</w:t>
             </w:r>
             <w:r w:rsidR="00EA685D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B809473" w14:textId="7CDBD3A3" w:rsidR="00197340" w:rsidRPr="00F81C33" w:rsidRDefault="00CF31C4" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
@@ -5057,111 +5081,111 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="171462BF" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="56FD0B93" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="56FD0B93" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">SG05 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7847ACEF" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="7847ACEF" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="134CEF96" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="134CEF96" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3FDD">
               <w:t>Other changes from those specified in Basic Technical Characteristics</w:t>
             </w:r>
             <w:r w:rsidR="003F4A72">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002D3FDD">
               <w:t>(BTC) declarations or in an Accountancy and Control Plan (ACP) without notification to ONR Safeguards within timescales set out in Nuclear Safeguards (EU Exit) Regulations 2019 and that are assessed as sufficiently significant to risk compromising compliance with safeguards obligations</w:t>
             </w:r>
             <w:r w:rsidR="00AE37D8">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63BE501D" w14:textId="44B1E915" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="63BE501D" w14:textId="44B1E915" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="66303B03" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5B048ED3" w14:textId="39223EC1" w:rsidR="00AE37D8" w:rsidRDefault="00637929" w:rsidP="00666CD2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637929">
               <w:rPr>
                 <w:b/>
@@ -5170,167 +5194,167 @@
               <w:t>Timeframe for reporting:</w:t>
             </w:r>
             <w:r w:rsidR="000E1D3A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000E1D3A" w:rsidRPr="000E1D3A">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05E3035F" w14:textId="08382870" w:rsidR="008F582B" w:rsidRPr="00AE37D8" w:rsidRDefault="008F582B" w:rsidP="00AE37D8">
             <w:r w:rsidRPr="008F582B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="000E1D3A">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="041CF6AF" w14:textId="0853FDA6" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="041CF6AF" w14:textId="0853FDA6" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="119FC659" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6354DF12" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="6354DF12" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Nuclear Safeguards (EU Exit) Regulations 2019 (Regulations 3, 8)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49FE8E7B" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="49FE8E7B" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>INFCIRC/951 - UK/IAEA Voluntary Offer Safeguards Agreement (VOA) (Article 44)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45ACCF76" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="45ACCF76" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="59ED4B76" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="39890E10" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="39890E10" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="13B378AC" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7F74CAED" w14:textId="7AE0F727" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="7F74CAED" w14:textId="7AE0F727" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00896F9D">
               <w:t xml:space="preserve">The ONR should be notified of changes, in accordance with timescales set out in the Nuclear Safeguards (EU Exit) Regulations 2019, to the facility design or processes that may affect safeguards verification arrangements or qualifying nuclear material accountancy and control arrangements. This reporting </w:t>
             </w:r>
             <w:r>
               <w:t>category</w:t>
             </w:r>
             <w:r w:rsidRPr="00896F9D">
               <w:t xml:space="preserve"> is to ensure that ONR Safeguards, and the IAEA safeguards inspectorate are notified of situations where the required information has not been provided and where failure is assessed as sufficiently significant to risk compromising compliance with safeguards obligations.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E99D6DD" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3E99D6DD" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2ED4C45D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2ED4C45D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15979">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Illustrative examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7992309C" w14:textId="77777777" w:rsidR="000E1D3A" w:rsidRPr="00E15979" w:rsidRDefault="000E1D3A" w:rsidP="00AC395A">
+          <w:p w14:paraId="7992309C" w14:textId="77777777" w:rsidR="000E1D3A" w:rsidRPr="00E15979" w:rsidRDefault="000E1D3A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="337DE2BA" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Unreported plant modifications which include new processes for handling qualifying nuclear material within a facility, or new routes for shipping material to or from the facility.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F6FC339" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>A departure from the agreed recording and reporting system for qualifying nuclear material e.g. installation of a new nuclear material accountancy system which is not reflected in the BTC and/or ACP.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30A3B715" w14:textId="3AF296B3" w:rsidR="00197340" w:rsidRPr="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
@@ -5378,126 +5402,126 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="44FC0B18" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0C463721" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0C463721" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A96DCE">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">SG06 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10E190FE" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="10E190FE" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="710022E0" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="710022E0" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A96DCE">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Statutory </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">nuclear material </w:t>
             </w:r>
             <w:r w:rsidRPr="00A96DCE">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>ing</w:t>
             </w:r>
             <w:r w:rsidRPr="00A96DCE">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> reports not being issued or at risk of not being issued to timescales required under the Nuclear Safeguards (EU Exit) Regulations 2019</w:t>
             </w:r>
             <w:r w:rsidR="007A2CE2">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22417A42" w14:textId="7CBD9A9E" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="22417A42" w14:textId="7CBD9A9E" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="560535DC" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3FA78A16" w14:textId="75CF0805" w:rsidR="007A2CE2" w:rsidRDefault="00637929" w:rsidP="007A2CE2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637929">
               <w:rPr>
                 <w:b/>
@@ -5506,306 +5530,306 @@
               <w:t>Timeframe for reporting:</w:t>
             </w:r>
             <w:r w:rsidR="00B30365">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B30365" w:rsidRPr="00B30365">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B0BA92F" w14:textId="0E7A032A" w:rsidR="008F582B" w:rsidRPr="007A2CE2" w:rsidRDefault="008F582B" w:rsidP="007A2CE2">
             <w:r w:rsidRPr="008F582B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B30365">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14427EC0" w14:textId="0706F64D" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="14427EC0" w14:textId="0706F64D" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="56379E63" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="20F015E9" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="20F015E9" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00353A55">
               <w:t>Nuclear Safeguards (EU Exit) Regulations 2019 (Regulations 13-16, 21, 22)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35854F15" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="35854F15" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="34236A65" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC419ED" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2EC419ED" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="3A614F8F" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB5819A" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="4DB5819A" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004E6C20">
               <w:t>To ensure that ONR Safeguards and the IAEA safeguards inspectorate (via ONR) are given explicit information about delays or prospective delays in the provision of statutory safeguards reports.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4739D3C7" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="4739D3C7" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="107E432D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="107E432D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363953">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Illustrative examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34344249" w14:textId="77777777" w:rsidR="00466F6A" w:rsidRPr="00363953" w:rsidRDefault="00466F6A" w:rsidP="00AC395A">
+          <w:p w14:paraId="34344249" w14:textId="77777777" w:rsidR="00466F6A" w:rsidRPr="00363953" w:rsidRDefault="00466F6A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="56E3CC92" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Failure to provide inventory change reports (ICRs), physical inventory listings (PILs) and material balance reports (MBRs) to timescales required by Nuclear Safeguards (EU Exit) Regulations 2019.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C2BD1DB" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Failure to generate or supply special reports to the ONR as required by Nuclear Safeguards (EU Exit) Regulations 2019.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="381EB013" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Failure to provide advanced notification of imports/exports to timescales required by Nuclear Safeguards (EU Exit) Regulations 2019.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C55A9F0" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>The earliest possible moment when an operator expects that ICRs, PILs and/or MBRs will not be provided to timescales required by Nuclear Safeguards (EU Exit) Regulations 2019.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D651848" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="4D651848" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4235ECC7" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29C9613E" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="10E85BA2" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="537A8478" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="537A8478" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="00F76DF0">
               <w:t>SG07</w:t>
             </w:r>
             <w:r w:rsidRPr="00F76DF0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05BC602B" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="05BC602B" w14:textId="77777777" w:rsidR="000820EB" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E6109B2" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="7E6109B2" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76DF0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Failure to provide or shortcomings in the required inspection documentation, access for material verification or other problems of safeguards inspection implementation that are assessed as sufficiently significant to risk compromising compliance with safeguards obligations</w:t>
             </w:r>
             <w:r w:rsidR="003E1FE3">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DA43DEC" w14:textId="1E38D7D2" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB" w:rsidP="00AC395A">
+          <w:p w14:paraId="2DA43DEC" w14:textId="1E38D7D2" w:rsidR="000820EB" w:rsidRPr="00FA1E51" w:rsidRDefault="000820EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="2A1A9A82" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="656CA25E" w14:textId="6C93A464" w:rsidR="007A2CE2" w:rsidRDefault="00637929" w:rsidP="003E1FE3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637929">
               <w:rPr>
                 <w:b/>
@@ -5814,176 +5838,176 @@
               <w:t>Timeframe for reporting:</w:t>
             </w:r>
             <w:r w:rsidR="00466F6A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00466F6A" w:rsidRPr="00466F6A">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BCA7C97" w14:textId="1146EB6E" w:rsidR="001D244F" w:rsidRPr="003E1FE3" w:rsidRDefault="001D244F" w:rsidP="007A2CE2">
             <w:r w:rsidRPr="001D244F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="00466F6A">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D10019C" w14:textId="0B99B835" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3D10019C" w14:textId="0B99B835" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="36015C68" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="59A64916" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00591677" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="59A64916" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00591677" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00591677">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>The Energy Act 2013 (Section 83 and Schedule 8)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B4EC55B" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="5B4EC55B" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">INFCIRC/951 - </w:t>
             </w:r>
             <w:r w:rsidRPr="00591677">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>UK/IAEA Voluntary Offer Safeguards Agreement (VOA) (Articles 68-87)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77F61144" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="77F61144" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="39D62A17" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6D42E19D" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="6D42E19D" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="74D31111" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6819771D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="6819771D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00820312">
               <w:t>To ensure that ONR Safeguards is alerted, without delay, to issues arising during safeguards inspections or otherwise that are assessed as sufficiently significant to risk compromising compliance with safeguards obligations and may therefore be the subject of follow-up and possible escalation, including direct to ONR Safeguards and/or the UK Government, by the IAEA safeguards inspectorate.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33FB8DAB" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="33FB8DAB" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5476B5CE" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="5476B5CE" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F750B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Illustrative examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B7513D3" w14:textId="77777777" w:rsidR="00A76F82" w:rsidRPr="007F750B" w:rsidRDefault="00A76F82" w:rsidP="00AC395A">
+          <w:p w14:paraId="3B7513D3" w14:textId="77777777" w:rsidR="00A76F82" w:rsidRPr="007F750B" w:rsidRDefault="00A76F82">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B2465DD" w14:textId="64CD0EB2" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Significant errors in the List of Inventory Items (LII) issued to the ONR and/or IAEA safeguards inspectors as a result of the annual Physical Inventory Take (PIT) and in support of annual Physical Inventory Verification (PIV) (e.g. items included on the LII that cannot be located during the PIV, items located during the PIV which are not included on the LII and/or verification that does not confirm item identity or contents as declared in the LII).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74C0630D" w14:textId="7A4B244B" w:rsidR="00197340" w:rsidRPr="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Failure to locate or otherwise make qualifying nuclear material available for verification, or delays in making qualifying nuclear material available that affect the scope of the inspection concerned.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CDD5BB5" w14:textId="7C512C23" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
@@ -6010,112 +6034,112 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="9270" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9270"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="0DE053DC" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F6F1ED3" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="6F6F1ED3" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="003F4949">
               <w:t>SG08</w:t>
             </w:r>
             <w:r w:rsidRPr="003F4949">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FA0E0E4" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00370D1A" w:rsidP="00AC395A">
+          <w:p w14:paraId="7FA0E0E4" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00370D1A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="154E2EB9" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="154E2EB9" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F4949">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Changes affecting the annual Programme of Activities declared to ONR that are assessed as having significant implications for compliance with safeguards obligations</w:t>
             </w:r>
             <w:r w:rsidR="003C34FA">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1335B152" w14:textId="14FE6CCE" w:rsidR="00370D1A" w:rsidRPr="00FA1E51" w:rsidRDefault="00370D1A" w:rsidP="00AC395A">
+          <w:p w14:paraId="1335B152" w14:textId="14FE6CCE" w:rsidR="00370D1A" w:rsidRPr="00FA1E51" w:rsidRDefault="00370D1A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="31B40245" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9270" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CA979F4" w14:textId="465206F2" w:rsidR="003E1FE3" w:rsidRDefault="00637929" w:rsidP="003C34FA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637929">
               <w:rPr>
                 <w:b/>
@@ -6130,167 +6154,167 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A76F82" w:rsidRPr="00A76F82">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C30E53B" w14:textId="06E0B0D6" w:rsidR="00E31AE3" w:rsidRDefault="00E31AE3" w:rsidP="003E1FE3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E31AE3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A76F82">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71FDD3D2" w14:textId="791E0511" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="71FDD3D2" w14:textId="791E0511" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="1611ECDD" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C7E8F5" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="61C7E8F5" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Nuclear Safeguards (EU Exit) Regulations 2019 (Regulation 4, 21 and 22)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D40DB51" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="4D40DB51" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>INFCIRC/951 - UK/IAEA Voluntary Offer Safeguards Agreement Article 62(b), 89(b)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C2A83DF" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="4C2A83DF" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="6B400237" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48B88E83" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="48B88E83" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="7AB311CC" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11A1F4E4" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="11A1F4E4" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00C90F9F">
               <w:t xml:space="preserve">Facility operators must provide the ONR with an annual programme of activities and operations that are relevant to safeguards implementation (e.g. expected shipments and receipts of material, planned plant shutdown/outages). This </w:t>
             </w:r>
             <w:r>
               <w:t>category</w:t>
             </w:r>
             <w:r w:rsidRPr="00C90F9F">
               <w:t xml:space="preserve"> is to ensure that ONR Safeguards and the IAEA safeguards inspectorate receive timely information on changes to such annual programmes that have significant implications for safeguards implementation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D3C7A84" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0D3C7A84" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6434C975" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="6434C975" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07ED8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Illustrative examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="275B6414" w14:textId="77777777" w:rsidR="00216D21" w:rsidRPr="00E07ED8" w:rsidRDefault="00216D21" w:rsidP="00AC395A">
+          <w:p w14:paraId="275B6414" w14:textId="77777777" w:rsidR="00216D21" w:rsidRPr="00E07ED8" w:rsidRDefault="00216D21">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="58216D7C" w14:textId="76454316" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Changes to dates for annual Physical Inventory Taking (PIT) exercises within 40 days of the PIT</w:t>
             </w:r>
             <w:r w:rsidR="00727ED5">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1572220A" w14:textId="14A5B785" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Changes to scheduled shipment/receipt of qualifying nuclear material within the time periods required for advanced notification of shipments / receipts</w:t>
@@ -6326,112 +6350,112 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="6D989E30" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0316E2FA" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0316E2FA" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="002D2050">
               <w:t>SG09</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2050">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D84731C" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00370D1A" w:rsidP="00AC395A">
+          <w:p w14:paraId="5D84731C" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00370D1A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F3E99F8" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="7F3E99F8" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D2050">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Other qualifying nuclear material and /or safeguards-related events not readily assigned above that are assessed as sufficiently significant to risk compromising compliance with safeguards obligations</w:t>
             </w:r>
             <w:r w:rsidR="005D4D32">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32973352" w14:textId="200E3E9B" w:rsidR="00370D1A" w:rsidRPr="00FA1E51" w:rsidRDefault="00370D1A" w:rsidP="00AC395A">
+          <w:p w14:paraId="32973352" w14:textId="200E3E9B" w:rsidR="00370D1A" w:rsidRPr="00FA1E51" w:rsidRDefault="00370D1A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="0A21B870" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4EDF7863" w14:textId="74BAC66E" w:rsidR="005D4D32" w:rsidRDefault="00637929" w:rsidP="005D4D32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637929">
               <w:rPr>
                 <w:b/>
@@ -6440,147 +6464,147 @@
               <w:t>Timeframe for reporting:</w:t>
             </w:r>
             <w:r w:rsidR="00216D21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00216D21" w:rsidRPr="00216D21">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38A336C7" w14:textId="10961126" w:rsidR="00E31AE3" w:rsidRPr="005D4D32" w:rsidRDefault="00E31AE3" w:rsidP="005D4D32">
             <w:r w:rsidRPr="00E31AE3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="00216D21">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12F989A2" w14:textId="3A053AD5" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="12F989A2" w14:textId="3A053AD5" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="591EC596" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4AAD5716" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="4AAD5716" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="002D1BE9">
               <w:t>A route for notifying ONR of any other event that ONR Safeguards are required to be notified of under Nuclear Safeguards (EU Exit) Regulations 2019 or related to the UK/IAEA Voluntary Offer Safeguards Agreement and its Additional Protocol or the UK’s Nuclear Cooperation Agreements.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76F2BBE2" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="76F2BBE2" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="000D6C7A" w14:paraId="6173BA60" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8EE855" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0C8EE855" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="000D6C7A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="346FD1D1" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC1E93D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="2FC1E93D" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B0294D">
               <w:t xml:space="preserve">This category ensures ONR is provided with timely information on qualifying nuclear material accountancy issues and potential inspection/verification shortcomings that risk compromising compliance with safeguards obligations which are not readily categorised according to </w:t>
             </w:r>
             <w:r>
               <w:t>categories</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0294D">
               <w:t xml:space="preserve"> SG01-SG08.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D1DA65F" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3D1DA65F" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="358462DA" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00EB589A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="358462DA" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00EB589A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB589A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Illustrative examples</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32D124F4" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Unauthorised movement of qualifying nuclear material. This includes qualifying nuclear material shipped without authorisation of the receiver and/or other significant deficiencies in accountancy documentation, qualifying nuclear material shipped without an accountancy plan, movement not complying with its accountancy plan or working instructions;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C8383BA" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
@@ -6594,172 +6618,172 @@
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Failure or poor performance of systems for the measurement and/or analysis of qualifying nuclear material (e.g. information indicating a bias in system output).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39799ECC" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>An indication that the security of safeguards information may have been compromised, whether by site operator and/or the inspectorates;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09CDBA46" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00197340">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
             </w:pPr>
             <w:r>
               <w:t>Where a Facility Attachment is in place in support of IAEA safeguards application, any possible breach of Facility Attachment requirements not covered above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:tbl>
     <w:p w14:paraId="40D11638" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340"/>
     <w:p w14:paraId="304E2D46" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="422BA27B" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00B075B4" w:rsidRDefault="00197340" w:rsidP="00197340">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc191554999"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc220420950"/>
       <w:r w:rsidRPr="002050C1">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r>
         <w:t>B –</w:t>
       </w:r>
       <w:r w:rsidRPr="00556439">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5F99">
         <w:rPr>
           <w:sz w:val="46"/>
           <w:szCs w:val="46"/>
         </w:rPr>
         <w:t>Media Interest Incident Category</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="1F053089" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Box2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197340" w:rsidRPr="00FA1E51" w14:paraId="68C2EFA3" w14:textId="77777777" w:rsidTr="00197340">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB6F58C" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="1AB6F58C" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="21" w:name="OLE_LINK32"/>
-            <w:bookmarkStart w:id="22" w:name="OLE_LINK33"/>
+            <w:bookmarkStart w:id="23" w:name="OLE_LINK32"/>
+            <w:bookmarkStart w:id="24" w:name="OLE_LINK33"/>
             <w:r w:rsidRPr="000D6C7A">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>AN01</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DB427C9" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00370D1A" w:rsidP="00AC395A">
+          <w:p w14:paraId="4DB427C9" w14:textId="77777777" w:rsidR="00370D1A" w:rsidRDefault="00370D1A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6BEC4F2B" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="6BEC4F2B" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1E51">
               <w:t>Events likely to attract, or that have attracted, significant national</w:t>
             </w:r>
             <w:r>
               <w:t>/international</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA1E51">
               <w:t xml:space="preserve"> media or public attention.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2523C82B" w14:textId="13671F5E" w:rsidR="00370D1A" w:rsidRPr="00FA1E51" w:rsidRDefault="00370D1A" w:rsidP="00AC395A">
+            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="24"/>
+          </w:p>
+          <w:p w14:paraId="2523C82B" w14:textId="13671F5E" w:rsidR="00370D1A" w:rsidRPr="00FA1E51" w:rsidRDefault="00370D1A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="00C7292B" w14:paraId="7FA6BA18" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="683F1113" w14:textId="7BAB44FE" w:rsidR="005D4D32" w:rsidRDefault="00637929" w:rsidP="005D4D32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637929">
               <w:rPr>
                 <w:b/>
@@ -6774,84 +6798,84 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00216D21" w:rsidRPr="00216D21">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A45763C" w14:textId="6C27D883" w:rsidR="001B793B" w:rsidRDefault="001B793B" w:rsidP="005D4D32">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B793B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">FUR Requirement: </w:t>
             </w:r>
             <w:r w:rsidRPr="00216D21">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19702E23" w14:textId="21B90D39" w:rsidR="00197340" w:rsidRPr="00C7292B" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="19702E23" w14:textId="21B90D39" w:rsidR="00197340" w:rsidRPr="00C7292B" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C7292B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Origin of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="08798CE5" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7F26A449" w14:textId="168C2EDC" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00D67087" w:rsidP="00AC395A">
+          <w:p w14:paraId="7F26A449" w14:textId="168C2EDC" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00D67087">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ministerial Reporting Criteria (MRC). For more information, </w:t>
             </w:r>
             <w:r w:rsidR="00C14AFE" w:rsidRPr="00E8356E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>refer to</w:t>
             </w:r>
             <w:r w:rsidR="00C14AFE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ONR’s </w:t>
             </w:r>
             <w:r w:rsidR="00C14AFE" w:rsidRPr="00FF6516">
               <w:rPr>
@@ -6860,216 +6884,745 @@
               </w:rPr>
               <w:t>website</w:t>
             </w:r>
             <w:r w:rsidR="00D4319B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C14AFE" w:rsidRPr="00FF6516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="D13438"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C14AFE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="00C14AFE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00C14AFE">
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="00C7292B" w14:paraId="4B3C6D36" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1ED0C8" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00C7292B" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3A1ED0C8" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="00C7292B" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C7292B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Discussion </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197340" w:rsidRPr="002034B3" w14:paraId="0917DEC3" w14:textId="77777777" w:rsidTr="00197340">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="68368150" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="68368150" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">This category is a “catch-all” aimed at incidents which have the potential to achieve a high public profile but do not appear to meet any of the immediate reporting categories. Often these incidents may have been reported in the media. As such it is useful for ONR to be notified of these incidents in anticipation of requests for comment by other interested parties. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E0BCBF5" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="0E0BCBF5" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="759C2D13" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="759C2D13" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>This category may be used with or without any of the other notifications categories, to give immediate effect to a notification. The presence or absence of other categories will provide an initial indication to ONR of the extent of any follow-up required.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="037A1F27" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="037A1F27" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F09C859" w14:textId="644B6767" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="7F09C859" w14:textId="644B6767" w:rsidR="00197340" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">This category is not intended to cover attendance at site by external response services for routine matters such as an ambulance transporting a worker to hospital for treatment of a minor injury or a precautionary check-up, however if emergency services attend with flashing blue lights and sirens, this may </w:t>
             </w:r>
             <w:r w:rsidR="00655185">
               <w:t xml:space="preserve">give rise to media attention and hence </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">be reported under </w:t>
             </w:r>
             <w:r w:rsidR="004B4882">
               <w:t xml:space="preserve">this incident category, </w:t>
             </w:r>
             <w:r>
               <w:t>AN01.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3557EC7A" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340" w:rsidP="00AC395A">
+          <w:p w14:paraId="3557EC7A" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002034B3" w:rsidRDefault="00197340">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73C99B87" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
       <w:pPr>
         <w:pStyle w:val="TSBullet1Square"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18608F31" w14:textId="77777777" w:rsidR="00197340" w:rsidRDefault="00197340" w:rsidP="00197340">
       <w:pPr>
         <w:pStyle w:val="NumberedParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B621C19" w14:textId="77777777" w:rsidR="00197340" w:rsidRPr="002050C1" w:rsidRDefault="00197340" w:rsidP="00197340"/>
     <w:p w14:paraId="65D9F544" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
       <w:pPr>
         <w:pStyle w:val="TSBullet1Square"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75A32577" w14:textId="77777777" w:rsidR="00917FAA" w:rsidRDefault="00917FAA" w:rsidP="00917FAA">
       <w:pPr>
         <w:pStyle w:val="NumberedParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6239C3AC" w14:textId="72CF6371" w:rsidR="009E0E52" w:rsidRDefault="009E0E52" w:rsidP="00B361EC">
+    <w:p w14:paraId="6239C3AC" w14:textId="0FE1C864" w:rsidR="00D84108" w:rsidRDefault="00D84108">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="22413A"/>
+          <w:sz w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A3A5AF" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="00D84108">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc220420951"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Document Control Information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="2E1830B3" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00D84108" w:rsidRDefault="00D84108" w:rsidP="00D84108">
+      <w:pPr>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17B46">
+        <w:t xml:space="preserve">Process Owner: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA677D">
+        <w:t>Deputy Director (CORD),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71DD1">
+        <w:t xml:space="preserve">Technical Directorate </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7110FBE5" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00A97B75" w:rsidRDefault="00D84108" w:rsidP="00D84108">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prepared </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Incidents Management Lead</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339C7B3A" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00A97B75" w:rsidRDefault="00D84108" w:rsidP="00D84108">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reviewed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Approved by: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Head of Organisational Learning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15301D71" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00A97B75" w:rsidRDefault="00D84108" w:rsidP="00D84108">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Issue No.: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Issue No."/>
+          <w:tag w:val=""/>
+          <w:id w:val="-894428327"/>
+          <w:placeholder>
+            <w:docPart w:val="5A84220C3C85436FAF83B0842F3E1FD9"/>
+          </w:placeholder>
+          <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A97B75">
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>1.</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>4</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="71E62275" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00A97B75" w:rsidRDefault="00D84108" w:rsidP="00D84108">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publication Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C4DB5D" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00A97B75" w:rsidRDefault="00D84108" w:rsidP="00D84108">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Next Major Review Date: March 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F20582D" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00A97B75" w:rsidRDefault="00D84108" w:rsidP="00D84108">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Doc. Ref. No.: ONR-OL-GD-004</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E38494" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00004C16" w:rsidRDefault="00D84108" w:rsidP="00D84108">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97B75">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Record Ref. No.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347912">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ONRHH-822789359-19698</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599FFD1C" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="00D84108">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>SEQ Table \* ARABIC</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>: Revision commentary</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="10" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2681"/>
+        <w:gridCol w:w="7045"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D84108" w:rsidRPr="005E3484" w14:paraId="4ED92EE2" w14:textId="77777777" w:rsidTr="001A2E85">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69BDEFC4" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="005E3484" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E3484">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Issue No.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7045" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36A40ED1" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="005E3484" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E3484">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Description of Update(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D84108" w14:paraId="4139B168" w14:textId="77777777" w:rsidTr="001A2E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE86E76" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7045" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE2A750" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>New document.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D84108" w14:paraId="0873478F" w14:textId="77777777" w:rsidTr="001A2E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D57BAAC" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7045" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A134CD" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review date extended</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D84108" w14:paraId="6EC98CA2" w14:textId="77777777" w:rsidTr="001A2E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="498CFD6F" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7045" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E365EA" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review date extended to March 2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D84108" w14:paraId="0439158D" w14:textId="77777777" w:rsidTr="001A2E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45251FC2" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7045" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C402786" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00FB696E" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB696E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Minor amendments to provide consistency in terminology across ONR’s suite of incidents guidance and processes.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB696E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Detailed M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inisterial Reporting Criteria </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB696E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t xml:space="preserve">references removed. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D84108" w14:paraId="1D0D0874" w14:textId="77777777" w:rsidTr="001A2E85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFC7BD8" w14:textId="77777777" w:rsidR="00D84108" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7045" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D27DB19" w14:textId="77777777" w:rsidR="00D84108" w:rsidRPr="00FB696E" w:rsidRDefault="00D84108" w:rsidP="001A2E85">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Minor update to section 2 to include incident significance g</w:t>
+            </w:r>
+            <w:r>
+              <w:t>uidance.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63D15B2C" w14:textId="77777777" w:rsidR="009E0E52" w:rsidRDefault="009E0E52" w:rsidP="00B361EC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009E0E52" w:rsidSect="00B82646">
+      <w:headerReference w:type="even" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0074">
       <wne:acd wne:acdName="acd1"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0075">
       <wne:acd wne:acdName="acd2"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0076">
       <wne:acd wne:acdName="acd3"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0077">
       <wne:acd wne:acdName="acd4"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0078">
@@ -7091,73 +7644,73 @@
       <wne:acdEntry wne:acdName="acd1"/>
       <wne:acdEntry wne:acdName="acd2"/>
       <wne:acdEntry wne:acdName="acd3"/>
       <wne:acdEntry wne:acdName="acd4"/>
       <wne:acdEntry wne:acdName="acd5"/>
       <wne:acdEntry wne:acdName="acd6"/>
       <wne:acdEntry wne:acdName="acd7"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:argValue="AQAAAAAA" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAxAA==" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAyAA==" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAEwAaQBzAHQAIAAzAA==" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EFF731D" w14:textId="77777777" w:rsidR="008D6063" w:rsidRDefault="008D6063" w:rsidP="007D199A">
+    <w:p w14:paraId="2A23F20A" w14:textId="77777777" w:rsidR="006D3115" w:rsidRDefault="006D3115" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68EFE78A" w14:textId="77777777" w:rsidR="008D6063" w:rsidRDefault="008D6063"/>
+    <w:p w14:paraId="40092606" w14:textId="77777777" w:rsidR="006D3115" w:rsidRDefault="006D3115"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E84C745" w14:textId="77777777" w:rsidR="008D6063" w:rsidRDefault="008D6063" w:rsidP="007D199A">
+    <w:p w14:paraId="5E194CD8" w14:textId="77777777" w:rsidR="006D3115" w:rsidRDefault="006D3115" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DD8A37" w14:textId="77777777" w:rsidR="008D6063" w:rsidRDefault="008D6063"/>
+    <w:p w14:paraId="0BA5F548" w14:textId="77777777" w:rsidR="006D3115" w:rsidRDefault="006D3115"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4ED61F25" w14:textId="77777777" w:rsidR="008D6063" w:rsidRDefault="008D6063">
+    <w:p w14:paraId="63BD91CB" w14:textId="77777777" w:rsidR="006D3115" w:rsidRDefault="006D3115">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -7237,180 +7790,182 @@
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03092E54" w14:textId="77777777" w:rsidR="008D6063" w:rsidRPr="005E0344" w:rsidRDefault="008D6063" w:rsidP="005E0344">
+    <w:p w14:paraId="2BB1F722" w14:textId="77777777" w:rsidR="006D3115" w:rsidRPr="005E0344" w:rsidRDefault="006D3115" w:rsidP="005E0344">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3185AC60" w14:textId="77777777" w:rsidR="008D6063" w:rsidRPr="005E0344" w:rsidRDefault="008D6063" w:rsidP="0090581D">
+    <w:p w14:paraId="139E395E" w14:textId="77777777" w:rsidR="006D3115" w:rsidRPr="005E0344" w:rsidRDefault="006D3115" w:rsidP="0090581D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7032BF88" w14:textId="77777777" w:rsidR="008D6063" w:rsidRDefault="008D6063"/>
+    <w:p w14:paraId="380B7EB3" w14:textId="77777777" w:rsidR="006D3115" w:rsidRDefault="006D3115"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="769753AE" w14:textId="77777777" w:rsidR="008D6063" w:rsidRDefault="008D6063">
+    <w:p w14:paraId="5AFD8263" w14:textId="77777777" w:rsidR="006D3115" w:rsidRDefault="006D3115">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26723180" w14:textId="77777777" w:rsidR="008D6063" w:rsidRDefault="008D6063"/>
+    <w:p w14:paraId="4A8004ED" w14:textId="77777777" w:rsidR="006D3115" w:rsidRDefault="006D3115"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47FFC75F" w14:textId="271F63B6" w:rsidR="00177666" w:rsidRPr="003A7E1C" w:rsidRDefault="00000000" w:rsidP="009E0E52">
+  <w:p w14:paraId="47FFC75F" w14:textId="3966CF4D" w:rsidR="00177666" w:rsidRPr="003A7E1C" w:rsidRDefault="00CC7CC5" w:rsidP="009E0E52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
         <w:placeholder>
           <w:docPart w:val="71855CAFCD0440C4880AB5CD94A60020"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="009A6E1A">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Notification Guidance for Nuclear Safeguards Incidents</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="004E3932" w:rsidRPr="003A7E1C">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> | Issue No.: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
         <w:placeholder>
-          <w:docPart w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
+          <w:docPart w:val="7A8BBCE0BCB94590B2A65582494E1E23"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00145067">
+        <w:r w:rsidR="006C0FDC">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>1.3</w:t>
+          <w:t>1.4</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A4B08F86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11689,861 +12244,1043 @@
   </w:num>
   <w:num w:numId="42" w16cid:durableId="960914490">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="794560889">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1220285151">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="553588063">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="168755264">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1548881476">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="449323205">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="2128113576">
     <w:abstractNumId w:val="11"/>
   </w:num>
+  <w:num w:numId="50" w16cid:durableId="885868858">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C4196"/>
     <w:rsid w:val="00001B1E"/>
     <w:rsid w:val="00002389"/>
     <w:rsid w:val="00002F03"/>
     <w:rsid w:val="00004C16"/>
     <w:rsid w:val="00011177"/>
     <w:rsid w:val="00014814"/>
+    <w:rsid w:val="00015487"/>
     <w:rsid w:val="000208B9"/>
     <w:rsid w:val="00024522"/>
     <w:rsid w:val="00024B2E"/>
     <w:rsid w:val="0002551F"/>
     <w:rsid w:val="0002638F"/>
     <w:rsid w:val="00027F4F"/>
     <w:rsid w:val="00030430"/>
     <w:rsid w:val="0003078E"/>
+    <w:rsid w:val="00030974"/>
     <w:rsid w:val="00031B89"/>
+    <w:rsid w:val="00035C39"/>
     <w:rsid w:val="0003693D"/>
     <w:rsid w:val="0004440F"/>
     <w:rsid w:val="00052455"/>
+    <w:rsid w:val="000528DB"/>
     <w:rsid w:val="00052C8A"/>
     <w:rsid w:val="000548C8"/>
     <w:rsid w:val="00060FF2"/>
     <w:rsid w:val="000635A8"/>
+    <w:rsid w:val="00065DC4"/>
     <w:rsid w:val="00067605"/>
     <w:rsid w:val="00075605"/>
     <w:rsid w:val="00075C66"/>
     <w:rsid w:val="0007615F"/>
     <w:rsid w:val="000817D4"/>
     <w:rsid w:val="00081929"/>
     <w:rsid w:val="000820EB"/>
     <w:rsid w:val="00082879"/>
     <w:rsid w:val="00085024"/>
     <w:rsid w:val="000853AD"/>
     <w:rsid w:val="0008678E"/>
+    <w:rsid w:val="00090214"/>
     <w:rsid w:val="000916A8"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="00094069"/>
     <w:rsid w:val="000A105C"/>
     <w:rsid w:val="000C2DDC"/>
+    <w:rsid w:val="000C3E14"/>
     <w:rsid w:val="000C69AC"/>
     <w:rsid w:val="000C7527"/>
     <w:rsid w:val="000D02DE"/>
     <w:rsid w:val="000D0E23"/>
     <w:rsid w:val="000D11F8"/>
     <w:rsid w:val="000D2FD4"/>
     <w:rsid w:val="000E1129"/>
+    <w:rsid w:val="000E1BD4"/>
     <w:rsid w:val="000E1D3A"/>
     <w:rsid w:val="000F1B7B"/>
     <w:rsid w:val="000F2ED4"/>
+    <w:rsid w:val="000F3E42"/>
     <w:rsid w:val="000F6547"/>
     <w:rsid w:val="000F7F35"/>
     <w:rsid w:val="0010199F"/>
     <w:rsid w:val="001028E8"/>
     <w:rsid w:val="00104073"/>
+    <w:rsid w:val="00106818"/>
     <w:rsid w:val="00117581"/>
     <w:rsid w:val="001178BA"/>
     <w:rsid w:val="00122FCC"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00126752"/>
     <w:rsid w:val="00130B30"/>
+    <w:rsid w:val="00137126"/>
     <w:rsid w:val="00140E1C"/>
+    <w:rsid w:val="00140E92"/>
     <w:rsid w:val="00145067"/>
     <w:rsid w:val="001479F8"/>
     <w:rsid w:val="00147AE4"/>
     <w:rsid w:val="00150487"/>
     <w:rsid w:val="00157184"/>
     <w:rsid w:val="001571E5"/>
     <w:rsid w:val="001663CC"/>
     <w:rsid w:val="00166C03"/>
     <w:rsid w:val="00177666"/>
     <w:rsid w:val="001849CA"/>
     <w:rsid w:val="00185410"/>
+    <w:rsid w:val="00185635"/>
+    <w:rsid w:val="00185A09"/>
     <w:rsid w:val="00191EEC"/>
     <w:rsid w:val="00192352"/>
     <w:rsid w:val="00197340"/>
     <w:rsid w:val="001A18F4"/>
+    <w:rsid w:val="001A40DF"/>
     <w:rsid w:val="001A454C"/>
+    <w:rsid w:val="001B5ED9"/>
     <w:rsid w:val="001B793B"/>
     <w:rsid w:val="001B7AA6"/>
     <w:rsid w:val="001C17B6"/>
     <w:rsid w:val="001C27C0"/>
+    <w:rsid w:val="001C49A7"/>
+    <w:rsid w:val="001C4A4D"/>
     <w:rsid w:val="001C4D63"/>
     <w:rsid w:val="001D0DE0"/>
     <w:rsid w:val="001D1B24"/>
     <w:rsid w:val="001D244F"/>
+    <w:rsid w:val="001D46EF"/>
     <w:rsid w:val="001D5AFF"/>
     <w:rsid w:val="001D6721"/>
     <w:rsid w:val="001D74B4"/>
     <w:rsid w:val="001D7D8B"/>
     <w:rsid w:val="001E03E1"/>
     <w:rsid w:val="001F059F"/>
     <w:rsid w:val="001F27D2"/>
     <w:rsid w:val="00200811"/>
     <w:rsid w:val="00200CA1"/>
     <w:rsid w:val="00201910"/>
     <w:rsid w:val="0021338D"/>
     <w:rsid w:val="00214D43"/>
     <w:rsid w:val="00216D21"/>
     <w:rsid w:val="00223090"/>
     <w:rsid w:val="002238B4"/>
+    <w:rsid w:val="00225159"/>
     <w:rsid w:val="002319AB"/>
     <w:rsid w:val="002319AC"/>
     <w:rsid w:val="00232307"/>
     <w:rsid w:val="00234342"/>
     <w:rsid w:val="00237C18"/>
     <w:rsid w:val="0024040D"/>
     <w:rsid w:val="00241405"/>
+    <w:rsid w:val="00243930"/>
     <w:rsid w:val="00247DE4"/>
     <w:rsid w:val="00251135"/>
     <w:rsid w:val="00251CD7"/>
     <w:rsid w:val="00255FA3"/>
     <w:rsid w:val="00257288"/>
     <w:rsid w:val="002609B2"/>
     <w:rsid w:val="00261FB6"/>
     <w:rsid w:val="002629F8"/>
     <w:rsid w:val="00263396"/>
     <w:rsid w:val="002659FA"/>
     <w:rsid w:val="00267086"/>
     <w:rsid w:val="00267815"/>
+    <w:rsid w:val="002725BC"/>
     <w:rsid w:val="00280A19"/>
     <w:rsid w:val="00280DDF"/>
+    <w:rsid w:val="00285BD9"/>
+    <w:rsid w:val="0029003A"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="00292ADF"/>
     <w:rsid w:val="0029655A"/>
     <w:rsid w:val="002A0DEC"/>
     <w:rsid w:val="002A679D"/>
     <w:rsid w:val="002A6C2C"/>
     <w:rsid w:val="002B096C"/>
+    <w:rsid w:val="002B09C1"/>
     <w:rsid w:val="002B1C53"/>
     <w:rsid w:val="002B2E1D"/>
     <w:rsid w:val="002C0EA6"/>
     <w:rsid w:val="002D3980"/>
     <w:rsid w:val="002D4140"/>
     <w:rsid w:val="002D56AF"/>
     <w:rsid w:val="002E0BE4"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
+    <w:rsid w:val="002E3F54"/>
     <w:rsid w:val="002E6A6A"/>
     <w:rsid w:val="002F3397"/>
+    <w:rsid w:val="002F5EEE"/>
+    <w:rsid w:val="002F6ED1"/>
     <w:rsid w:val="0030380D"/>
     <w:rsid w:val="00312411"/>
     <w:rsid w:val="003175F5"/>
     <w:rsid w:val="003224DD"/>
     <w:rsid w:val="00323E71"/>
+    <w:rsid w:val="003257AC"/>
     <w:rsid w:val="00325843"/>
     <w:rsid w:val="00326F77"/>
     <w:rsid w:val="00331AB8"/>
     <w:rsid w:val="003401B0"/>
     <w:rsid w:val="0034677E"/>
     <w:rsid w:val="00346979"/>
     <w:rsid w:val="00346C8E"/>
+    <w:rsid w:val="00346D2A"/>
     <w:rsid w:val="00347249"/>
+    <w:rsid w:val="00347912"/>
     <w:rsid w:val="00352B49"/>
     <w:rsid w:val="00356392"/>
+    <w:rsid w:val="00365018"/>
     <w:rsid w:val="00366160"/>
     <w:rsid w:val="00367BD5"/>
     <w:rsid w:val="00370D1A"/>
+    <w:rsid w:val="00372B1A"/>
+    <w:rsid w:val="00376F16"/>
+    <w:rsid w:val="0038393C"/>
     <w:rsid w:val="00386AAD"/>
     <w:rsid w:val="00390327"/>
+    <w:rsid w:val="00390A72"/>
     <w:rsid w:val="00390C3B"/>
     <w:rsid w:val="00393066"/>
     <w:rsid w:val="00393B78"/>
     <w:rsid w:val="003955A3"/>
     <w:rsid w:val="003A01E9"/>
+    <w:rsid w:val="003A15C6"/>
     <w:rsid w:val="003A4974"/>
     <w:rsid w:val="003A7DDC"/>
     <w:rsid w:val="003A7E1C"/>
     <w:rsid w:val="003B1989"/>
     <w:rsid w:val="003B2C0C"/>
     <w:rsid w:val="003B4C87"/>
     <w:rsid w:val="003B5467"/>
     <w:rsid w:val="003C0306"/>
     <w:rsid w:val="003C114C"/>
     <w:rsid w:val="003C34FA"/>
     <w:rsid w:val="003C465D"/>
     <w:rsid w:val="003C4A91"/>
     <w:rsid w:val="003C572C"/>
+    <w:rsid w:val="003C5F3D"/>
     <w:rsid w:val="003C7CB0"/>
     <w:rsid w:val="003D495D"/>
     <w:rsid w:val="003D5FB0"/>
     <w:rsid w:val="003E098E"/>
     <w:rsid w:val="003E1FE3"/>
+    <w:rsid w:val="003E2A18"/>
     <w:rsid w:val="003E2FAE"/>
+    <w:rsid w:val="003E306D"/>
+    <w:rsid w:val="003E3F13"/>
     <w:rsid w:val="003F429E"/>
     <w:rsid w:val="003F4A72"/>
     <w:rsid w:val="00400589"/>
     <w:rsid w:val="00403834"/>
     <w:rsid w:val="00405802"/>
     <w:rsid w:val="00407CF7"/>
+    <w:rsid w:val="00411AA4"/>
     <w:rsid w:val="00415ED6"/>
     <w:rsid w:val="00417CAF"/>
     <w:rsid w:val="00420A11"/>
     <w:rsid w:val="00422265"/>
     <w:rsid w:val="00430898"/>
+    <w:rsid w:val="00430F0B"/>
+    <w:rsid w:val="004352F7"/>
     <w:rsid w:val="004373A7"/>
     <w:rsid w:val="00437D94"/>
     <w:rsid w:val="0044030C"/>
+    <w:rsid w:val="00442AE6"/>
     <w:rsid w:val="00446E30"/>
     <w:rsid w:val="004648A4"/>
     <w:rsid w:val="00466F6A"/>
     <w:rsid w:val="00471380"/>
+    <w:rsid w:val="00473EA1"/>
+    <w:rsid w:val="0047628A"/>
+    <w:rsid w:val="0048048F"/>
     <w:rsid w:val="00486F86"/>
     <w:rsid w:val="00492F13"/>
     <w:rsid w:val="00494F0D"/>
+    <w:rsid w:val="004969F3"/>
     <w:rsid w:val="00496BFD"/>
     <w:rsid w:val="004A336F"/>
     <w:rsid w:val="004A3DF2"/>
     <w:rsid w:val="004A4649"/>
     <w:rsid w:val="004A5707"/>
     <w:rsid w:val="004A6EAC"/>
+    <w:rsid w:val="004B0423"/>
     <w:rsid w:val="004B4882"/>
+    <w:rsid w:val="004B515C"/>
+    <w:rsid w:val="004B6EE6"/>
     <w:rsid w:val="004C361D"/>
     <w:rsid w:val="004C4891"/>
     <w:rsid w:val="004C5911"/>
+    <w:rsid w:val="004C73E0"/>
     <w:rsid w:val="004D0E75"/>
+    <w:rsid w:val="004D0ECE"/>
     <w:rsid w:val="004D2C89"/>
     <w:rsid w:val="004D4A83"/>
     <w:rsid w:val="004D7C14"/>
     <w:rsid w:val="004D7F5E"/>
     <w:rsid w:val="004E3932"/>
     <w:rsid w:val="004E5714"/>
     <w:rsid w:val="004E5FE0"/>
     <w:rsid w:val="004F1E79"/>
     <w:rsid w:val="004F5F33"/>
     <w:rsid w:val="004F7728"/>
     <w:rsid w:val="004F7EE4"/>
     <w:rsid w:val="0050103A"/>
     <w:rsid w:val="00506544"/>
     <w:rsid w:val="00511B0F"/>
     <w:rsid w:val="00512BC2"/>
     <w:rsid w:val="005200B8"/>
     <w:rsid w:val="005211DB"/>
     <w:rsid w:val="005227AD"/>
+    <w:rsid w:val="005243C3"/>
     <w:rsid w:val="005264AB"/>
+    <w:rsid w:val="00531FFE"/>
+    <w:rsid w:val="00533570"/>
     <w:rsid w:val="0053776B"/>
+    <w:rsid w:val="00550C3E"/>
     <w:rsid w:val="0055256E"/>
     <w:rsid w:val="0055388E"/>
     <w:rsid w:val="00555A53"/>
+    <w:rsid w:val="005658DE"/>
     <w:rsid w:val="0056621C"/>
     <w:rsid w:val="005709A8"/>
     <w:rsid w:val="005754AE"/>
     <w:rsid w:val="0057566A"/>
     <w:rsid w:val="00577FB5"/>
     <w:rsid w:val="005852D1"/>
     <w:rsid w:val="00587A22"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00595C8C"/>
     <w:rsid w:val="00597747"/>
     <w:rsid w:val="005A2CC4"/>
     <w:rsid w:val="005A35E4"/>
     <w:rsid w:val="005A4CDD"/>
     <w:rsid w:val="005A59E7"/>
+    <w:rsid w:val="005B2105"/>
     <w:rsid w:val="005B4A29"/>
     <w:rsid w:val="005B57E4"/>
     <w:rsid w:val="005B5ABD"/>
     <w:rsid w:val="005B6FF0"/>
     <w:rsid w:val="005C140A"/>
+    <w:rsid w:val="005C17A4"/>
     <w:rsid w:val="005C1E52"/>
     <w:rsid w:val="005C6763"/>
     <w:rsid w:val="005D0722"/>
     <w:rsid w:val="005D3164"/>
     <w:rsid w:val="005D4D32"/>
+    <w:rsid w:val="005D6D41"/>
     <w:rsid w:val="005D6FFD"/>
     <w:rsid w:val="005E0344"/>
     <w:rsid w:val="005E0B2F"/>
     <w:rsid w:val="005E3484"/>
     <w:rsid w:val="005E440B"/>
     <w:rsid w:val="005E6579"/>
+    <w:rsid w:val="005F1930"/>
     <w:rsid w:val="005F2C85"/>
     <w:rsid w:val="00601E1E"/>
+    <w:rsid w:val="0060572C"/>
     <w:rsid w:val="00605ADB"/>
     <w:rsid w:val="0060711E"/>
     <w:rsid w:val="0061104E"/>
     <w:rsid w:val="00611C9F"/>
     <w:rsid w:val="00622110"/>
     <w:rsid w:val="006248DE"/>
     <w:rsid w:val="00627555"/>
     <w:rsid w:val="006322A0"/>
     <w:rsid w:val="006349AF"/>
+    <w:rsid w:val="00635A09"/>
     <w:rsid w:val="00635A62"/>
     <w:rsid w:val="006361FD"/>
     <w:rsid w:val="00637929"/>
     <w:rsid w:val="0064226F"/>
     <w:rsid w:val="00642DDB"/>
     <w:rsid w:val="00653298"/>
     <w:rsid w:val="00655185"/>
+    <w:rsid w:val="00662077"/>
     <w:rsid w:val="00662D14"/>
     <w:rsid w:val="00663A7C"/>
     <w:rsid w:val="00666CD2"/>
     <w:rsid w:val="00667DF2"/>
     <w:rsid w:val="006709D7"/>
     <w:rsid w:val="00670DF1"/>
     <w:rsid w:val="00671345"/>
     <w:rsid w:val="00672A9B"/>
     <w:rsid w:val="00675884"/>
     <w:rsid w:val="00677D7F"/>
+    <w:rsid w:val="00681374"/>
+    <w:rsid w:val="00682D8A"/>
+    <w:rsid w:val="00682E32"/>
     <w:rsid w:val="006860AB"/>
     <w:rsid w:val="00687144"/>
     <w:rsid w:val="0069387A"/>
     <w:rsid w:val="0069424B"/>
     <w:rsid w:val="00696EE0"/>
     <w:rsid w:val="00697980"/>
     <w:rsid w:val="006A19EF"/>
     <w:rsid w:val="006A2038"/>
+    <w:rsid w:val="006A3589"/>
     <w:rsid w:val="006A43D5"/>
     <w:rsid w:val="006A525B"/>
     <w:rsid w:val="006A7DE2"/>
     <w:rsid w:val="006B3EF9"/>
+    <w:rsid w:val="006B7F59"/>
     <w:rsid w:val="006C045F"/>
+    <w:rsid w:val="006C0FDC"/>
     <w:rsid w:val="006C4196"/>
     <w:rsid w:val="006C523E"/>
     <w:rsid w:val="006C53BF"/>
     <w:rsid w:val="006C63B0"/>
     <w:rsid w:val="006C76A2"/>
     <w:rsid w:val="006C792E"/>
     <w:rsid w:val="006D061F"/>
     <w:rsid w:val="006D0F7B"/>
     <w:rsid w:val="006D116C"/>
+    <w:rsid w:val="006D3115"/>
     <w:rsid w:val="006D6106"/>
     <w:rsid w:val="006E7C42"/>
     <w:rsid w:val="006F0F8C"/>
     <w:rsid w:val="006F168A"/>
+    <w:rsid w:val="006F3A49"/>
     <w:rsid w:val="006F5076"/>
     <w:rsid w:val="006F50F5"/>
     <w:rsid w:val="006F6009"/>
     <w:rsid w:val="006F614A"/>
+    <w:rsid w:val="006F69D1"/>
     <w:rsid w:val="0070321D"/>
     <w:rsid w:val="007068BA"/>
     <w:rsid w:val="0071419A"/>
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00715CE1"/>
     <w:rsid w:val="00716AB1"/>
     <w:rsid w:val="00717171"/>
     <w:rsid w:val="00721D63"/>
     <w:rsid w:val="00727ED5"/>
     <w:rsid w:val="00730DC9"/>
+    <w:rsid w:val="0073161D"/>
     <w:rsid w:val="00732C7B"/>
     <w:rsid w:val="00732FA3"/>
     <w:rsid w:val="00734D2B"/>
     <w:rsid w:val="0073501F"/>
     <w:rsid w:val="00737705"/>
     <w:rsid w:val="007408D4"/>
     <w:rsid w:val="00741AA3"/>
     <w:rsid w:val="007420AC"/>
     <w:rsid w:val="00742617"/>
+    <w:rsid w:val="00762556"/>
     <w:rsid w:val="007625FF"/>
+    <w:rsid w:val="007655FE"/>
+    <w:rsid w:val="00765EF4"/>
+    <w:rsid w:val="00767E06"/>
     <w:rsid w:val="0077448A"/>
     <w:rsid w:val="007751F1"/>
     <w:rsid w:val="00783AFA"/>
     <w:rsid w:val="00785427"/>
     <w:rsid w:val="00790540"/>
     <w:rsid w:val="0079385A"/>
     <w:rsid w:val="0079462F"/>
     <w:rsid w:val="007953B6"/>
     <w:rsid w:val="0079678C"/>
     <w:rsid w:val="007968CA"/>
     <w:rsid w:val="007975C4"/>
+    <w:rsid w:val="007A1FE9"/>
     <w:rsid w:val="007A2CE2"/>
     <w:rsid w:val="007A43FF"/>
     <w:rsid w:val="007B3558"/>
     <w:rsid w:val="007B356D"/>
     <w:rsid w:val="007B3918"/>
+    <w:rsid w:val="007B7E49"/>
     <w:rsid w:val="007C3591"/>
     <w:rsid w:val="007C3C1D"/>
     <w:rsid w:val="007C4295"/>
     <w:rsid w:val="007C74E1"/>
     <w:rsid w:val="007D177D"/>
     <w:rsid w:val="007D199A"/>
     <w:rsid w:val="007D2EBE"/>
+    <w:rsid w:val="007D3691"/>
+    <w:rsid w:val="007D5C4B"/>
     <w:rsid w:val="007D5CB1"/>
     <w:rsid w:val="007E01B7"/>
     <w:rsid w:val="007E05FF"/>
     <w:rsid w:val="007E1C07"/>
     <w:rsid w:val="007E38E0"/>
     <w:rsid w:val="007F24B6"/>
     <w:rsid w:val="007F6F87"/>
     <w:rsid w:val="00802899"/>
     <w:rsid w:val="00803D94"/>
+    <w:rsid w:val="00810256"/>
     <w:rsid w:val="00822663"/>
     <w:rsid w:val="008229BA"/>
     <w:rsid w:val="00823605"/>
     <w:rsid w:val="00824151"/>
+    <w:rsid w:val="00835254"/>
+    <w:rsid w:val="00841D71"/>
     <w:rsid w:val="00842646"/>
     <w:rsid w:val="00845390"/>
     <w:rsid w:val="00845977"/>
     <w:rsid w:val="0084601B"/>
     <w:rsid w:val="008532BE"/>
     <w:rsid w:val="00856B46"/>
+    <w:rsid w:val="00857457"/>
     <w:rsid w:val="008606F0"/>
     <w:rsid w:val="00864ED3"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
     <w:rsid w:val="00874FEB"/>
+    <w:rsid w:val="0087511D"/>
+    <w:rsid w:val="00875E60"/>
+    <w:rsid w:val="008764AA"/>
     <w:rsid w:val="008768E5"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="00884E43"/>
     <w:rsid w:val="00887EC6"/>
     <w:rsid w:val="0089084C"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
     <w:rsid w:val="008A2379"/>
     <w:rsid w:val="008A4329"/>
     <w:rsid w:val="008A5647"/>
     <w:rsid w:val="008A578E"/>
     <w:rsid w:val="008B1519"/>
     <w:rsid w:val="008B2309"/>
     <w:rsid w:val="008B385B"/>
     <w:rsid w:val="008B4B56"/>
     <w:rsid w:val="008B7BCC"/>
     <w:rsid w:val="008C2072"/>
     <w:rsid w:val="008C20E2"/>
+    <w:rsid w:val="008C4364"/>
     <w:rsid w:val="008C50C3"/>
     <w:rsid w:val="008C7094"/>
     <w:rsid w:val="008D2B97"/>
     <w:rsid w:val="008D49A5"/>
     <w:rsid w:val="008D6063"/>
     <w:rsid w:val="008D6C81"/>
+    <w:rsid w:val="008E3626"/>
     <w:rsid w:val="008E469C"/>
     <w:rsid w:val="008E6CF0"/>
     <w:rsid w:val="008F1439"/>
     <w:rsid w:val="008F2F25"/>
     <w:rsid w:val="008F582B"/>
     <w:rsid w:val="008F69D8"/>
     <w:rsid w:val="008F7051"/>
     <w:rsid w:val="009017AE"/>
     <w:rsid w:val="009033A9"/>
     <w:rsid w:val="0090581D"/>
     <w:rsid w:val="0090770D"/>
     <w:rsid w:val="0091439C"/>
+    <w:rsid w:val="009175DE"/>
     <w:rsid w:val="00917FAA"/>
     <w:rsid w:val="00920572"/>
     <w:rsid w:val="00920BF2"/>
     <w:rsid w:val="00923825"/>
+    <w:rsid w:val="00923D33"/>
+    <w:rsid w:val="00931C89"/>
+    <w:rsid w:val="00931F7F"/>
     <w:rsid w:val="0093223A"/>
     <w:rsid w:val="009349A9"/>
     <w:rsid w:val="009356D1"/>
+    <w:rsid w:val="0093600B"/>
     <w:rsid w:val="00936C52"/>
     <w:rsid w:val="00940FC1"/>
+    <w:rsid w:val="00944104"/>
     <w:rsid w:val="00952C42"/>
     <w:rsid w:val="00953240"/>
     <w:rsid w:val="0095489B"/>
     <w:rsid w:val="0095536C"/>
     <w:rsid w:val="009665DF"/>
     <w:rsid w:val="00966FB9"/>
     <w:rsid w:val="009671CD"/>
     <w:rsid w:val="00967F7B"/>
     <w:rsid w:val="00972F49"/>
     <w:rsid w:val="009751A9"/>
     <w:rsid w:val="0097645E"/>
     <w:rsid w:val="0097687A"/>
     <w:rsid w:val="00980061"/>
     <w:rsid w:val="00980F9C"/>
     <w:rsid w:val="0098125E"/>
+    <w:rsid w:val="00981C0E"/>
     <w:rsid w:val="00981DA9"/>
     <w:rsid w:val="00984BCA"/>
     <w:rsid w:val="0098632B"/>
     <w:rsid w:val="0099619F"/>
+    <w:rsid w:val="00996270"/>
     <w:rsid w:val="00997BFB"/>
     <w:rsid w:val="009A07FB"/>
     <w:rsid w:val="009A6E1A"/>
     <w:rsid w:val="009A7348"/>
     <w:rsid w:val="009A73D2"/>
     <w:rsid w:val="009B09D8"/>
     <w:rsid w:val="009B0D88"/>
     <w:rsid w:val="009B16E0"/>
+    <w:rsid w:val="009B18E0"/>
     <w:rsid w:val="009B462C"/>
+    <w:rsid w:val="009C0345"/>
     <w:rsid w:val="009C15F3"/>
     <w:rsid w:val="009C2430"/>
     <w:rsid w:val="009C3689"/>
+    <w:rsid w:val="009C436D"/>
     <w:rsid w:val="009C506E"/>
+    <w:rsid w:val="009C6B91"/>
     <w:rsid w:val="009D52FF"/>
     <w:rsid w:val="009E07C2"/>
     <w:rsid w:val="009E0E52"/>
     <w:rsid w:val="009E57CA"/>
     <w:rsid w:val="009F21D7"/>
+    <w:rsid w:val="009F6DB4"/>
     <w:rsid w:val="009F72F9"/>
     <w:rsid w:val="00A00205"/>
     <w:rsid w:val="00A00AF0"/>
     <w:rsid w:val="00A02043"/>
+    <w:rsid w:val="00A03149"/>
     <w:rsid w:val="00A037E3"/>
     <w:rsid w:val="00A03D61"/>
     <w:rsid w:val="00A0769B"/>
     <w:rsid w:val="00A124CF"/>
+    <w:rsid w:val="00A12C58"/>
     <w:rsid w:val="00A14B5A"/>
     <w:rsid w:val="00A170C5"/>
+    <w:rsid w:val="00A17CB0"/>
     <w:rsid w:val="00A208B0"/>
     <w:rsid w:val="00A2737C"/>
     <w:rsid w:val="00A33C80"/>
     <w:rsid w:val="00A3567F"/>
     <w:rsid w:val="00A37698"/>
     <w:rsid w:val="00A41ED3"/>
+    <w:rsid w:val="00A42E8F"/>
+    <w:rsid w:val="00A46C1D"/>
     <w:rsid w:val="00A51460"/>
+    <w:rsid w:val="00A51F5B"/>
     <w:rsid w:val="00A52879"/>
     <w:rsid w:val="00A556C4"/>
     <w:rsid w:val="00A60D2A"/>
     <w:rsid w:val="00A666A5"/>
     <w:rsid w:val="00A70EF9"/>
+    <w:rsid w:val="00A7465D"/>
     <w:rsid w:val="00A76F82"/>
     <w:rsid w:val="00A80F3E"/>
     <w:rsid w:val="00A81D82"/>
     <w:rsid w:val="00A847C3"/>
     <w:rsid w:val="00A8534E"/>
     <w:rsid w:val="00A85680"/>
+    <w:rsid w:val="00A857AB"/>
     <w:rsid w:val="00A909F5"/>
     <w:rsid w:val="00A9118F"/>
     <w:rsid w:val="00A91FFC"/>
     <w:rsid w:val="00A93E33"/>
     <w:rsid w:val="00A97B75"/>
     <w:rsid w:val="00AA4484"/>
     <w:rsid w:val="00AB6970"/>
     <w:rsid w:val="00AC13EE"/>
     <w:rsid w:val="00AC1939"/>
+    <w:rsid w:val="00AC3B19"/>
     <w:rsid w:val="00AC7C05"/>
     <w:rsid w:val="00AD167C"/>
     <w:rsid w:val="00AD17C7"/>
+    <w:rsid w:val="00AD24BE"/>
     <w:rsid w:val="00AD4041"/>
     <w:rsid w:val="00AD5B14"/>
+    <w:rsid w:val="00AD6537"/>
+    <w:rsid w:val="00AD7C3E"/>
     <w:rsid w:val="00AE2D18"/>
     <w:rsid w:val="00AE302B"/>
     <w:rsid w:val="00AE37D8"/>
+    <w:rsid w:val="00AE70F5"/>
     <w:rsid w:val="00AF58A8"/>
+    <w:rsid w:val="00AF7C4E"/>
+    <w:rsid w:val="00B04A54"/>
     <w:rsid w:val="00B07F39"/>
     <w:rsid w:val="00B16BE5"/>
     <w:rsid w:val="00B17E8E"/>
     <w:rsid w:val="00B255B5"/>
     <w:rsid w:val="00B259DF"/>
     <w:rsid w:val="00B30365"/>
     <w:rsid w:val="00B314F2"/>
     <w:rsid w:val="00B361EC"/>
     <w:rsid w:val="00B44B1F"/>
     <w:rsid w:val="00B506DD"/>
+    <w:rsid w:val="00B55625"/>
     <w:rsid w:val="00B602BA"/>
     <w:rsid w:val="00B617B2"/>
     <w:rsid w:val="00B62F9E"/>
     <w:rsid w:val="00B64141"/>
     <w:rsid w:val="00B64E72"/>
     <w:rsid w:val="00B77913"/>
     <w:rsid w:val="00B824FB"/>
     <w:rsid w:val="00B82646"/>
     <w:rsid w:val="00B86308"/>
+    <w:rsid w:val="00B90A0B"/>
     <w:rsid w:val="00B92C1F"/>
     <w:rsid w:val="00B94842"/>
     <w:rsid w:val="00B97359"/>
     <w:rsid w:val="00B97A8F"/>
     <w:rsid w:val="00BA2AE3"/>
     <w:rsid w:val="00BA436E"/>
     <w:rsid w:val="00BA4E58"/>
     <w:rsid w:val="00BA7074"/>
+    <w:rsid w:val="00BB06F0"/>
     <w:rsid w:val="00BB7829"/>
     <w:rsid w:val="00BC2BAE"/>
     <w:rsid w:val="00BC3D49"/>
+    <w:rsid w:val="00BC509A"/>
     <w:rsid w:val="00BD0963"/>
+    <w:rsid w:val="00BD0A68"/>
     <w:rsid w:val="00BD1457"/>
     <w:rsid w:val="00BD49B0"/>
+    <w:rsid w:val="00BD522D"/>
     <w:rsid w:val="00BE2AD9"/>
     <w:rsid w:val="00BE672E"/>
     <w:rsid w:val="00BF27FE"/>
     <w:rsid w:val="00C043B3"/>
     <w:rsid w:val="00C079AB"/>
     <w:rsid w:val="00C10E61"/>
     <w:rsid w:val="00C14787"/>
     <w:rsid w:val="00C14AFE"/>
     <w:rsid w:val="00C1596D"/>
     <w:rsid w:val="00C15B8D"/>
     <w:rsid w:val="00C17010"/>
     <w:rsid w:val="00C20562"/>
     <w:rsid w:val="00C215C3"/>
     <w:rsid w:val="00C22CFE"/>
     <w:rsid w:val="00C23A96"/>
     <w:rsid w:val="00C249C6"/>
     <w:rsid w:val="00C32257"/>
     <w:rsid w:val="00C325C0"/>
     <w:rsid w:val="00C32CC1"/>
+    <w:rsid w:val="00C35D95"/>
     <w:rsid w:val="00C426EC"/>
     <w:rsid w:val="00C4419B"/>
     <w:rsid w:val="00C51FF1"/>
     <w:rsid w:val="00C6483C"/>
     <w:rsid w:val="00C64AE9"/>
     <w:rsid w:val="00C7022E"/>
     <w:rsid w:val="00C70CFF"/>
     <w:rsid w:val="00C718FE"/>
     <w:rsid w:val="00C7226C"/>
+    <w:rsid w:val="00C75179"/>
     <w:rsid w:val="00C86CEC"/>
     <w:rsid w:val="00C8773D"/>
     <w:rsid w:val="00C87ABB"/>
     <w:rsid w:val="00C91831"/>
+    <w:rsid w:val="00C9449F"/>
+    <w:rsid w:val="00C94568"/>
+    <w:rsid w:val="00C94C36"/>
     <w:rsid w:val="00C953DF"/>
     <w:rsid w:val="00CA5460"/>
     <w:rsid w:val="00CB0E97"/>
     <w:rsid w:val="00CB137E"/>
     <w:rsid w:val="00CB3828"/>
+    <w:rsid w:val="00CC3315"/>
+    <w:rsid w:val="00CC7CC5"/>
     <w:rsid w:val="00CD5401"/>
+    <w:rsid w:val="00CE09FD"/>
     <w:rsid w:val="00CE2709"/>
     <w:rsid w:val="00CE2CC6"/>
     <w:rsid w:val="00CE2D64"/>
     <w:rsid w:val="00CE6198"/>
+    <w:rsid w:val="00CF3049"/>
     <w:rsid w:val="00CF31C4"/>
     <w:rsid w:val="00CF3C5F"/>
     <w:rsid w:val="00CF6230"/>
     <w:rsid w:val="00D0097B"/>
     <w:rsid w:val="00D0169A"/>
     <w:rsid w:val="00D017FC"/>
     <w:rsid w:val="00D0226A"/>
     <w:rsid w:val="00D05BAE"/>
     <w:rsid w:val="00D07DA2"/>
     <w:rsid w:val="00D13147"/>
     <w:rsid w:val="00D165DC"/>
+    <w:rsid w:val="00D174FF"/>
     <w:rsid w:val="00D2032A"/>
+    <w:rsid w:val="00D21AE7"/>
     <w:rsid w:val="00D242D1"/>
+    <w:rsid w:val="00D250FC"/>
     <w:rsid w:val="00D27BAC"/>
     <w:rsid w:val="00D3112C"/>
     <w:rsid w:val="00D317CB"/>
+    <w:rsid w:val="00D33B43"/>
     <w:rsid w:val="00D3768F"/>
     <w:rsid w:val="00D41B97"/>
     <w:rsid w:val="00D4319B"/>
     <w:rsid w:val="00D463FF"/>
     <w:rsid w:val="00D51511"/>
     <w:rsid w:val="00D516C9"/>
+    <w:rsid w:val="00D56AEE"/>
     <w:rsid w:val="00D5715A"/>
     <w:rsid w:val="00D65972"/>
     <w:rsid w:val="00D67087"/>
     <w:rsid w:val="00D71687"/>
     <w:rsid w:val="00D74813"/>
+    <w:rsid w:val="00D84108"/>
     <w:rsid w:val="00D916BE"/>
+    <w:rsid w:val="00DA1298"/>
     <w:rsid w:val="00DA1C89"/>
     <w:rsid w:val="00DA30BC"/>
     <w:rsid w:val="00DA3D55"/>
+    <w:rsid w:val="00DA64A3"/>
     <w:rsid w:val="00DA69C2"/>
     <w:rsid w:val="00DA6D70"/>
     <w:rsid w:val="00DB0330"/>
     <w:rsid w:val="00DB0C2F"/>
     <w:rsid w:val="00DB17C4"/>
     <w:rsid w:val="00DB1F1A"/>
     <w:rsid w:val="00DB1FFE"/>
     <w:rsid w:val="00DB6050"/>
     <w:rsid w:val="00DC2C34"/>
     <w:rsid w:val="00DC6E0E"/>
     <w:rsid w:val="00DE2C87"/>
     <w:rsid w:val="00DE459A"/>
+    <w:rsid w:val="00DE6462"/>
     <w:rsid w:val="00DE6641"/>
     <w:rsid w:val="00DF16FC"/>
     <w:rsid w:val="00DF27DA"/>
+    <w:rsid w:val="00DF334E"/>
     <w:rsid w:val="00DF4DBE"/>
     <w:rsid w:val="00DF5F99"/>
     <w:rsid w:val="00E10ADD"/>
     <w:rsid w:val="00E11A12"/>
     <w:rsid w:val="00E17B46"/>
+    <w:rsid w:val="00E2153D"/>
     <w:rsid w:val="00E31AE3"/>
     <w:rsid w:val="00E331EC"/>
     <w:rsid w:val="00E34C2D"/>
+    <w:rsid w:val="00E36A2D"/>
     <w:rsid w:val="00E40820"/>
     <w:rsid w:val="00E422CE"/>
     <w:rsid w:val="00E427C9"/>
+    <w:rsid w:val="00E43BD2"/>
     <w:rsid w:val="00E443B9"/>
     <w:rsid w:val="00E4566B"/>
     <w:rsid w:val="00E4658F"/>
+    <w:rsid w:val="00E5436B"/>
     <w:rsid w:val="00E54A67"/>
     <w:rsid w:val="00E56B70"/>
     <w:rsid w:val="00E61C0D"/>
     <w:rsid w:val="00E63EB4"/>
     <w:rsid w:val="00E66160"/>
     <w:rsid w:val="00E706BA"/>
     <w:rsid w:val="00E71329"/>
+    <w:rsid w:val="00E71DD1"/>
     <w:rsid w:val="00E76C3E"/>
     <w:rsid w:val="00E8363B"/>
     <w:rsid w:val="00E84966"/>
     <w:rsid w:val="00E84EC6"/>
     <w:rsid w:val="00E92383"/>
     <w:rsid w:val="00E9692E"/>
     <w:rsid w:val="00EA1B3A"/>
     <w:rsid w:val="00EA2109"/>
     <w:rsid w:val="00EA685D"/>
     <w:rsid w:val="00EC2499"/>
     <w:rsid w:val="00EC28C3"/>
     <w:rsid w:val="00EC52B2"/>
     <w:rsid w:val="00EC64F4"/>
+    <w:rsid w:val="00EC705F"/>
     <w:rsid w:val="00ED4D4E"/>
     <w:rsid w:val="00EE0C77"/>
     <w:rsid w:val="00EE4E54"/>
     <w:rsid w:val="00EF1674"/>
     <w:rsid w:val="00EF4334"/>
     <w:rsid w:val="00EF5B5A"/>
     <w:rsid w:val="00EF6CE5"/>
     <w:rsid w:val="00F01093"/>
+    <w:rsid w:val="00F0494B"/>
+    <w:rsid w:val="00F06EA5"/>
     <w:rsid w:val="00F1184F"/>
+    <w:rsid w:val="00F12D50"/>
+    <w:rsid w:val="00F31736"/>
     <w:rsid w:val="00F3542A"/>
     <w:rsid w:val="00F37CC6"/>
     <w:rsid w:val="00F436BB"/>
     <w:rsid w:val="00F47145"/>
     <w:rsid w:val="00F545BF"/>
+    <w:rsid w:val="00F54ED8"/>
+    <w:rsid w:val="00F55D4C"/>
+    <w:rsid w:val="00F57657"/>
     <w:rsid w:val="00F60E44"/>
     <w:rsid w:val="00F66599"/>
     <w:rsid w:val="00F7078C"/>
     <w:rsid w:val="00F71B56"/>
+    <w:rsid w:val="00F75A95"/>
     <w:rsid w:val="00F76C5A"/>
     <w:rsid w:val="00F832C8"/>
     <w:rsid w:val="00F84630"/>
     <w:rsid w:val="00F84FB9"/>
     <w:rsid w:val="00F873B3"/>
     <w:rsid w:val="00F93CE6"/>
     <w:rsid w:val="00F97AF4"/>
+    <w:rsid w:val="00FA0A9E"/>
     <w:rsid w:val="00FA33FE"/>
     <w:rsid w:val="00FA42B9"/>
     <w:rsid w:val="00FA5B1C"/>
     <w:rsid w:val="00FA755A"/>
     <w:rsid w:val="00FB0A66"/>
+    <w:rsid w:val="00FB1E75"/>
+    <w:rsid w:val="00FB1F42"/>
     <w:rsid w:val="00FB2B0F"/>
     <w:rsid w:val="00FB4F6B"/>
     <w:rsid w:val="00FB53C1"/>
     <w:rsid w:val="00FB5FE1"/>
     <w:rsid w:val="00FB696E"/>
     <w:rsid w:val="00FB701D"/>
     <w:rsid w:val="00FC0E8D"/>
     <w:rsid w:val="00FC46EF"/>
     <w:rsid w:val="00FC671A"/>
     <w:rsid w:val="00FD31B3"/>
     <w:rsid w:val="00FD4204"/>
     <w:rsid w:val="00FD4355"/>
     <w:rsid w:val="00FD44E3"/>
     <w:rsid w:val="00FD5874"/>
     <w:rsid w:val="00FD758C"/>
     <w:rsid w:val="00FE5D01"/>
+    <w:rsid w:val="00FE765A"/>
+    <w:rsid w:val="00FF1165"/>
+    <w:rsid w:val="00FF19E9"/>
     <w:rsid w:val="00FF3CCB"/>
     <w:rsid w:val="00FF57B5"/>
     <w:rsid w:val="01405AA9"/>
     <w:rsid w:val="0597A965"/>
+    <w:rsid w:val="150EB765"/>
+    <w:rsid w:val="1BD5AD0F"/>
     <w:rsid w:val="23F5473A"/>
     <w:rsid w:val="26045DE9"/>
+    <w:rsid w:val="2693E83A"/>
     <w:rsid w:val="26AC2BFB"/>
     <w:rsid w:val="2CACC81E"/>
     <w:rsid w:val="30509700"/>
+    <w:rsid w:val="3590D57B"/>
     <w:rsid w:val="361D5639"/>
     <w:rsid w:val="3D3003D2"/>
+    <w:rsid w:val="3E375E25"/>
+    <w:rsid w:val="3F5B430E"/>
     <w:rsid w:val="423D92BA"/>
+    <w:rsid w:val="449385AF"/>
     <w:rsid w:val="45686AF2"/>
+    <w:rsid w:val="4809C069"/>
     <w:rsid w:val="497E7070"/>
     <w:rsid w:val="4DE2EFA7"/>
     <w:rsid w:val="4EC2F175"/>
     <w:rsid w:val="54432D84"/>
     <w:rsid w:val="544B96C6"/>
     <w:rsid w:val="55E4718D"/>
+    <w:rsid w:val="57AA84D0"/>
     <w:rsid w:val="57B88DF4"/>
     <w:rsid w:val="594AE0A3"/>
+    <w:rsid w:val="5B327B07"/>
     <w:rsid w:val="5BB381AD"/>
+    <w:rsid w:val="5C26D208"/>
     <w:rsid w:val="5D91E0AE"/>
     <w:rsid w:val="6C8AFC60"/>
     <w:rsid w:val="6CFC937C"/>
     <w:rsid w:val="75F1C331"/>
+    <w:rsid w:val="7850CDD6"/>
     <w:rsid w:val="78E4135F"/>
     <w:rsid w:val="7EA37594"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26291BE1"/>
-  <w15:docId w15:val="{1FFB1F25-DD3A-4304-B987-5C5BF61DD47B}"/>
+  <w15:docId w15:val="{CCC59232-A1B8-435C-9A4F-A49EF4C70506}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13026,50 +13763,51 @@
       <w:noProof/>
       <w:color w:val="22413A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:rsid w:val="00F47145"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:color w:val="22413A"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -15166,51 +15904,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2129002529">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/_layouts/15/DocIdRedir.aspx?ID=ONRHH-822789359-19698" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ldunning\Downloads\ONR-DOC-TEMP-305%20-%20ONR%20Word%20Template%20-%20Generic.DOTX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -15240,151 +15978,128 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7279B32C-8585-42D0-AA3C-928708152906}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E646E1" w:rsidRDefault="007154C5" w:rsidP="007154C5">
           <w:pPr>
             <w:pStyle w:val="71855CAFCD0440C4880AB5CD94A60020"/>
           </w:pPr>
           <w:r w:rsidRPr="00561874">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Title]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91482595-A552-4826-943C-30779AA50C82}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
+        <w:name w:val="7A8BBCE0BCB94590B2A65582494E1E23"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{97C860AC-0002-4AB3-96F9-106123B0F416}"/>
+        <w:guid w:val="{7D4D34DE-6887-41A6-9681-83A5559D6395}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
-          <w:r w:rsidRPr="00812B14">
+        <w:p w:rsidR="00393534" w:rsidRDefault="007154C5">
+          <w:pPr>
+            <w:pStyle w:val="7A8BBCE0BCB94590B2A65582494E1E23"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D1240B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DAC6149FE6A74335990CEA540F130DE8"/>
+        <w:name w:val="5A84220C3C85436FAF83B0842F3E1FD9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9C22ECC2-0EEE-4BD5-8CEB-450628F32CDB}"/>
+        <w:guid w:val="{E51BD8E5-B5F0-4DE4-A563-750EE6B24E8E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
+        <w:p w:rsidR="00CE486E" w:rsidRDefault="00CE486E" w:rsidP="00CE486E">
+          <w:pPr>
+            <w:pStyle w:val="5A84220C3C85436FAF83B0842F3E1FD9"/>
+          </w:pPr>
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>[Title]</w:t>
+            <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -15418,95 +16133,106 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
     <w:rsid w:val="00001361"/>
     <w:rsid w:val="00082CAA"/>
+    <w:rsid w:val="00086C81"/>
+    <w:rsid w:val="000F3E42"/>
     <w:rsid w:val="001479F8"/>
     <w:rsid w:val="00183F29"/>
+    <w:rsid w:val="001C49A7"/>
     <w:rsid w:val="001D1B24"/>
     <w:rsid w:val="00201910"/>
     <w:rsid w:val="002550FD"/>
     <w:rsid w:val="00333F8E"/>
     <w:rsid w:val="00350199"/>
     <w:rsid w:val="00366160"/>
+    <w:rsid w:val="00393534"/>
     <w:rsid w:val="00411444"/>
     <w:rsid w:val="00474C20"/>
+    <w:rsid w:val="0048048F"/>
     <w:rsid w:val="0055256E"/>
     <w:rsid w:val="005C0FE9"/>
     <w:rsid w:val="005D6FFD"/>
+    <w:rsid w:val="005F1930"/>
+    <w:rsid w:val="0060572C"/>
     <w:rsid w:val="006860AB"/>
     <w:rsid w:val="006A4D1F"/>
     <w:rsid w:val="006E4539"/>
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00784CF3"/>
     <w:rsid w:val="0079678C"/>
     <w:rsid w:val="007975C4"/>
     <w:rsid w:val="007C4295"/>
+    <w:rsid w:val="007D3691"/>
     <w:rsid w:val="00835E07"/>
     <w:rsid w:val="009922A8"/>
     <w:rsid w:val="00A05099"/>
     <w:rsid w:val="00A810FB"/>
+    <w:rsid w:val="00AF7C4E"/>
     <w:rsid w:val="00C06657"/>
     <w:rsid w:val="00C41BCC"/>
+    <w:rsid w:val="00C94C36"/>
     <w:rsid w:val="00CD2BE0"/>
+    <w:rsid w:val="00CE486E"/>
     <w:rsid w:val="00D32B69"/>
+    <w:rsid w:val="00D45837"/>
     <w:rsid w:val="00DD7BA4"/>
     <w:rsid w:val="00E10ADD"/>
     <w:rsid w:val="00E318CE"/>
     <w:rsid w:val="00E646E1"/>
     <w:rsid w:val="00E76C3E"/>
     <w:rsid w:val="00E91238"/>
     <w:rsid w:val="00EE2659"/>
     <w:rsid w:val="00F93872"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -15924,110 +16650,114 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007154C5"/>
+    <w:rsid w:val="00CE486E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F91DE249B2D64236B5C9B282FE9D467B">
     <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="90"/>
       <w:szCs w:val="88"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="71855CAFCD0440C4880AB5CD94A60020">
     <w:name w:val="71855CAFCD0440C4880AB5CD94A60020"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1773E824CD9F477BB864AD976AEFC2AE">
-[...1 lines deleted...]
-    <w:rsid w:val="007154C5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A8BBCE0BCB94590B2A65582494E1E23">
+    <w:name w:val="7A8BBCE0BCB94590B2A65582494E1E23"/>
     <w:pPr>
-      <w:pBdr>
-[...7 lines deleted...]
-      <w:jc w:val="right"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A84220C3C85436FAF83B0842F3E1FD9">
+    <w:name w:val="5A84220C3C85436FAF83B0842F3E1FD9"/>
+    <w:rsid w:val="00CE486E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ONR colours">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
@@ -16217,236 +16947,602 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="729a6f9d-3f32-42ac-acf1-d5ecfa3937de">
+    <TaxCatchAll xmlns="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <PolicyPortalProcessSpecialismFunctionTopic xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalFirstPublicationDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalProcessOwnerRoleHolder>
+    <PolicyPortalPublishStatus xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegatePostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="05350e14-297a-489c-ad04-faf6563b232c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">[Key words separated by commas]</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f43e2310-82d5-44d8-a731-b695dd9d1339</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <PolicyPortalDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocType xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueNo xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldRecordRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerPostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegateRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalResponsibleDelegateRoleHolder>
+    <PolicyPortalDirectorate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <dd2817321d504f1caee75a1112d299d4 xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </lcf76f155ced4ddcb4097134ff3c332f>
+    </dd2817321d504f1caee75a1112d299d4>
+    <PolicyPortalReviewDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PCR_x003f_ xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">false</PCR_x003f_>
+    <PolicyPortalIssueHistoryComments xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61"/>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="66693000-3e12-4b44-a742-9a2ba35b7d28" ContentTypeId="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C57" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="HOW2 Hub Document" ma:contentTypeID="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227" ma:contentTypeVersion="220" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="724e73164808191a758277c779b53781">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4e2855-9588-4bc9-9890-af639bd565eb" xmlns:ns3="05350e14-297a-489c-ad04-faf6563b232c" xmlns:ns4="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0d07b2e48c5c6cb673863f8fde9c9f33" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <xsd:import namespace="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <xsd:import namespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...7 lines deleted...]
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueNo" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocType" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDirectorate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessSpecialismFunctionTopic" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerPostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegatePostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegateRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueHistoryComments" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalFirstPublicationDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldRecordRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalPublishStatus" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:dd2817321d504f1caee75a1112d299d4" minOccurs="0"/>
+                <xsd:element ref="ns4:PCR_x003f_" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="729a6f9d-3f32-42ac-acf1-d5ecfa3937de" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c4e2855-9588-4bc9-9890-af639bd565eb" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="PolicyPortalIssueNo" ma:index="2" nillable="true" ma:displayName="Issue No." ma:internalName="PolicyPortalIssueNo" ma:percentage="FALSE">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="PolicyPortalDocRef" ma:index="3" nillable="true" ma:displayName="Doc. Ref." ma:internalName="PolicyPortalDocRef">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
-[...9 lines deleted...]
-        <xsd:restriction base="dms:Note">
+        <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="PolicyPortalDocType" ma:index="4" nillable="true" ma:displayName="Doc. Type" ma:format="Dropdown" ma:internalName="PolicyPortalDocType">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...17 lines deleted...]
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Framework/Strategy"/>
+          <xsd:enumeration value="Guidance (Gen.)"/>
+          <xsd:enumeration value="Handbook"/>
+          <xsd:enumeration value="HSW Standard"/>
+          <xsd:enumeration value="Instruction"/>
+          <xsd:enumeration value="Manual"/>
+          <xsd:enumeration value="MoU"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+          <xsd:enumeration value="Protocol"/>
+          <xsd:enumeration value="R2A2"/>
+          <xsd:enumeration value="Strategy"/>
+          <xsd:enumeration value="TAG"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="TIG"/>
+          <xsd:enumeration value="TOR"/>
+          <xsd:enumeration value="N/A"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="PolicyPortalDirectorate" ma:index="5" nillable="true" ma:displayName="Directorate" ma:format="Dropdown" ma:internalName="PolicyPortalDirectorate">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Corporate Security and Resilience Office"/>
+          <xsd:enumeration value="Finance"/>
+          <xsd:enumeration value="Governance and Private Office"/>
+          <xsd:enumeration value="HR"/>
+          <xsd:enumeration value="IT"/>
+          <xsd:enumeration value="New Reactors"/>
+          <xsd:enumeration value="Operating Facilities"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs"/>
+          <xsd:enumeration value="Technical"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="PolicyPortalProcessSpecialismFunctionTopic" ma:index="6" nillable="true" ma:displayName="Process / Specialism / Function / Topic" ma:format="Dropdown" ma:internalName="PolicyPortalProcessSpecialismFunctionTopic">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Academy - Training / L&amp;D"/>
+              <xsd:enumeration value="Accessibility"/>
+              <xsd:enumeration value="Accounting &amp; Budgeting"/>
+              <xsd:enumeration value="ALARP Working Group"/>
+              <xsd:enumeration value="Anti-Bribery and Corruption, and Fraud Prevention Compliance"/>
+              <xsd:enumeration value="Assessment (Nuclear safety)"/>
+              <xsd:enumeration value="Business Impact Target (BIT)"/>
+              <xsd:enumeration value="Business Travel"/>
+              <xsd:enumeration value="Change Management (Org.)"/>
+              <xsd:enumeration value="Chemistry &amp; Chemical Engineering"/>
+              <xsd:enumeration value="Civil Engineering"/>
+              <xsd:enumeration value="Civil Engineering and External Hazards (CEEH)"/>
+              <xsd:enumeration value="Civil Nuclear Security"/>
+              <xsd:enumeration value="Comms"/>
+              <xsd:enumeration value="Conducting Investigations"/>
+              <xsd:enumeration value="Compliance"/>
+              <xsd:enumeration value="Contractor Management"/>
+              <xsd:enumeration value="Cyber Security and Information Assurance"/>
+              <xsd:enumeration value="Data Protection"/>
+              <xsd:enumeration value="Defence - Propulsion"/>
+              <xsd:enumeration value="Delivery Lead - Technical Division (R&amp;TS)"/>
+              <xsd:enumeration value="Development of Regulations and Guides"/>
+              <xsd:enumeration value="Diversity &amp; Inclusion (HR)"/>
+              <xsd:enumeration value="Divisional Delivery Support (DDS)"/>
+              <xsd:enumeration value="EC&amp;I Engineering"/>
+              <xsd:enumeration value="Efficiency Framework"/>
+              <xsd:enumeration value="Emergency P&amp;R"/>
+              <xsd:enumeration value="Emergency Preparedness &amp; Response (EP&amp;R)"/>
+              <xsd:enumeration value="Environment and Sustainability"/>
+              <xsd:enumeration value="Estates"/>
+              <xsd:enumeration value="Expenses"/>
+              <xsd:enumeration value="Export Control"/>
+              <xsd:enumeration value="Fault Analysis"/>
+              <xsd:enumeration value="Freedom of Information (FOI) &amp; Gen. Enquiries"/>
+              <xsd:enumeration value="GDA"/>
+              <xsd:enumeration value="Gifts and Hospitality"/>
+              <xsd:enumeration value="Governance"/>
+              <xsd:enumeration value="Health, Safety and Wellbeing (HSW)"/>
+              <xsd:enumeration value="Human &amp; Organisational Capability"/>
+              <xsd:enumeration value="Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Information Management"/>
+              <xsd:enumeration value="Information Security"/>
+              <xsd:enumeration value="International Cooperation"/>
+              <xsd:enumeration value="Invoice Management"/>
+              <xsd:enumeration value="IT"/>
+              <xsd:enumeration value="Land Use Planning"/>
+              <xsd:enumeration value="Leadership and Management for Safety and Security"/>
+              <xsd:enumeration value="Learning &amp; Development"/>
+              <xsd:enumeration value="Legal Support"/>
+              <xsd:enumeration value="Management System"/>
+              <xsd:enumeration value="Mechanical Engineering"/>
+              <xsd:enumeration value="New build/construction"/>
+              <xsd:enumeration value="NHSS"/>
+              <xsd:enumeration value="Notification &amp; Authorisation"/>
+              <xsd:enumeration value="Nuclear Liabilities Regulation"/>
+              <xsd:enumeration value="Operating Reactors"/>
+              <xsd:enumeration value="Operational Inspection"/>
+              <xsd:enumeration value="Organisational Learning"/>
+              <xsd:enumeration value="People Services"/>
+              <xsd:enumeration value="Performance Management (HR)"/>
+              <xsd:enumeration value="Permissioning"/>
+              <xsd:enumeration value="PMO"/>
+              <xsd:enumeration value="Policy"/>
+              <xsd:enumeration value="Procurement"/>
+              <xsd:enumeration value="Radiological Protection &amp; Criticality"/>
+              <xsd:enumeration value="Regulations &amp; Regulatory Issues"/>
+              <xsd:enumeration value="Regulatory Assurance"/>
+              <xsd:enumeration value="Regulatory Oversight"/>
+              <xsd:enumeration value="Research &amp; Development"/>
+              <xsd:enumeration value="Risk Management"/>
+              <xsd:enumeration value="RITE"/>
+              <xsd:enumeration value="Safeguards"/>
+              <xsd:enumeration value="Safety Case Working Group"/>
+              <xsd:enumeration value="Security &amp; Information Regulatory Assurance"/>
+              <xsd:enumeration value="Sellafield"/>
+              <xsd:enumeration value="Shared Services"/>
+              <xsd:enumeration value="Structural Integrity"/>
+              <xsd:enumeration value="Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="Whistleblowing"/>
+              <xsd:enumeration value="WIReD"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="PolicyPortalProcessOwnerPostTitle" ma:index="7" nillable="true" ma:displayName="Process Owner (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalProcessOwnerPostTitle">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CIO"/>
+          <xsd:enumeration value="CISO"/>
+          <xsd:enumeration value="Data Protection Officer (DPO)"/>
+          <xsd:enumeration value="Finance Director"/>
+          <xsd:enumeration value="Head of Governance and Private Office"/>
+          <xsd:enumeration value="HR Director"/>
+          <xsd:enumeration value="New Reactors Director"/>
+          <xsd:enumeration value="Operating Facilities Director"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste Director"/>
+          <xsd:enumeration value="Senior Director of Regulation"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs Director"/>
+          <xsd:enumeration value="Technical Director"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
-[...8 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="PolicyPortalProcessOwnerRoleHolder" ma:index="8" nillable="true" ma:displayName="Process Owner (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalProcessOwnerRoleHolder" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="PolicyPortalResponsibleDelegatePostTitle" ma:index="9" nillable="true" ma:displayName="Responsible Delegate (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalResponsibleDelegatePostTitle">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Chair of Accessibility Working Group (AWG)"/>
+              <xsd:enumeration value="Corporate Security Manager"/>
+              <xsd:enumeration value="Data Protection Compliance Lead"/>
+              <xsd:enumeration value="Deputy Director of Regulation (TD)"/>
+              <xsd:enumeration value="Executive Office Support"/>
+              <xsd:enumeration value="Export Control Manager"/>
+              <xsd:enumeration value="Governance and Compliance Lead"/>
+              <xsd:enumeration value="Governance Manager"/>
+              <xsd:enumeration value="Head of Academy"/>
+              <xsd:enumeration value="Head of Commercial Management and Procurement"/>
+              <xsd:enumeration value="Head of Communications"/>
+              <xsd:enumeration value="Head of Compliance"/>
+              <xsd:enumeration value="Head of Data and Analytics"/>
+              <xsd:enumeration value="Head of Governance and Compliance"/>
+              <xsd:enumeration value="Head of Private Office"/>
+              <xsd:enumeration value="Head of Estates and Shared Services"/>
+              <xsd:enumeration value="Head of Finance and Commercial"/>
+              <xsd:enumeration value="Head of Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Head of International Strategy and Public Correspondence"/>
+              <xsd:enumeration value="Head of IT"/>
+              <xsd:enumeration value="Head of Legal Liaison"/>
+              <xsd:enumeration value="Head of Organisational Development (HR)"/>
+              <xsd:enumeration value="Head of Organisational Learning"/>
+              <xsd:enumeration value="Head of People Services"/>
+              <xsd:enumeration value="Head of PMO"/>
+              <xsd:enumeration value="Head of Policy"/>
+              <xsd:enumeration value="Head of Regulatory Policy and Standards"/>
+              <xsd:enumeration value="Head of Risk and Assurance"/>
+              <xsd:enumeration value="HoR - Advanced Nuclear Technologies (ANTs) and Holtec SMR-300 GDA"/>
+              <xsd:enumeration value="HoR - Emergency Preparedness and Response"/>
+              <xsd:enumeration value="HoR - Rolls-Royce SMR (GDA)"/>
+              <xsd:enumeration value="HoR - Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="HoR - Sellafield Compliance Intelligence and Enforcement"/>
+              <xsd:enumeration value="HoR - Sellafield Project Delivery"/>
+              <xsd:enumeration value="HoR - Sellafield Decommissioning"/>
+              <xsd:enumeration value="HoP - Civil Engineering and External Hazards"/>
+              <xsd:enumeration value="HoP - Cyber Security &amp; Information Assurance"/>
+              <xsd:enumeration value="HoP - DDS"/>
+              <xsd:enumeration value="HoP - Electrical, Control and Instrumentation Engineering"/>
+              <xsd:enumeration value="HoP - Fault Analysis"/>
+              <xsd:enumeration value="HoP - Human and Organisational Capability"/>
+              <xsd:enumeration value="HoP - Mechanical Engineering and Structural Integrity"/>
+              <xsd:enumeration value="HoP - Nuclear Internal Hazards and Site Safety"/>
+              <xsd:enumeration value="HoP - Nuclear Liabilities, Chemistry and Chemical Engineering"/>
+              <xsd:enumeration value="HoP - Operational Inspection"/>
+              <xsd:enumeration value="HoP - Protective Security"/>
+              <xsd:enumeration value="HoP - Radiological Protection and Criticality"/>
+              <xsd:enumeration value="HoP - Regulatory Programme and Business Management"/>
+              <xsd:enumeration value="HoP - Safeguards"/>
+              <xsd:enumeration value="HSW Manager"/>
+              <xsd:enumeration value="Information Management Manager"/>
+              <xsd:enumeration value="WIReD Product Owner"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegateRoleHolder" ma:index="10" nillable="true" ma:displayName="Responsible Delegate (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalResponsibleDelegateRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueDate" ma:index="11" nillable="true" ma:displayName="Issue Date" ma:format="DateOnly" ma:internalName="PolicyPortalIssueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalReviewDate" ma:index="12" nillable="true" ma:displayName="Review Date" ma:format="DateOnly" ma:internalName="PolicyPortalReviewDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueHistoryComments" ma:index="15" nillable="true" ma:displayName="Issue History/Comments" ma:internalName="PolicyPortalIssueHistoryComments">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a11b1cc5-3596-4fc7-8698-9c693bc52871}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61">
+    <xsd:element name="PolicyPortalFirstPublicationDate" ma:index="16" nillable="true" ma:displayName="First Publication Date" ma:format="DateOnly" ma:internalName="PolicyPortalFirstPublicationDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldDocRef" ma:index="17" nillable="true" ma:displayName="Old Doc. Ref." ma:internalName="PolicyPortalOldDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldRecordRef" ma:index="18" nillable="true" ma:displayName="Old Record Ref." ma:internalName="PolicyPortalOldRecordRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalPublishStatus" ma:index="25" nillable="true" ma:displayName="Publish Status" ma:format="Dropdown" ma:internalName="PolicyPortalPublishStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Live"/>
+          <xsd:enumeration value="Unpublished"/>
+          <xsd:enumeration value="Withdrawn"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="05350e14-297a-489c-ad04-faf6563b232c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="26" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="27" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="28" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="30" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="31" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{85a4ca9d-4aea-456d-868e-8e20a97dbaed}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="05350e14-297a-489c-ad04-faf6563b232c">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="dd2817321d504f1caee75a1112d299d4" ma:index="33" nillable="true" ma:taxonomy="true" ma:internalName="dd2817321d504f1caee75a1112d299d4" ma:taxonomyFieldName="Topic" ma:displayName="Topic" ma:default="" ma:fieldId="{dd281732-1d50-4f1c-aee7-5a1112d299d4}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="7b4e1cbc-bd02-4183-9474-8a15f7a1216f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PCR_x003f_" ma:index="34" nillable="true" ma:displayName="PCR?" ma:default="0" ma:description="Document forms part of the Policy Compliance Report for ARAC." ma:format="Dropdown" ma:internalName="PCR_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="23" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -16491,51 +17587,51 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
   <b:Source>
     <b:Tag>IAE8</b:Tag>
     <b:SourceType>InternetSite</b:SourceType>
     <b:Guid>{9828322D-D151-428C-9D36-AE3ED026A521}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>IAEA</b:Corporate>
       </b:Author>
     </b:Author>
     <b:Title>INFCIRC/951/Add.1 - Protocol additional to the Agreement between the UK of GB and NI and the IAEA for the Application of Safeguards in the UK of GB and NI in Connection with the Treaty on the Non-Proliferation of Nuclear Weapons</b:Title>
     <b:Year>2021</b:Year>
     <b:URL>https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/754614/MS_12.2018_VOA_Protocol.pdf</b:URL>
     <b:RefOrder>2</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>HMG6</b:Tag>
     <b:SourceType>InternetSite</b:SourceType>
     <b:Guid>{A35FF4DF-63D4-40F7-A544-3FD2FF84A3A6}</b:Guid>
     <b:Title>The Nuclear Safeguards (EU Exit) Regulations 2019</b:Title>
     <b:Author>
       <b:Author>
         <b:Corporate>HM Government</b:Corporate>
       </b:Author>
     </b:Author>
@@ -16544,139 +17640,422 @@
   </b:Source>
   <b:Source>
     <b:Tag>ONR1</b:Tag>
     <b:SourceType>ElectronicSource</b:SourceType>
     <b:Guid>{6AF41EEC-38D2-4A0F-822D-AE425EA5AE27}</b:Guid>
     <b:Title>ONR-OL-PROC-002 - Process for Notifying Incidents to ONR</b:Title>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
     <b:RefOrder>3</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F796F7F-7425-46D8-8540-E9114EFA6590}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{917282EB-B374-4F78-89F8-07EC33F79AAC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="729a6f9d-3f32-42ac-acf1-d5ecfa3937de"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F796F7F-7425-46D8-8540-E9114EFA6590}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EE2C132-D548-4727-9CDF-8D938EF6C3CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82381A4F-77D0-4F77-AC8F-9E62E0FE083B}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB27B510-64EE-496A-B50F-DF60A8412558}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6ED39D0-1251-4EE1-A8E0-6B453FC943CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="729a6f9d-3f32-42ac-acf1-d5ecfa3937de"/>
-    <ds:schemaRef ds:uri="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31C19422-9DE5-411B-AA02-41F3FE2C87F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
   <TotalTime></TotalTime>
   <Pages>19</Pages>
-  <Words>3416</Words>
-  <Characters>19476</Characters>
+  <Words>3690</Words>
+  <Characters>21034</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>162</Lines>
-  <Paragraphs>45</Paragraphs>
+  <Lines>175</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22847</CharactersWithSpaces>
+  <CharactersWithSpaces>24675</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="84" baseType="variant">
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>99</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>87</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>71</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867219</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>65</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867218</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>59</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867217</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>53</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867216</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>47</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867215</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>41</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867214</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>35</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867213</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>29</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867212</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>23</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867211</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>17</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867210</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638462</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>11</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867209</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638462</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc218867208</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Notification Guidance for Nuclear Safeguards Incidents</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
   <dc:creator>Liam Dunning</dc:creator>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>1.3</cp:contentStatus>
+  <cp:contentStatus>1.4</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-    <vt:lpwstr>0x010100D4DFBED514CE1545AFF76711782B71B8</vt:lpwstr>
+    <vt:lpwstr>0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>