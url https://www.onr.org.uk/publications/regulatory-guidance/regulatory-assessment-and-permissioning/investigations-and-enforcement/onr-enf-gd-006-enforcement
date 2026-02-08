--- v1 (2025-11-30)
+++ v2 (2026-02-08)
@@ -124,51 +124,51 @@
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
             <w:r w:rsidR="0016303C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Guidance</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="56"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="37341E0F" w:rsidR="00D0226A" w:rsidRPr="006D1B7A" w:rsidRDefault="00E454D6" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="37341E0F" w:rsidR="00D0226A" w:rsidRPr="006D1B7A" w:rsidRDefault="003F6C3E" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
                     <w:sz w:val="56"/>
                     <w:szCs w:val="56"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="56"/>
                       <w:szCs w:val="56"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
@@ -283,54 +283,55 @@
       <w:r w:rsidRPr="006D1B7A">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FDB4B56" w14:textId="6C10B266" w:rsidR="00595C8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00595C8C" w:rsidP="00323E71">
       <w:pPr>
         <w:sectPr w:rsidR="00595C8C" w:rsidRPr="006D1B7A" w:rsidSect="001A677D">
           <w:headerReference w:type="default" r:id="rId16"/>
           <w:footerReference w:type="default" r:id="rId17"/>
           <w:headerReference w:type="first" r:id="rId18"/>
           <w:footerReference w:type="first" r:id="rId19"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AE5EE98" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="006D1B7A" w:rsidRDefault="00267815" w:rsidP="00EE0C77">
       <w:pPr>
         <w:pStyle w:val="ContentsHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65365691" w14:textId="24C442D0" w:rsidR="0016630A" w:rsidRDefault="00886D17">
+    <w:p w14:paraId="65365691" w14:textId="76253066" w:rsidR="0016630A" w:rsidRDefault="00886D17">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "2-2" \h \z \t "Heading 1,1" </w:instrText>
       </w:r>
@@ -370,65 +371,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="0016630A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="0016630A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836303 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="0016630A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="0016630A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0016630A">
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="0016630A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70A3EC5D" w14:textId="00C72555" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="70A3EC5D" w14:textId="2C6B7287" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836304" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -450,65 +451,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836304 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5BAF9702" w14:textId="75522C80" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="5BAF9702" w14:textId="43CAB696" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836305" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2.1.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -530,65 +531,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836305 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A40FEDD" w14:textId="55F56C6F" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="7A40FEDD" w14:textId="335DA0DD" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836306" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2.2.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -610,65 +611,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836306 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A7E6E01" w14:textId="189629CF" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="2A7E6E01" w14:textId="665C240A" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836307" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2.3.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -690,65 +691,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836307 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F4EF0CF" w14:textId="3CD395DC" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="4F4EF0CF" w14:textId="468E182E" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836308" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2.4.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -770,65 +771,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836308 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="227903E0" w14:textId="6874C5D7" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="227903E0" w14:textId="5B49D661" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836309" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -850,65 +851,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836309 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17967794" w14:textId="6169563C" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="17967794" w14:textId="10162B35" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836310" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.1.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -930,65 +931,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836310 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02761C05" w14:textId="1F8EE212" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="02761C05" w14:textId="312B49E7" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836311" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.2.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1010,65 +1011,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836311 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="081DA896" w14:textId="1E81C0B5" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="081DA896" w14:textId="4E4A995C" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836312" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.3.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1090,65 +1091,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836312 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="74D941E2" w14:textId="64D49E2F" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="74D941E2" w14:textId="46CD7119" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836313" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.4.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1170,65 +1171,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836313 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DC15F32" w14:textId="6DDA2205" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="4DC15F32" w14:textId="05D811F4" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836314" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.5.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1250,65 +1251,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836314 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E6DE5A5" w14:textId="1E507897" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="0E6DE5A5" w14:textId="4315BA41" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836315" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.6.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1331,65 +1332,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836315 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="290FB4AC" w14:textId="74669C74" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="290FB4AC" w14:textId="3E7905A2" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836316" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.7.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1411,65 +1412,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836316 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A92FA22" w14:textId="7D476782" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="5A92FA22" w14:textId="3D3689C6" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836317" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.8.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1491,65 +1492,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836317 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5392C769" w14:textId="35387C6E" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="5392C769" w14:textId="26BCDABD" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836318" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.9.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1571,65 +1572,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836318 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40F8F7E9" w14:textId="4FB2EE84" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="40F8F7E9" w14:textId="09099411" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836319" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.10.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1651,65 +1652,65 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836319 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A4B8DA6" w14:textId="0DC2710D" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="2A4B8DA6" w14:textId="3414B40E" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836320" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3.11.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="24"/>
@@ -1731,482 +1732,482 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836320 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F85D147" w14:textId="455C261F" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="2F85D147" w14:textId="17844BBA" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836321" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix A – Types of enforcement actions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836321 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3BBA5E92" w14:textId="62FDD579" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="3BBA5E92" w14:textId="7C040BB1" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836322" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix B – Examples of consequence levels</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836322 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>36</w:t>
+          <w:t>37</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77CACF57" w14:textId="1E2C96E1" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="77CACF57" w14:textId="4D56C020" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836323" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix C – Dutyholder and strategic factors</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836323 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>39</w:t>
+          <w:t>40</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A8147AC" w14:textId="68BB44CD" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="3A8147AC" w14:textId="565F0194" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836324" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix D - Examples of compliance and administrative issues</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836324 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>43</w:t>
+          <w:t>44</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CA7701F" w14:textId="2B39ACB3" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="0CA7701F" w14:textId="5E235E17" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836325" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>References</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836325 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>48</w:t>
+          <w:t>49</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E85188D" w14:textId="3280B40C" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="0E85188D" w14:textId="7D211BBC" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836326" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Glossary</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836326 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>50</w:t>
+          <w:t>51</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="230B910C" w14:textId="142FD5E0" w:rsidR="0016630A" w:rsidRDefault="0016630A">
+    <w:p w14:paraId="230B910C" w14:textId="0258F70D" w:rsidR="0016630A" w:rsidRDefault="0016630A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc213836327" w:history="1">
         <w:r w:rsidRPr="00F03810">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Document control information</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc213836327 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="003F6C3E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>52</w:t>
+          <w:t>53</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0CC4B54A" w14:textId="0DC83934" w:rsidR="00267815" w:rsidRPr="006D1B7A" w:rsidRDefault="00886D17" w:rsidP="00267815">
       <w:r w:rsidRPr="006D1B7A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="716B9A7E" w14:textId="77777777" w:rsidR="003E098E" w:rsidRPr="006D1B7A" w:rsidRDefault="003E098E" w:rsidP="00267815"/>
     <w:p w14:paraId="4812BFF8" w14:textId="77777777" w:rsidR="003E098E" w:rsidRPr="006D1B7A" w:rsidRDefault="003E098E" w:rsidP="00267815">
       <w:pPr>
         <w:sectPr w:rsidR="003E098E" w:rsidRPr="006D1B7A" w:rsidSect="001A677D">
           <w:headerReference w:type="even" r:id="rId20"/>
           <w:headerReference w:type="default" r:id="rId21"/>
           <w:footerReference w:type="even" r:id="rId22"/>
           <w:footerReference w:type="default" r:id="rId23"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
@@ -2267,50 +2268,51 @@
       <w:r w:rsidR="004372B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004372B9" w:rsidRPr="004372B9">
         <w:t>security, health, safety, safeguards and welfare standards</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> required by law. To do this ONR has been provided with a range of enforcement powers, from providing advice to instigating court proceedings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E97AC6" w14:textId="72335313" w:rsidR="00826673" w:rsidRPr="006D1B7A" w:rsidRDefault="001F4BA5" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>All ONR staff who make enforcement decisions are required to follow ONR’s Enforcement Policy Statement</w:t>
       </w:r>
       <w:r w:rsidR="00441C24" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> (EPS) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="422543277"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FB366D">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00FB366D">
             <w:instrText xml:space="preserve">CITATION ONR14 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00FB366D">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00FB366D" w:rsidRPr="00FB366D">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r w:rsidR="00FB366D">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00441C24" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
@@ -2510,50 +2512,51 @@
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidR="00C842BE" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="001B70BA" w:rsidRPr="006D1B7A">
         <w:t>inspectors who are carrying out peer review or approval of enforcement decisions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C03D266" w14:textId="77777777" w:rsidR="001A677D" w:rsidRDefault="001A677D" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:sectPr w:rsidR="001A677D" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0332C0EF" w14:textId="78FE4497" w:rsidR="00241436" w:rsidRPr="006D1B7A" w:rsidRDefault="00241436" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Enforcement is </w:t>
       </w:r>
       <w:r w:rsidR="00DB5046" w:rsidRPr="006D1B7A">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009516D3" w:rsidRPr="006D1B7A">
         <w:t>foundation to how we regulate</w:t>
       </w:r>
       <w:r w:rsidR="0068636A" w:rsidRPr="006D1B7A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005D300E" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00955254" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">The term ‘enforcement’ has a wide meaning and applies to all dealings between enforcing authorities and those on whom the law places duties. </w:t>
       </w:r>
       <w:r w:rsidR="0068636A" w:rsidRPr="006D1B7A">
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="003243E2" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">e are considering it throughout our interactions, </w:t>
@@ -2629,50 +2632,51 @@
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E153B15" w14:textId="77777777" w:rsidR="001A677D" w:rsidRDefault="001A677D" w:rsidP="00C459E9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:sectPr w:rsidR="001A677D" w:rsidSect="001A677D">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CF3A439" w14:textId="7A0A3E5D" w:rsidR="00FF198B" w:rsidRPr="006D1B7A" w:rsidRDefault="00FF198B" w:rsidP="00C459E9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc213836304"/>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Purpose </w:t>
       </w:r>
       <w:r w:rsidR="00C459E9" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">and application of </w:t>
       </w:r>
       <w:r w:rsidR="00957CFE" w:rsidRPr="006D1B7A">
         <w:t>enforcement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="1526F52D" w14:textId="2101259C" w:rsidR="00957CFE" w:rsidRPr="006D1B7A" w:rsidRDefault="00957CFE" w:rsidP="00957CFE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc213836305"/>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">Purpose of </w:t>
       </w:r>
       <w:r w:rsidR="001D4E28" w:rsidRPr="006D1B7A">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>he E</w:t>
       </w:r>
       <w:r w:rsidR="00B62A9A" w:rsidRPr="006D1B7A">
@@ -2837,50 +2841,51 @@
           <w:b/>
         </w:rPr>
         <w:t>making tool</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">. Rather it guides inspectors in considering the key aspects of a dutyholder’s shortfall in performance; to arrive at the most appropriate enforcement decision for the circumstances. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780B5066" w14:textId="77777777" w:rsidR="001A677D" w:rsidRDefault="001A677D" w:rsidP="00E24D77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="001A677D" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="072A6773" w14:textId="24E316D0" w:rsidR="00FE482C" w:rsidRPr="006D1B7A" w:rsidRDefault="00675D7F" w:rsidP="00E24D77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc213836306"/>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>Circumstances w</w:t>
       </w:r>
       <w:r w:rsidR="00DA17B9" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">here we expect to </w:t>
       </w:r>
       <w:r w:rsidR="00C21E9F" w:rsidRPr="006D1B7A">
         <w:t>consider</w:t>
       </w:r>
       <w:r w:rsidR="00DA17B9" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> prosecution</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="2EC11091" w14:textId="401F92F2" w:rsidR="00144605" w:rsidRPr="006D1B7A" w:rsidRDefault="000E0DFB" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="003D1F28">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The EMM cannot dictate that prosecution will be taken</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
@@ -2923,50 +2928,51 @@
     </w:p>
     <w:p w14:paraId="1E503EA0" w14:textId="03B15BD8" w:rsidR="005F0C91" w:rsidRPr="006D1B7A" w:rsidRDefault="001B16F8" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>The inspector should identify</w:t>
       </w:r>
       <w:r w:rsidR="00276408" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> from </w:t>
       </w:r>
       <w:r w:rsidR="006E192B" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00DA7672" w:rsidRPr="006D1B7A">
         <w:t>EPS</w:t>
       </w:r>
       <w:r w:rsidR="00FB366D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="541414017"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FB366D">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00FB366D">
             <w:instrText xml:space="preserve"> CITATION ONR14 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00FB366D">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00FB366D" w:rsidRPr="00FB366D">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r w:rsidR="00FB366D">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00217D38">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B6124C" w:rsidRPr="006D1B7A">
@@ -3415,50 +3421,51 @@
               <w:noProof/>
             </w:rPr>
             <w:t>[6]</w:t>
           </w:r>
           <w:r w:rsidR="00F20DD9">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00096299">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00FE17D5" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE92B3F" w14:textId="00E45296" w:rsidR="00376613" w:rsidRPr="006D1B7A" w:rsidRDefault="007A6560" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>HSWA</w:t>
       </w:r>
       <w:r w:rsidR="000177E0">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE17D5" w:rsidRPr="006D1B7A">
         <w:t>Section 7</w:t>
       </w:r>
       <w:r>
         <w:t>; TEA</w:t>
       </w:r>
       <w:r w:rsidR="001A2A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007559D9">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="000177E0">
         <w:t xml:space="preserve">art </w:t>
       </w:r>
       <w:r w:rsidR="007559D9">
         <w:t>3</w:t>
@@ -3772,50 +3779,51 @@
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00FB366D" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AD69692" w14:textId="66F69A6A" w:rsidR="00DD7BCD" w:rsidRPr="006D1B7A" w:rsidRDefault="00DD7BCD" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Inspectors should have a </w:t>
       </w:r>
       <w:r w:rsidR="00DD6618">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>sound</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> understanding of the hazards and control measures associated with the dutyholder’s activities. The process of making enforcement decisions is </w:t>
       </w:r>
       <w:r w:rsidR="004F5C70" w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>multi-faceted</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and involve</w:t>
@@ -4279,50 +4287,51 @@
       </w:r>
       <w:r w:rsidR="005C7FA2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0094494A">
         <w:t xml:space="preserve">appropriate enforcement action for inspections which are </w:t>
       </w:r>
       <w:r w:rsidR="00061CF3">
         <w:t xml:space="preserve">overall </w:t>
       </w:r>
       <w:r w:rsidR="0094494A">
         <w:t xml:space="preserve">rated </w:t>
       </w:r>
       <w:r w:rsidR="004B0ECA">
         <w:t>amber</w:t>
       </w:r>
       <w:r w:rsidR="00FC2F67">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570E0604" w14:textId="77777777" w:rsidR="00FB366D" w:rsidRDefault="00FB51AE" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">In relation to NSHS matters inspectors should consider HSE operational guidance and enforcement </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="885758577"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00261072">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00261072">
             <w:instrText xml:space="preserve"> CITATION HSE11 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00261072">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00EB346B" w:rsidRPr="00EB346B">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[9]</w:t>
           </w:r>
           <w:r w:rsidR="00261072">
@@ -4651,50 +4660,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BC7CE4A" w14:textId="77777777" w:rsidR="0007336F" w:rsidRPr="006D1B7A" w:rsidRDefault="0007336F" w:rsidP="0007336F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="0007336F" w:rsidRPr="006D1B7A" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0249AD38" w14:textId="6287EE8E" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="00B17799">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc213836309"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Process of </w:t>
       </w:r>
       <w:r w:rsidR="000A4BBB" w:rsidRPr="006D1B7A">
         <w:t>applying the EMM</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="77E03B24" w14:textId="2540BE9B" w:rsidR="00B17799" w:rsidRPr="000177E0" w:rsidRDefault="00B17799" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="000177E0">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00A42E19" w:rsidRPr="000177E0">
         <w:t xml:space="preserve">process for enforcement </w:t>
       </w:r>
       <w:r w:rsidR="00924072" w:rsidRPr="000177E0">
         <w:t xml:space="preserve">decision making </w:t>
       </w:r>
       <w:r w:rsidR="00A42E19" w:rsidRPr="000177E0">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="000177E0">
         <w:t xml:space="preserve">presented in diagrammatic form at </w:t>
@@ -4705,56 +4715,56 @@
       <w:r w:rsidR="00FA1F77" w:rsidRPr="000177E0">
         <w:instrText xml:space="preserve"> REF _Ref173491242 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00871BD6" w:rsidRPr="000177E0">
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00FA1F77" w:rsidRPr="000177E0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00FA1F77" w:rsidRPr="000177E0">
         <w:t>Figure 2</w:t>
       </w:r>
       <w:r w:rsidR="00FA1F77" w:rsidRPr="000177E0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="000177E0">
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Toc449700739"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="56D98439" w14:textId="75E54BCE" w:rsidR="00D5583F" w:rsidRPr="006D1B7A" w:rsidRDefault="00CF69F6" w:rsidP="00D5583F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc46136918"/>
-      <w:bookmarkStart w:id="13" w:name="_Toc213836310"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc213836310"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc46136918"/>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>Matters of Evident Concern</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="0241A738" w14:textId="6E33EA3E" w:rsidR="00590997" w:rsidRPr="006D1B7A" w:rsidRDefault="00867681" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000177E0">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00EE6553" w:rsidRPr="000177E0">
         <w:t>nspectors</w:t>
       </w:r>
       <w:r w:rsidR="00EE6553" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> have a range of options for addressing immediate safety risks</w:t>
       </w:r>
       <w:r w:rsidR="00617C8A" w:rsidRPr="006D1B7A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00590997" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0016630A">
         <w:br/>
@@ -4973,59 +4983,51 @@
       </w:r>
       <w:r w:rsidR="000177E0">
         <w:t>, S</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">ection 63). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6966C803" w14:textId="039217AD" w:rsidR="00EE6553" w:rsidRPr="006D1B7A" w:rsidRDefault="00EE6553" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">If the </w:t>
       </w:r>
       <w:r w:rsidR="00D26A7D">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">nspector is unsure of the appropriate action, they should seek advice from a specialist inspector. If no advice is available, the inspector should make their </w:t>
       </w:r>
       <w:r w:rsidR="000177E0">
-        <w:t>Head of Regulation (</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Head of Regulation (HoR)</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> aware if possible and stop the activity </w:t>
       </w:r>
       <w:r w:rsidR="00BD5819" w:rsidRPr="00BD5819">
         <w:t xml:space="preserve">giving rise to risk of serious personal injury </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">by verbal advice to the dutyholder. In most instances this will be </w:t>
       </w:r>
       <w:r w:rsidR="006360B1" w:rsidRPr="006D1B7A">
         <w:t>enough,</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00A708AF" w:rsidRPr="006D1B7A">
         <w:t>be recorded</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> to confirm how dutyholder(s) have addressed the immediate risk. Where the matter has not been addressed by the dutyholder and the risk of serious personal injury remains, the inspector should stop the activity by the service of a Prohibition Notice</w:t>
       </w:r>
       <w:r w:rsidR="007E2163">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -5039,50 +5041,51 @@
         <w:t>(PN)</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF5BDB5" w14:textId="77777777" w:rsidR="000177E0" w:rsidRDefault="000177E0" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:sectPr w:rsidR="000177E0" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C06188C" w14:textId="77777777" w:rsidR="00AB4D66" w:rsidRPr="00AB4D66" w:rsidRDefault="009476FD" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Further powers</w:t>
       </w:r>
       <w:r w:rsidR="00DA3EB7">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidR="00AB4D66">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5142C5AD" w14:textId="77777777" w:rsidR="00AB4D66" w:rsidRPr="000177E0" w:rsidRDefault="00EE6553" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="NumList2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="1276"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
@@ -5236,50 +5239,51 @@
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EA2C815" w14:textId="69222B48" w:rsidR="00D618EE" w:rsidRPr="006D1B7A" w:rsidRDefault="00377857" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37B0BFB4" wp14:editId="3327D8E1">
             <wp:extent cx="7364764" cy="12592050"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="1089736415" name="Picture 1" descr="Figure 2 - Process of applying the EMM"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1089736415" name="Picture 1" descr="Figure 2 - Process of applying the EMM"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29" r:link="rId30">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -5347,52 +5351,53 @@
       <w:r w:rsidR="000A4BBB" w:rsidRPr="006D1B7A">
         <w:t>applying the EMM</w:t>
       </w:r>
       <w:r w:rsidR="00384E7B" w:rsidRPr="006D1B7A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F98887C" w14:textId="77777777" w:rsidR="006C26AF" w:rsidRPr="006D1B7A" w:rsidRDefault="006C26AF" w:rsidP="006C26AF"/>
     <w:p w14:paraId="6C40378B" w14:textId="77777777" w:rsidR="009D41EF" w:rsidRPr="006D1B7A" w:rsidRDefault="009D41EF" w:rsidP="00B17799">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="009D41EF" w:rsidRPr="006D1B7A" w:rsidSect="001A677D">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="16838" w:h="23811" w:code="8"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="166E70B9" w14:textId="635DF31F" w:rsidR="00F250E0" w:rsidRPr="006D1B7A" w:rsidRDefault="00E36452" w:rsidP="00F250E0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc213836311"/>
-      <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="006D1B7A">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Gap </w:t>
       </w:r>
       <w:r w:rsidR="001A677D">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>nalysis</w:t>
       </w:r>
       <w:r w:rsidR="00F250E0" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> – Risk </w:t>
       </w:r>
       <w:r w:rsidR="001A677D">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00F250E0" w:rsidRPr="006D1B7A">
         <w:t>evel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="2E7DC385" w14:textId="0F08D4FA" w:rsidR="00794D80" w:rsidRDefault="00794D80" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Risk </w:t>
@@ -5746,50 +5751,51 @@
       <w:r w:rsidR="003D1C3F">
         <w:t>, safety and security risks</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB1CD71" w14:textId="77777777" w:rsidR="001A677D" w:rsidRDefault="001A677D" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:sectPr w:rsidR="001A677D" w:rsidSect="001A677D">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="626AE1CC" w14:textId="6F5C15DC" w:rsidR="00777EF9" w:rsidRPr="006D1B7A" w:rsidRDefault="005F25BB" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>The risk level matrix</w:t>
       </w:r>
       <w:r w:rsidR="006E46CF" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> uses two parameters; the </w:t>
       </w:r>
       <w:r w:rsidR="006E46CF" w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>consequence level</w:t>
       </w:r>
       <w:r w:rsidR="006E46CF" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> is a relative measure of the actual or potential harm</w:t>
       </w:r>
       <w:r w:rsidR="002F3EDB" w:rsidRPr="006D1B7A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006E46CF" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> to workers or the public (</w:t>
       </w:r>
       <w:r w:rsidR="00D21C3E">
         <w:t xml:space="preserve">for security </w:t>
       </w:r>
       <w:r w:rsidR="00DD1DDC">
@@ -7005,50 +7011,51 @@
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00946EEC" w:rsidRPr="006D1B7A">
         <w:t>Minor consequences should be selected in circumstances that do not satisfy the criteria for serious or significant consequences and will not result in any permanent harm to workers; harm to the public; or civil disruption.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A25DF51" w14:textId="77777777" w:rsidR="0016630A" w:rsidRDefault="0016630A" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:sectPr w:rsidR="0016630A" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C1A8F12" w14:textId="24B01003" w:rsidR="00073082" w:rsidRPr="006D1B7A" w:rsidRDefault="00592084" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Control </w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>easures</w:t>
       </w:r>
       <w:r w:rsidR="00432D08" w:rsidRPr="006D1B7A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02CA8669" w14:textId="5C37D3E8" w:rsidR="00703E84" w:rsidRPr="006D1B7A" w:rsidRDefault="007C45CD" w:rsidP="00E53294">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Absent / </w:t>
       </w:r>
       <w:r w:rsidR="00703E84" w:rsidRPr="006D1B7A">
         <w:rPr>
@@ -7411,50 +7418,51 @@
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tandards</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> are those which explicitly define what is expected of a dutyholder in terms of how they act in complying with the relevant legislation not requiring interpretation.  The standard will prescribe what is expected, and there will be no alternative approach available to the dutyholder</w:t>
       </w:r>
       <w:r w:rsidR="00431F9E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26BEFE39" w14:textId="581B5FA2" w:rsidR="00775D6B" w:rsidRPr="006D1B7A" w:rsidRDefault="00775D6B" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Defined </w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>tandards can come from a wide range of formal legislation and related guidance documentation, including (but not limited to); Acts, Regulations, Orders, and Approved Codes of Practice (ACoP</w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">). It is worth noting that formal legislation may have, within the same document, a mix of Defined and Established </w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">tandards. Identifying which to apply is the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF0A1D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -7596,50 +7604,51 @@
     <w:p w14:paraId="0B747780" w14:textId="77777777" w:rsidR="00775D6B" w:rsidRPr="006D1B7A" w:rsidRDefault="00775D6B" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>Due consideration should be given to all statutory instruments, ACOPs and HSE guidance when considering the most appropriate benchmark standards from a nuclear site health and safety perspective.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D42127A" w14:textId="77777777" w:rsidR="0016630A" w:rsidRDefault="0016630A" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:sectPr w:rsidR="0016630A" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="745F95A7" w14:textId="58FF134D" w:rsidR="00775D6B" w:rsidRPr="006D1B7A" w:rsidRDefault="00775D6B" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">When considering the BEL, it is possible that multiple standards may be applicable to the circumstance being considered and the circumstances relate to one or several ONR purposes.  The standard that </w:t>
       </w:r>
       <w:r w:rsidRPr="00562A87">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sets the most</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A06F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>relevant benchmark</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> should be the one that is applied. An example would be LC 13; it is explicit in LC 13(4) that the nuclear safety committee should consist of at least seven persons, here the benchmark which is to be achieved is directly set by the LC and so LC 13 can be regarded as the relevant standard, which </w:t>
       </w:r>
       <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> this aspect would be considered </w:t>
@@ -7776,50 +7785,55 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Regulating duties to reduce risks to ALARP’</w:t>
       </w:r>
       <w:r w:rsidR="00E53294" w:rsidRPr="00E53294">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="cf01"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1413274603"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="cf01"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E53294" w:rsidRPr="00BC205A">
             <w:rPr>
               <w:rStyle w:val="cf01"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00E53294">
             <w:rPr>
               <w:rStyle w:val="cf01"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:instrText xml:space="preserve">CITATION ONR100 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00E53294" w:rsidRPr="00BC205A">
             <w:rPr>
               <w:rStyle w:val="cf01"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
@@ -8006,50 +8020,51 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="008F7E49">
         <w:t>, to support inspectors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1B4845" w14:textId="77777777" w:rsidR="0016630A" w:rsidRDefault="0016630A" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:sectPr w:rsidR="0016630A" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0770931F" w14:textId="14565444" w:rsidR="009618A5" w:rsidRPr="0016630A" w:rsidRDefault="00400E2B" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00A05C04">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Proportionate enforcement action is determined by considering the extent of the non-compliance and the standards expected. </w:t>
       </w:r>
       <w:r w:rsidR="0016630A">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0016630A">
         <w:instrText xml:space="preserve"> REF _Ref213835963 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="0016630A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0016630A">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="0016630A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="0016630A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0016630A">
         <w:t xml:space="preserve"> </w:t>
@@ -8932,50 +8947,51 @@
     </w:p>
     <w:p w14:paraId="4AD29A1B" w14:textId="40A54474" w:rsidR="00876AB9" w:rsidRPr="006D1B7A" w:rsidRDefault="00876AB9" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00876AB9" w:rsidRPr="006D1B7A" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31E9D30C" w14:textId="78809340" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00CA2C2B" w:rsidP="000A4BBB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc46136919"/>
       <w:bookmarkStart w:id="22" w:name="_Toc213836314"/>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>Determine the b</w:t>
       </w:r>
       <w:r w:rsidR="00B17799" w:rsidRPr="006D1B7A">
         <w:t>aseline enforcement level (BEL)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="72523A63" w14:textId="3D116C91" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">This is the baseline level of enforcement that is judged appropriate to </w:t>
       </w:r>
       <w:r w:rsidR="006103DE" w:rsidRPr="006D1B7A">
         <w:t>secure</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> compliance; it reflects, and is proportionate to, the risk to health, safety, security or safeguards or the seriousness of any breach of the law.</w:t>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="para27"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="1C4A8AD6" w14:textId="72ED1616" w:rsidR="000A4BBB" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="000177E0">
@@ -10364,50 +10380,51 @@
         </w:rPr>
         <w:t xml:space="preserve">: Refer to </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A_-" w:history="1">
         <w:r w:rsidRPr="006D1B7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> for further information on the types of enforcement actions.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="72BCF96C" w14:textId="77777777" w:rsidR="00787474" w:rsidRPr="006D1B7A" w:rsidRDefault="00787474" w:rsidP="00787474">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc213836315"/>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Application of dutyholder and strategic factors</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="05A266FD" w14:textId="0238E4E1" w:rsidR="00066642" w:rsidRPr="006D1B7A" w:rsidRDefault="00066642" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">The following guidance on dutyholder and strategic factors is aligned to ONR’s guidance on </w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00C156E6">
         <w:t>Risk</w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t>-i</w:t>
       </w:r>
       <w:r w:rsidRPr="00C156E6">
         <w:t>nformed Regulatory Decision Making</w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t>’</w:t>
@@ -10641,50 +10658,51 @@
       </w:r>
       <w:r w:rsidR="00F917C6" w:rsidRPr="00F917C6">
         <w:t xml:space="preserve">enforcement </w:t>
       </w:r>
       <w:r w:rsidRPr="00F917C6">
         <w:t xml:space="preserve">action will produce a net benefit to the wider community in terms of reducing risks, targeting public resources on the most serious risks and the costs of pursuing a particular course of action. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="440A6D8D" w14:textId="77777777" w:rsidR="00E53294" w:rsidRDefault="00E53294" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:sectPr w:rsidR="00E53294" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="634A7657" w14:textId="3A5BE3B4" w:rsidR="00E102C4" w:rsidRPr="00334FC3" w:rsidRDefault="00E102C4" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00334FC3">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Public interest is a difficult issue to assess. Inspectors should ask themselves what a reasonable person would expect from </w:t>
       </w:r>
       <w:r w:rsidR="00334FC3" w:rsidRPr="00334FC3">
         <w:t>ONR</w:t>
       </w:r>
       <w:r w:rsidRPr="00334FC3">
         <w:t xml:space="preserve"> in the circumstances. A further test is whether the particular decision could be justified in any public forum or inquiry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044F00B9" w14:textId="013E4AA8" w:rsidR="009E196A" w:rsidRPr="006D1B7A" w:rsidRDefault="009E196A" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">The inspector should test the proposed enforcement action against the strategic factors in </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_E_–" w:history="1">
         <w:r w:rsidRPr="006D1B7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Appendix </w:t>
         </w:r>
         <w:r w:rsidR="004A225C">
           <w:rPr>
@@ -10939,50 +10957,51 @@
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>deal with the most serious risks in order of priority, and in appropriate timescales?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="358C4EA1" w14:textId="77777777" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>Are underlying causes addressed?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B1495B" w14:textId="0A95CEC5" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Does the enforcement </w:t>
       </w:r>
       <w:r w:rsidR="00BC4E93" w:rsidRPr="006D1B7A">
         <w:t>decision</w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4E93" w:rsidRPr="006D1B7A">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4E93" w:rsidRPr="006D1B7A">
         <w:t>action</w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4E93" w:rsidRPr="006D1B7A">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t xml:space="preserve"> </w:t>
@@ -11202,89 +11221,88 @@
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> decide the most appropriate enforcement action to implement. This review </w:t>
       </w:r>
       <w:r w:rsidR="00F4495E" w:rsidRPr="006D1B7A">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> be proportionate to the </w:t>
       </w:r>
       <w:r w:rsidR="0055341D">
         <w:t xml:space="preserve">enforcement </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">action being recommended to support consistency and credibility of enforcement decisions in ONR.    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C8AC6E7" w14:textId="55D09727" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">The review process requires the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E53294">
         <w:t>HoR</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> to consider</w:t>
       </w:r>
       <w:r w:rsidR="007133B1" w:rsidRPr="006D1B7A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02FD605E" w14:textId="77777777" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>that the application and evidence for dutyholder factors has been appropriately applied if the BEL has been escalated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D669E76" w14:textId="4F9978D6" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>that the application of strategic factors is addressed by the proposed enforcement action</w:t>
       </w:r>
       <w:r w:rsidR="006A0020">
         <w:t xml:space="preserve"> – noting that not all may apply</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74D9E411" w14:textId="66AD5BE2" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>whether the proposed enforcement action meets the EPS</w:t>
       </w:r>
       <w:r w:rsidR="00572551" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> in terms of principles and expectations</w:t>
       </w:r>
       <w:r w:rsidR="001F180A" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> (such as the expectation of when ONR would consider prosecution)</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="660F50CA" w14:textId="77777777" w:rsidR="00B17799" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>that, for consideration of prosecution, the enforcement action meets the Code for Crown Prosecutors in England and Wales or the Prosecutors Code in Scotland.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31914D2D" w14:textId="7D2FC972" w:rsidR="00E07EE6" w:rsidRPr="006D1B7A" w:rsidRDefault="00E07EE6" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
@@ -11400,59 +11418,51 @@
       <w:r w:rsidR="008A405C">
         <w:t>HoR</w:t>
       </w:r>
       <w:r w:rsidR="00BC134C" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">in the EDR. The justification </w:t>
       </w:r>
       <w:r w:rsidR="00927EA2" w:rsidRPr="006D1B7A">
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> also be subject to a separate confirmatory review (usually by the </w:t>
       </w:r>
       <w:r w:rsidR="007C5656" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">most appropriate </w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t>Head of Profession</w:t>
       </w:r>
       <w:r w:rsidR="00BC134C" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve">(HoP) </w:t>
       </w:r>
       <w:r w:rsidR="00BC134C" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00516197" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">Safety, </w:t>
       </w:r>
       <w:r w:rsidR="00E05798" w:rsidRPr="006D1B7A">
         <w:t>Security or Safeguards</w:t>
       </w:r>
       <w:r w:rsidR="00BC134C" w:rsidRPr="006D1B7A">
         <w:t>, on behalf of the Technical Director</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">), who will act independently to advise the </w:t>
       </w:r>
       <w:r w:rsidR="009A346E">
         <w:t>HoR</w:t>
       </w:r>
       <w:r w:rsidR="00BC134C" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">and to ensure consistency in the use of such justifications.  </w:t>
       </w:r>
@@ -11645,50 +11655,51 @@
             <w:instrText xml:space="preserve"> CITATION ONR439 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00E50611" w:rsidRPr="006D1B7A">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00EB346B" w:rsidRPr="00EB346B">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[21]</w:t>
           </w:r>
           <w:r w:rsidR="00E50611" w:rsidRPr="006D1B7A">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A1C6B8" w14:textId="4F11D33B" w:rsidR="00E53294" w:rsidRDefault="00B17799" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>The Regulators Code states that</w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="292A9C15" w14:textId="77777777" w:rsidR="00E53294" w:rsidRPr="00E53294" w:rsidRDefault="00B17799" w:rsidP="00E53294">
       <w:pPr>
         <w:pStyle w:val="QuoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="00E53294">
         <w:t xml:space="preserve">‘Regulators should share information about compliance and risk’ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B889657" w14:textId="6D6DE576" w:rsidR="00E53294" w:rsidRDefault="00B17799" w:rsidP="00E53294">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>and</w:t>
@@ -11865,50 +11876,51 @@
         <w:t>to aid future enforcement decisions and to inform operating experience for inspectors. It also facilitates consistency across the ONR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB37AA6" w14:textId="30FCED89" w:rsidR="00140E1C" w:rsidRPr="006D1B7A" w:rsidRDefault="00B17799" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">Inspectors should track and maintain visibility of formal enforcement actions with the dutyholder </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81D63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>by raising an appropriately categorised regulatory issue</w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="800959055"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E53294">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00E53294">
             <w:instrText xml:space="preserve"> CITATION ONR179 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00E53294">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00E53294" w:rsidRPr="00E53294">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[21]</w:t>
           </w:r>
           <w:r w:rsidR="00E53294">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E53294">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
@@ -11940,50 +11952,51 @@
         </w:numPr>
         <w:sectPr w:rsidR="00E351C8" w:rsidRPr="006D1B7A" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Appendix_A_-"/>
       <w:bookmarkStart w:id="35" w:name="_Appendix_A_–"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="0F15620B" w14:textId="097E8798" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="00E53294">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc213836321"/>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>Appendix A – Types of enforcement actions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="425EFCC3" w14:textId="0C83754B" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="001E7CBC" w:rsidP="00E53294">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E53294">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00631B8C" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">nspectors have a range of legal powers that can be used to compel dutyholders to comply with legal duties, or face prosecution if they fail to do so. </w:t>
       </w:r>
       <w:r w:rsidR="00631B8C" w:rsidRPr="00E53294">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidR="00FD1D23" w:rsidRPr="00E53294">
@@ -12231,50 +12244,51 @@
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:sectPr w:rsidR="002670AE" w:rsidRPr="006D1B7A" w:rsidSect="001A677D">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62404A73" w14:textId="14A35BD7" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="00E53294">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">General points </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D12C4CA" w14:textId="755788B6" w:rsidR="007D1A0D" w:rsidRPr="006D1B7A" w:rsidRDefault="007D1A0D" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F24A28">
         <w:t>The EMM cannot dictate that prosecution will be taken. It can only ever recommend the consideration for prosecution. This is because the EMM does not seek to formally apply any evidential tests to determine if there is sufficient admissible evidence to support prosecution, or to apply a public interest test to determine whether prosecution is proportionate</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>, as required by the Code for Crown Prosecutors. Notwithstanding that for Scotland, the decision to prosecute is taken by the COPFS and not ONR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="577519B5" w14:textId="0C4D89C5" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="002B7775" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
@@ -12457,84 +12471,86 @@
         <w:t xml:space="preserve">There is no Crown exemption from the duties under the HSWA. </w:t>
       </w:r>
       <w:r w:rsidR="00E53294">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">However, the Crown, including MOD as a Crown body cannot be prosecuted for breaches of the law. </w:t>
       </w:r>
       <w:r w:rsidR="009208E1" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">In lieu of formal legal enforcement, ONR has </w:t>
       </w:r>
       <w:r w:rsidR="004E41C2">
         <w:t xml:space="preserve">guidance </w:t>
       </w:r>
       <w:r w:rsidR="009208E1" w:rsidRPr="006D1B7A">
         <w:t>for the raising of Crown Censures in respect of occurrences where it is ONR's opinion that, but for Crown immunity, there would have been sufficient evidence to provide a realistic prospect of conviction in the courts</w:t>
       </w:r>
       <w:r w:rsidR="00E53294" w:rsidRPr="00E53294">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="159511293"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E53294">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00E53294">
             <w:instrText xml:space="preserve">CITATION Reg \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00E53294">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00E53294" w:rsidRPr="00E53294">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[22]</w:t>
           </w:r>
           <w:r w:rsidR="00E53294">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00631B8C" w:rsidRPr="006D1B7A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2F2BB8" w14:textId="77777777" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>When considering the prosecution of employees, inspectors should also take account of the role that the individual employees played in the commission of the offence, and any relevant actions by their employer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FAD15A6" w14:textId="4D09E212" w:rsidR="00631B8C" w:rsidRPr="00C317EB" w:rsidRDefault="00631B8C" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>Directors or</w:t>
       </w:r>
       <w:r w:rsidR="00D17E3C" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">managers may only be prosecuted </w:t>
       </w:r>
       <w:r w:rsidR="00260023" w:rsidRPr="006D1B7A">
         <w:t>(Offences by bodies corporate</w:t>
       </w:r>
       <w:r w:rsidR="00BC2919" w:rsidRPr="006D1B7A">
         <w:rPr>
@@ -12720,50 +12736,51 @@
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:sectPr w:rsidR="006C7099" w:rsidRPr="006D1B7A" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F1346FB" w14:textId="6703628A" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="00C326BD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>Notices, Security Directions and Licence Condition (LC) powers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0196FBBB" w14:textId="75F44976" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="00C326BD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>Security directions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1843E1AB" w14:textId="193FFFE3" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="001A255C" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00631B8C" w:rsidRPr="006D1B7A">
         <w:t>ecurity inspectors have the power to issue directions under the NISR 2003</w:t>
@@ -13016,50 +13033,51 @@
       <w:r w:rsidR="009B7814" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">dutyholder </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">is contravening, or has contravened, one or more of the relevant statutory provisions of HSWA, or the applicable provisions of the TEA13, in circumstances that make it </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70DA7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>likely that the contravention will continue or be repeated</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27E94452" w14:textId="73EA7A47" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Crown bodies are exempt from statutory </w:t>
       </w:r>
       <w:r w:rsidR="00B70346" w:rsidRPr="006D1B7A">
         <w:t>enforcement,</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> but ONR can issue non-statutory notices</w:t>
       </w:r>
       <w:r w:rsidR="00D926A8" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="004323B9" w:rsidRPr="006D1B7A">
         <w:t>Crown notice that work should be stopped</w:t>
       </w:r>
       <w:r w:rsidR="00B566A6" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> (LP52</w:t>
       </w:r>
       <w:r w:rsidR="008E75C7" w:rsidRPr="006D1B7A">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="004323B9" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:bookmarkStart w:id="37" w:name="_Toc25593584"/>
       <w:r w:rsidR="00B566A6" w:rsidRPr="006D1B7A">
@@ -13237,102 +13255,146 @@
         <w:t>, S</w:t>
       </w:r>
       <w:r w:rsidR="009B6EF9" w:rsidRPr="00136543">
         <w:t>ection 46 relates to how notices will be served</w:t>
       </w:r>
       <w:r w:rsidR="0000725E" w:rsidRPr="00136543">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008D020F">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="212B32"/>
           <w:sz w:val="29"/>
           <w:szCs w:val="29"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B3B45" w:rsidRPr="00136543">
         <w:t>There will be other ways to achieve service outside the scope of Section 46 as the section is permissive not prescriptive</w:t>
       </w:r>
       <w:r w:rsidR="00136543" w:rsidRPr="00136543">
         <w:t>. If a notice is to be served by email then you should ensure that you:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E55413F" w14:textId="5829CE41" w:rsidR="00136543" w:rsidRDefault="00136543" w:rsidP="000177E0">
+    <w:p w14:paraId="1E55413F" w14:textId="0205E5BC" w:rsidR="00136543" w:rsidRDefault="00136543" w:rsidP="00342F96">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Identify who the notice should be served upon. With a limited company this should be a director of the company or an appropriate senior manager, and;</w:t>
+        <w:t>Identify who the notice should be served upon. With a limited company this should be a director of the company or an appropriate senior manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00342F96">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00342F96" w:rsidRPr="00342F96">
+        <w:t>The Regulator should confirm the correct recipient with the dutyholder prior to serving.</w:t>
+      </w:r>
+      <w:r w:rsidR="00342F96">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00342F96" w:rsidRPr="00342F96">
+        <w:t>Caution should be taken if the email address appears to be a personal one</w:t>
+      </w:r>
+      <w:r w:rsidR="00342F96" w:rsidRPr="00342F96">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B4D5AB" w14:textId="4EDF290A" w:rsidR="00136543" w:rsidRDefault="00136543" w:rsidP="000177E0">
+    <w:p w14:paraId="653F1D1A" w14:textId="3437107A" w:rsidR="005C770E" w:rsidRDefault="005C770E" w:rsidP="005C770E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Send the notice by email to them and request that they should personally acknowledge receipt of the same. It is helpful if the intended recipient can also confirm they were able to open the attachment, and;</w:t>
+        <w:t xml:space="preserve">The notice, saved in a PDF format, should be emailed directly to the named person. A copy of an appropriate covering letter should be sent at the same time. It may be appropriate to send (or copy) the email to more than one company recipient, such as the health and safety or local manager. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05741A22" w14:textId="3CE03CBC" w:rsidR="00A62A3D" w:rsidRPr="006D1B7A" w:rsidRDefault="00136543" w:rsidP="000177E0">
+    <w:p w14:paraId="47B4D5AB" w14:textId="2C7C9452" w:rsidR="00136543" w:rsidRDefault="00115E5A" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">In the covering email the Regulator should ask the recipient to personally acknowledge receipt of the notice - it is a good idea to also ask them to confirm that they are able to open the attached documents.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320A7AB6" w14:textId="31938A53" w:rsidR="005C770E" w:rsidRDefault="00136543" w:rsidP="002B48A0">
+      <w:pPr>
+        <w:pStyle w:val="Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:t>If you do not receive any acknowledgment of receipt then you should serve the notice in one of the ways outlined under s</w:t>
       </w:r>
       <w:r w:rsidR="00C326BD">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 46</w:t>
       </w:r>
       <w:r w:rsidR="00C326BD">
         <w:t xml:space="preserve"> of the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> HSWA</w:t>
       </w:r>
       <w:r w:rsidR="002B6B41">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002B6B41" w:rsidRPr="002B6B41">
+        <w:lastRenderedPageBreak/>
         <w:t>If the recipient of a notice accepts that they have received it, this cures any defect in service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBFD5D7" w14:textId="0A7F3DB9" w:rsidR="005C770E" w:rsidRPr="006D1B7A" w:rsidRDefault="005C770E" w:rsidP="005C770E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Prior to serving via email, the Regulator should have already explained the notice and its implications. If they have been unable to do this, despite undertaking reasonable efforts to do so, additional text should be added to the covering email highlighting the key points as described in discussing the notice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75046D7D" w14:textId="1822FC95" w:rsidR="00631B8C" w:rsidRPr="007163AB" w:rsidRDefault="00631B8C" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">Templates for an IN, </w:t>
       </w:r>
       <w:r w:rsidR="00261AB9">
         <w:t xml:space="preserve">associated schedule, </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">EN and the related extension and withdrawal forms can be found </w:t>
       </w:r>
       <w:r w:rsidR="00251219" w:rsidRPr="006D1B7A">
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidR="00C326BD" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -13722,50 +13784,51 @@
       </w:r>
       <w:r w:rsidR="00812D5E" w:rsidRPr="006D1B7A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000840DD">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="000840DD">
         <w:t>reverse</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> of the IN/EN template is guidance on how that can be done. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27CB7C19" w14:textId="2F93585F" w:rsidR="00687CC0" w:rsidRPr="006D1B7A" w:rsidRDefault="00BB0F29" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>A notice of appeal must be presented to the Employment Tribunal within 21 days for an IN or to the local Magistrates Court within 21 days for an EN</w:t>
       </w:r>
       <w:r w:rsidR="00E9454C">
         <w:t xml:space="preserve"> by the dutyholder</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2279E721" w14:textId="2446EE01" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00BB0F29" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>The entering of an appeal suspends the IN until the appeal has been determined or withdrawn</w:t>
       </w:r>
       <w:r w:rsidR="00040347">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="0023451A">
         <w:t xml:space="preserve">this is </w:t>
       </w:r>
       <w:r w:rsidR="00040347">
         <w:t>not the case for a prohibition notice)</w:t>
       </w:r>
@@ -14220,50 +14283,51 @@
         <w:t xml:space="preserve"> hearing is required, then </w:t>
       </w:r>
       <w:r w:rsidR="00A41273" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00316A69" w:rsidRPr="006D1B7A">
         <w:t>inspector who served the notice should</w:t>
       </w:r>
       <w:r w:rsidR="001728A5">
         <w:t xml:space="preserve"> be prepared</w:t>
       </w:r>
       <w:r w:rsidR="00316A69" w:rsidRPr="006D1B7A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BEBC197" w14:textId="32FE9766" w:rsidR="00316A69" w:rsidRPr="006D1B7A" w:rsidRDefault="00316A69" w:rsidP="00C326BD">
       <w:pPr>
         <w:pStyle w:val="NumList2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="1276"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>to make an opening statement</w:t>
       </w:r>
       <w:r w:rsidR="00872347">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E6E72FB" w14:textId="1C9FA160" w:rsidR="00316A69" w:rsidRPr="006D1B7A" w:rsidRDefault="00316A69" w:rsidP="00C326BD">
       <w:pPr>
         <w:pStyle w:val="NumList2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="1276"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>to give evidence on the known facts at the time the notice was issued and the justification for the decision to issue it</w:t>
       </w:r>
       <w:r w:rsidR="00872347">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3DD8B5" w14:textId="6ECBD462" w:rsidR="00316A69" w:rsidRPr="006D1B7A" w:rsidRDefault="00316A69" w:rsidP="00C326BD">
       <w:pPr>
         <w:pStyle w:val="NumList2"/>
@@ -14686,50 +14750,51 @@
       </w:r>
       <w:r w:rsidR="00215500">
         <w:t xml:space="preserve">date of the </w:t>
       </w:r>
       <w:r>
         <w:t>dutyholder</w:t>
       </w:r>
       <w:r w:rsidR="00013732">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> submission of evidence to meet the notice</w:t>
       </w:r>
       <w:r w:rsidR="00382A65" w:rsidRPr="00382A65">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00382A65">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="730F892A" w14:textId="5A9B19DF" w:rsidR="00E04ECA" w:rsidRDefault="00382A65" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>the close out inspection</w:t>
       </w:r>
       <w:r w:rsidR="005B6446">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="005B6446" w:rsidRPr="005B6446">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>if carried out</w:t>
       </w:r>
       <w:r w:rsidR="005B6446">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="009237D8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C78BCF9" w14:textId="243114A0" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="00C326BD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
@@ -15040,50 +15105,51 @@
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>It should be clear to the dutyholder that they are receiving an enforcement letter, both from the title and in the body of the letter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="657A9B28" w14:textId="41BD4F9F" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">The relevant </w:t>
       </w:r>
       <w:r w:rsidR="001C6A80" w:rsidRPr="006D1B7A">
         <w:t>sub directorate</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> governance processes for producing and issuing letters should be followed; email transmission to a dutyholder is acceptable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9F2D5E" w14:textId="209FC551" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The relevant </w:t>
       </w:r>
       <w:r w:rsidR="008C0B8E">
         <w:t>HoR</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> should </w:t>
       </w:r>
       <w:r w:rsidR="00B40FCF" w:rsidRPr="006D1B7A">
         <w:t>have been informed of the action vi</w:t>
       </w:r>
       <w:r w:rsidR="00341881">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00B40FCF" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> the EDR review</w:t>
       </w:r>
       <w:r w:rsidR="00383FAD" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>be on the distribution list</w:t>
       </w:r>
       <w:r w:rsidR="00383FAD" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> of the enforcement letter</w:t>
@@ -15395,50 +15461,51 @@
         <w:t xml:space="preserve"> it. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2D47F0" w14:textId="0464214D" w:rsidR="00521FF5" w:rsidRPr="006D1B7A" w:rsidRDefault="00521FF5" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00725CF1">
         <w:t xml:space="preserve">section </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>relates specifically to regulatory advice as an enforcement action.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C1D5200" w14:textId="1F4652D6" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Regulatory advice can be written or </w:t>
       </w:r>
       <w:r w:rsidR="009D3D3C" w:rsidRPr="006D1B7A">
         <w:t>verbal</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BDFCCFA" w14:textId="3FAEB7FA" w:rsidR="00631B8C" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">For both </w:t>
       </w:r>
       <w:r w:rsidR="0042116A" w:rsidRPr="006D1B7A">
         <w:t>verbal</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> and written advice ensure that it is clear;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A722CE" w14:textId="33A43DCE" w:rsidR="00880C87" w:rsidRPr="006D1B7A" w:rsidRDefault="00631B8C" w:rsidP="001A677D">
       <w:pPr>
@@ -15459,50 +15526,51 @@
     <w:p w14:paraId="679D279C" w14:textId="7D2D44F6" w:rsidR="00831E7D" w:rsidRPr="006D1B7A" w:rsidRDefault="00831E7D" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist2"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>That the dutyholder has understood the advice provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B65F7C9" w14:textId="77777777" w:rsidR="00C326BD" w:rsidRDefault="00C326BD" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:sectPr w:rsidR="00C326BD" w:rsidSect="001A677D">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1912FFF0" w14:textId="25FC3452" w:rsidR="00BC115B" w:rsidRPr="006D1B7A" w:rsidRDefault="00BC115B" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>The nature of the risks associated with the nuclear industry activities or transport of radioactive material and the expectations of the public, means that ONR expects dutyholders to respond positively to all regulatory advice given by inspectors. Where dutyholders persistently fail to respond to regulatory advice, inspectors should consider targeted interventions to determine the underlying organisational issues and</w:t>
       </w:r>
       <w:r w:rsidR="00C326BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00C326BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>or consider escalation of the BEL</w:t>
       </w:r>
       <w:r w:rsidR="00E2373F" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> as part of dutyholder factors</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08F1681E" w14:textId="665E7040" w:rsidR="00BC115B" w:rsidRPr="006D1B7A" w:rsidRDefault="00BC115B" w:rsidP="00C326BD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
@@ -15772,72 +15840,65 @@
       </w:r>
       <w:r w:rsidR="00E454D6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00E454D6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>or actions needed for compliance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="259C8E3C" w14:textId="1882F88D" w:rsidR="00BC115B" w:rsidRPr="006D1B7A" w:rsidRDefault="00BC115B" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E454D6">
-        <w:t>HoR</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>HoR,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1B7A">
+        <w:t xml:space="preserve"> and relevant inspector(s) (normally including the nominated inspector if one is appointed)</w:t>
+      </w:r>
       <w:r w:rsidR="00E454D6">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
-        <w:t xml:space="preserve"> and relevant inspector(s) (normally including the nominated inspector if one is appointed)</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> should convene the ‘holding to account’ meeting. In planning the meeting, the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C326BD">
         <w:t>HoR</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> should consider whether they require specialist inspector assistance. These meetings will:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02095A29" w14:textId="3F3EA3E1" w:rsidR="00BC115B" w:rsidRPr="006D1B7A" w:rsidRDefault="00BC115B" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>review what happened and what has been learned</w:t>
       </w:r>
       <w:r w:rsidR="00AA26CE" w:rsidRPr="006D1B7A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BD47983" w14:textId="65050ADF" w:rsidR="00BC115B" w:rsidRPr="006D1B7A" w:rsidRDefault="00BC115B" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>provide opportunity for a senior and suitably empowered dutyholder manager to explain and justify why there will be no repeats</w:t>
       </w:r>
       <w:r w:rsidR="00AA26CE" w:rsidRPr="006D1B7A">
         <w:t>;</w:t>
       </w:r>
@@ -15919,50 +15980,51 @@
         </w:rPr>
         <w:sectPr w:rsidR="00BB7A3D" w:rsidRPr="006D1B7A" w:rsidSect="00C326BD">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EF2DF64" w14:textId="1E44B493" w:rsidR="00442DC8" w:rsidRPr="006D1B7A" w:rsidRDefault="00442DC8" w:rsidP="00E454D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_Appendix_B_–"/>
       <w:bookmarkStart w:id="40" w:name="_Appendix_C_–"/>
       <w:bookmarkStart w:id="41" w:name="_Toc46136929"/>
       <w:bookmarkStart w:id="42" w:name="_Toc213836322"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidR="00AF75CD">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> – Examples of consequence level</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="78FC2B15" w14:textId="17129A00" w:rsidR="00442DC8" w:rsidRPr="006D1B7A" w:rsidRDefault="00442DC8" w:rsidP="00E454D6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>Serious consequences</w:t>
@@ -16218,50 +16280,51 @@
       <w:r w:rsidR="00E31C8E">
         <w:t xml:space="preserve">event </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>in an area not expected by design, with a probability of public exposure.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D075281" w14:textId="77777777" w:rsidR="00442DC8" w:rsidRPr="006D1B7A" w:rsidRDefault="00442DC8" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>Radiation dose rates that are sufficiently high so as to exceed a dose limit in a short period of time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF4D376" w14:textId="3F06BE27" w:rsidR="00442DC8" w:rsidRPr="006D1B7A" w:rsidRDefault="00442DC8" w:rsidP="00E454D6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
+        <w:lastRenderedPageBreak/>
         <w:t>Significant consequences</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07614357" w14:textId="5FCD1EB4" w:rsidR="00442DC8" w:rsidRPr="006D1B7A" w:rsidRDefault="00442DC8" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">Significant consequences should be selected in circumstances that do not satisfy the criteria for serious consequences but </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>have or may</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">; result in a </w:t>
       </w:r>
       <w:r w:rsidR="00EF6CA9" w:rsidRPr="006D1B7A">
         <w:t>permanent restriction</w:t>
       </w:r>
       <w:r w:rsidR="00C321F4" w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> for workers</w:t>
@@ -16623,66 +16686,66 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15D502E8" w14:textId="77777777" w:rsidR="00D45FC5" w:rsidRPr="006D1B7A" w:rsidRDefault="00D45FC5" w:rsidP="00D45FC5">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D45FC5" w:rsidRPr="006D1B7A" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BB89145" w14:textId="693758A6" w:rsidR="00482CB4" w:rsidRPr="006D1B7A" w:rsidRDefault="00482CB4" w:rsidP="00482CB4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc46136930"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="_Toc213836323"/>
+      <w:bookmarkStart w:id="43" w:name="_Appendix_D_–"/>
+      <w:bookmarkStart w:id="44" w:name="_Appendix_E_–"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc213836323"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc46136930"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
-      <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidR="00AF75CD">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> – Dutyholder and strategic factors</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="2B6C7D51" w14:textId="6118A5DA" w:rsidR="0016630A" w:rsidRDefault="0016630A" w:rsidP="0016630A">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
@@ -17209,50 +17272,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D5182F" w:rsidRPr="006D1B7A" w14:paraId="3FDF1FC8" w14:textId="77777777" w:rsidTr="0016630A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="48B51719" w14:textId="16A11BF8" w:rsidR="00D5182F" w:rsidRPr="006D1B7A" w:rsidRDefault="00D5182F" w:rsidP="00E454D6">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D1B7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Does the dutyholder have a history of relevant, formal enforcement being taken or relevant advice being given?</w:t>
             </w:r>
             <w:r w:rsidR="00AC3F39">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:footnoteReference w:id="11"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3593" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6643F63E" w14:textId="77777777" w:rsidR="00D5182F" w:rsidRPr="006D1B7A" w:rsidRDefault="00D5182F" w:rsidP="00E454D6">
             <w:pPr>
               <w:pStyle w:val="TSHeadingNumbered111"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-31680"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
@@ -17679,50 +17743,51 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="47DFA9A3" w14:textId="77777777" w:rsidR="00E454D6" w:rsidRDefault="00E454D6" w:rsidP="0016630A">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:sectPr w:rsidR="00E454D6" w:rsidSect="001A677D">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70AA39D2" w14:textId="5101C8ED" w:rsidR="0016630A" w:rsidRDefault="0016630A" w:rsidP="0016630A">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="001849F9">
         <w:t>Strategic factors</w:t>
@@ -18447,50 +18512,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018549C" w:rsidRPr="006D1B7A" w14:paraId="5F6D11BF" w14:textId="77777777" w:rsidTr="0016630A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5A8AFCEA" w14:textId="77777777" w:rsidR="0018549C" w:rsidRPr="006D1B7A" w:rsidRDefault="0018549C" w:rsidP="0018549C">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D1B7A">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Have the principles and expectations of the ONR Enforcement Policy Statement been met?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3593" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="21157B32" w14:textId="77777777" w:rsidR="0018549C" w:rsidRPr="006D1B7A" w:rsidRDefault="0018549C" w:rsidP="0018549C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="006D1B7A">
               <w:t xml:space="preserve">The purpose of enforcement is to: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5023ED01" w14:textId="5B1FCC1C" w:rsidR="0018549C" w:rsidRPr="006D1B7A" w:rsidRDefault="0018549C" w:rsidP="0071501A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
@@ -18637,51 +18703,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>expects</w:t>
             </w:r>
             <w:r w:rsidR="0018549C" w:rsidRPr="006D1B7A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> that it will normally prosecute, or recommend prosecution, following an investigation or other regulatory </w:t>
             </w:r>
             <w:r w:rsidR="00F7644B" w:rsidRPr="006D1B7A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>activity</w:t>
             </w:r>
             <w:r w:rsidR="0018549C" w:rsidRPr="006D1B7A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:tbl>
     <w:p w14:paraId="14F46C35" w14:textId="77777777" w:rsidR="00B70718" w:rsidRDefault="00B70718" w:rsidP="000177E0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01B5C8CB" w14:textId="77777777" w:rsidR="00B6513B" w:rsidRDefault="00B6513B" w:rsidP="00B6513B">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="172C9477" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRDefault="00F06DDD" w:rsidP="00B6513B">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
@@ -18886,70 +18952,60 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Extent of compliance shortfall (taken from definition in </w:t>
             </w:r>
             <w:r w:rsidR="0016630A" w:rsidRPr="0016630A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="0016630A" w:rsidRPr="0016630A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> REF _Ref213835963 \h </w:instrText>
+              <w:instrText xml:space="preserve"> REF _Ref213835963 \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="0016630A" w:rsidRPr="0016630A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-            </w:r>
-[...8 lines deleted...]
-              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="0016630A" w:rsidRPr="0016630A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0016630A" w:rsidRPr="0016630A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Table </w:t>
             </w:r>
             <w:r w:rsidR="0016630A" w:rsidRPr="0016630A">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -21897,190 +21953,190 @@
             <w:tcW w:w="514" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="358736F0" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thorough examination and inspection </w:t>
+              <w:t xml:space="preserve">Thorough examination </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">of lifting equipment </w:t>
+              <w:t xml:space="preserve">and inspection of lifting equipment </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF5050"/>
           </w:tcPr>
           <w:p w14:paraId="1F535ED8" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Complete failure to identify equipment which requires a thorough examination, or ensure that lifting equipment is </w:t>
+              <w:t xml:space="preserve">Complete failure to identify equipment which requires a </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">thoroughly examined for any defects by a competent person. </w:t>
+              <w:t xml:space="preserve">thorough examination, or ensure that lifting equipment is thoroughly examined for any defects by a competent person. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="5C6A4D26" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">There are shortfalls in arrangements that could increase the likelihood of a piece of lifting </w:t>
+              <w:t xml:space="preserve">There are shortfalls in arrangements that could increase the likelihood of a piece of </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>equipment not being thoroughly examined by a competent person at suitable time intervals.</w:t>
+              <w:t>lifting equipment not being thoroughly examined by a competent person at suitable time intervals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
           <w:p w14:paraId="751E8BFC" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">A thorough examination of lifting equipment has been completed by a competent person, but there is no </w:t>
+              <w:t xml:space="preserve">A thorough examination of lifting equipment has been completed by a </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>physical evidence that the examination has been completed.</w:t>
+              <w:t>competent person, but there is no physical evidence that the examination has been completed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w14:paraId="1F3CB16B" w14:textId="77777777" w:rsidTr="0016630A">
         <w:trPr>
           <w:trHeight w:val="1716"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="474" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18579F7C" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -22724,81 +22780,83 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="203521DD" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Reg 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3160D668" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Operation of an Accountancy and Control Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF5050"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B0E1351" w14:textId="158EF8B4" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
@@ -22889,51 +22947,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E61A5E0" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3CF8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>The Nuclear Safeguards (EU Exit) Regulations 2019</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03258940" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="520F0DED" w14:textId="77777777" w:rsidR="00F06DDD" w:rsidRPr="00DF3CF8" w:rsidRDefault="00F06DDD" w:rsidP="00F06DDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3CF8">
@@ -24494,50 +24551,51 @@
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00E454D6" w14:paraId="737A185E" w14:textId="77777777">
                 <w:trPr>
                   <w:divId w:val="496264518"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
                   <w:p w14:paraId="1E20D0E1" w14:textId="77777777" w:rsidR="00E454D6" w:rsidRDefault="00E454D6" w:rsidP="00E454D6">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
                       <w:spacing w:after="120"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
+                      <w:lastRenderedPageBreak/>
                       <w:t xml:space="preserve">[19] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
                   <w:p w14:paraId="6BFA1164" w14:textId="77777777" w:rsidR="00E454D6" w:rsidRDefault="00E454D6" w:rsidP="00E454D6">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
                       <w:spacing w:after="120"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>ONR, “ONR-GEN-GD-013 - Guidance on the assignment on Dutyholder attention levels”.</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
@@ -24960,50 +25018,51 @@
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:sectPr w:rsidR="0016630A" w:rsidSect="001A677D">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D9D0F89" w14:textId="77777777" w:rsidR="00C10FA0" w:rsidRPr="00E063E2" w:rsidRDefault="00C10FA0" w:rsidP="00C10FA0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="_Toc213836326"/>
       <w:r w:rsidRPr="00E063E2">
+        <w:lastRenderedPageBreak/>
         <w:t>Glossary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ONRTable1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2390"/>
         <w:gridCol w:w="6636"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C10FA0" w:rsidRPr="00E063E2" w14:paraId="75261909" w14:textId="77777777" w:rsidTr="0016630A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="pct"/>
             <w:hideMark/>
@@ -25429,50 +25488,51 @@
             </w:r>
             <w:r w:rsidR="007221DE" w:rsidRPr="007221DE">
               <w:t>n Enforcement Letter or above.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04C970C9" w14:textId="77777777" w:rsidR="00C10FA0" w:rsidRPr="007221DE" w:rsidRDefault="00C10FA0" w:rsidP="0054684C">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F15EBB" w:rsidRPr="006D1B7A" w14:paraId="318CE32F" w14:textId="77777777" w:rsidTr="0016630A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7E1BF1F0" w14:textId="7EA19951" w:rsidR="00F15EBB" w:rsidRPr="007221DE" w:rsidRDefault="00F15EBB" w:rsidP="0054684C">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Hazard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3676" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="111D7136" w14:textId="197B9B9B" w:rsidR="00F15EBB" w:rsidRPr="007221DE" w:rsidRDefault="008529D1" w:rsidP="0054684C">
             <w:r>
               <w:t>Anything that has the potential to cause harm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0366D" w:rsidRPr="006D1B7A" w14:paraId="4F6DFA64" w14:textId="77777777" w:rsidTr="0016630A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="641ADD49" w14:textId="77777777" w:rsidR="00D0366D" w:rsidRPr="00C631EA" w:rsidRDefault="00D0366D" w:rsidP="00946934">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r w:rsidRPr="00C631EA">
@@ -25485,51 +25545,50 @@
             <w:tcW w:w="3676" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="75A82A5C" w14:textId="2B402D8D" w:rsidR="00D0366D" w:rsidRPr="00C631EA" w:rsidRDefault="00D0366D" w:rsidP="00946934">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r w:rsidRPr="00C631EA">
               <w:t>The inspector who provides leadership and management for specific packages of regulatory work within the regulatory directorates, typically Superintending Inspector.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C10FA0" w:rsidRPr="006D1B7A" w14:paraId="002B0429" w14:textId="77777777" w:rsidTr="0016630A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5FCFA701" w14:textId="77777777" w:rsidR="00C10FA0" w:rsidRPr="004569F9" w:rsidRDefault="00C10FA0" w:rsidP="0054684C">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r w:rsidRPr="004569F9">
-              <w:lastRenderedPageBreak/>
               <w:t>‘Holding to account’ meeting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3676" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3C46B8C4" w14:textId="265488C9" w:rsidR="00C10FA0" w:rsidRPr="004569F9" w:rsidRDefault="00C10FA0" w:rsidP="0054684C">
             <w:r w:rsidRPr="004569F9">
               <w:t>A meeting with the dutyholder where the enforcement action is made clear and the potential for subsequent escalation, should timely compliance not be achieved, is understood.</w:t>
             </w:r>
             <w:r w:rsidR="004569F9">
               <w:t xml:space="preserve"> It is not an enforcement action in itself.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C10FA0" w:rsidRPr="006D1B7A" w14:paraId="55205451" w14:textId="77777777" w:rsidTr="0016630A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="pct"/>
@@ -25740,50 +25799,51 @@
         <w:pStyle w:val="InnerCoverTitle"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sectPr w:rsidR="001A677D" w:rsidSect="001A677D">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="176CD158" w14:textId="2DCA4D52" w:rsidR="001A677D" w:rsidRPr="006D1B7A" w:rsidRDefault="001A677D" w:rsidP="001A677D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Toc213836327"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Document control information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="767E455E" w14:textId="77777777" w:rsidR="001A677D" w:rsidRPr="001A677D" w:rsidRDefault="001A677D" w:rsidP="001A677D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A677D">
         <w:rPr>
           <w:rStyle w:val="Style2"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Process Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="001A677D">
         <w:rPr>
           <w:rStyle w:val="Style2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -25833,90 +25893,97 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4258F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Approved by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Head of Profession – Operational Inspection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648E4881" w14:textId="77777777" w:rsidR="001A677D" w:rsidRPr="006D1B7A" w:rsidRDefault="001A677D" w:rsidP="001A677D">
+    <w:p w14:paraId="648E4881" w14:textId="11154EE7" w:rsidR="001A677D" w:rsidRPr="006D1B7A" w:rsidRDefault="001A677D" w:rsidP="001A677D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Issue:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="Issue No."/>
           <w:tag w:val=""/>
           <w:id w:val="-894428327"/>
           <w:placeholder>
             <w:docPart w:val="296F1CB66ADE4832A9D850676435F19A"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>5.5</w:t>
+            <w:t>5.</w:t>
+          </w:r>
+          <w:r w:rsidR="0052001A">
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>6</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="418078F2" w14:textId="77777777" w:rsidR="001A677D" w:rsidRPr="006D1B7A" w:rsidRDefault="001A677D" w:rsidP="001A677D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00994764">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Published:</w:t>
       </w:r>
       <w:r w:rsidRPr="00994764">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="52" w:name="_Hlk157422077"/>
@@ -26341,87 +26408,141 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00466E99">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00466E99">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">) If the enforcement conclusion is below the BEL then this should be sent to the most appropriate safety, security or safeguards </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>) If the enforcement conclusion is below the BEL then this should be sent to the most appropriate safety, security or safeguards HoP.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="248018F6" w14:textId="77777777" w:rsidR="001A677D" w:rsidRPr="000B16C5" w:rsidRDefault="001A677D" w:rsidP="00E259C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(9) Updated EDR template to better support inspectors.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001619EC" w:rsidRPr="006D1B7A" w14:paraId="3B303C59" w14:textId="77777777" w:rsidTr="00E259C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC74067" w14:textId="0CFD5FEA" w:rsidR="001619EC" w:rsidRPr="005F2B77" w:rsidRDefault="001619EC" w:rsidP="00E259C8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FE6331" w14:textId="018A778D" w:rsidR="001619EC" w:rsidRPr="00466E99" w:rsidRDefault="001619EC" w:rsidP="00E259C8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minor update – in relation </w:t>
+            </w:r>
+            <w:r w:rsidR="00C5380F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to providing further detail on the electronic serving of HSWA notices</w:t>
+            </w:r>
+            <w:r w:rsidR="0052001A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A251D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(para 125) </w:t>
+            </w:r>
+            <w:r w:rsidR="0052001A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>as advised by ONR regulatory standards team.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="553D83F8" w14:textId="77777777" w:rsidR="00C10FA0" w:rsidRDefault="00C10FA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C10FA0" w:rsidSect="001A677D">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -26462,70 +26583,70 @@
       <wne:acdEntry wne:acdName="acd3"/>
       <wne:acdEntry wne:acdName="acd4"/>
       <wne:acdEntry wne:acdName="acd5"/>
       <wne:acdEntry wne:acdName="acd6"/>
       <wne:acdEntry wne:acdName="acd7"/>
       <wne:acdEntry wne:acdName="acd8"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAxAA==" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAyAA==" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAEwAaQBzAHQAIAAzAA==" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBQAGEAcgBhAGcAcgBhAHAAaAA=" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F935CDA" w14:textId="77777777" w:rsidR="00901042" w:rsidRPr="006D1B7A" w:rsidRDefault="00901042" w:rsidP="007D199A">
+    <w:p w14:paraId="6A39E2DC" w14:textId="77777777" w:rsidR="003632E0" w:rsidRPr="006D1B7A" w:rsidRDefault="003632E0" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635DE80B" w14:textId="77777777" w:rsidR="00901042" w:rsidRPr="006D1B7A" w:rsidRDefault="00901042"/>
+    <w:p w14:paraId="49C10F6D" w14:textId="77777777" w:rsidR="003632E0" w:rsidRPr="006D1B7A" w:rsidRDefault="003632E0"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="073FCF10" w14:textId="77777777" w:rsidR="00901042" w:rsidRPr="006D1B7A" w:rsidRDefault="00901042" w:rsidP="007D199A">
+    <w:p w14:paraId="6CC683EF" w14:textId="77777777" w:rsidR="003632E0" w:rsidRPr="006D1B7A" w:rsidRDefault="003632E0" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F76072" w14:textId="77777777" w:rsidR="00901042" w:rsidRPr="006D1B7A" w:rsidRDefault="00901042"/>
+    <w:p w14:paraId="16C04EEE" w14:textId="77777777" w:rsidR="003632E0" w:rsidRPr="006D1B7A" w:rsidRDefault="003632E0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -26796,89 +26917,89 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="515DBB12" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="006D1B7A" w:rsidRDefault="008C50C3" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B1B875A" w14:textId="77777777" w:rsidR="00901042" w:rsidRPr="006D1B7A" w:rsidRDefault="00901042" w:rsidP="005E0344">
+    <w:p w14:paraId="09FE1E3D" w14:textId="77777777" w:rsidR="003632E0" w:rsidRPr="006D1B7A" w:rsidRDefault="003632E0" w:rsidP="005E0344">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7259A3F2" w14:textId="77777777" w:rsidR="00901042" w:rsidRPr="006D1B7A" w:rsidRDefault="00901042" w:rsidP="0090581D">
+    <w:p w14:paraId="08BDAFF7" w14:textId="77777777" w:rsidR="003632E0" w:rsidRPr="006D1B7A" w:rsidRDefault="003632E0" w:rsidP="0090581D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F36CCD" w14:textId="77777777" w:rsidR="00901042" w:rsidRPr="006D1B7A" w:rsidRDefault="00901042"/>
+    <w:p w14:paraId="70144EB3" w14:textId="77777777" w:rsidR="003632E0" w:rsidRPr="006D1B7A" w:rsidRDefault="003632E0"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4CBE5C63" w14:textId="77777777" w:rsidR="00901042" w:rsidRPr="006D1B7A" w:rsidRDefault="00901042">
+    <w:p w14:paraId="0F97C314" w14:textId="77777777" w:rsidR="003632E0" w:rsidRPr="006D1B7A" w:rsidRDefault="003632E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DEB1C54" w14:textId="77777777" w:rsidR="00901042" w:rsidRPr="006D1B7A" w:rsidRDefault="00901042"/>
+    <w:p w14:paraId="4C23A28B" w14:textId="77777777" w:rsidR="003632E0" w:rsidRPr="006D1B7A" w:rsidRDefault="003632E0"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="365354DF" w14:textId="0602BC01" w:rsidR="009404FB" w:rsidRPr="006D1B7A" w:rsidRDefault="009404FB" w:rsidP="009404FB">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1B7A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t xml:space="preserve"> The term ‘safety’ should be considered as relating to all aspects of safety including </w:t>
       </w:r>
       <w:r w:rsidR="00ED6C2C">
         <w:t xml:space="preserve">Nuclear </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1B7A">
         <w:t>Site Health and Safety, nuclear, radiological, chemotoxic, fire and transport.  The term ‘security’ refers to civil nuclear</w:t>
       </w:r>
       <w:r w:rsidR="00246AAD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -27243,51 +27364,51 @@
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00AC3F39">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRPr="006D1B7A" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="13856B23" w14:textId="5A829FFD" w:rsidR="006235B6" w:rsidRPr="006D1B7A" w:rsidRDefault="00E454D6" w:rsidP="006235B6">
+  <w:p w14:paraId="13856B23" w14:textId="59DBC5C1" w:rsidR="006235B6" w:rsidRPr="006D1B7A" w:rsidRDefault="003F6C3E" w:rsidP="006235B6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="1088119343"/>
         <w:placeholder>
           <w:docPart w:val="A39D0BB54F824391B9DEBC5165932BBE"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="006235B6" w:rsidRPr="006D1B7A">
@@ -27301,99 +27422,99 @@
     </w:sdt>
     <w:r w:rsidR="006235B6" w:rsidRPr="006D1B7A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> | Issue: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-233779139"/>
         <w:placeholder>
           <w:docPart w:val="BB59213F2EAD4611ACFFDA8D3A011C80"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00F87AF3">
+        <w:r w:rsidR="0052001A">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>5.5</w:t>
+          <w:t>5.6</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AF688BC" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="006D1B7A" w:rsidRDefault="00267815" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2346A3E0" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRPr="006D1B7A" w:rsidRDefault="00CE6198" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="006D1B7A" w:rsidRDefault="008C50C3" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47FFC75F" w14:textId="2852D058" w:rsidR="00177666" w:rsidRPr="006D1B7A" w:rsidRDefault="00E454D6" w:rsidP="009E0E52">
+  <w:p w14:paraId="47FFC75F" w14:textId="79BC70B8" w:rsidR="00177666" w:rsidRPr="006D1B7A" w:rsidRDefault="003F6C3E" w:rsidP="009E0E52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
         <w:placeholder>
           <w:docPart w:val="71855CAFCD0440C4880AB5CD94A60020"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00AF2759" w:rsidRPr="006D1B7A">
@@ -27421,56 +27542,56 @@
     </w:r>
     <w:r w:rsidR="004E3932" w:rsidRPr="006D1B7A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
         <w:placeholder>
           <w:docPart w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00F87AF3">
+        <w:r w:rsidR="0052001A">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>5.5</w:t>
+          <w:t>5.6</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="791E33B0" w14:textId="77777777" w:rsidR="00442DC8" w:rsidRPr="006D1B7A" w:rsidRDefault="00442DC8" w:rsidP="008E7387">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D605B72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F202F85A"/>
     <w:lvl w:ilvl="0" w:tplc="55E47FF4">
       <w:start w:val="1"/>
@@ -30204,51 +30325,51 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -30359,50 +30480,51 @@
     <w:rsid w:val="00076ED3"/>
     <w:rsid w:val="00080B14"/>
     <w:rsid w:val="000817D4"/>
     <w:rsid w:val="00081AD2"/>
     <w:rsid w:val="00082879"/>
     <w:rsid w:val="00083387"/>
     <w:rsid w:val="00083792"/>
     <w:rsid w:val="000840DD"/>
     <w:rsid w:val="0008487B"/>
     <w:rsid w:val="000862B4"/>
     <w:rsid w:val="0009086B"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="00093B76"/>
     <w:rsid w:val="00093C39"/>
     <w:rsid w:val="0009461B"/>
     <w:rsid w:val="00095ECA"/>
     <w:rsid w:val="0009628D"/>
     <w:rsid w:val="00096299"/>
     <w:rsid w:val="00096BF9"/>
     <w:rsid w:val="00097BD9"/>
     <w:rsid w:val="000A00BC"/>
     <w:rsid w:val="000A07F5"/>
     <w:rsid w:val="000A105C"/>
     <w:rsid w:val="000A14C0"/>
     <w:rsid w:val="000A2218"/>
+    <w:rsid w:val="000A251D"/>
     <w:rsid w:val="000A3248"/>
     <w:rsid w:val="000A3BA2"/>
     <w:rsid w:val="000A3F7B"/>
     <w:rsid w:val="000A48AB"/>
     <w:rsid w:val="000A4BBB"/>
     <w:rsid w:val="000A70E8"/>
     <w:rsid w:val="000B16C5"/>
     <w:rsid w:val="000B1BBE"/>
     <w:rsid w:val="000B2821"/>
     <w:rsid w:val="000B3C22"/>
     <w:rsid w:val="000B4F7A"/>
     <w:rsid w:val="000B6DF5"/>
     <w:rsid w:val="000B6F3E"/>
     <w:rsid w:val="000C0229"/>
     <w:rsid w:val="000C0EE7"/>
     <w:rsid w:val="000C1943"/>
     <w:rsid w:val="000C2856"/>
     <w:rsid w:val="000C2DDC"/>
     <w:rsid w:val="000C3ED4"/>
     <w:rsid w:val="000C444F"/>
     <w:rsid w:val="000C5965"/>
     <w:rsid w:val="000C617B"/>
     <w:rsid w:val="000C748F"/>
     <w:rsid w:val="000C7B60"/>
     <w:rsid w:val="000D1BBB"/>
@@ -30425,100 +30547,102 @@
     <w:rsid w:val="000F24EF"/>
     <w:rsid w:val="000F2ED4"/>
     <w:rsid w:val="000F38DB"/>
     <w:rsid w:val="000F3D05"/>
     <w:rsid w:val="000F3E5E"/>
     <w:rsid w:val="000F51B6"/>
     <w:rsid w:val="000F5660"/>
     <w:rsid w:val="000F6806"/>
     <w:rsid w:val="000F688E"/>
     <w:rsid w:val="000F6A2D"/>
     <w:rsid w:val="000F6BFC"/>
     <w:rsid w:val="001002BF"/>
     <w:rsid w:val="001003EA"/>
     <w:rsid w:val="00100854"/>
     <w:rsid w:val="00100915"/>
     <w:rsid w:val="0010263C"/>
     <w:rsid w:val="001028E8"/>
     <w:rsid w:val="001034D6"/>
     <w:rsid w:val="001044CB"/>
     <w:rsid w:val="00111EB7"/>
     <w:rsid w:val="00112DBC"/>
     <w:rsid w:val="001133FC"/>
     <w:rsid w:val="00114167"/>
     <w:rsid w:val="00114480"/>
     <w:rsid w:val="00114964"/>
+    <w:rsid w:val="00115E5A"/>
     <w:rsid w:val="00116B9A"/>
     <w:rsid w:val="0012000E"/>
     <w:rsid w:val="001206E4"/>
     <w:rsid w:val="00120CBD"/>
     <w:rsid w:val="00122FCC"/>
     <w:rsid w:val="001236C7"/>
     <w:rsid w:val="001249CB"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00124C3B"/>
     <w:rsid w:val="0012612F"/>
     <w:rsid w:val="001265A3"/>
     <w:rsid w:val="00126752"/>
     <w:rsid w:val="00130B30"/>
     <w:rsid w:val="00131400"/>
     <w:rsid w:val="00133340"/>
     <w:rsid w:val="001337B3"/>
     <w:rsid w:val="001342F3"/>
     <w:rsid w:val="001345CE"/>
     <w:rsid w:val="00134642"/>
     <w:rsid w:val="00134A45"/>
     <w:rsid w:val="001353EC"/>
     <w:rsid w:val="00135B2A"/>
     <w:rsid w:val="00136543"/>
     <w:rsid w:val="00137875"/>
     <w:rsid w:val="0013790C"/>
     <w:rsid w:val="00140E1C"/>
     <w:rsid w:val="00141BA3"/>
     <w:rsid w:val="00143731"/>
     <w:rsid w:val="00144605"/>
     <w:rsid w:val="00144A1F"/>
     <w:rsid w:val="001459AA"/>
     <w:rsid w:val="00146BA2"/>
     <w:rsid w:val="001479A5"/>
     <w:rsid w:val="00147AD9"/>
     <w:rsid w:val="00147AE4"/>
     <w:rsid w:val="00147C2D"/>
     <w:rsid w:val="00147EA6"/>
     <w:rsid w:val="00150A4C"/>
     <w:rsid w:val="001515F6"/>
     <w:rsid w:val="0015237E"/>
     <w:rsid w:val="00152B79"/>
     <w:rsid w:val="00155561"/>
     <w:rsid w:val="0015592C"/>
     <w:rsid w:val="00155D4F"/>
     <w:rsid w:val="00155D91"/>
     <w:rsid w:val="00156ACC"/>
     <w:rsid w:val="00156DB1"/>
     <w:rsid w:val="001571E5"/>
     <w:rsid w:val="00157240"/>
     <w:rsid w:val="0016035D"/>
+    <w:rsid w:val="001619EC"/>
     <w:rsid w:val="00161E4C"/>
     <w:rsid w:val="00162D23"/>
     <w:rsid w:val="0016303C"/>
     <w:rsid w:val="00163180"/>
     <w:rsid w:val="001636D6"/>
     <w:rsid w:val="00164300"/>
     <w:rsid w:val="00164908"/>
     <w:rsid w:val="00165665"/>
     <w:rsid w:val="00165A16"/>
     <w:rsid w:val="0016630A"/>
     <w:rsid w:val="001676B8"/>
     <w:rsid w:val="001717AA"/>
     <w:rsid w:val="00171E2F"/>
     <w:rsid w:val="001728A5"/>
     <w:rsid w:val="001737E3"/>
     <w:rsid w:val="00174153"/>
     <w:rsid w:val="00174D2E"/>
     <w:rsid w:val="001754E4"/>
     <w:rsid w:val="00175906"/>
     <w:rsid w:val="00176911"/>
     <w:rsid w:val="00176F1B"/>
     <w:rsid w:val="00177666"/>
     <w:rsid w:val="00177C8D"/>
     <w:rsid w:val="001802C9"/>
     <w:rsid w:val="00181C4E"/>
@@ -30713,50 +30837,51 @@
     <w:rsid w:val="00287F01"/>
     <w:rsid w:val="0029039B"/>
     <w:rsid w:val="002911BB"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="00292633"/>
     <w:rsid w:val="00292A6A"/>
     <w:rsid w:val="00292ADF"/>
     <w:rsid w:val="00293C8C"/>
     <w:rsid w:val="00295263"/>
     <w:rsid w:val="002970DC"/>
     <w:rsid w:val="002A0DEC"/>
     <w:rsid w:val="002A21E7"/>
     <w:rsid w:val="002A23E5"/>
     <w:rsid w:val="002A31BC"/>
     <w:rsid w:val="002A3A20"/>
     <w:rsid w:val="002A4198"/>
     <w:rsid w:val="002A6410"/>
     <w:rsid w:val="002A6D36"/>
     <w:rsid w:val="002A7205"/>
     <w:rsid w:val="002B05F5"/>
     <w:rsid w:val="002B123F"/>
     <w:rsid w:val="002B1C53"/>
     <w:rsid w:val="002B1DBA"/>
     <w:rsid w:val="002B2BF6"/>
     <w:rsid w:val="002B318C"/>
+    <w:rsid w:val="002B48A0"/>
     <w:rsid w:val="002B4A64"/>
     <w:rsid w:val="002B5193"/>
     <w:rsid w:val="002B53A9"/>
     <w:rsid w:val="002B5634"/>
     <w:rsid w:val="002B5FAF"/>
     <w:rsid w:val="002B6B41"/>
     <w:rsid w:val="002B726A"/>
     <w:rsid w:val="002B7775"/>
     <w:rsid w:val="002C0303"/>
     <w:rsid w:val="002C1359"/>
     <w:rsid w:val="002C13F7"/>
     <w:rsid w:val="002C173D"/>
     <w:rsid w:val="002C184B"/>
     <w:rsid w:val="002C2419"/>
     <w:rsid w:val="002C2459"/>
     <w:rsid w:val="002C26AE"/>
     <w:rsid w:val="002C3464"/>
     <w:rsid w:val="002C469F"/>
     <w:rsid w:val="002C604D"/>
     <w:rsid w:val="002C7787"/>
     <w:rsid w:val="002D1376"/>
     <w:rsid w:val="002D159B"/>
     <w:rsid w:val="002D3275"/>
     <w:rsid w:val="002D3C6B"/>
     <w:rsid w:val="002D4A7A"/>
@@ -30817,74 +30942,76 @@
     <w:rsid w:val="003169D6"/>
     <w:rsid w:val="00316A69"/>
     <w:rsid w:val="00320F39"/>
     <w:rsid w:val="00321A6B"/>
     <w:rsid w:val="00322384"/>
     <w:rsid w:val="003237A8"/>
     <w:rsid w:val="00323E71"/>
     <w:rsid w:val="003243E2"/>
     <w:rsid w:val="00324DF9"/>
     <w:rsid w:val="003266C0"/>
     <w:rsid w:val="00326772"/>
     <w:rsid w:val="00326F77"/>
     <w:rsid w:val="003300EF"/>
     <w:rsid w:val="003311D0"/>
     <w:rsid w:val="00332D3B"/>
     <w:rsid w:val="00334FC3"/>
     <w:rsid w:val="003352EA"/>
     <w:rsid w:val="00335C1E"/>
     <w:rsid w:val="00336483"/>
     <w:rsid w:val="00337F7B"/>
     <w:rsid w:val="003401B0"/>
     <w:rsid w:val="003405B3"/>
     <w:rsid w:val="003417DF"/>
     <w:rsid w:val="00341881"/>
     <w:rsid w:val="003425F7"/>
+    <w:rsid w:val="00342F96"/>
     <w:rsid w:val="003431C9"/>
     <w:rsid w:val="00343FBF"/>
     <w:rsid w:val="003442E1"/>
     <w:rsid w:val="00344DC4"/>
     <w:rsid w:val="00345727"/>
     <w:rsid w:val="00345CC2"/>
     <w:rsid w:val="00346148"/>
     <w:rsid w:val="00346C8E"/>
     <w:rsid w:val="00346DFB"/>
     <w:rsid w:val="00347215"/>
     <w:rsid w:val="00347848"/>
     <w:rsid w:val="00347A4E"/>
     <w:rsid w:val="00350148"/>
     <w:rsid w:val="00350355"/>
     <w:rsid w:val="0035064C"/>
     <w:rsid w:val="003514F3"/>
     <w:rsid w:val="00352002"/>
     <w:rsid w:val="00353E8D"/>
     <w:rsid w:val="003570D9"/>
     <w:rsid w:val="00357CF8"/>
     <w:rsid w:val="00360FFE"/>
     <w:rsid w:val="003612DB"/>
     <w:rsid w:val="003615E1"/>
     <w:rsid w:val="0036223F"/>
+    <w:rsid w:val="003632E0"/>
     <w:rsid w:val="003640A3"/>
     <w:rsid w:val="003659BC"/>
     <w:rsid w:val="00367BD5"/>
     <w:rsid w:val="00367F26"/>
     <w:rsid w:val="00370B8F"/>
     <w:rsid w:val="003724DE"/>
     <w:rsid w:val="003725D4"/>
     <w:rsid w:val="0037293E"/>
     <w:rsid w:val="00372FF1"/>
     <w:rsid w:val="00375465"/>
     <w:rsid w:val="00376613"/>
     <w:rsid w:val="003773DF"/>
     <w:rsid w:val="00377857"/>
     <w:rsid w:val="00377C8C"/>
     <w:rsid w:val="0038263B"/>
     <w:rsid w:val="00382A65"/>
     <w:rsid w:val="00383FAD"/>
     <w:rsid w:val="00384674"/>
     <w:rsid w:val="00384E7B"/>
     <w:rsid w:val="00385ADF"/>
     <w:rsid w:val="00387531"/>
     <w:rsid w:val="00390327"/>
     <w:rsid w:val="003903B5"/>
     <w:rsid w:val="00390720"/>
     <w:rsid w:val="00392417"/>
@@ -30907,82 +31034,84 @@
     <w:rsid w:val="003A67DF"/>
     <w:rsid w:val="003A7097"/>
     <w:rsid w:val="003A765C"/>
     <w:rsid w:val="003A77CC"/>
     <w:rsid w:val="003A7E1C"/>
     <w:rsid w:val="003A7F7A"/>
     <w:rsid w:val="003B18B6"/>
     <w:rsid w:val="003B1CF6"/>
     <w:rsid w:val="003B3B0C"/>
     <w:rsid w:val="003B3B45"/>
     <w:rsid w:val="003B4E2E"/>
     <w:rsid w:val="003B7CA6"/>
     <w:rsid w:val="003C0249"/>
     <w:rsid w:val="003C0306"/>
     <w:rsid w:val="003C0600"/>
     <w:rsid w:val="003C099B"/>
     <w:rsid w:val="003C0B21"/>
     <w:rsid w:val="003C114C"/>
     <w:rsid w:val="003C294A"/>
     <w:rsid w:val="003C36DA"/>
     <w:rsid w:val="003C3D4D"/>
     <w:rsid w:val="003C465D"/>
     <w:rsid w:val="003C495A"/>
     <w:rsid w:val="003C6184"/>
     <w:rsid w:val="003C6788"/>
+    <w:rsid w:val="003C6C3E"/>
     <w:rsid w:val="003D139D"/>
     <w:rsid w:val="003D1A5A"/>
     <w:rsid w:val="003D1C3F"/>
     <w:rsid w:val="003D1F28"/>
     <w:rsid w:val="003D24F9"/>
     <w:rsid w:val="003D29D7"/>
     <w:rsid w:val="003D495D"/>
     <w:rsid w:val="003D4C48"/>
     <w:rsid w:val="003D68E3"/>
     <w:rsid w:val="003D7093"/>
     <w:rsid w:val="003D70C8"/>
     <w:rsid w:val="003D7AB4"/>
     <w:rsid w:val="003E017A"/>
     <w:rsid w:val="003E098E"/>
     <w:rsid w:val="003E1538"/>
     <w:rsid w:val="003E2100"/>
     <w:rsid w:val="003E251D"/>
     <w:rsid w:val="003E263F"/>
     <w:rsid w:val="003E2816"/>
     <w:rsid w:val="003E292E"/>
     <w:rsid w:val="003E2FAE"/>
     <w:rsid w:val="003E3194"/>
     <w:rsid w:val="003E476E"/>
     <w:rsid w:val="003E6D1F"/>
     <w:rsid w:val="003E7532"/>
     <w:rsid w:val="003F263F"/>
     <w:rsid w:val="003F2655"/>
     <w:rsid w:val="003F28EE"/>
     <w:rsid w:val="003F4484"/>
     <w:rsid w:val="003F452B"/>
     <w:rsid w:val="003F5C3E"/>
     <w:rsid w:val="003F6105"/>
+    <w:rsid w:val="003F6C3E"/>
     <w:rsid w:val="00400B68"/>
     <w:rsid w:val="00400E2B"/>
     <w:rsid w:val="004017C0"/>
     <w:rsid w:val="0040192D"/>
     <w:rsid w:val="004027CC"/>
     <w:rsid w:val="004042A1"/>
     <w:rsid w:val="004061E4"/>
     <w:rsid w:val="00407CF7"/>
     <w:rsid w:val="00407DB0"/>
     <w:rsid w:val="004108A8"/>
     <w:rsid w:val="0041208D"/>
     <w:rsid w:val="00412A0F"/>
     <w:rsid w:val="004142B8"/>
     <w:rsid w:val="00414494"/>
     <w:rsid w:val="00414C95"/>
     <w:rsid w:val="0041508D"/>
     <w:rsid w:val="004155B5"/>
     <w:rsid w:val="00415ED6"/>
     <w:rsid w:val="00416164"/>
     <w:rsid w:val="00416A6B"/>
     <w:rsid w:val="00417CAF"/>
     <w:rsid w:val="00417E13"/>
     <w:rsid w:val="00420798"/>
     <w:rsid w:val="00420A11"/>
     <w:rsid w:val="0042114B"/>
@@ -31151,50 +31280,51 @@
     <w:rsid w:val="004F7C81"/>
     <w:rsid w:val="00500B1C"/>
     <w:rsid w:val="00500D6C"/>
     <w:rsid w:val="0050103A"/>
     <w:rsid w:val="005017BD"/>
     <w:rsid w:val="00501A95"/>
     <w:rsid w:val="00502143"/>
     <w:rsid w:val="005033EA"/>
     <w:rsid w:val="0050358E"/>
     <w:rsid w:val="005044A8"/>
     <w:rsid w:val="00504945"/>
     <w:rsid w:val="005053DD"/>
     <w:rsid w:val="0050766F"/>
     <w:rsid w:val="00507A90"/>
     <w:rsid w:val="00511B0F"/>
     <w:rsid w:val="005126AA"/>
     <w:rsid w:val="0051289B"/>
     <w:rsid w:val="00513256"/>
     <w:rsid w:val="005135AE"/>
     <w:rsid w:val="005138F8"/>
     <w:rsid w:val="00514648"/>
     <w:rsid w:val="00516197"/>
     <w:rsid w:val="00516331"/>
     <w:rsid w:val="005168E3"/>
     <w:rsid w:val="00517279"/>
+    <w:rsid w:val="0052001A"/>
     <w:rsid w:val="00520655"/>
     <w:rsid w:val="00521FF5"/>
     <w:rsid w:val="00525588"/>
     <w:rsid w:val="0052585A"/>
     <w:rsid w:val="0052720E"/>
     <w:rsid w:val="005274F9"/>
     <w:rsid w:val="0052791A"/>
     <w:rsid w:val="005301BE"/>
     <w:rsid w:val="00531F5A"/>
     <w:rsid w:val="00534C5D"/>
     <w:rsid w:val="00535921"/>
     <w:rsid w:val="005362C1"/>
     <w:rsid w:val="0053749D"/>
     <w:rsid w:val="0054083A"/>
     <w:rsid w:val="00540924"/>
     <w:rsid w:val="005424B2"/>
     <w:rsid w:val="00543E69"/>
     <w:rsid w:val="0054584F"/>
     <w:rsid w:val="00545DCB"/>
     <w:rsid w:val="00546355"/>
     <w:rsid w:val="00546C80"/>
     <w:rsid w:val="0055118F"/>
     <w:rsid w:val="00551382"/>
     <w:rsid w:val="00551A1C"/>
     <w:rsid w:val="0055341D"/>
@@ -31245,64 +31375,66 @@
     <w:rsid w:val="00597B2A"/>
     <w:rsid w:val="005A2323"/>
     <w:rsid w:val="005A282B"/>
     <w:rsid w:val="005A4C3B"/>
     <w:rsid w:val="005A4CDD"/>
     <w:rsid w:val="005A6BE1"/>
     <w:rsid w:val="005B10A1"/>
     <w:rsid w:val="005B1BF9"/>
     <w:rsid w:val="005B1D69"/>
     <w:rsid w:val="005B37F1"/>
     <w:rsid w:val="005B5141"/>
     <w:rsid w:val="005B57E4"/>
     <w:rsid w:val="005B5ABD"/>
     <w:rsid w:val="005B6446"/>
     <w:rsid w:val="005B741B"/>
     <w:rsid w:val="005B7CE5"/>
     <w:rsid w:val="005C0554"/>
     <w:rsid w:val="005C140A"/>
     <w:rsid w:val="005C1E52"/>
     <w:rsid w:val="005C2525"/>
     <w:rsid w:val="005C28B1"/>
     <w:rsid w:val="005C5C66"/>
     <w:rsid w:val="005C5D6B"/>
     <w:rsid w:val="005C664E"/>
     <w:rsid w:val="005C6763"/>
+    <w:rsid w:val="005C770E"/>
     <w:rsid w:val="005C7FA2"/>
     <w:rsid w:val="005D07A1"/>
     <w:rsid w:val="005D1FFA"/>
     <w:rsid w:val="005D2685"/>
     <w:rsid w:val="005D300E"/>
     <w:rsid w:val="005D3164"/>
     <w:rsid w:val="005D38E6"/>
     <w:rsid w:val="005D3A4D"/>
     <w:rsid w:val="005D4BA3"/>
     <w:rsid w:val="005D505F"/>
     <w:rsid w:val="005D5E05"/>
     <w:rsid w:val="005D6270"/>
     <w:rsid w:val="005D6613"/>
     <w:rsid w:val="005D6A21"/>
+    <w:rsid w:val="005D74F6"/>
     <w:rsid w:val="005D74FA"/>
     <w:rsid w:val="005E0344"/>
     <w:rsid w:val="005E0787"/>
     <w:rsid w:val="005E14CD"/>
     <w:rsid w:val="005E1A3A"/>
     <w:rsid w:val="005E208B"/>
     <w:rsid w:val="005E24F0"/>
     <w:rsid w:val="005E2D4B"/>
     <w:rsid w:val="005E40D7"/>
     <w:rsid w:val="005E440B"/>
     <w:rsid w:val="005E4A07"/>
     <w:rsid w:val="005E6124"/>
     <w:rsid w:val="005F0C91"/>
     <w:rsid w:val="005F148E"/>
     <w:rsid w:val="005F168A"/>
     <w:rsid w:val="005F22C5"/>
     <w:rsid w:val="005F25BB"/>
     <w:rsid w:val="005F2A15"/>
     <w:rsid w:val="005F2B77"/>
     <w:rsid w:val="005F2C85"/>
     <w:rsid w:val="005F2E6F"/>
     <w:rsid w:val="005F3918"/>
     <w:rsid w:val="005F3A8A"/>
     <w:rsid w:val="005F3BC3"/>
     <w:rsid w:val="005F414E"/>
@@ -31718,50 +31850,51 @@
     <w:rsid w:val="008614F8"/>
     <w:rsid w:val="00862075"/>
     <w:rsid w:val="00862363"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="0086282E"/>
     <w:rsid w:val="008630E9"/>
     <w:rsid w:val="00863B5C"/>
     <w:rsid w:val="008648B2"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
     <w:rsid w:val="0086633D"/>
     <w:rsid w:val="00866474"/>
     <w:rsid w:val="00867681"/>
     <w:rsid w:val="00867D33"/>
     <w:rsid w:val="00867E97"/>
     <w:rsid w:val="00870744"/>
     <w:rsid w:val="008718B2"/>
     <w:rsid w:val="00871BD6"/>
     <w:rsid w:val="0087225D"/>
     <w:rsid w:val="00872347"/>
     <w:rsid w:val="00872D60"/>
     <w:rsid w:val="00874158"/>
     <w:rsid w:val="008747E8"/>
     <w:rsid w:val="00874FEB"/>
     <w:rsid w:val="008756F4"/>
+    <w:rsid w:val="00875DF0"/>
     <w:rsid w:val="0087644E"/>
     <w:rsid w:val="00876AB9"/>
     <w:rsid w:val="00880754"/>
     <w:rsid w:val="00880C87"/>
     <w:rsid w:val="00881AC3"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="00881F62"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00882F58"/>
     <w:rsid w:val="008834E2"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="0088431B"/>
     <w:rsid w:val="00884E43"/>
     <w:rsid w:val="00885444"/>
     <w:rsid w:val="00886738"/>
     <w:rsid w:val="00886D17"/>
     <w:rsid w:val="00887EC6"/>
     <w:rsid w:val="00890106"/>
     <w:rsid w:val="0089012A"/>
     <w:rsid w:val="0089084C"/>
     <w:rsid w:val="008910BD"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
     <w:rsid w:val="008946CB"/>
     <w:rsid w:val="00894FF5"/>
@@ -32335,50 +32468,51 @@
     <w:rsid w:val="00BE28F4"/>
     <w:rsid w:val="00BE2AD9"/>
     <w:rsid w:val="00BE3916"/>
     <w:rsid w:val="00BE4157"/>
     <w:rsid w:val="00BE46F5"/>
     <w:rsid w:val="00BE56D8"/>
     <w:rsid w:val="00BE602C"/>
     <w:rsid w:val="00BE69E9"/>
     <w:rsid w:val="00BE7F27"/>
     <w:rsid w:val="00BF084E"/>
     <w:rsid w:val="00BF08D5"/>
     <w:rsid w:val="00BF27FE"/>
     <w:rsid w:val="00BF2FDE"/>
     <w:rsid w:val="00BF3E93"/>
     <w:rsid w:val="00BF4327"/>
     <w:rsid w:val="00BF4859"/>
     <w:rsid w:val="00BF5DF6"/>
     <w:rsid w:val="00BF6B7A"/>
     <w:rsid w:val="00BF7847"/>
     <w:rsid w:val="00BF7D79"/>
     <w:rsid w:val="00C00EED"/>
     <w:rsid w:val="00C0320E"/>
     <w:rsid w:val="00C043B3"/>
     <w:rsid w:val="00C043D0"/>
     <w:rsid w:val="00C079AB"/>
+    <w:rsid w:val="00C1099B"/>
     <w:rsid w:val="00C10E61"/>
     <w:rsid w:val="00C10FA0"/>
     <w:rsid w:val="00C11F80"/>
     <w:rsid w:val="00C121E9"/>
     <w:rsid w:val="00C12219"/>
     <w:rsid w:val="00C142C3"/>
     <w:rsid w:val="00C14787"/>
     <w:rsid w:val="00C14DAA"/>
     <w:rsid w:val="00C155EC"/>
     <w:rsid w:val="00C156E6"/>
     <w:rsid w:val="00C1596D"/>
     <w:rsid w:val="00C15B8D"/>
     <w:rsid w:val="00C15EC3"/>
     <w:rsid w:val="00C16EA6"/>
     <w:rsid w:val="00C17010"/>
     <w:rsid w:val="00C2027E"/>
     <w:rsid w:val="00C20562"/>
     <w:rsid w:val="00C2063C"/>
     <w:rsid w:val="00C2065E"/>
     <w:rsid w:val="00C215C3"/>
     <w:rsid w:val="00C21CCD"/>
     <w:rsid w:val="00C21E9F"/>
     <w:rsid w:val="00C23608"/>
     <w:rsid w:val="00C23A96"/>
     <w:rsid w:val="00C23E80"/>
@@ -32389,50 +32523,51 @@
     <w:rsid w:val="00C25A7D"/>
     <w:rsid w:val="00C30B02"/>
     <w:rsid w:val="00C30FD3"/>
     <w:rsid w:val="00C317EB"/>
     <w:rsid w:val="00C31D89"/>
     <w:rsid w:val="00C321F4"/>
     <w:rsid w:val="00C326BD"/>
     <w:rsid w:val="00C32CC1"/>
     <w:rsid w:val="00C337B3"/>
     <w:rsid w:val="00C349A3"/>
     <w:rsid w:val="00C36404"/>
     <w:rsid w:val="00C36805"/>
     <w:rsid w:val="00C37F1B"/>
     <w:rsid w:val="00C420AC"/>
     <w:rsid w:val="00C426EC"/>
     <w:rsid w:val="00C445E9"/>
     <w:rsid w:val="00C4564E"/>
     <w:rsid w:val="00C459E9"/>
     <w:rsid w:val="00C469DC"/>
     <w:rsid w:val="00C46BFD"/>
     <w:rsid w:val="00C474FD"/>
     <w:rsid w:val="00C50053"/>
     <w:rsid w:val="00C52296"/>
     <w:rsid w:val="00C528A9"/>
     <w:rsid w:val="00C529EB"/>
+    <w:rsid w:val="00C5380F"/>
     <w:rsid w:val="00C5444F"/>
     <w:rsid w:val="00C553F4"/>
     <w:rsid w:val="00C57285"/>
     <w:rsid w:val="00C57326"/>
     <w:rsid w:val="00C631EA"/>
     <w:rsid w:val="00C63253"/>
     <w:rsid w:val="00C63320"/>
     <w:rsid w:val="00C63C3C"/>
     <w:rsid w:val="00C63D8D"/>
     <w:rsid w:val="00C645E5"/>
     <w:rsid w:val="00C6483C"/>
     <w:rsid w:val="00C6494F"/>
     <w:rsid w:val="00C64AE9"/>
     <w:rsid w:val="00C65193"/>
     <w:rsid w:val="00C654BD"/>
     <w:rsid w:val="00C65AEF"/>
     <w:rsid w:val="00C65D4F"/>
     <w:rsid w:val="00C66CBA"/>
     <w:rsid w:val="00C67165"/>
     <w:rsid w:val="00C70AB5"/>
     <w:rsid w:val="00C70CFF"/>
     <w:rsid w:val="00C718AD"/>
     <w:rsid w:val="00C718FE"/>
     <w:rsid w:val="00C72664"/>
     <w:rsid w:val="00C73EE8"/>
@@ -32683,50 +32818,51 @@
     <w:rsid w:val="00DE07E7"/>
     <w:rsid w:val="00DE19A2"/>
     <w:rsid w:val="00DE235C"/>
     <w:rsid w:val="00DE25F6"/>
     <w:rsid w:val="00DE2C87"/>
     <w:rsid w:val="00DE398F"/>
     <w:rsid w:val="00DE3CCF"/>
     <w:rsid w:val="00DE459A"/>
     <w:rsid w:val="00DE4A86"/>
     <w:rsid w:val="00DE4BCE"/>
     <w:rsid w:val="00DE54DC"/>
     <w:rsid w:val="00DE6388"/>
     <w:rsid w:val="00DE79E3"/>
     <w:rsid w:val="00DF0EE2"/>
     <w:rsid w:val="00DF1D99"/>
     <w:rsid w:val="00DF256E"/>
     <w:rsid w:val="00DF27DA"/>
     <w:rsid w:val="00DF27E1"/>
     <w:rsid w:val="00DF32A5"/>
     <w:rsid w:val="00DF35D2"/>
     <w:rsid w:val="00DF35EC"/>
     <w:rsid w:val="00DF3CF8"/>
     <w:rsid w:val="00DF4DBE"/>
     <w:rsid w:val="00DF658F"/>
     <w:rsid w:val="00DF686D"/>
+    <w:rsid w:val="00E00359"/>
     <w:rsid w:val="00E00E57"/>
     <w:rsid w:val="00E02902"/>
     <w:rsid w:val="00E0360C"/>
     <w:rsid w:val="00E04D80"/>
     <w:rsid w:val="00E04ECA"/>
     <w:rsid w:val="00E0509F"/>
     <w:rsid w:val="00E056B9"/>
     <w:rsid w:val="00E05798"/>
     <w:rsid w:val="00E05B36"/>
     <w:rsid w:val="00E063E2"/>
     <w:rsid w:val="00E06708"/>
     <w:rsid w:val="00E06B05"/>
     <w:rsid w:val="00E06E0B"/>
     <w:rsid w:val="00E0768E"/>
     <w:rsid w:val="00E07EE6"/>
     <w:rsid w:val="00E102C4"/>
     <w:rsid w:val="00E13EF3"/>
     <w:rsid w:val="00E14350"/>
     <w:rsid w:val="00E14B59"/>
     <w:rsid w:val="00E14DC6"/>
     <w:rsid w:val="00E1618D"/>
     <w:rsid w:val="00E161F4"/>
     <w:rsid w:val="00E16B75"/>
     <w:rsid w:val="00E177E5"/>
     <w:rsid w:val="00E17C10"/>
@@ -33658,50 +33794,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:qFormat/>
     <w:rsid w:val="00B17799"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1584"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1584" w:hanging="1584"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -45180,87 +45317,90 @@
     <w:rsid w:val="000A5DC7"/>
     <w:rsid w:val="000B6F3E"/>
     <w:rsid w:val="000D4C0B"/>
     <w:rsid w:val="00114167"/>
     <w:rsid w:val="00141B69"/>
     <w:rsid w:val="00177171"/>
     <w:rsid w:val="00183F29"/>
     <w:rsid w:val="001E3981"/>
     <w:rsid w:val="001E78E4"/>
     <w:rsid w:val="002550FD"/>
     <w:rsid w:val="002A0C9C"/>
     <w:rsid w:val="002E15A8"/>
     <w:rsid w:val="00333F8E"/>
     <w:rsid w:val="00347215"/>
     <w:rsid w:val="00350199"/>
     <w:rsid w:val="003A5187"/>
     <w:rsid w:val="003F7FE5"/>
     <w:rsid w:val="004970FA"/>
     <w:rsid w:val="004A661D"/>
     <w:rsid w:val="004C4BBB"/>
     <w:rsid w:val="004E15A7"/>
     <w:rsid w:val="00534881"/>
     <w:rsid w:val="00540924"/>
     <w:rsid w:val="0059466C"/>
     <w:rsid w:val="00596803"/>
+    <w:rsid w:val="005D74F6"/>
     <w:rsid w:val="006102BF"/>
     <w:rsid w:val="0067617F"/>
     <w:rsid w:val="00691CB7"/>
     <w:rsid w:val="00694265"/>
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00754430"/>
     <w:rsid w:val="00761406"/>
     <w:rsid w:val="008162A7"/>
     <w:rsid w:val="00835E07"/>
     <w:rsid w:val="008B2C0E"/>
     <w:rsid w:val="008E5A86"/>
     <w:rsid w:val="00916EEE"/>
     <w:rsid w:val="009351AD"/>
     <w:rsid w:val="00943881"/>
     <w:rsid w:val="0096113F"/>
     <w:rsid w:val="009675DE"/>
     <w:rsid w:val="009D008C"/>
     <w:rsid w:val="009E7521"/>
     <w:rsid w:val="00A154CD"/>
     <w:rsid w:val="00A24D40"/>
     <w:rsid w:val="00A26B59"/>
     <w:rsid w:val="00A5572A"/>
     <w:rsid w:val="00A852CC"/>
     <w:rsid w:val="00BB4A55"/>
     <w:rsid w:val="00BD0A6F"/>
     <w:rsid w:val="00BF7D2A"/>
     <w:rsid w:val="00C26478"/>
     <w:rsid w:val="00C41BCC"/>
     <w:rsid w:val="00C44478"/>
     <w:rsid w:val="00C65193"/>
+    <w:rsid w:val="00D0489D"/>
     <w:rsid w:val="00D06369"/>
     <w:rsid w:val="00D5542C"/>
     <w:rsid w:val="00D64810"/>
     <w:rsid w:val="00DD372A"/>
     <w:rsid w:val="00DD7BA4"/>
     <w:rsid w:val="00DE3E07"/>
     <w:rsid w:val="00DF32A5"/>
+    <w:rsid w:val="00E00359"/>
     <w:rsid w:val="00E318CE"/>
     <w:rsid w:val="00E646E1"/>
     <w:rsid w:val="00E94386"/>
     <w:rsid w:val="00EA1AB1"/>
     <w:rsid w:val="00EE0C42"/>
     <w:rsid w:val="00F07F7D"/>
     <w:rsid w:val="00F724DE"/>
     <w:rsid w:val="00F76648"/>
     <w:rsid w:val="00F93872"/>
     <w:rsid w:val="00FB096C"/>
     <w:rsid w:val="00FC77BE"/>
     <w:rsid w:val="00FD743C"/>
     <w:rsid w:val="00FF6C85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -45771,63 +45911,50 @@
     <w:name w:val="A39D0BB54F824391B9DEBC5165932BBE"/>
     <w:rsid w:val="00596803"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB59213F2EAD4611ACFFDA8D3A011C80">
     <w:name w:val="BB59213F2EAD4611ACFFDA8D3A011C80"/>
     <w:rsid w:val="00596803"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FE5F2D7BEC940A69A5EC5174DFA0F27">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="296F1CB66ADE4832A9D850676435F19A">
     <w:name w:val="296F1CB66ADE4832A9D850676435F19A"/>
     <w:rsid w:val="000D4C0B"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -46048,50 +46175,507 @@
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
+  <b:Source>
+    <b:Tag>ONR187</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{29D4FEB3-F405-424D-8F7F-6B6FB6B55A23}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-INSP-GD-064 - General Inspection Guide</b:Title>
+    <b:RefOrder>2</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>HSE11</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{A16A1F82-C315-42D9-9C27-66FDC8911CC6}</b:Guid>
+    <b:Title>Enforcement Management Model (EMM) (Version 3.2)</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HSE</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>https://www.hse.gov.uk/enforce/emm.pdf</b:URL>
+    <b:RefOrder>9</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR344</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{76B8B9F4-EE8D-4803-9DED-17390A5470AF}</b:Guid>
+    <b:Title>NS-PER-GD-001 - Nuclear Safety Permissioning</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>13</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>HSE55</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{6662A5CE-877A-4C18-B4DE-F8B9966711CD}</b:Guid>
+    <b:Title>Operational guidance</b:Title>
+    <b:URL>https://www.hse.gov.uk/foi/internalops/index.htm</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HSE</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>10</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Placeholder1</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{EBFABE1C-434F-437D-922D-6231A1393A57}</b:Guid>
+    <b:Title>ONR-RIO-PROC-002 - Process for Notifying Incidents to ONR</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>17</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR1811</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{3C7BF040-719D-4596-93BC-CC3B99526626}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>A guide to enabling regulation</b:Title>
+    <b:Year>2020</b:Year>
+    <b:URL>https://www.onr.org.uk/documents/2020/a-guide-to-enabling-regulation-2020.pdf</b:URL>
+    <b:RefOrder>27</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR439</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{C385D105-F17A-4242-B24E-AB0F831EBD50}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-INSP-PROC-001 - Resolving Differences of Regulatory Opinion</b:Title>
+    <b:RefOrder>20</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR177</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{EEAA8A75-EB72-41A1-A419-DC48F4EFFDAA}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-GEN-GD-013 - Guidance on the assignment on Dutyholder attention levels</b:Title>
+    <b:RefOrder>19</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>The</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{9C3304B2-3A8A-4CA9-B2B7-24E43A1B1625}</b:Guid>
+    <b:Title>The Control of Major Accident Hazards Regulations 2015 (https://www.legislation.gov.uk/uksi/2015/483/contents)</b:Title>
+    <b:RefOrder>15</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR14</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{11CB6CA8-C8FB-45E1-BE8C-018C20ACD72A}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-ENF-POL-001 - Enforcement Policy Statement</b:Title>
+    <b:URL>https://www.onr.org.uk/our-work/how-we-regulate/enforcement/</b:URL>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Inv</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{74EBACD1-FF9C-4E3F-BBEA-75D7A3DC0B54}</b:Guid>
+    <b:Title>ONR-DOC-TEMP-171 - Investigation and Prosecution Record Template </b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>4</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR31</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{01216E01-054B-4DA0-BBDC-FF1B9D1A063A}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-ENF-GD-005 - Conducting Investigations</b:Title>
+    <b:RefOrder>3</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Hea</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{A1AB9A4A-BB26-4B9B-9D37-385F4B32B359}</b:Guid>
+    <b:Title>Health and Safety at Work etc. Act 1974</b:Title>
+    <b:Year>1974</b:Year>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HMG</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:URL>ttps://www.legislation.gov.uk/ukpga/1974/37/contents</b:URL>
+    <b:RefOrder>5</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Gov</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{0E1E2864-EFD4-48B7-B866-49A1CF2FEC01}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HMG</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>The Energy Act 2013</b:Title>
+    <b:Year>2013</b:Year>
+    <b:URL>https://www.legislation.gov.uk/ukpga/2013/32/contents</b:URL>
+    <b:RefOrder>6</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>HMG186</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{A737A0A2-2C5C-4E2C-9C3F-63FBE3F32270}</b:Guid>
+    <b:Title>Judge over your shoulder (6th edition)</b:Title>
+    <b:Year>2022</b:Year>
+    <b:URL>https://www.gov.uk/government/publications/judge-over-your-shoulder</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HMG</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>7</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>HMG143</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{1594BDCC-67C9-466E-9EAD-2B691A31D297}</b:Guid>
+    <b:Title>Regulators Code</b:Title>
+    <b:Year>2014</b:Year>
+    <b:URL>https://www.gov.uk/government/publications/regulators-code</b:URL>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HMG</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>8</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR379</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{5C4FB191-3F07-4ABF-907A-45015D57488A}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-DOC-TEMP-128 - Enforcement Decision Record (EDR)</b:Title>
+    <b:RefOrder>11</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR557</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{0BCC8C56-16BA-4971-9FC1-6393740567A0}</b:Guid>
+    <b:Title>ONR-DOC-TEMP-381 - CDG09 Enforcement Decision Record (CDGEDR) Template</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>12</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR12</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{983C8A30-E5F9-484A-95D3-9346EFBD21FA}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>Memorandum of Understanding on the implemenation on the Control of Major Accident Hazards (COMAH) Regulations</b:Title>
+    <b:URL>https://www.onr.org.uk/media/z1moinc4/mou-comah.pdf</b:URL>
+    <b:RefOrder>14</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR100</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{F935F997-5DCA-4F04-8664-DE93D187090C}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-TAST-GD-005 - Regulating duties to reduce risks to ALARP</b:Title>
+    <b:RefOrder>16</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{E300DCA8-56B5-4CD2-8523-B60E54627929}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-RD-FW-001 - Risk Informed Regulatory Decision Making (RIRDM)</b:Title>
+    <b:RefOrder>18</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR179</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{9050A908-4EBC-4AE5-A0CB-F30F9D8894F0}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>ONR-RIO-PROC-001 - Management of Regulatory Issues</b:Title>
+    <b:RefOrder>21</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Reg</b:Tag>
+    <b:SourceType>ElectronicSource</b:SourceType>
+    <b:Guid>{760729FA-4131-411C-B139-081F2A351425}</b:Guid>
+    <b:Title>NS-INSP-GD-056 - Regulation of Great Britain’s Defence Nuclear Programme</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>22</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>HMG032</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{4FB713B5-C24A-46A8-89DA-C6C53ED02F27}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HMG</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>The Nuclear Industries Security Regulations 2003 (NISR) (UK Statutory Instruments 2003 No. 403)</b:Title>
+    <b:Year>2003</b:Year>
+    <b:URL>https://www.legislation.gov.uk/uksi/2003/403/contents/made</b:URL>
+    <b:RefOrder>23</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR1</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{E179F69D-C362-41BC-9AD1-25A8B6CCA327}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>Licence Condition Handbook</b:Title>
+    <b:URL>https://www.onr.org.uk/media/gixbe2br/licence-condition-handbook.pdf</b:URL>
+    <b:RefOrder>24</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>HMG1712</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{809A747B-A40F-478E-8C13-50C3305AB776}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HMG</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>The Ionising Radiations Regulations 2017</b:Title>
+    <b:Year>2017</b:Year>
+    <b:URL>https://www.legislation.gov.uk/uksi/2017/1075/contents</b:URL>
+    <b:RefOrder>25</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>HMG6</b:Tag>
+    <b:SourceType>InternetSite</b:SourceType>
+    <b:Guid>{96AA2B8B-5E53-4DEF-9677-43DAAB942D43}</b:Guid>
+    <b:Title>The Nuclear Safeguards (EU Exit) Regulations 2019</b:Title>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>HMG</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Year>2019</b:Year>
+    <b:URL>https://www.legislation.gov.uk/uksi/2019/196/contents</b:URL>
+    <b:RefOrder>26</b:RefOrder>
+  </b:Source>
+</b:Sources>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="66693000-3e12-4b44-a742-9a2ba35b7d28" ContentTypeId="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C57" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <PolicyPortalProcessSpecialismFunctionTopic xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalFirstPublicationDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalProcessOwnerRoleHolder>
+    <PolicyPortalPublishStatus xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegatePostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="05350e14-297a-489c-ad04-faf6563b232c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">[Key words separated by commas]</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f43e2310-82d5-44d8-a731-b695dd9d1339</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <PolicyPortalDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocType xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueNo xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldRecordRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerPostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegateRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalResponsibleDelegateRoleHolder>
+    <PolicyPortalDirectorate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxCatchAll xmlns="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <dd2817321d504f1caee75a1112d299d4 xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </dd2817321d504f1caee75a1112d299d4>
+    <PolicyPortalReviewDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PCR_x003f_ xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">false</PCR_x003f_>
+    <PolicyPortalIssueHistoryComments xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="HOW2 Hub Document" ma:contentTypeID="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227" ma:contentTypeVersion="220" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="98d39b6e1658d9aacee7a177cd0a3472">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4e2855-9588-4bc9-9890-af639bd565eb" xmlns:ns3="05350e14-297a-489c-ad04-faf6563b232c" xmlns:ns4="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="54e8bfbde86df188824f5bfe20fe19cc" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
     <xsd:import namespace="05350e14-297a-489c-ad04-faf6563b232c"/>
     <xsd:import namespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:PolicyPortalIssueNo" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalDocRef" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalDocType" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalDirectorate" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalProcessSpecialismFunctionTopic" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalProcessOwnerPostTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalProcessOwnerRoleHolder" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalResponsibleDelegatePostTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalResponsibleDelegateRoleHolder" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalIssueDate" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalReviewDate" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalIssueHistoryComments" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalFirstPublicationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:PolicyPortalOldDocRef" minOccurs="0"/>
@@ -46564,633 +47148,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...455 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{910FB49F-C39D-4AD6-B6B6-68858A6A5C2A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8480F0A6-79D0-416B-B9BE-565399263CC0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5232442-8F93-46A5-B28D-9ED1E20DF984}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D641FA0E-E9B4-4AA2-A126-314400E864C2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EAE5929-0027-4FEA-9922-8C805BFF00E7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6A0AE5C-93FC-46B1-880E-ED3579E6CE8F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
     <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
     <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
   <TotalTime></TotalTime>
-  <Pages>52</Pages>
-[...1 lines deleted...]
-  <Characters>82607</Characters>
+  <Pages>53</Pages>
+  <Words>15229</Words>
+  <Characters>83003</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2232</Lines>
-  <Paragraphs>936</Paragraphs>
+  <Lines>3192</Lines>
+  <Paragraphs>2090</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Enforcement Management Model (EMM)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>96422</CharactersWithSpaces>
+  <CharactersWithSpaces>96142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Enforcement Management Model (EMM)</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>5.5</cp:contentStatus>
+  <cp:contentStatus>5.6</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>